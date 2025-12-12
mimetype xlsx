--- v0 (2025-10-24)
+++ v1 (2025-12-12)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="normativa" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="356">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="360">
   <si>
     <t>Nombre</t>
   </si>
   <si>
     <t>Enlace</t>
   </si>
   <si>
     <t>Rango norma inferior</t>
   </si>
   <si>
     <t>Rango norma intermedia</t>
   </si>
   <si>
     <t>Rango norma superior</t>
   </si>
   <si>
     <t>Año</t>
   </si>
   <si>
     <t>Ámbito geográfico político</t>
   </si>
   <si>
     <t>Comunidad Autónoma</t>
   </si>
   <si>
@@ -95,50 +95,65 @@
   <si>
     <t>https://www.google.com/</t>
   </si>
   <si>
     <t>Comunicación</t>
   </si>
   <si>
     <t>Galicia</t>
   </si>
   <si>
     <t>prueba norma detalles aplicación</t>
   </si>
   <si>
     <t>prueba norma detalles aplicacion</t>
   </si>
   <si>
     <t>Orden</t>
   </si>
   <si>
     <t>Directiva</t>
   </si>
   <si>
     <t>pruebaAnio</t>
   </si>
   <si>
+    <t>prueba jesus 11 11</t>
+  </si>
+  <si>
+    <t>www.prueba.es</t>
+  </si>
+  <si>
+    <t>Dictamen</t>
+  </si>
+  <si>
+    <t>Tratados Internacionales</t>
+  </si>
+  <si>
+    <t>pruebaa2</t>
+  </si>
+  <si>
     <t>Pruebas Boletin oficial</t>
   </si>
   <si>
     <t>https://www.google.com/testsg7</t>
   </si>
   <si>
     <t>Leyes autonómicas</t>
   </si>
   <si>
     <t>Normas con rango de Ley</t>
   </si>
   <si>
     <t>Cantabria</t>
   </si>
   <si>
     <t>Pruebas de Cancelar Button.</t>
   </si>
   <si>
     <t>Local/Municipal</t>
   </si>
   <si>
     <t>Pruebas Cancelar de nuevo.</t>
   </si>
   <si>
     <t>Ley 1/2025, de 1 de abril, de prevención de las pérdidas y el desperdicio alimentario.</t>
@@ -185,132 +200,129 @@
   <si>
     <t>Orden (orden Ministerial, Ordenes de las Comisiones delegadas del Gobierno)</t>
   </si>
   <si>
     <t>Resolución de 19 de septiembre de 2024, de la Secretaría de Estado de Medio Ambiente, por la que se publica el Acuerdo de la Conferencia Sectorial de Medio Ambiente de aprobación de la «Estrategia para la conservación del cangrejo de río ibérico ("Austropotamobius pallipes") en España», la «Estrategia para la conservación de la cerceta pardilla, focha moruna, malvasía cabeciblanca y porrón pardo», la «Estrategia para la conservación del lince ibérico», la «Estrategia española de lucha contra el uso ilegal de cebos envenenados», la «Estrategia de desfragmentación de hábitats afectados por infraestructuras lineales de transporte», la «Estrategia de gestión, control y posible erradicación de las especies exóticas invasoras presentes en medios acuáticos continentales», las «Directrices para la conservación ex situ de la flora silvestre en España» y las «Directrices de Conservación de la Red Natura 2000».</t>
   </si>
   <si>
     <t>https://www.boe.es/diario_boe/txt.php?id=BOE-A-2024-19884</t>
   </si>
   <si>
     <t>Nueva Norma 3 Tomás</t>
   </si>
   <si>
     <t>Circular o instrucción</t>
   </si>
   <si>
     <t>Autonómico</t>
   </si>
   <si>
     <t>Nueva Norma Añadir Legislación con CCAA.</t>
   </si>
   <si>
     <t>Decreto</t>
   </si>
   <si>
+    <t>Castilla y León</t>
+  </si>
+  <si>
     <t>País Vasco</t>
   </si>
   <si>
-    <t>Castilla y León</t>
-[...1 lines deleted...]
-  <si>
     <t>Cataluña</t>
   </si>
   <si>
     <t>PRUEBASSSS añadir</t>
   </si>
   <si>
     <t>www.google.es</t>
   </si>
   <si>
     <t>Prueba Norma Aplicación</t>
   </si>
   <si>
     <t>prueba</t>
   </si>
   <si>
     <t>Norma New Alta Legislación</t>
   </si>
   <si>
     <t>Anuncio (Consejo de Gobierno)</t>
   </si>
   <si>
-    <t>Tratados Internacionales</t>
-[...1 lines deleted...]
-  <si>
     <t>Plan de EJEM123PLO con : y /</t>
   </si>
   <si>
     <t>http://www.castillalamancha.es/node/199664</t>
   </si>
   <si>
     <t>Nueva Norma Tomás</t>
   </si>
   <si>
     <t>Nueva Norma 2 Tomás</t>
   </si>
   <si>
     <t>Norma Prueba con Carolina</t>
   </si>
   <si>
     <t>Comunidad de Madrid</t>
   </si>
   <si>
     <t>sg2</t>
   </si>
   <si>
     <t>sg3</t>
   </si>
   <si>
     <t>sg5</t>
   </si>
   <si>
     <t>Pruebas Legislacion Alta</t>
   </si>
   <si>
     <t>Canarias</t>
   </si>
   <si>
     <t>AGE</t>
   </si>
   <si>
     <t>Prueba de Legislación con Nivel de Administración Nacional.</t>
   </si>
   <si>
     <t>https://www.google.com/testing/branch</t>
   </si>
   <si>
+    <t>Extremadura</t>
+  </si>
+  <si>
+    <t>Ciudad Autónoma de Ceuta</t>
+  </si>
+  <si>
+    <t>Ciudad Autónoma de Melilla</t>
+  </si>
+  <si>
     <t>Región de Murcia</t>
-  </si>
-[...7 lines deleted...]
-    <t>Extremadura</t>
   </si>
   <si>
     <t>Prueba Nacional con publicadores con AppUsuPerOrg.</t>
   </si>
   <si>
     <t>Comunidad Valenciana</t>
   </si>
   <si>
     <t>Prueba de Modificación Alta</t>
   </si>
   <si>
     <t>Prueba de Modificación dentro de Legislación.</t>
   </si>
   <si>
     <t>borrar 
 norma</t>
   </si>
   <si>
     <t>https://1.es</t>
   </si>
   <si>
     <t>Aragón</t>
   </si>
   <si>
     <t>Pruebas Edición Publicador</t>
@@ -1428,51 +1440,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:H221"/>
+  <dimension ref="A1:H223"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="1318.821" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="1340.101" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="89.55" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="97.833" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="63.556" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="31.707" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
@@ -1652,5119 +1664,5161 @@
       <c r="G8" t="s">
         <v>13</v>
       </c>
       <c r="H8"/>
     </row>
     <row r="9" spans="1:8">
       <c r="A9" t="s">
         <v>27</v>
       </c>
       <c r="B9" t="s">
         <v>28</v>
       </c>
       <c r="C9"/>
       <c r="D9" t="s">
         <v>29</v>
       </c>
       <c r="E9" t="s">
         <v>30</v>
       </c>
       <c r="F9">
         <v>2025</v>
       </c>
       <c r="G9" t="s">
         <v>13</v>
       </c>
-      <c r="H9" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H9"/>
     </row>
     <row r="10" spans="1:8">
       <c r="A10" t="s">
-        <v>27</v>
+        <v>31</v>
       </c>
       <c r="B10" t="s">
         <v>28</v>
       </c>
       <c r="C10"/>
-      <c r="D10" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="D10"/>
       <c r="E10" t="s">
         <v>30</v>
       </c>
       <c r="F10">
         <v>2025</v>
       </c>
       <c r="G10" t="s">
         <v>13</v>
       </c>
-      <c r="H10" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H10"/>
     </row>
     <row r="11" spans="1:8">
       <c r="A11" t="s">
         <v>32</v>
       </c>
       <c r="B11" t="s">
-        <v>15</v>
+        <v>33</v>
       </c>
       <c r="C11"/>
       <c r="D11" t="s">
-        <v>29</v>
+        <v>34</v>
       </c>
       <c r="E11" t="s">
-        <v>30</v>
+        <v>35</v>
       </c>
       <c r="F11">
         <v>2025</v>
       </c>
       <c r="G11" t="s">
-        <v>33</v>
+        <v>13</v>
       </c>
       <c r="H11" t="s">
-        <v>31</v>
+        <v>36</v>
       </c>
     </row>
     <row r="12" spans="1:8">
       <c r="A12" t="s">
-        <v>34</v>
+        <v>32</v>
       </c>
       <c r="B12" t="s">
-        <v>19</v>
+        <v>33</v>
       </c>
       <c r="C12"/>
       <c r="D12" t="s">
-        <v>29</v>
+        <v>34</v>
       </c>
       <c r="E12" t="s">
-        <v>30</v>
+        <v>35</v>
       </c>
       <c r="F12">
         <v>2025</v>
       </c>
-      <c r="G12"/>
+      <c r="G12" t="s">
+        <v>13</v>
+      </c>
       <c r="H12" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="13" spans="1:8">
       <c r="A13" t="s">
-        <v>35</v>
+        <v>37</v>
       </c>
       <c r="B13" t="s">
-        <v>36</v>
+        <v>15</v>
       </c>
       <c r="C13"/>
       <c r="D13" t="s">
-        <v>37</v>
+        <v>34</v>
       </c>
       <c r="E13" t="s">
-        <v>30</v>
+        <v>35</v>
       </c>
       <c r="F13">
         <v>2025</v>
       </c>
       <c r="G13" t="s">
-        <v>13</v>
-[...1 lines deleted...]
-      <c r="H13"/>
+        <v>38</v>
+      </c>
+      <c r="H13" t="s">
+        <v>36</v>
+      </c>
     </row>
     <row r="14" spans="1:8">
       <c r="A14" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="B14" t="s">
         <v>19</v>
       </c>
-      <c r="C14" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="C14"/>
       <c r="D14" t="s">
-        <v>40</v>
+        <v>34</v>
       </c>
       <c r="E14" t="s">
-        <v>41</v>
+        <v>35</v>
       </c>
       <c r="F14">
         <v>2025</v>
       </c>
       <c r="G14"/>
       <c r="H14" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="15" spans="1:8">
       <c r="A15" t="s">
+        <v>40</v>
+      </c>
+      <c r="B15" t="s">
+        <v>41</v>
+      </c>
+      <c r="C15"/>
+      <c r="D15" t="s">
         <v>42</v>
       </c>
-      <c r="B15" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E15" t="s">
-        <v>41</v>
+        <v>35</v>
       </c>
       <c r="F15">
         <v>2025</v>
       </c>
-      <c r="G15"/>
-[...2 lines deleted...]
-      </c>
+      <c r="G15" t="s">
+        <v>13</v>
+      </c>
+      <c r="H15"/>
     </row>
     <row r="16" spans="1:8">
       <c r="A16" t="s">
-        <v>46</v>
+        <v>43</v>
       </c>
       <c r="B16" t="s">
-        <v>15</v>
+        <v>19</v>
       </c>
       <c r="C16" t="s">
         <v>44</v>
       </c>
       <c r="D16" t="s">
         <v>45</v>
       </c>
       <c r="E16" t="s">
-        <v>41</v>
+        <v>46</v>
       </c>
       <c r="F16">
         <v>2025</v>
       </c>
       <c r="G16"/>
       <c r="H16" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="17" spans="1:8">
       <c r="A17" t="s">
         <v>47</v>
       </c>
       <c r="B17" t="s">
         <v>48</v>
       </c>
       <c r="C17" t="s">
         <v>49</v>
       </c>
       <c r="D17" t="s">
-        <v>40</v>
+        <v>50</v>
       </c>
       <c r="E17" t="s">
-        <v>41</v>
+        <v>46</v>
       </c>
       <c r="F17">
         <v>2025</v>
       </c>
-      <c r="G17" t="s">
-[...2 lines deleted...]
-      <c r="H17"/>
+      <c r="G17"/>
+      <c r="H17" t="s">
+        <v>21</v>
+      </c>
     </row>
     <row r="18" spans="1:8">
       <c r="A18" t="s">
+        <v>51</v>
+      </c>
+      <c r="B18" t="s">
+        <v>15</v>
+      </c>
+      <c r="C18" t="s">
+        <v>49</v>
+      </c>
+      <c r="D18" t="s">
         <v>50</v>
       </c>
-      <c r="B18" t="s">
-[...8 lines deleted...]
-      <c r="E18"/>
+      <c r="E18" t="s">
+        <v>46</v>
+      </c>
       <c r="F18">
-        <v>2024</v>
-[...4 lines deleted...]
-      <c r="H18"/>
+        <v>2025</v>
+      </c>
+      <c r="G18"/>
+      <c r="H18" t="s">
+        <v>17</v>
+      </c>
     </row>
     <row r="19" spans="1:8">
       <c r="A19" t="s">
         <v>52</v>
       </c>
       <c r="B19" t="s">
-        <v>19</v>
+        <v>53</v>
       </c>
       <c r="C19" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="D19" t="s">
-        <v>54</v>
+        <v>45</v>
       </c>
       <c r="E19" t="s">
-        <v>12</v>
+        <v>46</v>
       </c>
       <c r="F19">
-        <v>2024</v>
+        <v>2025</v>
       </c>
       <c r="G19" t="s">
         <v>13</v>
       </c>
       <c r="H19"/>
     </row>
     <row r="20" spans="1:8">
       <c r="A20" t="s">
         <v>55</v>
       </c>
       <c r="B20" t="s">
-        <v>15</v>
+        <v>56</v>
       </c>
       <c r="C20" t="s">
-        <v>56</v>
+        <v>10</v>
       </c>
       <c r="D20" t="s">
-        <v>20</v>
-[...3 lines deleted...]
-      </c>
+        <v>45</v>
+      </c>
+      <c r="E20"/>
       <c r="F20">
         <v>2024</v>
       </c>
       <c r="G20" t="s">
         <v>13</v>
       </c>
-      <c r="H20" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H20"/>
     </row>
     <row r="21" spans="1:8">
       <c r="A21" t="s">
-        <v>55</v>
+        <v>57</v>
       </c>
       <c r="B21" t="s">
-        <v>15</v>
+        <v>19</v>
       </c>
       <c r="C21" t="s">
-        <v>56</v>
+        <v>58</v>
       </c>
       <c r="D21" t="s">
-        <v>20</v>
+        <v>59</v>
       </c>
       <c r="E21" t="s">
         <v>12</v>
       </c>
       <c r="F21">
         <v>2024</v>
       </c>
       <c r="G21" t="s">
         <v>13</v>
       </c>
-      <c r="H21" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H21"/>
     </row>
     <row r="22" spans="1:8">
       <c r="A22" t="s">
-        <v>55</v>
+        <v>60</v>
       </c>
       <c r="B22" t="s">
         <v>15</v>
       </c>
       <c r="C22" t="s">
-        <v>56</v>
+        <v>61</v>
       </c>
       <c r="D22" t="s">
         <v>20</v>
       </c>
       <c r="E22" t="s">
         <v>12</v>
       </c>
       <c r="F22">
         <v>2024</v>
       </c>
       <c r="G22" t="s">
         <v>13</v>
       </c>
       <c r="H22" t="s">
-        <v>58</v>
+        <v>62</v>
       </c>
     </row>
     <row r="23" spans="1:8">
       <c r="A23" t="s">
-        <v>55</v>
+        <v>60</v>
       </c>
       <c r="B23" t="s">
         <v>15</v>
       </c>
       <c r="C23" t="s">
-        <v>56</v>
+        <v>61</v>
       </c>
       <c r="D23" t="s">
         <v>20</v>
       </c>
       <c r="E23" t="s">
         <v>12</v>
       </c>
       <c r="F23">
         <v>2024</v>
       </c>
       <c r="G23" t="s">
         <v>13</v>
       </c>
       <c r="H23" t="s">
-        <v>59</v>
+        <v>63</v>
       </c>
     </row>
     <row r="24" spans="1:8">
       <c r="A24" t="s">
         <v>60</v>
       </c>
       <c r="B24" t="s">
+        <v>15</v>
+      </c>
+      <c r="C24" t="s">
         <v>61</v>
       </c>
-      <c r="C24"/>
-      <c r="D24"/>
+      <c r="D24" t="s">
+        <v>20</v>
+      </c>
       <c r="E24" t="s">
         <v>12</v>
       </c>
       <c r="F24">
         <v>2024</v>
       </c>
       <c r="G24" t="s">
         <v>13</v>
       </c>
-      <c r="H24"/>
+      <c r="H24" t="s">
+        <v>64</v>
+      </c>
     </row>
     <row r="25" spans="1:8">
       <c r="A25" t="s">
-        <v>62</v>
+        <v>60</v>
       </c>
       <c r="B25" t="s">
-        <v>63</v>
+        <v>15</v>
       </c>
       <c r="C25" t="s">
-        <v>53</v>
+        <v>61</v>
       </c>
       <c r="D25" t="s">
-        <v>54</v>
+        <v>20</v>
       </c>
       <c r="E25" t="s">
         <v>12</v>
       </c>
       <c r="F25">
         <v>2024</v>
       </c>
       <c r="G25" t="s">
         <v>13</v>
       </c>
-      <c r="H25"/>
+      <c r="H25" t="s">
+        <v>17</v>
+      </c>
     </row>
     <row r="26" spans="1:8">
       <c r="A26" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="B26" t="s">
-        <v>15</v>
-[...6 lines deleted...]
-      </c>
+        <v>66</v>
+      </c>
+      <c r="C26"/>
+      <c r="D26"/>
       <c r="E26" t="s">
-        <v>66</v>
+        <v>12</v>
       </c>
       <c r="F26">
         <v>2024</v>
       </c>
       <c r="G26" t="s">
         <v>13</v>
       </c>
       <c r="H26"/>
     </row>
     <row r="27" spans="1:8">
       <c r="A27" t="s">
         <v>67</v>
       </c>
       <c r="B27" t="s">
         <v>68</v>
       </c>
-      <c r="C27"/>
-      <c r="D27"/>
+      <c r="C27" t="s">
+        <v>58</v>
+      </c>
+      <c r="D27" t="s">
+        <v>59</v>
+      </c>
       <c r="E27" t="s">
-        <v>30</v>
+        <v>12</v>
       </c>
       <c r="F27">
         <v>2024</v>
       </c>
       <c r="G27" t="s">
         <v>13</v>
       </c>
-      <c r="H27" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H27"/>
     </row>
     <row r="28" spans="1:8">
       <c r="A28" t="s">
         <v>69</v>
       </c>
       <c r="B28" t="s">
-        <v>19</v>
+        <v>15</v>
       </c>
       <c r="C28" t="s">
-        <v>53</v>
+        <v>70</v>
       </c>
       <c r="D28" t="s">
-        <v>45</v>
+        <v>50</v>
       </c>
       <c r="E28" t="s">
         <v>30</v>
       </c>
       <c r="F28">
         <v>2024</v>
       </c>
       <c r="G28" t="s">
         <v>13</v>
       </c>
       <c r="H28"/>
     </row>
     <row r="29" spans="1:8">
       <c r="A29" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="B29" t="s">
-        <v>19</v>
-[...6 lines deleted...]
-      </c>
+        <v>72</v>
+      </c>
+      <c r="C29"/>
+      <c r="D29"/>
       <c r="E29" t="s">
-        <v>30</v>
+        <v>35</v>
       </c>
       <c r="F29">
         <v>2024</v>
       </c>
       <c r="G29" t="s">
         <v>13</v>
       </c>
-      <c r="H29"/>
+      <c r="H29" t="s">
+        <v>17</v>
+      </c>
     </row>
     <row r="30" spans="1:8">
       <c r="A30" t="s">
-        <v>71</v>
+        <v>73</v>
       </c>
       <c r="B30" t="s">
-        <v>15</v>
+        <v>19</v>
       </c>
       <c r="C30" t="s">
-        <v>65</v>
+        <v>58</v>
       </c>
       <c r="D30" t="s">
-        <v>45</v>
+        <v>50</v>
       </c>
       <c r="E30" t="s">
-        <v>30</v>
+        <v>35</v>
       </c>
       <c r="F30">
         <v>2024</v>
       </c>
       <c r="G30" t="s">
         <v>13</v>
       </c>
-      <c r="H30" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H30"/>
     </row>
     <row r="31" spans="1:8">
       <c r="A31" t="s">
-        <v>71</v>
+        <v>74</v>
       </c>
       <c r="B31" t="s">
-        <v>15</v>
+        <v>19</v>
       </c>
       <c r="C31" t="s">
-        <v>65</v>
+        <v>10</v>
       </c>
       <c r="D31" t="s">
-        <v>45</v>
+        <v>16</v>
       </c>
       <c r="E31" t="s">
-        <v>30</v>
+        <v>35</v>
       </c>
       <c r="F31">
         <v>2024</v>
       </c>
       <c r="G31" t="s">
         <v>13</v>
       </c>
-      <c r="H31" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H31"/>
     </row>
     <row r="32" spans="1:8">
       <c r="A32" t="s">
-        <v>71</v>
+        <v>75</v>
       </c>
       <c r="B32" t="s">
         <v>15</v>
       </c>
       <c r="C32" t="s">
-        <v>65</v>
+        <v>70</v>
       </c>
       <c r="D32" t="s">
-        <v>45</v>
+        <v>50</v>
       </c>
       <c r="E32" t="s">
-        <v>30</v>
+        <v>35</v>
       </c>
       <c r="F32">
         <v>2024</v>
       </c>
       <c r="G32" t="s">
         <v>13</v>
       </c>
       <c r="H32" t="s">
-        <v>59</v>
+        <v>64</v>
       </c>
     </row>
     <row r="33" spans="1:8">
       <c r="A33" t="s">
-        <v>71</v>
+        <v>75</v>
       </c>
       <c r="B33" t="s">
         <v>15</v>
       </c>
       <c r="C33" t="s">
-        <v>65</v>
+        <v>70</v>
       </c>
       <c r="D33" t="s">
-        <v>45</v>
+        <v>50</v>
       </c>
       <c r="E33" t="s">
-        <v>30</v>
+        <v>35</v>
       </c>
       <c r="F33">
         <v>2024</v>
       </c>
       <c r="G33" t="s">
         <v>13</v>
       </c>
       <c r="H33" t="s">
-        <v>72</v>
+        <v>17</v>
       </c>
     </row>
     <row r="34" spans="1:8">
       <c r="A34" t="s">
-        <v>73</v>
+        <v>75</v>
       </c>
       <c r="B34" t="s">
         <v>15</v>
       </c>
       <c r="C34" t="s">
-        <v>10</v>
+        <v>70</v>
       </c>
       <c r="D34" t="s">
-        <v>45</v>
+        <v>50</v>
       </c>
       <c r="E34" t="s">
-        <v>30</v>
+        <v>35</v>
       </c>
       <c r="F34">
         <v>2024</v>
       </c>
       <c r="G34" t="s">
         <v>13</v>
       </c>
       <c r="H34" t="s">
-        <v>17</v>
+        <v>76</v>
       </c>
     </row>
     <row r="35" spans="1:8">
       <c r="A35" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="B35" t="s">
-        <v>19</v>
+        <v>15</v>
       </c>
       <c r="C35" t="s">
-        <v>65</v>
+        <v>70</v>
       </c>
       <c r="D35" t="s">
-        <v>45</v>
+        <v>50</v>
       </c>
       <c r="E35" t="s">
-        <v>30</v>
+        <v>35</v>
       </c>
       <c r="F35">
         <v>2024</v>
       </c>
       <c r="G35" t="s">
         <v>13</v>
       </c>
       <c r="H35" t="s">
-        <v>17</v>
+        <v>36</v>
       </c>
     </row>
     <row r="36" spans="1:8">
       <c r="A36" t="s">
-        <v>74</v>
+        <v>77</v>
       </c>
       <c r="B36" t="s">
-        <v>19</v>
+        <v>15</v>
       </c>
       <c r="C36" t="s">
-        <v>65</v>
+        <v>10</v>
       </c>
       <c r="D36" t="s">
-        <v>45</v>
+        <v>50</v>
       </c>
       <c r="E36" t="s">
-        <v>30</v>
+        <v>35</v>
       </c>
       <c r="F36">
         <v>2024</v>
       </c>
       <c r="G36" t="s">
         <v>13</v>
       </c>
       <c r="H36" t="s">
-        <v>31</v>
+        <v>17</v>
       </c>
     </row>
     <row r="37" spans="1:8">
       <c r="A37" t="s">
-        <v>74</v>
+        <v>78</v>
       </c>
       <c r="B37" t="s">
         <v>19</v>
       </c>
       <c r="C37" t="s">
-        <v>65</v>
+        <v>70</v>
       </c>
       <c r="D37" t="s">
-        <v>45</v>
+        <v>50</v>
       </c>
       <c r="E37" t="s">
-        <v>30</v>
+        <v>35</v>
       </c>
       <c r="F37">
         <v>2024</v>
       </c>
       <c r="G37" t="s">
         <v>13</v>
       </c>
       <c r="H37" t="s">
-        <v>59</v>
+        <v>17</v>
       </c>
     </row>
     <row r="38" spans="1:8">
       <c r="A38" t="s">
-        <v>74</v>
+        <v>78</v>
       </c>
       <c r="B38" t="s">
         <v>19</v>
       </c>
       <c r="C38" t="s">
-        <v>65</v>
+        <v>70</v>
       </c>
       <c r="D38" t="s">
-        <v>45</v>
+        <v>50</v>
       </c>
       <c r="E38" t="s">
-        <v>30</v>
+        <v>35</v>
       </c>
       <c r="F38">
         <v>2024</v>
       </c>
       <c r="G38" t="s">
         <v>13</v>
       </c>
       <c r="H38" t="s">
-        <v>31</v>
+        <v>36</v>
       </c>
     </row>
     <row r="39" spans="1:8">
       <c r="A39" t="s">
-        <v>74</v>
+        <v>78</v>
       </c>
       <c r="B39" t="s">
         <v>19</v>
       </c>
       <c r="C39" t="s">
-        <v>65</v>
+        <v>70</v>
       </c>
       <c r="D39" t="s">
-        <v>45</v>
+        <v>50</v>
       </c>
       <c r="E39" t="s">
-        <v>30</v>
+        <v>35</v>
       </c>
       <c r="F39">
         <v>2024</v>
       </c>
       <c r="G39" t="s">
         <v>13</v>
       </c>
       <c r="H39" t="s">
-        <v>59</v>
+        <v>64</v>
       </c>
     </row>
     <row r="40" spans="1:8">
       <c r="A40" t="s">
-        <v>74</v>
+        <v>78</v>
       </c>
       <c r="B40" t="s">
         <v>19</v>
       </c>
       <c r="C40" t="s">
-        <v>65</v>
+        <v>70</v>
       </c>
       <c r="D40" t="s">
-        <v>45</v>
+        <v>50</v>
       </c>
       <c r="E40" t="s">
-        <v>30</v>
+        <v>35</v>
       </c>
       <c r="F40">
         <v>2024</v>
       </c>
       <c r="G40" t="s">
         <v>13</v>
       </c>
       <c r="H40" t="s">
-        <v>17</v>
+        <v>64</v>
       </c>
     </row>
     <row r="41" spans="1:8">
       <c r="A41" t="s">
-        <v>75</v>
+        <v>78</v>
       </c>
       <c r="B41" t="s">
         <v>19</v>
       </c>
       <c r="C41" t="s">
-        <v>24</v>
+        <v>70</v>
       </c>
       <c r="D41" t="s">
-        <v>45</v>
+        <v>50</v>
       </c>
       <c r="E41" t="s">
-        <v>30</v>
+        <v>35</v>
       </c>
       <c r="F41">
         <v>2024</v>
       </c>
       <c r="G41" t="s">
         <v>13</v>
       </c>
       <c r="H41" t="s">
-        <v>17</v>
+        <v>36</v>
       </c>
     </row>
     <row r="42" spans="1:8">
       <c r="A42" t="s">
-        <v>76</v>
+        <v>78</v>
       </c>
       <c r="B42" t="s">
-        <v>15</v>
+        <v>19</v>
       </c>
       <c r="C42" t="s">
-        <v>65</v>
+        <v>70</v>
       </c>
       <c r="D42" t="s">
-        <v>20</v>
+        <v>50</v>
       </c>
       <c r="E42" t="s">
-        <v>30</v>
+        <v>35</v>
       </c>
       <c r="F42">
         <v>2024</v>
       </c>
       <c r="G42" t="s">
         <v>13</v>
       </c>
       <c r="H42" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="43" spans="1:8">
       <c r="A43" t="s">
-        <v>76</v>
+        <v>79</v>
       </c>
       <c r="B43" t="s">
-        <v>15</v>
+        <v>19</v>
       </c>
       <c r="C43" t="s">
-        <v>65</v>
+        <v>24</v>
       </c>
       <c r="D43" t="s">
-        <v>20</v>
+        <v>50</v>
       </c>
       <c r="E43" t="s">
-        <v>30</v>
+        <v>35</v>
       </c>
       <c r="F43">
         <v>2024</v>
       </c>
       <c r="G43" t="s">
         <v>13</v>
       </c>
       <c r="H43" t="s">
-        <v>77</v>
+        <v>17</v>
       </c>
     </row>
     <row r="44" spans="1:8">
       <c r="A44" t="s">
-        <v>76</v>
+        <v>80</v>
       </c>
       <c r="B44" t="s">
         <v>15</v>
       </c>
       <c r="C44" t="s">
-        <v>65</v>
+        <v>70</v>
       </c>
       <c r="D44" t="s">
         <v>20</v>
       </c>
       <c r="E44" t="s">
-        <v>30</v>
+        <v>35</v>
       </c>
       <c r="F44">
         <v>2024</v>
       </c>
       <c r="G44" t="s">
         <v>13</v>
       </c>
       <c r="H44" t="s">
-        <v>78</v>
+        <v>62</v>
       </c>
     </row>
     <row r="45" spans="1:8">
       <c r="A45" t="s">
-        <v>76</v>
+        <v>80</v>
       </c>
       <c r="B45" t="s">
         <v>15</v>
       </c>
       <c r="C45" t="s">
-        <v>65</v>
+        <v>70</v>
       </c>
       <c r="D45" t="s">
         <v>20</v>
       </c>
       <c r="E45" t="s">
-        <v>30</v>
+        <v>35</v>
       </c>
       <c r="F45">
         <v>2024</v>
       </c>
       <c r="G45" t="s">
         <v>13</v>
       </c>
       <c r="H45" t="s">
-        <v>58</v>
+        <v>81</v>
       </c>
     </row>
     <row r="46" spans="1:8">
       <c r="A46" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="B46" t="s">
-        <v>80</v>
-[...1 lines deleted...]
-      <c r="C46"/>
+        <v>15</v>
+      </c>
+      <c r="C46" t="s">
+        <v>70</v>
+      </c>
       <c r="D46" t="s">
-        <v>29</v>
+        <v>20</v>
       </c>
       <c r="E46" t="s">
-        <v>30</v>
+        <v>35</v>
       </c>
       <c r="F46">
         <v>2024</v>
       </c>
       <c r="G46" t="s">
         <v>13</v>
       </c>
       <c r="H46" t="s">
-        <v>77</v>
+        <v>17</v>
       </c>
     </row>
     <row r="47" spans="1:8">
       <c r="A47" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="B47" t="s">
-        <v>80</v>
-[...1 lines deleted...]
-      <c r="C47"/>
+        <v>15</v>
+      </c>
+      <c r="C47" t="s">
+        <v>70</v>
+      </c>
       <c r="D47" t="s">
-        <v>29</v>
+        <v>20</v>
       </c>
       <c r="E47" t="s">
-        <v>30</v>
+        <v>35</v>
       </c>
       <c r="F47">
         <v>2024</v>
       </c>
       <c r="G47" t="s">
         <v>13</v>
       </c>
       <c r="H47" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
     </row>
     <row r="48" spans="1:8">
       <c r="A48" t="s">
-        <v>79</v>
+        <v>83</v>
       </c>
       <c r="B48" t="s">
-        <v>80</v>
+        <v>84</v>
       </c>
       <c r="C48"/>
       <c r="D48" t="s">
-        <v>29</v>
+        <v>34</v>
       </c>
       <c r="E48" t="s">
-        <v>30</v>
+        <v>35</v>
       </c>
       <c r="F48">
         <v>2024</v>
       </c>
       <c r="G48" t="s">
         <v>13</v>
       </c>
       <c r="H48" t="s">
-        <v>78</v>
+        <v>85</v>
       </c>
     </row>
     <row r="49" spans="1:8">
       <c r="A49" t="s">
-        <v>79</v>
+        <v>83</v>
       </c>
       <c r="B49" t="s">
-        <v>80</v>
+        <v>84</v>
       </c>
       <c r="C49"/>
       <c r="D49" t="s">
-        <v>29</v>
+        <v>34</v>
       </c>
       <c r="E49" t="s">
-        <v>30</v>
+        <v>35</v>
       </c>
       <c r="F49">
         <v>2024</v>
       </c>
       <c r="G49" t="s">
         <v>13</v>
       </c>
       <c r="H49" t="s">
-        <v>17</v>
+        <v>86</v>
       </c>
     </row>
     <row r="50" spans="1:8">
       <c r="A50" t="s">
-        <v>79</v>
+        <v>83</v>
       </c>
       <c r="B50" t="s">
-        <v>80</v>
+        <v>84</v>
       </c>
       <c r="C50"/>
       <c r="D50" t="s">
-        <v>29</v>
+        <v>34</v>
       </c>
       <c r="E50" t="s">
-        <v>30</v>
+        <v>35</v>
       </c>
       <c r="F50">
         <v>2024</v>
       </c>
       <c r="G50" t="s">
         <v>13</v>
       </c>
       <c r="H50" t="s">
-        <v>82</v>
+        <v>81</v>
       </c>
     </row>
     <row r="51" spans="1:8">
       <c r="A51" t="s">
-        <v>79</v>
+        <v>83</v>
       </c>
       <c r="B51" t="s">
-        <v>80</v>
+        <v>84</v>
       </c>
       <c r="C51"/>
       <c r="D51" t="s">
-        <v>29</v>
+        <v>34</v>
       </c>
       <c r="E51" t="s">
-        <v>30</v>
+        <v>35</v>
       </c>
       <c r="F51">
         <v>2024</v>
       </c>
       <c r="G51" t="s">
         <v>13</v>
       </c>
       <c r="H51" t="s">
-        <v>83</v>
+        <v>87</v>
       </c>
     </row>
     <row r="52" spans="1:8">
       <c r="A52" t="s">
-        <v>79</v>
+        <v>83</v>
       </c>
       <c r="B52" t="s">
-        <v>80</v>
+        <v>84</v>
       </c>
       <c r="C52"/>
       <c r="D52" t="s">
-        <v>29</v>
+        <v>34</v>
       </c>
       <c r="E52" t="s">
-        <v>30</v>
+        <v>35</v>
       </c>
       <c r="F52">
         <v>2024</v>
       </c>
       <c r="G52" t="s">
         <v>13</v>
       </c>
       <c r="H52" t="s">
-        <v>72</v>
+        <v>76</v>
       </c>
     </row>
     <row r="53" spans="1:8">
       <c r="A53" t="s">
-        <v>79</v>
+        <v>83</v>
       </c>
       <c r="B53" t="s">
-        <v>80</v>
+        <v>84</v>
       </c>
       <c r="C53"/>
       <c r="D53" t="s">
-        <v>29</v>
+        <v>34</v>
       </c>
       <c r="E53" t="s">
-        <v>30</v>
+        <v>35</v>
       </c>
       <c r="F53">
         <v>2024</v>
       </c>
       <c r="G53" t="s">
         <v>13</v>
       </c>
       <c r="H53" t="s">
-        <v>84</v>
+        <v>88</v>
       </c>
     </row>
     <row r="54" spans="1:8">
       <c r="A54" t="s">
-        <v>85</v>
+        <v>83</v>
       </c>
       <c r="B54" t="s">
-        <v>28</v>
+        <v>84</v>
       </c>
       <c r="C54"/>
       <c r="D54" t="s">
-        <v>29</v>
+        <v>34</v>
       </c>
       <c r="E54" t="s">
-        <v>30</v>
+        <v>35</v>
       </c>
       <c r="F54">
         <v>2024</v>
       </c>
       <c r="G54" t="s">
         <v>13</v>
       </c>
       <c r="H54" t="s">
-        <v>81</v>
+        <v>17</v>
       </c>
     </row>
     <row r="55" spans="1:8">
       <c r="A55" t="s">
-        <v>85</v>
+        <v>83</v>
       </c>
       <c r="B55" t="s">
-        <v>28</v>
+        <v>84</v>
       </c>
       <c r="C55"/>
       <c r="D55" t="s">
-        <v>29</v>
+        <v>34</v>
       </c>
       <c r="E55" t="s">
-        <v>30</v>
+        <v>35</v>
       </c>
       <c r="F55">
         <v>2024</v>
       </c>
       <c r="G55" t="s">
         <v>13</v>
       </c>
       <c r="H55" t="s">
-        <v>86</v>
+        <v>82</v>
       </c>
     </row>
     <row r="56" spans="1:8">
       <c r="A56" t="s">
-        <v>85</v>
+        <v>89</v>
       </c>
       <c r="B56" t="s">
-        <v>28</v>
+        <v>33</v>
       </c>
       <c r="C56"/>
       <c r="D56" t="s">
-        <v>29</v>
+        <v>34</v>
       </c>
       <c r="E56" t="s">
-        <v>30</v>
+        <v>35</v>
       </c>
       <c r="F56">
         <v>2024</v>
       </c>
       <c r="G56" t="s">
         <v>13</v>
       </c>
       <c r="H56" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="57" spans="1:8">
       <c r="A57" t="s">
-        <v>87</v>
+        <v>89</v>
       </c>
       <c r="B57" t="s">
-        <v>15</v>
-[...3 lines deleted...]
-      </c>
+        <v>33</v>
+      </c>
+      <c r="C57"/>
       <c r="D57" t="s">
-        <v>29</v>
+        <v>34</v>
       </c>
       <c r="E57" t="s">
-        <v>30</v>
+        <v>35</v>
       </c>
       <c r="F57">
         <v>2024</v>
       </c>
       <c r="G57" t="s">
         <v>13</v>
       </c>
       <c r="H57" t="s">
-        <v>17</v>
+        <v>88</v>
       </c>
     </row>
     <row r="58" spans="1:8">
       <c r="A58" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="B58" t="s">
-        <v>15</v>
-[...3 lines deleted...]
-      </c>
+        <v>33</v>
+      </c>
+      <c r="C58"/>
       <c r="D58" t="s">
-        <v>54</v>
+        <v>34</v>
       </c>
       <c r="E58" t="s">
-        <v>41</v>
+        <v>35</v>
       </c>
       <c r="F58">
         <v>2024</v>
       </c>
       <c r="G58" t="s">
         <v>13</v>
       </c>
       <c r="H58" t="s">
-        <v>81</v>
+        <v>90</v>
       </c>
     </row>
     <row r="59" spans="1:8">
       <c r="A59" t="s">
-        <v>88</v>
+        <v>91</v>
       </c>
       <c r="B59" t="s">
         <v>15</v>
       </c>
       <c r="C59" t="s">
-        <v>24</v>
+        <v>61</v>
       </c>
       <c r="D59" t="s">
-        <v>54</v>
+        <v>34</v>
       </c>
       <c r="E59" t="s">
-        <v>41</v>
+        <v>35</v>
       </c>
       <c r="F59">
         <v>2024</v>
       </c>
       <c r="G59" t="s">
         <v>13</v>
       </c>
       <c r="H59" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="60" spans="1:8">
       <c r="A60" t="s">
-        <v>88</v>
+        <v>92</v>
       </c>
       <c r="B60" t="s">
         <v>15</v>
       </c>
       <c r="C60" t="s">
         <v>24</v>
       </c>
       <c r="D60" t="s">
-        <v>54</v>
+        <v>59</v>
       </c>
       <c r="E60" t="s">
-        <v>41</v>
+        <v>46</v>
       </c>
       <c r="F60">
         <v>2024</v>
       </c>
       <c r="G60" t="s">
         <v>13</v>
       </c>
       <c r="H60" t="s">
-        <v>84</v>
+        <v>88</v>
       </c>
     </row>
     <row r="61" spans="1:8">
       <c r="A61" t="s">
-        <v>89</v>
+        <v>92</v>
       </c>
       <c r="B61" t="s">
-        <v>90</v>
+        <v>15</v>
       </c>
       <c r="C61" t="s">
-        <v>53</v>
+        <v>24</v>
       </c>
       <c r="D61" t="s">
-        <v>54</v>
+        <v>59</v>
       </c>
       <c r="E61" t="s">
-        <v>41</v>
+        <v>46</v>
       </c>
       <c r="F61">
         <v>2024</v>
       </c>
       <c r="G61" t="s">
         <v>13</v>
       </c>
       <c r="H61" t="s">
-        <v>91</v>
+        <v>85</v>
       </c>
     </row>
     <row r="62" spans="1:8">
       <c r="A62" t="s">
         <v>92</v>
       </c>
       <c r="B62" t="s">
         <v>15</v>
       </c>
       <c r="C62" t="s">
-        <v>44</v>
+        <v>24</v>
       </c>
       <c r="D62" t="s">
-        <v>45</v>
+        <v>59</v>
       </c>
       <c r="E62" t="s">
-        <v>41</v>
+        <v>46</v>
       </c>
       <c r="F62">
         <v>2024</v>
       </c>
       <c r="G62" t="s">
-        <v>33</v>
+        <v>13</v>
       </c>
       <c r="H62" t="s">
-        <v>83</v>
+        <v>17</v>
       </c>
     </row>
     <row r="63" spans="1:8">
       <c r="A63" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="B63" t="s">
-        <v>15</v>
+        <v>94</v>
       </c>
       <c r="C63" t="s">
-        <v>44</v>
+        <v>58</v>
       </c>
       <c r="D63" t="s">
-        <v>45</v>
+        <v>59</v>
       </c>
       <c r="E63" t="s">
-        <v>41</v>
+        <v>46</v>
       </c>
       <c r="F63">
         <v>2024</v>
       </c>
       <c r="G63" t="s">
-        <v>33</v>
+        <v>13</v>
       </c>
       <c r="H63" t="s">
-        <v>82</v>
+        <v>95</v>
       </c>
     </row>
     <row r="64" spans="1:8">
       <c r="A64" t="s">
-        <v>93</v>
+        <v>96</v>
       </c>
       <c r="B64" t="s">
         <v>15</v>
       </c>
       <c r="C64" t="s">
-        <v>10</v>
+        <v>49</v>
       </c>
       <c r="D64" t="s">
-        <v>54</v>
+        <v>50</v>
       </c>
       <c r="E64" t="s">
-        <v>41</v>
+        <v>46</v>
       </c>
       <c r="F64">
         <v>2024</v>
       </c>
       <c r="G64" t="s">
-        <v>13</v>
+        <v>38</v>
       </c>
       <c r="H64" t="s">
-        <v>21</v>
+        <v>86</v>
       </c>
     </row>
     <row r="65" spans="1:8">
       <c r="A65" t="s">
-        <v>93</v>
+        <v>96</v>
       </c>
       <c r="B65" t="s">
         <v>15</v>
       </c>
       <c r="C65" t="s">
-        <v>10</v>
+        <v>49</v>
       </c>
       <c r="D65" t="s">
-        <v>54</v>
+        <v>50</v>
       </c>
       <c r="E65" t="s">
-        <v>41</v>
+        <v>46</v>
       </c>
       <c r="F65">
         <v>2024</v>
       </c>
       <c r="G65" t="s">
-        <v>13</v>
+        <v>38</v>
       </c>
       <c r="H65" t="s">
-        <v>59</v>
+        <v>87</v>
       </c>
     </row>
     <row r="66" spans="1:8">
       <c r="A66" t="s">
-        <v>93</v>
+        <v>97</v>
       </c>
       <c r="B66" t="s">
         <v>15</v>
       </c>
       <c r="C66" t="s">
         <v>10</v>
       </c>
       <c r="D66" t="s">
-        <v>54</v>
+        <v>59</v>
       </c>
       <c r="E66" t="s">
-        <v>41</v>
+        <v>46</v>
       </c>
       <c r="F66">
         <v>2024</v>
       </c>
       <c r="G66" t="s">
         <v>13</v>
       </c>
       <c r="H66" t="s">
-        <v>17</v>
+        <v>21</v>
       </c>
     </row>
     <row r="67" spans="1:8">
       <c r="A67" t="s">
-        <v>93</v>
+        <v>97</v>
       </c>
       <c r="B67" t="s">
         <v>15</v>
       </c>
       <c r="C67" t="s">
         <v>10</v>
       </c>
       <c r="D67" t="s">
-        <v>54</v>
+        <v>59</v>
       </c>
       <c r="E67" t="s">
-        <v>41</v>
+        <v>46</v>
       </c>
       <c r="F67">
         <v>2024</v>
       </c>
       <c r="G67" t="s">
         <v>13</v>
       </c>
       <c r="H67" t="s">
-        <v>31</v>
+        <v>17</v>
       </c>
     </row>
     <row r="68" spans="1:8">
       <c r="A68" t="s">
-        <v>94</v>
+        <v>97</v>
       </c>
       <c r="B68" t="s">
         <v>15</v>
       </c>
       <c r="C68" t="s">
-        <v>44</v>
+        <v>10</v>
       </c>
       <c r="D68" t="s">
-        <v>45</v>
+        <v>59</v>
       </c>
       <c r="E68" t="s">
-        <v>41</v>
+        <v>46</v>
       </c>
       <c r="F68">
         <v>2024</v>
       </c>
-      <c r="G68"/>
+      <c r="G68" t="s">
+        <v>13</v>
+      </c>
       <c r="H68" t="s">
-        <v>78</v>
+        <v>64</v>
       </c>
     </row>
     <row r="69" spans="1:8">
       <c r="A69" t="s">
-        <v>94</v>
+        <v>97</v>
       </c>
       <c r="B69" t="s">
         <v>15</v>
       </c>
       <c r="C69" t="s">
-        <v>44</v>
+        <v>10</v>
       </c>
       <c r="D69" t="s">
-        <v>45</v>
+        <v>59</v>
       </c>
       <c r="E69" t="s">
-        <v>41</v>
+        <v>46</v>
       </c>
       <c r="F69">
         <v>2024</v>
       </c>
-      <c r="G69"/>
+      <c r="G69" t="s">
+        <v>13</v>
+      </c>
       <c r="H69" t="s">
-        <v>17</v>
+        <v>36</v>
       </c>
     </row>
     <row r="70" spans="1:8">
       <c r="A70" t="s">
-        <v>95</v>
+        <v>98</v>
       </c>
       <c r="B70" t="s">
-        <v>96</v>
+        <v>15</v>
       </c>
       <c r="C70" t="s">
         <v>49</v>
       </c>
       <c r="D70" t="s">
-        <v>40</v>
+        <v>50</v>
       </c>
       <c r="E70" t="s">
-        <v>41</v>
+        <v>46</v>
       </c>
       <c r="F70">
-        <v>2023</v>
-[...4 lines deleted...]
-      <c r="H70"/>
+        <v>2024</v>
+      </c>
+      <c r="G70"/>
+      <c r="H70" t="s">
+        <v>17</v>
+      </c>
     </row>
     <row r="71" spans="1:8">
       <c r="A71" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
       <c r="B71" t="s">
-        <v>61</v>
+        <v>15</v>
       </c>
       <c r="C71" t="s">
-        <v>56</v>
+        <v>49</v>
       </c>
       <c r="D71" t="s">
-        <v>54</v>
+        <v>50</v>
       </c>
       <c r="E71" t="s">
-        <v>41</v>
+        <v>46</v>
       </c>
       <c r="F71">
-        <v>2023</v>
-[...3 lines deleted...]
-      </c>
+        <v>2024</v>
+      </c>
+      <c r="G71"/>
       <c r="H71" t="s">
-        <v>17</v>
+        <v>82</v>
       </c>
     </row>
     <row r="72" spans="1:8">
       <c r="A72" t="s">
-        <v>97</v>
+        <v>99</v>
       </c>
       <c r="B72" t="s">
-        <v>61</v>
+        <v>100</v>
       </c>
       <c r="C72" t="s">
-        <v>56</v>
+        <v>54</v>
       </c>
       <c r="D72" t="s">
-        <v>54</v>
+        <v>45</v>
       </c>
       <c r="E72" t="s">
-        <v>41</v>
+        <v>46</v>
       </c>
       <c r="F72">
         <v>2023</v>
       </c>
       <c r="G72" t="s">
         <v>13</v>
       </c>
-      <c r="H72" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H72"/>
     </row>
     <row r="73" spans="1:8">
       <c r="A73" t="s">
-        <v>98</v>
+        <v>101</v>
       </c>
       <c r="B73" t="s">
-        <v>43</v>
+        <v>66</v>
       </c>
       <c r="C73" t="s">
-        <v>10</v>
+        <v>61</v>
       </c>
       <c r="D73" t="s">
-        <v>45</v>
+        <v>59</v>
       </c>
       <c r="E73" t="s">
-        <v>30</v>
+        <v>46</v>
       </c>
       <c r="F73">
-        <v>2022</v>
+        <v>2023</v>
       </c>
       <c r="G73" t="s">
         <v>13</v>
       </c>
       <c r="H73" t="s">
-        <v>59</v>
+        <v>90</v>
       </c>
     </row>
     <row r="74" spans="1:8">
       <c r="A74" t="s">
-        <v>98</v>
+        <v>101</v>
       </c>
       <c r="B74" t="s">
-        <v>43</v>
+        <v>66</v>
       </c>
       <c r="C74" t="s">
-        <v>10</v>
+        <v>61</v>
       </c>
       <c r="D74" t="s">
-        <v>45</v>
+        <v>59</v>
       </c>
       <c r="E74" t="s">
-        <v>30</v>
+        <v>46</v>
       </c>
       <c r="F74">
-        <v>2022</v>
+        <v>2023</v>
       </c>
       <c r="G74" t="s">
         <v>13</v>
       </c>
       <c r="H74" t="s">
-        <v>31</v>
+        <v>17</v>
       </c>
     </row>
     <row r="75" spans="1:8">
       <c r="A75" t="s">
-        <v>98</v>
+        <v>102</v>
       </c>
       <c r="B75" t="s">
-        <v>43</v>
+        <v>48</v>
       </c>
       <c r="C75" t="s">
         <v>10</v>
       </c>
       <c r="D75" t="s">
-        <v>45</v>
+        <v>50</v>
       </c>
       <c r="E75" t="s">
-        <v>30</v>
+        <v>35</v>
       </c>
       <c r="F75">
         <v>2022</v>
       </c>
       <c r="G75" t="s">
         <v>13</v>
       </c>
       <c r="H75" t="s">
-        <v>17</v>
+        <v>36</v>
       </c>
     </row>
     <row r="76" spans="1:8">
       <c r="A76" t="s">
-        <v>99</v>
+        <v>102</v>
       </c>
       <c r="B76" t="s">
-        <v>100</v>
+        <v>48</v>
       </c>
       <c r="C76" t="s">
-        <v>49</v>
+        <v>10</v>
       </c>
       <c r="D76" t="s">
-        <v>40</v>
+        <v>50</v>
       </c>
       <c r="E76" t="s">
-        <v>41</v>
+        <v>35</v>
       </c>
       <c r="F76">
         <v>2022</v>
       </c>
       <c r="G76" t="s">
         <v>13</v>
       </c>
-      <c r="H76"/>
+      <c r="H76" t="s">
+        <v>64</v>
+      </c>
     </row>
     <row r="77" spans="1:8">
       <c r="A77" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
       <c r="B77" t="s">
-        <v>28</v>
+        <v>48</v>
       </c>
       <c r="C77" t="s">
-        <v>44</v>
+        <v>10</v>
       </c>
       <c r="D77" t="s">
-        <v>45</v>
+        <v>50</v>
       </c>
       <c r="E77" t="s">
-        <v>41</v>
+        <v>35</v>
       </c>
       <c r="F77">
         <v>2022</v>
       </c>
       <c r="G77" t="s">
         <v>13</v>
       </c>
       <c r="H77" t="s">
-        <v>102</v>
+        <v>17</v>
       </c>
     </row>
     <row r="78" spans="1:8">
       <c r="A78" t="s">
-        <v>101</v>
+        <v>103</v>
       </c>
       <c r="B78" t="s">
-        <v>28</v>
+        <v>104</v>
       </c>
       <c r="C78" t="s">
-        <v>44</v>
+        <v>54</v>
       </c>
       <c r="D78" t="s">
         <v>45</v>
       </c>
       <c r="E78" t="s">
-        <v>41</v>
+        <v>46</v>
       </c>
       <c r="F78">
         <v>2022</v>
       </c>
       <c r="G78" t="s">
         <v>13</v>
       </c>
-      <c r="H78" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H78"/>
     </row>
     <row r="79" spans="1:8">
       <c r="A79" t="s">
-        <v>101</v>
+        <v>105</v>
       </c>
       <c r="B79" t="s">
-        <v>28</v>
+        <v>33</v>
       </c>
       <c r="C79" t="s">
-        <v>44</v>
+        <v>49</v>
       </c>
       <c r="D79" t="s">
-        <v>45</v>
+        <v>50</v>
       </c>
       <c r="E79" t="s">
-        <v>41</v>
+        <v>46</v>
       </c>
       <c r="F79">
         <v>2022</v>
       </c>
       <c r="G79" t="s">
         <v>13</v>
       </c>
       <c r="H79" t="s">
-        <v>31</v>
+        <v>64</v>
       </c>
     </row>
     <row r="80" spans="1:8">
       <c r="A80" t="s">
-        <v>101</v>
+        <v>105</v>
       </c>
       <c r="B80" t="s">
-        <v>28</v>
+        <v>33</v>
       </c>
       <c r="C80" t="s">
-        <v>44</v>
+        <v>49</v>
       </c>
       <c r="D80" t="s">
-        <v>45</v>
+        <v>50</v>
       </c>
       <c r="E80" t="s">
-        <v>41</v>
+        <v>46</v>
       </c>
       <c r="F80">
         <v>2022</v>
       </c>
       <c r="G80" t="s">
         <v>13</v>
       </c>
       <c r="H80" t="s">
-        <v>59</v>
+        <v>17</v>
       </c>
     </row>
     <row r="81" spans="1:8">
       <c r="A81" t="s">
-        <v>103</v>
+        <v>105</v>
       </c>
       <c r="B81" t="s">
-        <v>104</v>
+        <v>33</v>
       </c>
       <c r="C81" t="s">
-        <v>10</v>
+        <v>49</v>
       </c>
       <c r="D81" t="s">
-        <v>54</v>
+        <v>50</v>
       </c>
       <c r="E81" t="s">
-        <v>41</v>
+        <v>46</v>
       </c>
       <c r="F81">
         <v>2022</v>
       </c>
       <c r="G81" t="s">
         <v>13</v>
       </c>
-      <c r="H81"/>
+      <c r="H81" t="s">
+        <v>36</v>
+      </c>
     </row>
     <row r="82" spans="1:8">
       <c r="A82" t="s">
         <v>105</v>
       </c>
       <c r="B82" t="s">
-        <v>106</v>
+        <v>33</v>
       </c>
       <c r="C82" t="s">
         <v>49</v>
       </c>
       <c r="D82" t="s">
-        <v>16</v>
+        <v>50</v>
       </c>
       <c r="E82" t="s">
-        <v>12</v>
+        <v>46</v>
       </c>
       <c r="F82">
-        <v>2021</v>
+        <v>2022</v>
       </c>
       <c r="G82" t="s">
         <v>13</v>
       </c>
-      <c r="H82"/>
+      <c r="H82" t="s">
+        <v>106</v>
+      </c>
     </row>
     <row r="83" spans="1:8">
       <c r="A83" t="s">
         <v>107</v>
       </c>
       <c r="B83" t="s">
         <v>108</v>
       </c>
       <c r="C83" t="s">
-        <v>49</v>
+        <v>10</v>
       </c>
       <c r="D83" t="s">
-        <v>40</v>
+        <v>59</v>
       </c>
       <c r="E83" t="s">
-        <v>41</v>
+        <v>46</v>
       </c>
       <c r="F83">
-        <v>2021</v>
+        <v>2022</v>
       </c>
       <c r="G83" t="s">
         <v>13</v>
       </c>
       <c r="H83"/>
     </row>
     <row r="84" spans="1:8">
       <c r="A84" t="s">
         <v>109</v>
       </c>
       <c r="B84" t="s">
         <v>110</v>
       </c>
       <c r="C84" t="s">
-        <v>111</v>
+        <v>54</v>
       </c>
       <c r="D84" t="s">
-        <v>40</v>
+        <v>16</v>
       </c>
       <c r="E84" t="s">
-        <v>41</v>
+        <v>12</v>
       </c>
       <c r="F84">
         <v>2021</v>
       </c>
       <c r="G84" t="s">
         <v>13</v>
       </c>
       <c r="H84"/>
     </row>
     <row r="85" spans="1:8">
       <c r="A85" t="s">
-        <v>8</v>
+        <v>111</v>
       </c>
       <c r="B85" t="s">
-        <v>106</v>
+        <v>112</v>
       </c>
       <c r="C85" t="s">
-        <v>111</v>
+        <v>54</v>
       </c>
       <c r="D85" t="s">
-        <v>16</v>
+        <v>45</v>
       </c>
       <c r="E85" t="s">
-        <v>12</v>
+        <v>46</v>
       </c>
       <c r="F85">
-        <v>2020</v>
+        <v>2021</v>
       </c>
       <c r="G85" t="s">
         <v>13</v>
       </c>
       <c r="H85"/>
     </row>
     <row r="86" spans="1:8">
       <c r="A86" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
       <c r="B86" t="s">
-        <v>106</v>
+        <v>114</v>
       </c>
       <c r="C86" t="s">
-        <v>10</v>
+        <v>115</v>
       </c>
       <c r="D86" t="s">
-        <v>16</v>
+        <v>45</v>
       </c>
       <c r="E86" t="s">
-        <v>12</v>
+        <v>46</v>
       </c>
       <c r="F86">
-        <v>2020</v>
+        <v>2021</v>
       </c>
       <c r="G86" t="s">
         <v>13</v>
       </c>
       <c r="H86"/>
     </row>
     <row r="87" spans="1:8">
       <c r="A87" t="s">
-        <v>113</v>
+        <v>8</v>
       </c>
       <c r="B87" t="s">
-        <v>106</v>
+        <v>110</v>
       </c>
       <c r="C87" t="s">
-        <v>10</v>
+        <v>115</v>
       </c>
       <c r="D87" t="s">
-        <v>54</v>
+        <v>16</v>
       </c>
       <c r="E87" t="s">
         <v>12</v>
       </c>
       <c r="F87">
         <v>2020</v>
       </c>
       <c r="G87" t="s">
         <v>13</v>
       </c>
       <c r="H87"/>
     </row>
     <row r="88" spans="1:8">
       <c r="A88" t="s">
-        <v>63</v>
+        <v>116</v>
       </c>
       <c r="B88" t="s">
-        <v>63</v>
+        <v>110</v>
       </c>
       <c r="C88" t="s">
-        <v>44</v>
+        <v>10</v>
       </c>
       <c r="D88" t="s">
         <v>16</v>
       </c>
       <c r="E88" t="s">
         <v>12</v>
       </c>
       <c r="F88">
         <v>2020</v>
       </c>
       <c r="G88" t="s">
         <v>13</v>
       </c>
       <c r="H88"/>
     </row>
     <row r="89" spans="1:8">
       <c r="A89" t="s">
-        <v>114</v>
+        <v>117</v>
       </c>
       <c r="B89" t="s">
-        <v>106</v>
-[...1 lines deleted...]
-      <c r="C89"/>
+        <v>110</v>
+      </c>
+      <c r="C89" t="s">
+        <v>10</v>
+      </c>
       <c r="D89" t="s">
-        <v>25</v>
+        <v>59</v>
       </c>
       <c r="E89" t="s">
         <v>12</v>
       </c>
       <c r="F89">
         <v>2020</v>
       </c>
       <c r="G89" t="s">
         <v>13</v>
       </c>
       <c r="H89"/>
     </row>
     <row r="90" spans="1:8">
       <c r="A90" t="s">
-        <v>115</v>
+        <v>68</v>
       </c>
       <c r="B90" t="s">
-        <v>61</v>
-[...1 lines deleted...]
-      <c r="C90"/>
+        <v>68</v>
+      </c>
+      <c r="C90" t="s">
+        <v>49</v>
+      </c>
       <c r="D90" t="s">
         <v>16</v>
       </c>
       <c r="E90" t="s">
         <v>12</v>
       </c>
       <c r="F90">
         <v>2020</v>
       </c>
       <c r="G90" t="s">
         <v>13</v>
       </c>
       <c r="H90"/>
     </row>
     <row r="91" spans="1:8">
       <c r="A91" t="s">
-        <v>116</v>
+        <v>118</v>
       </c>
       <c r="B91" t="s">
-        <v>61</v>
+        <v>110</v>
       </c>
       <c r="C91"/>
-      <c r="D91"/>
+      <c r="D91" t="s">
+        <v>25</v>
+      </c>
       <c r="E91" t="s">
         <v>12</v>
       </c>
       <c r="F91">
         <v>2020</v>
       </c>
       <c r="G91" t="s">
         <v>13</v>
       </c>
       <c r="H91"/>
     </row>
     <row r="92" spans="1:8">
       <c r="A92" t="s">
-        <v>117</v>
+        <v>119</v>
       </c>
       <c r="B92" t="s">
-        <v>117</v>
+        <v>66</v>
       </c>
       <c r="C92"/>
-      <c r="D92"/>
+      <c r="D92" t="s">
+        <v>16</v>
+      </c>
       <c r="E92" t="s">
         <v>12</v>
       </c>
       <c r="F92">
         <v>2020</v>
       </c>
       <c r="G92" t="s">
         <v>13</v>
       </c>
       <c r="H92"/>
     </row>
     <row r="93" spans="1:8">
       <c r="A93" t="s">
-        <v>118</v>
+        <v>120</v>
       </c>
       <c r="B93" t="s">
-        <v>118</v>
+        <v>66</v>
       </c>
       <c r="C93"/>
       <c r="D93"/>
       <c r="E93" t="s">
         <v>12</v>
       </c>
       <c r="F93">
         <v>2020</v>
       </c>
       <c r="G93" t="s">
         <v>13</v>
       </c>
       <c r="H93"/>
     </row>
     <row r="94" spans="1:8">
       <c r="A94" t="s">
-        <v>119</v>
+        <v>121</v>
       </c>
       <c r="B94" t="s">
-        <v>119</v>
+        <v>121</v>
       </c>
       <c r="C94"/>
       <c r="D94"/>
       <c r="E94" t="s">
         <v>12</v>
       </c>
       <c r="F94">
         <v>2020</v>
       </c>
       <c r="G94" t="s">
         <v>13</v>
       </c>
       <c r="H94"/>
     </row>
     <row r="95" spans="1:8">
       <c r="A95" t="s">
-        <v>120</v>
+        <v>122</v>
       </c>
       <c r="B95" t="s">
-        <v>61</v>
+        <v>122</v>
       </c>
       <c r="C95"/>
       <c r="D95"/>
       <c r="E95" t="s">
         <v>12</v>
       </c>
       <c r="F95">
         <v>2020</v>
       </c>
       <c r="G95" t="s">
         <v>13</v>
       </c>
       <c r="H95"/>
     </row>
     <row r="96" spans="1:8">
       <c r="A96" t="s">
-        <v>121</v>
+        <v>123</v>
       </c>
       <c r="B96" t="s">
-        <v>61</v>
-[...6 lines deleted...]
-      </c>
+        <v>123</v>
+      </c>
+      <c r="C96"/>
+      <c r="D96"/>
       <c r="E96" t="s">
         <v>12</v>
       </c>
       <c r="F96">
         <v>2020</v>
       </c>
-      <c r="G96"/>
+      <c r="G96" t="s">
+        <v>13</v>
+      </c>
       <c r="H96"/>
     </row>
     <row r="97" spans="1:8">
       <c r="A97" t="s">
-        <v>122</v>
+        <v>124</v>
       </c>
       <c r="B97" t="s">
-        <v>123</v>
-[...6 lines deleted...]
-      </c>
+        <v>66</v>
+      </c>
+      <c r="C97"/>
+      <c r="D97"/>
       <c r="E97" t="s">
-        <v>41</v>
+        <v>12</v>
       </c>
       <c r="F97">
         <v>2020</v>
       </c>
       <c r="G97" t="s">
         <v>13</v>
       </c>
       <c r="H97"/>
     </row>
     <row r="98" spans="1:8">
       <c r="A98" t="s">
-        <v>124</v>
+        <v>125</v>
       </c>
       <c r="B98" t="s">
-        <v>125</v>
+        <v>66</v>
       </c>
       <c r="C98" t="s">
-        <v>24</v>
+        <v>115</v>
       </c>
       <c r="D98" t="s">
-        <v>54</v>
+        <v>25</v>
       </c>
       <c r="E98" t="s">
-        <v>41</v>
+        <v>12</v>
       </c>
       <c r="F98">
         <v>2020</v>
       </c>
-      <c r="G98" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="G98"/>
       <c r="H98"/>
     </row>
     <row r="99" spans="1:8">
       <c r="A99" t="s">
         <v>126</v>
       </c>
       <c r="B99" t="s">
         <v>127</v>
       </c>
       <c r="C99" t="s">
-        <v>111</v>
+        <v>54</v>
       </c>
       <c r="D99" t="s">
-        <v>40</v>
+        <v>45</v>
       </c>
       <c r="E99" t="s">
-        <v>41</v>
+        <v>46</v>
       </c>
       <c r="F99">
         <v>2020</v>
       </c>
       <c r="G99" t="s">
         <v>13</v>
       </c>
       <c r="H99"/>
     </row>
     <row r="100" spans="1:8">
       <c r="A100" t="s">
         <v>128</v>
       </c>
       <c r="B100" t="s">
         <v>129</v>
       </c>
       <c r="C100" t="s">
-        <v>111</v>
+        <v>24</v>
       </c>
       <c r="D100" t="s">
-        <v>40</v>
+        <v>59</v>
       </c>
       <c r="E100" t="s">
-        <v>41</v>
+        <v>46</v>
       </c>
       <c r="F100">
-        <v>2019</v>
+        <v>2020</v>
       </c>
       <c r="G100" t="s">
         <v>13</v>
       </c>
       <c r="H100"/>
     </row>
     <row r="101" spans="1:8">
       <c r="A101" t="s">
         <v>130</v>
       </c>
       <c r="B101" t="s">
         <v>131</v>
       </c>
       <c r="C101" t="s">
-        <v>49</v>
+        <v>115</v>
       </c>
       <c r="D101" t="s">
-        <v>40</v>
+        <v>45</v>
       </c>
       <c r="E101" t="s">
-        <v>41</v>
+        <v>46</v>
       </c>
       <c r="F101">
-        <v>2019</v>
+        <v>2020</v>
       </c>
       <c r="G101" t="s">
         <v>13</v>
       </c>
       <c r="H101"/>
     </row>
     <row r="102" spans="1:8">
       <c r="A102" t="s">
         <v>132</v>
       </c>
       <c r="B102" t="s">
         <v>133</v>
       </c>
       <c r="C102" t="s">
-        <v>10</v>
+        <v>115</v>
       </c>
       <c r="D102" t="s">
-        <v>54</v>
+        <v>45</v>
       </c>
       <c r="E102" t="s">
-        <v>41</v>
+        <v>46</v>
       </c>
       <c r="F102">
         <v>2019</v>
       </c>
       <c r="G102" t="s">
         <v>13</v>
       </c>
       <c r="H102"/>
     </row>
     <row r="103" spans="1:8">
       <c r="A103" t="s">
         <v>134</v>
       </c>
       <c r="B103" t="s">
         <v>135</v>
       </c>
-      <c r="C103"/>
-      <c r="D103"/>
+      <c r="C103" t="s">
+        <v>54</v>
+      </c>
+      <c r="D103" t="s">
+        <v>45</v>
+      </c>
       <c r="E103" t="s">
-        <v>66</v>
+        <v>46</v>
       </c>
       <c r="F103">
-        <v>2018</v>
+        <v>2019</v>
       </c>
       <c r="G103" t="s">
         <v>13</v>
       </c>
       <c r="H103"/>
     </row>
     <row r="104" spans="1:8">
       <c r="A104" t="s">
         <v>136</v>
       </c>
       <c r="B104" t="s">
         <v>137</v>
       </c>
       <c r="C104" t="s">
-        <v>49</v>
+        <v>10</v>
       </c>
       <c r="D104" t="s">
-        <v>40</v>
+        <v>59</v>
       </c>
       <c r="E104" t="s">
-        <v>41</v>
+        <v>46</v>
       </c>
       <c r="F104">
-        <v>2018</v>
+        <v>2019</v>
       </c>
       <c r="G104" t="s">
         <v>13</v>
       </c>
       <c r="H104"/>
     </row>
     <row r="105" spans="1:8">
       <c r="A105" t="s">
         <v>138</v>
       </c>
       <c r="B105" t="s">
         <v>139</v>
       </c>
-      <c r="C105" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="C105"/>
+      <c r="D105"/>
       <c r="E105" t="s">
-        <v>41</v>
+        <v>30</v>
       </c>
       <c r="F105">
         <v>2018</v>
       </c>
       <c r="G105" t="s">
         <v>13</v>
       </c>
       <c r="H105"/>
     </row>
     <row r="106" spans="1:8">
       <c r="A106" t="s">
         <v>140</v>
       </c>
       <c r="B106" t="s">
         <v>141</v>
       </c>
       <c r="C106" t="s">
-        <v>111</v>
+        <v>54</v>
       </c>
       <c r="D106" t="s">
-        <v>40</v>
+        <v>45</v>
       </c>
       <c r="E106" t="s">
-        <v>41</v>
+        <v>46</v>
       </c>
       <c r="F106">
         <v>2018</v>
       </c>
       <c r="G106" t="s">
         <v>13</v>
       </c>
       <c r="H106"/>
     </row>
     <row r="107" spans="1:8">
       <c r="A107" t="s">
         <v>142</v>
       </c>
       <c r="B107" t="s">
         <v>143</v>
       </c>
       <c r="C107" t="s">
-        <v>111</v>
+        <v>10</v>
       </c>
       <c r="D107" t="s">
-        <v>40</v>
+        <v>59</v>
       </c>
       <c r="E107" t="s">
-        <v>41</v>
+        <v>46</v>
       </c>
       <c r="F107">
         <v>2018</v>
       </c>
       <c r="G107" t="s">
         <v>13</v>
       </c>
-      <c r="H107" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H107"/>
     </row>
     <row r="108" spans="1:8">
       <c r="A108" t="s">
         <v>144</v>
       </c>
       <c r="B108" t="s">
         <v>145</v>
       </c>
       <c r="C108" t="s">
-        <v>56</v>
+        <v>115</v>
       </c>
       <c r="D108" t="s">
-        <v>54</v>
+        <v>45</v>
       </c>
       <c r="E108" t="s">
-        <v>41</v>
+        <v>46</v>
       </c>
       <c r="F108">
-        <v>2017</v>
+        <v>2018</v>
       </c>
       <c r="G108" t="s">
         <v>13</v>
       </c>
       <c r="H108"/>
     </row>
     <row r="109" spans="1:8">
       <c r="A109" t="s">
         <v>146</v>
       </c>
       <c r="B109" t="s">
         <v>147</v>
       </c>
       <c r="C109" t="s">
-        <v>10</v>
+        <v>115</v>
       </c>
       <c r="D109" t="s">
-        <v>54</v>
+        <v>45</v>
       </c>
       <c r="E109" t="s">
-        <v>41</v>
+        <v>46</v>
       </c>
       <c r="F109">
-        <v>2017</v>
+        <v>2018</v>
       </c>
       <c r="G109" t="s">
         <v>13</v>
       </c>
-      <c r="H109"/>
+      <c r="H109" t="s">
+        <v>90</v>
+      </c>
     </row>
     <row r="110" spans="1:8">
       <c r="A110" t="s">
         <v>148</v>
       </c>
       <c r="B110" t="s">
         <v>149</v>
       </c>
       <c r="C110" t="s">
-        <v>24</v>
+        <v>61</v>
       </c>
       <c r="D110" t="s">
-        <v>54</v>
+        <v>59</v>
       </c>
       <c r="E110" t="s">
-        <v>41</v>
+        <v>46</v>
       </c>
       <c r="F110">
         <v>2017</v>
       </c>
       <c r="G110" t="s">
         <v>13</v>
       </c>
       <c r="H110"/>
     </row>
     <row r="111" spans="1:8">
       <c r="A111" t="s">
         <v>150</v>
       </c>
       <c r="B111" t="s">
         <v>151</v>
       </c>
       <c r="C111" t="s">
-        <v>111</v>
+        <v>10</v>
       </c>
       <c r="D111" t="s">
-        <v>40</v>
+        <v>59</v>
       </c>
       <c r="E111" t="s">
-        <v>41</v>
+        <v>46</v>
       </c>
       <c r="F111">
         <v>2017</v>
       </c>
       <c r="G111" t="s">
         <v>13</v>
       </c>
       <c r="H111"/>
     </row>
     <row r="112" spans="1:8">
       <c r="A112" t="s">
         <v>152</v>
       </c>
       <c r="B112" t="s">
         <v>153</v>
       </c>
       <c r="C112" t="s">
-        <v>10</v>
+        <v>24</v>
       </c>
       <c r="D112" t="s">
-        <v>54</v>
+        <v>59</v>
       </c>
       <c r="E112" t="s">
-        <v>41</v>
+        <v>46</v>
       </c>
       <c r="F112">
         <v>2017</v>
       </c>
       <c r="G112" t="s">
-        <v>33</v>
-[...3 lines deleted...]
-      </c>
+        <v>13</v>
+      </c>
+      <c r="H112"/>
     </row>
     <row r="113" spans="1:8">
       <c r="A113" t="s">
         <v>154</v>
       </c>
       <c r="B113" t="s">
         <v>155</v>
       </c>
-      <c r="C113"/>
-[...1 lines deleted...]
-      <c r="E113"/>
+      <c r="C113" t="s">
+        <v>115</v>
+      </c>
+      <c r="D113" t="s">
+        <v>45</v>
+      </c>
+      <c r="E113" t="s">
+        <v>46</v>
+      </c>
       <c r="F113">
-        <v>2016</v>
+        <v>2017</v>
       </c>
       <c r="G113" t="s">
         <v>13</v>
       </c>
       <c r="H113"/>
     </row>
     <row r="114" spans="1:8">
       <c r="A114" t="s">
         <v>156</v>
       </c>
       <c r="B114" t="s">
         <v>157</v>
       </c>
       <c r="C114" t="s">
-        <v>49</v>
+        <v>10</v>
       </c>
       <c r="D114" t="s">
-        <v>40</v>
+        <v>59</v>
       </c>
       <c r="E114" t="s">
-        <v>41</v>
+        <v>46</v>
       </c>
       <c r="F114">
-        <v>2016</v>
+        <v>2017</v>
       </c>
       <c r="G114" t="s">
-        <v>13</v>
-[...1 lines deleted...]
-      <c r="H114"/>
+        <v>38</v>
+      </c>
+      <c r="H114" t="s">
+        <v>63</v>
+      </c>
     </row>
     <row r="115" spans="1:8">
       <c r="A115" t="s">
         <v>158</v>
       </c>
       <c r="B115" t="s">
         <v>159</v>
       </c>
-      <c r="C115" t="s">
-[...7 lines deleted...]
-      </c>
+      <c r="C115"/>
+      <c r="D115"/>
+      <c r="E115"/>
       <c r="F115">
         <v>2016</v>
       </c>
       <c r="G115" t="s">
         <v>13</v>
       </c>
       <c r="H115"/>
     </row>
     <row r="116" spans="1:8">
       <c r="A116" t="s">
         <v>160</v>
       </c>
       <c r="B116" t="s">
-        <v>155</v>
+        <v>161</v>
       </c>
       <c r="C116" t="s">
-        <v>24</v>
+        <v>54</v>
       </c>
       <c r="D116" t="s">
-        <v>54</v>
+        <v>45</v>
       </c>
       <c r="E116" t="s">
-        <v>41</v>
+        <v>46</v>
       </c>
       <c r="F116">
         <v>2016</v>
       </c>
       <c r="G116" t="s">
         <v>13</v>
       </c>
       <c r="H116"/>
     </row>
     <row r="117" spans="1:8">
       <c r="A117" t="s">
-        <v>161</v>
+        <v>162</v>
       </c>
       <c r="B117" t="s">
-        <v>162</v>
-[...1 lines deleted...]
-      <c r="C117"/>
+        <v>163</v>
+      </c>
+      <c r="C117" t="s">
+        <v>115</v>
+      </c>
       <c r="D117" t="s">
-        <v>37</v>
+        <v>45</v>
       </c>
       <c r="E117" t="s">
-        <v>30</v>
+        <v>46</v>
       </c>
       <c r="F117">
-        <v>2015</v>
+        <v>2016</v>
       </c>
       <c r="G117" t="s">
         <v>13</v>
       </c>
       <c r="H117"/>
     </row>
     <row r="118" spans="1:8">
       <c r="A118" t="s">
-        <v>163</v>
+        <v>164</v>
       </c>
       <c r="B118" t="s">
-        <v>164</v>
+        <v>159</v>
       </c>
       <c r="C118" t="s">
-        <v>49</v>
+        <v>24</v>
       </c>
       <c r="D118" t="s">
-        <v>40</v>
+        <v>59</v>
       </c>
       <c r="E118" t="s">
-        <v>41</v>
+        <v>46</v>
       </c>
       <c r="F118">
-        <v>2015</v>
+        <v>2016</v>
       </c>
       <c r="G118" t="s">
         <v>13</v>
       </c>
       <c r="H118"/>
     </row>
     <row r="119" spans="1:8">
       <c r="A119" t="s">
         <v>165</v>
       </c>
       <c r="B119" t="s">
         <v>166</v>
       </c>
-      <c r="C119" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="C119"/>
       <c r="D119" t="s">
-        <v>40</v>
+        <v>42</v>
       </c>
       <c r="E119" t="s">
-        <v>41</v>
+        <v>35</v>
       </c>
       <c r="F119">
         <v>2015</v>
       </c>
       <c r="G119" t="s">
         <v>13</v>
       </c>
       <c r="H119"/>
     </row>
     <row r="120" spans="1:8">
       <c r="A120" t="s">
         <v>167</v>
       </c>
       <c r="B120" t="s">
         <v>168</v>
       </c>
       <c r="C120" t="s">
-        <v>10</v>
+        <v>54</v>
       </c>
       <c r="D120" t="s">
-        <v>54</v>
+        <v>45</v>
       </c>
       <c r="E120" t="s">
-        <v>41</v>
+        <v>46</v>
       </c>
       <c r="F120">
         <v>2015</v>
       </c>
       <c r="G120" t="s">
         <v>13</v>
       </c>
       <c r="H120"/>
     </row>
     <row r="121" spans="1:8">
       <c r="A121" t="s">
         <v>169</v>
       </c>
       <c r="B121" t="s">
         <v>170</v>
       </c>
-      <c r="C121"/>
-      <c r="D121"/>
+      <c r="C121" t="s">
+        <v>115</v>
+      </c>
+      <c r="D121" t="s">
+        <v>45</v>
+      </c>
       <c r="E121" t="s">
-        <v>41</v>
+        <v>46</v>
       </c>
       <c r="F121">
         <v>2015</v>
       </c>
       <c r="G121" t="s">
         <v>13</v>
       </c>
       <c r="H121"/>
     </row>
     <row r="122" spans="1:8">
       <c r="A122" t="s">
         <v>171</v>
       </c>
       <c r="B122" t="s">
         <v>172</v>
       </c>
       <c r="C122" t="s">
         <v>10</v>
       </c>
       <c r="D122" t="s">
-        <v>40</v>
+        <v>59</v>
       </c>
       <c r="E122" t="s">
-        <v>41</v>
+        <v>46</v>
       </c>
       <c r="F122">
         <v>2015</v>
       </c>
       <c r="G122" t="s">
         <v>13</v>
       </c>
       <c r="H122"/>
     </row>
     <row r="123" spans="1:8">
       <c r="A123" t="s">
         <v>173</v>
       </c>
       <c r="B123" t="s">
         <v>174</v>
       </c>
-      <c r="C123" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="C123"/>
+      <c r="D123"/>
       <c r="E123" t="s">
-        <v>41</v>
+        <v>46</v>
       </c>
       <c r="F123">
-        <v>2014</v>
+        <v>2015</v>
       </c>
       <c r="G123" t="s">
         <v>13</v>
       </c>
-      <c r="H123" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H123"/>
     </row>
     <row r="124" spans="1:8">
       <c r="A124" t="s">
         <v>175</v>
       </c>
       <c r="B124" t="s">
         <v>176</v>
       </c>
       <c r="C124" t="s">
         <v>10</v>
       </c>
       <c r="D124" t="s">
-        <v>54</v>
+        <v>45</v>
       </c>
       <c r="E124" t="s">
-        <v>41</v>
+        <v>46</v>
       </c>
       <c r="F124">
-        <v>2014</v>
+        <v>2015</v>
       </c>
       <c r="G124" t="s">
         <v>13</v>
       </c>
       <c r="H124"/>
     </row>
     <row r="125" spans="1:8">
       <c r="A125" t="s">
         <v>177</v>
       </c>
       <c r="B125" t="s">
         <v>178</v>
       </c>
       <c r="C125" t="s">
-        <v>10</v>
+        <v>24</v>
       </c>
       <c r="D125" t="s">
-        <v>54</v>
+        <v>59</v>
       </c>
       <c r="E125" t="s">
-        <v>41</v>
+        <v>46</v>
       </c>
       <c r="F125">
         <v>2014</v>
       </c>
       <c r="G125" t="s">
-        <v>33</v>
+        <v>13</v>
       </c>
       <c r="H125" t="s">
-        <v>57</v>
+        <v>82</v>
       </c>
     </row>
     <row r="126" spans="1:8">
       <c r="A126" t="s">
         <v>179</v>
       </c>
       <c r="B126" t="s">
         <v>180</v>
       </c>
       <c r="C126" t="s">
         <v>10</v>
       </c>
       <c r="D126" t="s">
-        <v>40</v>
+        <v>59</v>
       </c>
       <c r="E126" t="s">
-        <v>41</v>
+        <v>46</v>
       </c>
       <c r="F126">
         <v>2014</v>
       </c>
       <c r="G126" t="s">
         <v>13</v>
       </c>
       <c r="H126"/>
     </row>
     <row r="127" spans="1:8">
       <c r="A127" t="s">
         <v>181</v>
       </c>
       <c r="B127" t="s">
         <v>182</v>
       </c>
       <c r="C127" t="s">
         <v>10</v>
       </c>
       <c r="D127" t="s">
-        <v>40</v>
+        <v>59</v>
       </c>
       <c r="E127" t="s">
-        <v>41</v>
+        <v>46</v>
       </c>
       <c r="F127">
-        <v>2013</v>
+        <v>2014</v>
       </c>
       <c r="G127" t="s">
-        <v>13</v>
-[...1 lines deleted...]
-      <c r="H127"/>
+        <v>38</v>
+      </c>
+      <c r="H127" t="s">
+        <v>63</v>
+      </c>
     </row>
     <row r="128" spans="1:8">
       <c r="A128" t="s">
         <v>183</v>
       </c>
       <c r="B128" t="s">
         <v>184</v>
       </c>
       <c r="C128" t="s">
-        <v>111</v>
+        <v>10</v>
       </c>
       <c r="D128" t="s">
-        <v>40</v>
+        <v>45</v>
       </c>
       <c r="E128" t="s">
-        <v>41</v>
+        <v>46</v>
       </c>
       <c r="F128">
-        <v>2013</v>
+        <v>2014</v>
       </c>
       <c r="G128" t="s">
         <v>13</v>
       </c>
       <c r="H128"/>
     </row>
     <row r="129" spans="1:8">
       <c r="A129" t="s">
         <v>185</v>
       </c>
       <c r="B129" t="s">
         <v>186</v>
       </c>
       <c r="C129" t="s">
         <v>10</v>
       </c>
       <c r="D129" t="s">
-        <v>54</v>
+        <v>45</v>
       </c>
       <c r="E129" t="s">
-        <v>41</v>
+        <v>46</v>
       </c>
       <c r="F129">
         <v>2013</v>
       </c>
       <c r="G129" t="s">
         <v>13</v>
       </c>
       <c r="H129"/>
     </row>
     <row r="130" spans="1:8">
       <c r="A130" t="s">
         <v>187</v>
       </c>
       <c r="B130" t="s">
         <v>188</v>
       </c>
       <c r="C130" t="s">
-        <v>10</v>
+        <v>115</v>
       </c>
       <c r="D130" t="s">
-        <v>54</v>
+        <v>45</v>
       </c>
       <c r="E130" t="s">
-        <v>41</v>
+        <v>46</v>
       </c>
       <c r="F130">
         <v>2013</v>
       </c>
       <c r="G130" t="s">
         <v>13</v>
       </c>
       <c r="H130"/>
     </row>
     <row r="131" spans="1:8">
       <c r="A131" t="s">
         <v>189</v>
       </c>
       <c r="B131" t="s">
         <v>190</v>
       </c>
       <c r="C131" t="s">
-        <v>49</v>
+        <v>10</v>
       </c>
       <c r="D131" t="s">
-        <v>40</v>
+        <v>59</v>
       </c>
       <c r="E131" t="s">
-        <v>41</v>
+        <v>46</v>
       </c>
       <c r="F131">
-        <v>2012</v>
+        <v>2013</v>
       </c>
       <c r="G131" t="s">
         <v>13</v>
       </c>
       <c r="H131"/>
     </row>
     <row r="132" spans="1:8">
       <c r="A132" t="s">
         <v>191</v>
       </c>
       <c r="B132" t="s">
         <v>192</v>
       </c>
       <c r="C132" t="s">
-        <v>111</v>
+        <v>10</v>
       </c>
       <c r="D132" t="s">
-        <v>40</v>
+        <v>59</v>
       </c>
       <c r="E132" t="s">
-        <v>41</v>
+        <v>46</v>
       </c>
       <c r="F132">
-        <v>2012</v>
+        <v>2013</v>
       </c>
       <c r="G132" t="s">
         <v>13</v>
       </c>
-      <c r="H132" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H132"/>
     </row>
     <row r="133" spans="1:8">
       <c r="A133" t="s">
         <v>193</v>
       </c>
       <c r="B133" t="s">
         <v>194</v>
       </c>
       <c r="C133" t="s">
-        <v>10</v>
+        <v>54</v>
       </c>
       <c r="D133" t="s">
-        <v>54</v>
+        <v>45</v>
       </c>
       <c r="E133" t="s">
-        <v>41</v>
+        <v>46</v>
       </c>
       <c r="F133">
         <v>2012</v>
       </c>
       <c r="G133" t="s">
         <v>13</v>
       </c>
       <c r="H133"/>
     </row>
     <row r="134" spans="1:8">
       <c r="A134" t="s">
         <v>195</v>
       </c>
       <c r="B134" t="s">
-        <v>194</v>
-[...2 lines deleted...]
-      <c r="D134"/>
+        <v>196</v>
+      </c>
+      <c r="C134" t="s">
+        <v>115</v>
+      </c>
+      <c r="D134" t="s">
+        <v>45</v>
+      </c>
       <c r="E134" t="s">
-        <v>41</v>
+        <v>46</v>
       </c>
       <c r="F134">
         <v>2012</v>
       </c>
       <c r="G134" t="s">
         <v>13</v>
       </c>
-      <c r="H134"/>
+      <c r="H134" t="s">
+        <v>82</v>
+      </c>
     </row>
     <row r="135" spans="1:8">
       <c r="A135" t="s">
-        <v>196</v>
+        <v>197</v>
       </c>
       <c r="B135" t="s">
-        <v>197</v>
-[...1 lines deleted...]
-      <c r="C135"/>
+        <v>198</v>
+      </c>
+      <c r="C135" t="s">
+        <v>10</v>
+      </c>
       <c r="D135" t="s">
-        <v>37</v>
+        <v>59</v>
       </c>
       <c r="E135" t="s">
-        <v>30</v>
+        <v>46</v>
       </c>
       <c r="F135">
-        <v>2011</v>
+        <v>2012</v>
       </c>
       <c r="G135" t="s">
         <v>13</v>
       </c>
       <c r="H135"/>
     </row>
     <row r="136" spans="1:8">
       <c r="A136" t="s">
+        <v>199</v>
+      </c>
+      <c r="B136" t="s">
         <v>198</v>
       </c>
-      <c r="B136" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C136"/>
-      <c r="D136" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="D136"/>
       <c r="E136" t="s">
-        <v>30</v>
+        <v>46</v>
       </c>
       <c r="F136">
-        <v>2011</v>
+        <v>2012</v>
       </c>
       <c r="G136" t="s">
         <v>13</v>
       </c>
       <c r="H136"/>
     </row>
     <row r="137" spans="1:8">
       <c r="A137" t="s">
         <v>200</v>
       </c>
       <c r="B137" t="s">
         <v>201</v>
       </c>
       <c r="C137"/>
-      <c r="D137"/>
+      <c r="D137" t="s">
+        <v>42</v>
+      </c>
       <c r="E137" t="s">
-        <v>41</v>
+        <v>35</v>
       </c>
       <c r="F137">
         <v>2011</v>
       </c>
       <c r="G137" t="s">
         <v>13</v>
       </c>
       <c r="H137"/>
     </row>
     <row r="138" spans="1:8">
       <c r="A138" t="s">
         <v>202</v>
       </c>
       <c r="B138" t="s">
         <v>203</v>
       </c>
-      <c r="C138" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="C138"/>
       <c r="D138" t="s">
-        <v>40</v>
+        <v>42</v>
       </c>
       <c r="E138" t="s">
-        <v>41</v>
+        <v>35</v>
       </c>
       <c r="F138">
         <v>2011</v>
       </c>
       <c r="G138" t="s">
         <v>13</v>
       </c>
       <c r="H138"/>
     </row>
     <row r="139" spans="1:8">
       <c r="A139" t="s">
         <v>204</v>
       </c>
       <c r="B139" t="s">
         <v>205</v>
       </c>
-      <c r="C139" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="C139"/>
+      <c r="D139"/>
       <c r="E139" t="s">
-        <v>41</v>
+        <v>46</v>
       </c>
       <c r="F139">
         <v>2011</v>
       </c>
       <c r="G139" t="s">
         <v>13</v>
       </c>
       <c r="H139"/>
     </row>
     <row r="140" spans="1:8">
       <c r="A140" t="s">
         <v>206</v>
       </c>
       <c r="B140" t="s">
         <v>207</v>
       </c>
       <c r="C140" t="s">
-        <v>111</v>
+        <v>115</v>
       </c>
       <c r="D140" t="s">
-        <v>40</v>
+        <v>45</v>
       </c>
       <c r="E140" t="s">
-        <v>41</v>
+        <v>46</v>
       </c>
       <c r="F140">
         <v>2011</v>
       </c>
       <c r="G140" t="s">
         <v>13</v>
       </c>
       <c r="H140"/>
     </row>
     <row r="141" spans="1:8">
       <c r="A141" t="s">
         <v>208</v>
       </c>
       <c r="B141" t="s">
         <v>209</v>
       </c>
       <c r="C141" t="s">
-        <v>111</v>
+        <v>115</v>
       </c>
       <c r="D141" t="s">
-        <v>40</v>
+        <v>45</v>
       </c>
       <c r="E141" t="s">
-        <v>41</v>
+        <v>46</v>
       </c>
       <c r="F141">
         <v>2011</v>
       </c>
       <c r="G141" t="s">
         <v>13</v>
       </c>
       <c r="H141"/>
     </row>
     <row r="142" spans="1:8">
       <c r="A142" t="s">
         <v>210</v>
       </c>
       <c r="B142" t="s">
         <v>211</v>
       </c>
       <c r="C142" t="s">
-        <v>10</v>
+        <v>115</v>
       </c>
       <c r="D142" t="s">
-        <v>54</v>
+        <v>45</v>
       </c>
       <c r="E142" t="s">
-        <v>41</v>
+        <v>46</v>
       </c>
       <c r="F142">
         <v>2011</v>
       </c>
       <c r="G142" t="s">
         <v>13</v>
       </c>
       <c r="H142"/>
     </row>
     <row r="143" spans="1:8">
       <c r="A143" t="s">
         <v>212</v>
       </c>
       <c r="B143" t="s">
         <v>213</v>
       </c>
       <c r="C143" t="s">
-        <v>10</v>
+        <v>115</v>
       </c>
       <c r="D143" t="s">
-        <v>54</v>
+        <v>45</v>
       </c>
       <c r="E143" t="s">
-        <v>41</v>
+        <v>46</v>
       </c>
       <c r="F143">
         <v>2011</v>
       </c>
       <c r="G143" t="s">
         <v>13</v>
       </c>
       <c r="H143"/>
     </row>
     <row r="144" spans="1:8">
       <c r="A144" t="s">
         <v>214</v>
       </c>
       <c r="B144" t="s">
         <v>215</v>
       </c>
       <c r="C144" t="s">
-        <v>49</v>
+        <v>10</v>
       </c>
       <c r="D144" t="s">
-        <v>40</v>
+        <v>59</v>
       </c>
       <c r="E144" t="s">
-        <v>41</v>
+        <v>46</v>
       </c>
       <c r="F144">
         <v>2011</v>
       </c>
       <c r="G144" t="s">
         <v>13</v>
       </c>
-      <c r="H144" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H144"/>
     </row>
     <row r="145" spans="1:8">
       <c r="A145" t="s">
         <v>216</v>
       </c>
       <c r="B145" t="s">
         <v>217</v>
       </c>
       <c r="C145" t="s">
-        <v>111</v>
+        <v>10</v>
       </c>
       <c r="D145" t="s">
-        <v>40</v>
+        <v>59</v>
       </c>
       <c r="E145" t="s">
-        <v>41</v>
+        <v>46</v>
       </c>
       <c r="F145">
         <v>2011</v>
       </c>
       <c r="G145" t="s">
         <v>13</v>
       </c>
-      <c r="H145" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H145"/>
     </row>
     <row r="146" spans="1:8">
       <c r="A146" t="s">
         <v>218</v>
       </c>
       <c r="B146" t="s">
         <v>219</v>
       </c>
       <c r="C146" t="s">
-        <v>111</v>
+        <v>54</v>
       </c>
       <c r="D146" t="s">
-        <v>40</v>
+        <v>45</v>
       </c>
       <c r="E146" t="s">
-        <v>41</v>
+        <v>46</v>
       </c>
       <c r="F146">
         <v>2011</v>
       </c>
       <c r="G146" t="s">
         <v>13</v>
       </c>
-      <c r="H146"/>
+      <c r="H146" t="s">
+        <v>82</v>
+      </c>
     </row>
     <row r="147" spans="1:8">
       <c r="A147" t="s">
         <v>220</v>
       </c>
       <c r="B147" t="s">
         <v>221</v>
       </c>
-      <c r="C147"/>
+      <c r="C147" t="s">
+        <v>115</v>
+      </c>
       <c r="D147" t="s">
-        <v>37</v>
+        <v>45</v>
       </c>
       <c r="E147" t="s">
-        <v>30</v>
+        <v>46</v>
       </c>
       <c r="F147">
-        <v>2010</v>
+        <v>2011</v>
       </c>
       <c r="G147" t="s">
         <v>13</v>
       </c>
-      <c r="H147"/>
+      <c r="H147" t="s">
+        <v>82</v>
+      </c>
     </row>
     <row r="148" spans="1:8">
       <c r="A148" t="s">
         <v>222</v>
       </c>
       <c r="B148" t="s">
         <v>223</v>
       </c>
-      <c r="C148"/>
+      <c r="C148" t="s">
+        <v>115</v>
+      </c>
       <c r="D148" t="s">
-        <v>37</v>
+        <v>45</v>
       </c>
       <c r="E148" t="s">
-        <v>30</v>
+        <v>46</v>
       </c>
       <c r="F148">
-        <v>2010</v>
+        <v>2011</v>
       </c>
       <c r="G148" t="s">
         <v>13</v>
       </c>
       <c r="H148"/>
     </row>
     <row r="149" spans="1:8">
       <c r="A149" t="s">
         <v>224</v>
       </c>
       <c r="B149" t="s">
         <v>225</v>
       </c>
-      <c r="C149" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="C149"/>
       <c r="D149" t="s">
-        <v>54</v>
+        <v>42</v>
       </c>
       <c r="E149" t="s">
-        <v>41</v>
+        <v>35</v>
       </c>
       <c r="F149">
-        <v>2009</v>
+        <v>2010</v>
       </c>
       <c r="G149" t="s">
         <v>13</v>
       </c>
       <c r="H149"/>
     </row>
     <row r="150" spans="1:8">
       <c r="A150" t="s">
         <v>226</v>
       </c>
       <c r="B150" t="s">
         <v>227</v>
       </c>
-      <c r="C150" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="C150"/>
       <c r="D150" t="s">
-        <v>40</v>
+        <v>42</v>
       </c>
       <c r="E150" t="s">
-        <v>41</v>
+        <v>35</v>
       </c>
       <c r="F150">
-        <v>2008</v>
+        <v>2010</v>
       </c>
       <c r="G150" t="s">
         <v>13</v>
       </c>
       <c r="H150"/>
     </row>
     <row r="151" spans="1:8">
       <c r="A151" t="s">
         <v>228</v>
       </c>
       <c r="B151" t="s">
         <v>229</v>
       </c>
-      <c r="C151"/>
+      <c r="C151" t="s">
+        <v>24</v>
+      </c>
       <c r="D151" t="s">
-        <v>37</v>
+        <v>59</v>
       </c>
       <c r="E151" t="s">
-        <v>30</v>
+        <v>46</v>
       </c>
       <c r="F151">
-        <v>2007</v>
+        <v>2009</v>
       </c>
       <c r="G151" t="s">
         <v>13</v>
       </c>
       <c r="H151"/>
     </row>
     <row r="152" spans="1:8">
       <c r="A152" t="s">
         <v>230</v>
       </c>
       <c r="B152" t="s">
         <v>231</v>
       </c>
-      <c r="C152"/>
+      <c r="C152" t="s">
+        <v>54</v>
+      </c>
       <c r="D152" t="s">
-        <v>37</v>
+        <v>45</v>
       </c>
       <c r="E152" t="s">
-        <v>30</v>
+        <v>46</v>
       </c>
       <c r="F152">
-        <v>2007</v>
+        <v>2008</v>
       </c>
       <c r="G152" t="s">
         <v>13</v>
       </c>
       <c r="H152"/>
     </row>
     <row r="153" spans="1:8">
       <c r="A153" t="s">
         <v>232</v>
       </c>
       <c r="B153" t="s">
         <v>233</v>
       </c>
-      <c r="C153" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="C153"/>
       <c r="D153" t="s">
-        <v>54</v>
+        <v>42</v>
       </c>
       <c r="E153" t="s">
-        <v>41</v>
+        <v>35</v>
       </c>
       <c r="F153">
         <v>2007</v>
       </c>
       <c r="G153" t="s">
-        <v>33</v>
-[...3 lines deleted...]
-      </c>
+        <v>13</v>
+      </c>
+      <c r="H153"/>
     </row>
     <row r="154" spans="1:8">
       <c r="A154" t="s">
         <v>234</v>
       </c>
       <c r="B154" t="s">
         <v>235</v>
       </c>
-      <c r="C154" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="C154"/>
       <c r="D154" t="s">
-        <v>54</v>
+        <v>42</v>
       </c>
       <c r="E154" t="s">
-        <v>41</v>
+        <v>35</v>
       </c>
       <c r="F154">
         <v>2007</v>
       </c>
       <c r="G154" t="s">
-        <v>33</v>
-[...3 lines deleted...]
-      </c>
+        <v>13</v>
+      </c>
+      <c r="H154"/>
     </row>
     <row r="155" spans="1:8">
       <c r="A155" t="s">
         <v>236</v>
       </c>
       <c r="B155" t="s">
         <v>237</v>
       </c>
       <c r="C155" t="s">
-        <v>24</v>
+        <v>61</v>
       </c>
       <c r="D155" t="s">
-        <v>54</v>
+        <v>59</v>
       </c>
       <c r="E155" t="s">
-        <v>41</v>
+        <v>46</v>
       </c>
       <c r="F155">
         <v>2007</v>
       </c>
       <c r="G155" t="s">
-        <v>13</v>
-[...1 lines deleted...]
-      <c r="H155"/>
+        <v>38</v>
+      </c>
+      <c r="H155" t="s">
+        <v>63</v>
+      </c>
     </row>
     <row r="156" spans="1:8">
       <c r="A156" t="s">
         <v>238</v>
       </c>
       <c r="B156" t="s">
         <v>239</v>
       </c>
-      <c r="C156"/>
+      <c r="C156" t="s">
+        <v>24</v>
+      </c>
       <c r="D156" t="s">
-        <v>37</v>
+        <v>59</v>
       </c>
       <c r="E156" t="s">
-        <v>30</v>
+        <v>46</v>
       </c>
       <c r="F156">
-        <v>2006</v>
+        <v>2007</v>
       </c>
       <c r="G156" t="s">
-        <v>13</v>
-[...1 lines deleted...]
-      <c r="H156"/>
+        <v>38</v>
+      </c>
+      <c r="H156" t="s">
+        <v>63</v>
+      </c>
     </row>
     <row r="157" spans="1:8">
       <c r="A157" t="s">
         <v>240</v>
       </c>
       <c r="B157" t="s">
         <v>241</v>
       </c>
       <c r="C157" t="s">
-        <v>10</v>
+        <v>24</v>
       </c>
       <c r="D157" t="s">
-        <v>40</v>
+        <v>59</v>
       </c>
       <c r="E157" t="s">
-        <v>41</v>
+        <v>46</v>
       </c>
       <c r="F157">
-        <v>2006</v>
+        <v>2007</v>
       </c>
       <c r="G157" t="s">
         <v>13</v>
       </c>
       <c r="H157"/>
     </row>
     <row r="158" spans="1:8">
       <c r="A158" t="s">
         <v>242</v>
       </c>
       <c r="B158" t="s">
         <v>243</v>
       </c>
-      <c r="C158" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="C158"/>
       <c r="D158" t="s">
-        <v>40</v>
+        <v>42</v>
       </c>
       <c r="E158" t="s">
-        <v>41</v>
+        <v>35</v>
       </c>
       <c r="F158">
         <v>2006</v>
       </c>
       <c r="G158" t="s">
         <v>13</v>
       </c>
       <c r="H158"/>
     </row>
     <row r="159" spans="1:8">
       <c r="A159" t="s">
         <v>244</v>
       </c>
       <c r="B159" t="s">
-        <v>241</v>
+        <v>245</v>
       </c>
       <c r="C159" t="s">
         <v>10</v>
       </c>
       <c r="D159" t="s">
-        <v>54</v>
+        <v>45</v>
       </c>
       <c r="E159" t="s">
-        <v>41</v>
+        <v>46</v>
       </c>
       <c r="F159">
         <v>2006</v>
       </c>
       <c r="G159" t="s">
         <v>13</v>
       </c>
       <c r="H159"/>
     </row>
     <row r="160" spans="1:8">
       <c r="A160" t="s">
-        <v>245</v>
+        <v>246</v>
       </c>
       <c r="B160" t="s">
-        <v>246</v>
+        <v>247</v>
       </c>
       <c r="C160" t="s">
-        <v>49</v>
+        <v>54</v>
       </c>
       <c r="D160" t="s">
-        <v>40</v>
+        <v>45</v>
       </c>
       <c r="E160" t="s">
-        <v>41</v>
+        <v>46</v>
       </c>
       <c r="F160">
-        <v>2005</v>
+        <v>2006</v>
       </c>
       <c r="G160" t="s">
         <v>13</v>
       </c>
       <c r="H160"/>
     </row>
     <row r="161" spans="1:8">
       <c r="A161" t="s">
-        <v>247</v>
+        <v>248</v>
       </c>
       <c r="B161" t="s">
-        <v>248</v>
+        <v>245</v>
       </c>
       <c r="C161" t="s">
         <v>10</v>
       </c>
       <c r="D161" t="s">
-        <v>54</v>
+        <v>59</v>
       </c>
       <c r="E161" t="s">
-        <v>41</v>
+        <v>46</v>
       </c>
       <c r="F161">
-        <v>2005</v>
+        <v>2006</v>
       </c>
       <c r="G161" t="s">
         <v>13</v>
       </c>
       <c r="H161"/>
     </row>
     <row r="162" spans="1:8">
       <c r="A162" t="s">
         <v>249</v>
       </c>
       <c r="B162" t="s">
         <v>250</v>
       </c>
       <c r="C162" t="s">
-        <v>24</v>
+        <v>54</v>
       </c>
       <c r="D162" t="s">
-        <v>54</v>
+        <v>45</v>
       </c>
       <c r="E162" t="s">
-        <v>41</v>
+        <v>46</v>
       </c>
       <c r="F162">
-        <v>2004</v>
+        <v>2005</v>
       </c>
       <c r="G162" t="s">
-        <v>33</v>
-[...3 lines deleted...]
-      </c>
+        <v>13</v>
+      </c>
+      <c r="H162"/>
     </row>
     <row r="163" spans="1:8">
       <c r="A163" t="s">
         <v>251</v>
       </c>
       <c r="B163" t="s">
         <v>252</v>
       </c>
       <c r="C163" t="s">
-        <v>49</v>
+        <v>10</v>
       </c>
       <c r="D163" t="s">
-        <v>40</v>
+        <v>59</v>
       </c>
       <c r="E163" t="s">
-        <v>41</v>
+        <v>46</v>
       </c>
       <c r="F163">
-        <v>2004</v>
+        <v>2005</v>
       </c>
       <c r="G163" t="s">
         <v>13</v>
       </c>
       <c r="H163"/>
     </row>
     <row r="164" spans="1:8">
       <c r="A164" t="s">
         <v>253</v>
       </c>
       <c r="B164" t="s">
         <v>254</v>
       </c>
-      <c r="C164"/>
+      <c r="C164" t="s">
+        <v>24</v>
+      </c>
       <c r="D164" t="s">
-        <v>37</v>
+        <v>59</v>
       </c>
       <c r="E164" t="s">
-        <v>30</v>
+        <v>46</v>
       </c>
       <c r="F164">
-        <v>2003</v>
+        <v>2004</v>
       </c>
       <c r="G164" t="s">
-        <v>13</v>
-[...1 lines deleted...]
-      <c r="H164"/>
+        <v>38</v>
+      </c>
+      <c r="H164" t="s">
+        <v>63</v>
+      </c>
     </row>
     <row r="165" spans="1:8">
       <c r="A165" t="s">
         <v>255</v>
       </c>
       <c r="B165" t="s">
         <v>256</v>
       </c>
-      <c r="C165"/>
+      <c r="C165" t="s">
+        <v>54</v>
+      </c>
       <c r="D165" t="s">
-        <v>37</v>
+        <v>45</v>
       </c>
       <c r="E165" t="s">
-        <v>30</v>
+        <v>46</v>
       </c>
       <c r="F165">
-        <v>2003</v>
+        <v>2004</v>
       </c>
       <c r="G165" t="s">
         <v>13</v>
       </c>
       <c r="H165"/>
     </row>
     <row r="166" spans="1:8">
       <c r="A166" t="s">
         <v>257</v>
       </c>
       <c r="B166" t="s">
         <v>258</v>
       </c>
-      <c r="C166" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="C166"/>
       <c r="D166" t="s">
-        <v>54</v>
+        <v>42</v>
       </c>
       <c r="E166" t="s">
-        <v>41</v>
+        <v>35</v>
       </c>
       <c r="F166">
         <v>2003</v>
       </c>
       <c r="G166" t="s">
-        <v>33</v>
-[...3 lines deleted...]
-      </c>
+        <v>13</v>
+      </c>
+      <c r="H166"/>
     </row>
     <row r="167" spans="1:8">
       <c r="A167" t="s">
         <v>259</v>
       </c>
       <c r="B167" t="s">
         <v>260</v>
       </c>
-      <c r="C167" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="C167"/>
       <c r="D167" t="s">
-        <v>40</v>
+        <v>42</v>
       </c>
       <c r="E167" t="s">
-        <v>41</v>
+        <v>35</v>
       </c>
       <c r="F167">
         <v>2003</v>
       </c>
       <c r="G167" t="s">
         <v>13</v>
       </c>
       <c r="H167"/>
     </row>
     <row r="168" spans="1:8">
       <c r="A168" t="s">
         <v>261</v>
       </c>
       <c r="B168" t="s">
         <v>262</v>
       </c>
       <c r="C168" t="s">
         <v>24</v>
       </c>
       <c r="D168" t="s">
-        <v>54</v>
+        <v>59</v>
       </c>
       <c r="E168" t="s">
-        <v>41</v>
+        <v>46</v>
       </c>
       <c r="F168">
         <v>2003</v>
       </c>
       <c r="G168" t="s">
-        <v>13</v>
-[...1 lines deleted...]
-      <c r="H168"/>
+        <v>38</v>
+      </c>
+      <c r="H168" t="s">
+        <v>63</v>
+      </c>
     </row>
     <row r="169" spans="1:8">
       <c r="A169" t="s">
         <v>263</v>
       </c>
       <c r="B169" t="s">
         <v>264</v>
       </c>
       <c r="C169" t="s">
-        <v>111</v>
+        <v>54</v>
       </c>
       <c r="D169" t="s">
-        <v>40</v>
+        <v>45</v>
       </c>
       <c r="E169" t="s">
-        <v>41</v>
+        <v>46</v>
       </c>
       <c r="F169">
         <v>2003</v>
       </c>
       <c r="G169" t="s">
         <v>13</v>
       </c>
       <c r="H169"/>
     </row>
     <row r="170" spans="1:8">
       <c r="A170" t="s">
         <v>265</v>
       </c>
       <c r="B170" t="s">
         <v>266</v>
       </c>
       <c r="C170" t="s">
         <v>24</v>
       </c>
       <c r="D170" t="s">
-        <v>54</v>
+        <v>59</v>
       </c>
       <c r="E170" t="s">
-        <v>41</v>
+        <v>46</v>
       </c>
       <c r="F170">
-        <v>2002</v>
+        <v>2003</v>
       </c>
       <c r="G170" t="s">
-        <v>33</v>
-[...3 lines deleted...]
-      </c>
+        <v>13</v>
+      </c>
+      <c r="H170"/>
     </row>
     <row r="171" spans="1:8">
       <c r="A171" t="s">
         <v>267</v>
       </c>
       <c r="B171" t="s">
         <v>268</v>
       </c>
       <c r="C171" t="s">
-        <v>10</v>
+        <v>115</v>
       </c>
       <c r="D171" t="s">
-        <v>54</v>
+        <v>45</v>
       </c>
       <c r="E171" t="s">
-        <v>41</v>
+        <v>46</v>
       </c>
       <c r="F171">
-        <v>2002</v>
+        <v>2003</v>
       </c>
       <c r="G171" t="s">
         <v>13</v>
       </c>
       <c r="H171"/>
     </row>
     <row r="172" spans="1:8">
       <c r="A172" t="s">
         <v>269</v>
       </c>
       <c r="B172" t="s">
         <v>270</v>
       </c>
       <c r="C172" t="s">
-        <v>10</v>
+        <v>24</v>
       </c>
       <c r="D172" t="s">
-        <v>54</v>
+        <v>59</v>
       </c>
       <c r="E172" t="s">
-        <v>41</v>
+        <v>46</v>
       </c>
       <c r="F172">
         <v>2002</v>
       </c>
       <c r="G172" t="s">
-        <v>13</v>
-[...1 lines deleted...]
-      <c r="H172"/>
+        <v>38</v>
+      </c>
+      <c r="H172" t="s">
+        <v>63</v>
+      </c>
     </row>
     <row r="173" spans="1:8">
       <c r="A173" t="s">
         <v>271</v>
       </c>
       <c r="B173" t="s">
         <v>272</v>
       </c>
       <c r="C173" t="s">
-        <v>111</v>
+        <v>10</v>
       </c>
       <c r="D173" t="s">
-        <v>40</v>
+        <v>59</v>
       </c>
       <c r="E173" t="s">
-        <v>41</v>
+        <v>46</v>
       </c>
       <c r="F173">
         <v>2002</v>
       </c>
       <c r="G173" t="s">
         <v>13</v>
       </c>
       <c r="H173"/>
     </row>
     <row r="174" spans="1:8">
       <c r="A174" t="s">
         <v>273</v>
       </c>
       <c r="B174" t="s">
         <v>274</v>
       </c>
       <c r="C174" t="s">
-        <v>24</v>
+        <v>10</v>
       </c>
       <c r="D174" t="s">
-        <v>54</v>
+        <v>59</v>
       </c>
       <c r="E174" t="s">
-        <v>41</v>
+        <v>46</v>
       </c>
       <c r="F174">
-        <v>2001</v>
+        <v>2002</v>
       </c>
       <c r="G174" t="s">
-        <v>33</v>
-[...3 lines deleted...]
-      </c>
+        <v>13</v>
+      </c>
+      <c r="H174"/>
     </row>
     <row r="175" spans="1:8">
       <c r="A175" t="s">
         <v>275</v>
       </c>
       <c r="B175" t="s">
         <v>276</v>
       </c>
       <c r="C175" t="s">
-        <v>24</v>
+        <v>115</v>
       </c>
       <c r="D175" t="s">
-        <v>54</v>
+        <v>45</v>
       </c>
       <c r="E175" t="s">
-        <v>41</v>
+        <v>46</v>
       </c>
       <c r="F175">
-        <v>2001</v>
+        <v>2002</v>
       </c>
       <c r="G175" t="s">
         <v>13</v>
       </c>
       <c r="H175"/>
     </row>
     <row r="176" spans="1:8">
       <c r="A176" t="s">
         <v>277</v>
       </c>
       <c r="B176" t="s">
         <v>278</v>
       </c>
       <c r="C176" t="s">
-        <v>49</v>
+        <v>24</v>
       </c>
       <c r="D176" t="s">
-        <v>40</v>
+        <v>59</v>
       </c>
       <c r="E176" t="s">
-        <v>41</v>
+        <v>46</v>
       </c>
       <c r="F176">
-        <v>2000</v>
+        <v>2001</v>
       </c>
       <c r="G176" t="s">
-        <v>13</v>
-[...1 lines deleted...]
-      <c r="H176"/>
+        <v>38</v>
+      </c>
+      <c r="H176" t="s">
+        <v>63</v>
+      </c>
     </row>
     <row r="177" spans="1:8">
       <c r="A177" t="s">
         <v>279</v>
       </c>
       <c r="B177" t="s">
         <v>280</v>
       </c>
       <c r="C177" t="s">
-        <v>49</v>
+        <v>24</v>
       </c>
       <c r="D177" t="s">
-        <v>40</v>
+        <v>59</v>
       </c>
       <c r="E177" t="s">
-        <v>41</v>
+        <v>46</v>
       </c>
       <c r="F177">
-        <v>2000</v>
+        <v>2001</v>
       </c>
       <c r="G177" t="s">
         <v>13</v>
       </c>
       <c r="H177"/>
     </row>
     <row r="178" spans="1:8">
       <c r="A178" t="s">
         <v>281</v>
       </c>
       <c r="B178" t="s">
         <v>282</v>
       </c>
       <c r="C178" t="s">
-        <v>24</v>
+        <v>54</v>
       </c>
       <c r="D178" t="s">
-        <v>54</v>
+        <v>45</v>
       </c>
       <c r="E178" t="s">
-        <v>41</v>
+        <v>46</v>
       </c>
       <c r="F178">
         <v>2000</v>
       </c>
       <c r="G178" t="s">
         <v>13</v>
       </c>
       <c r="H178"/>
     </row>
     <row r="179" spans="1:8">
       <c r="A179" t="s">
         <v>283</v>
       </c>
       <c r="B179" t="s">
         <v>284</v>
       </c>
-      <c r="C179"/>
+      <c r="C179" t="s">
+        <v>54</v>
+      </c>
       <c r="D179" t="s">
-        <v>29</v>
+        <v>45</v>
       </c>
       <c r="E179" t="s">
-        <v>30</v>
+        <v>46</v>
       </c>
       <c r="F179">
-        <v>1999</v>
+        <v>2000</v>
       </c>
       <c r="G179" t="s">
         <v>13</v>
       </c>
-      <c r="H179" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H179"/>
     </row>
     <row r="180" spans="1:8">
       <c r="A180" t="s">
+        <v>285</v>
+      </c>
+      <c r="B180" t="s">
         <v>286</v>
       </c>
-      <c r="B180" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C180" t="s">
-        <v>49</v>
+        <v>24</v>
       </c>
       <c r="D180" t="s">
-        <v>40</v>
+        <v>59</v>
       </c>
       <c r="E180" t="s">
-        <v>41</v>
+        <v>46</v>
       </c>
       <c r="F180">
-        <v>1999</v>
+        <v>2000</v>
       </c>
       <c r="G180" t="s">
         <v>13</v>
       </c>
       <c r="H180"/>
     </row>
     <row r="181" spans="1:8">
       <c r="A181" t="s">
+        <v>287</v>
+      </c>
+      <c r="B181" t="s">
         <v>288</v>
       </c>
-      <c r="B181" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="C181"/>
       <c r="D181" t="s">
-        <v>54</v>
+        <v>34</v>
       </c>
       <c r="E181" t="s">
-        <v>41</v>
+        <v>35</v>
       </c>
       <c r="F181">
         <v>1999</v>
       </c>
       <c r="G181" t="s">
         <v>13</v>
       </c>
-      <c r="H181"/>
+      <c r="H181" t="s">
+        <v>289</v>
+      </c>
     </row>
     <row r="182" spans="1:8">
       <c r="A182" t="s">
         <v>290</v>
       </c>
       <c r="B182" t="s">
         <v>291</v>
       </c>
       <c r="C182" t="s">
-        <v>49</v>
+        <v>54</v>
       </c>
       <c r="D182" t="s">
-        <v>40</v>
+        <v>45</v>
       </c>
       <c r="E182" t="s">
-        <v>41</v>
+        <v>46</v>
       </c>
       <c r="F182">
-        <v>1998</v>
+        <v>1999</v>
       </c>
       <c r="G182" t="s">
         <v>13</v>
       </c>
       <c r="H182"/>
     </row>
     <row r="183" spans="1:8">
       <c r="A183" t="s">
         <v>292</v>
       </c>
       <c r="B183" t="s">
         <v>293</v>
       </c>
       <c r="C183" t="s">
-        <v>49</v>
+        <v>10</v>
       </c>
       <c r="D183" t="s">
-        <v>40</v>
+        <v>59</v>
       </c>
       <c r="E183" t="s">
-        <v>41</v>
+        <v>46</v>
       </c>
       <c r="F183">
-        <v>1996</v>
+        <v>1999</v>
       </c>
       <c r="G183" t="s">
         <v>13</v>
       </c>
       <c r="H183"/>
     </row>
     <row r="184" spans="1:8">
       <c r="A184" t="s">
         <v>294</v>
       </c>
       <c r="B184" t="s">
         <v>295</v>
       </c>
       <c r="C184" t="s">
-        <v>10</v>
+        <v>54</v>
       </c>
       <c r="D184" t="s">
-        <v>54</v>
+        <v>45</v>
       </c>
       <c r="E184" t="s">
-        <v>41</v>
+        <v>46</v>
       </c>
       <c r="F184">
-        <v>1996</v>
+        <v>1998</v>
       </c>
       <c r="G184" t="s">
         <v>13</v>
       </c>
       <c r="H184"/>
     </row>
     <row r="185" spans="1:8">
       <c r="A185" t="s">
         <v>296</v>
       </c>
       <c r="B185" t="s">
         <v>297</v>
       </c>
       <c r="C185" t="s">
-        <v>10</v>
+        <v>54</v>
       </c>
       <c r="D185" t="s">
-        <v>54</v>
+        <v>45</v>
       </c>
       <c r="E185" t="s">
-        <v>41</v>
+        <v>46</v>
       </c>
       <c r="F185">
         <v>1996</v>
       </c>
       <c r="G185" t="s">
         <v>13</v>
       </c>
       <c r="H185"/>
     </row>
     <row r="186" spans="1:8">
       <c r="A186" t="s">
         <v>298</v>
       </c>
       <c r="B186" t="s">
         <v>299</v>
       </c>
       <c r="C186" t="s">
-        <v>24</v>
+        <v>10</v>
       </c>
       <c r="D186" t="s">
-        <v>54</v>
+        <v>59</v>
       </c>
       <c r="E186" t="s">
-        <v>41</v>
+        <v>46</v>
       </c>
       <c r="F186">
         <v>1996</v>
       </c>
       <c r="G186" t="s">
         <v>13</v>
       </c>
       <c r="H186"/>
     </row>
     <row r="187" spans="1:8">
       <c r="A187" t="s">
         <v>300</v>
       </c>
       <c r="B187" t="s">
         <v>301</v>
       </c>
-      <c r="C187"/>
+      <c r="C187" t="s">
+        <v>10</v>
+      </c>
       <c r="D187" t="s">
-        <v>37</v>
+        <v>59</v>
       </c>
       <c r="E187" t="s">
-        <v>30</v>
+        <v>46</v>
       </c>
       <c r="F187">
-        <v>1995</v>
+        <v>1996</v>
       </c>
       <c r="G187" t="s">
         <v>13</v>
       </c>
       <c r="H187"/>
     </row>
     <row r="188" spans="1:8">
       <c r="A188" t="s">
         <v>302</v>
       </c>
       <c r="B188" t="s">
         <v>303</v>
       </c>
       <c r="C188" t="s">
         <v>24</v>
       </c>
       <c r="D188" t="s">
-        <v>54</v>
+        <v>59</v>
       </c>
       <c r="E188" t="s">
-        <v>41</v>
+        <v>46</v>
       </c>
       <c r="F188">
-        <v>1995</v>
+        <v>1996</v>
       </c>
       <c r="G188" t="s">
         <v>13</v>
       </c>
       <c r="H188"/>
     </row>
     <row r="189" spans="1:8">
       <c r="A189" t="s">
         <v>304</v>
       </c>
       <c r="B189" t="s">
         <v>305</v>
       </c>
-      <c r="C189" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="C189"/>
       <c r="D189" t="s">
-        <v>40</v>
+        <v>42</v>
       </c>
       <c r="E189" t="s">
-        <v>41</v>
+        <v>35</v>
       </c>
       <c r="F189">
         <v>1995</v>
       </c>
       <c r="G189" t="s">
         <v>13</v>
       </c>
       <c r="H189"/>
     </row>
     <row r="190" spans="1:8">
       <c r="A190" t="s">
         <v>306</v>
       </c>
       <c r="B190" t="s">
         <v>307</v>
       </c>
       <c r="C190" t="s">
-        <v>10</v>
+        <v>24</v>
       </c>
       <c r="D190" t="s">
-        <v>54</v>
+        <v>59</v>
       </c>
       <c r="E190" t="s">
-        <v>41</v>
+        <v>46</v>
       </c>
       <c r="F190">
-        <v>1994</v>
+        <v>1995</v>
       </c>
       <c r="G190" t="s">
         <v>13</v>
       </c>
-      <c r="H190" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H190"/>
     </row>
     <row r="191" spans="1:8">
       <c r="A191" t="s">
         <v>308</v>
       </c>
       <c r="B191" t="s">
         <v>309</v>
       </c>
       <c r="C191" t="s">
-        <v>10</v>
+        <v>115</v>
       </c>
       <c r="D191" t="s">
-        <v>54</v>
+        <v>45</v>
       </c>
       <c r="E191" t="s">
-        <v>41</v>
+        <v>46</v>
       </c>
       <c r="F191">
-        <v>1994</v>
+        <v>1995</v>
       </c>
       <c r="G191" t="s">
         <v>13</v>
       </c>
       <c r="H191"/>
     </row>
     <row r="192" spans="1:8">
       <c r="A192" t="s">
         <v>310</v>
       </c>
       <c r="B192" t="s">
-        <v>307</v>
+        <v>311</v>
       </c>
       <c r="C192" t="s">
         <v>10</v>
       </c>
       <c r="D192" t="s">
-        <v>54</v>
+        <v>59</v>
       </c>
       <c r="E192" t="s">
-        <v>41</v>
+        <v>46</v>
       </c>
       <c r="F192">
         <v>1994</v>
       </c>
       <c r="G192" t="s">
         <v>13</v>
       </c>
-      <c r="H192"/>
+      <c r="H192" t="s">
+        <v>88</v>
+      </c>
     </row>
     <row r="193" spans="1:8">
       <c r="A193" t="s">
-        <v>311</v>
+        <v>312</v>
       </c>
       <c r="B193" t="s">
-        <v>312</v>
+        <v>313</v>
       </c>
       <c r="C193" t="s">
-        <v>111</v>
+        <v>10</v>
       </c>
       <c r="D193" t="s">
-        <v>40</v>
+        <v>59</v>
       </c>
       <c r="E193" t="s">
-        <v>41</v>
+        <v>46</v>
       </c>
       <c r="F193">
         <v>1994</v>
       </c>
       <c r="G193" t="s">
         <v>13</v>
       </c>
       <c r="H193"/>
     </row>
     <row r="194" spans="1:8">
       <c r="A194" t="s">
-        <v>313</v>
+        <v>314</v>
       </c>
       <c r="B194" t="s">
-        <v>314</v>
+        <v>311</v>
       </c>
       <c r="C194" t="s">
         <v>10</v>
       </c>
       <c r="D194" t="s">
-        <v>54</v>
+        <v>59</v>
       </c>
       <c r="E194" t="s">
-        <v>41</v>
+        <v>46</v>
       </c>
       <c r="F194">
-        <v>1993</v>
+        <v>1994</v>
       </c>
       <c r="G194" t="s">
         <v>13</v>
       </c>
       <c r="H194"/>
     </row>
     <row r="195" spans="1:8">
       <c r="A195" t="s">
         <v>315</v>
       </c>
       <c r="B195" t="s">
         <v>316</v>
       </c>
       <c r="C195" t="s">
-        <v>10</v>
+        <v>115</v>
       </c>
       <c r="D195" t="s">
-        <v>54</v>
+        <v>45</v>
       </c>
       <c r="E195" t="s">
-        <v>41</v>
+        <v>46</v>
       </c>
       <c r="F195">
-        <v>1993</v>
+        <v>1994</v>
       </c>
       <c r="G195" t="s">
         <v>13</v>
       </c>
       <c r="H195"/>
     </row>
     <row r="196" spans="1:8">
       <c r="A196" t="s">
         <v>317</v>
       </c>
       <c r="B196" t="s">
         <v>318</v>
       </c>
       <c r="C196" t="s">
-        <v>111</v>
+        <v>10</v>
       </c>
       <c r="D196" t="s">
-        <v>40</v>
+        <v>59</v>
       </c>
       <c r="E196" t="s">
-        <v>41</v>
+        <v>46</v>
       </c>
       <c r="F196">
-        <v>1992</v>
+        <v>1993</v>
       </c>
       <c r="G196" t="s">
         <v>13</v>
       </c>
       <c r="H196"/>
     </row>
     <row r="197" spans="1:8">
       <c r="A197" t="s">
         <v>319</v>
       </c>
       <c r="B197" t="s">
         <v>320</v>
       </c>
       <c r="C197" t="s">
-        <v>111</v>
+        <v>10</v>
       </c>
       <c r="D197" t="s">
-        <v>40</v>
+        <v>59</v>
       </c>
       <c r="E197" t="s">
-        <v>41</v>
+        <v>46</v>
       </c>
       <c r="F197">
-        <v>1990</v>
+        <v>1993</v>
       </c>
       <c r="G197" t="s">
         <v>13</v>
       </c>
       <c r="H197"/>
     </row>
     <row r="198" spans="1:8">
       <c r="A198" t="s">
         <v>321</v>
       </c>
       <c r="B198" t="s">
         <v>322</v>
       </c>
       <c r="C198" t="s">
-        <v>111</v>
+        <v>115</v>
       </c>
       <c r="D198" t="s">
-        <v>40</v>
+        <v>45</v>
       </c>
       <c r="E198" t="s">
-        <v>41</v>
+        <v>46</v>
       </c>
       <c r="F198">
-        <v>1990</v>
+        <v>1992</v>
       </c>
       <c r="G198" t="s">
         <v>13</v>
       </c>
       <c r="H198"/>
     </row>
     <row r="199" spans="1:8">
       <c r="A199" t="s">
         <v>323</v>
       </c>
       <c r="B199" t="s">
         <v>324</v>
       </c>
-      <c r="C199"/>
+      <c r="C199" t="s">
+        <v>115</v>
+      </c>
       <c r="D199" t="s">
-        <v>37</v>
+        <v>45</v>
       </c>
       <c r="E199" t="s">
-        <v>30</v>
+        <v>46</v>
       </c>
       <c r="F199">
-        <v>1989</v>
+        <v>1990</v>
       </c>
       <c r="G199" t="s">
         <v>13</v>
       </c>
       <c r="H199"/>
     </row>
     <row r="200" spans="1:8">
       <c r="A200" t="s">
         <v>325</v>
       </c>
       <c r="B200" t="s">
         <v>326</v>
       </c>
       <c r="C200" t="s">
-        <v>53</v>
+        <v>115</v>
       </c>
       <c r="D200" t="s">
-        <v>54</v>
+        <v>45</v>
       </c>
       <c r="E200" t="s">
-        <v>41</v>
+        <v>46</v>
       </c>
       <c r="F200">
-        <v>1988</v>
+        <v>1990</v>
       </c>
       <c r="G200" t="s">
         <v>13</v>
       </c>
       <c r="H200"/>
     </row>
     <row r="201" spans="1:8">
       <c r="A201" t="s">
         <v>327</v>
       </c>
       <c r="B201" t="s">
         <v>328</v>
       </c>
-      <c r="C201" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="C201"/>
       <c r="D201" t="s">
-        <v>40</v>
+        <v>42</v>
       </c>
       <c r="E201" t="s">
-        <v>41</v>
+        <v>35</v>
       </c>
       <c r="F201">
-        <v>1986</v>
+        <v>1989</v>
       </c>
       <c r="G201" t="s">
         <v>13</v>
       </c>
       <c r="H201"/>
     </row>
     <row r="202" spans="1:8">
       <c r="A202" t="s">
         <v>329</v>
       </c>
       <c r="B202" t="s">
         <v>330</v>
       </c>
       <c r="C202" t="s">
-        <v>111</v>
+        <v>58</v>
       </c>
       <c r="D202" t="s">
-        <v>40</v>
+        <v>59</v>
       </c>
       <c r="E202" t="s">
-        <v>41</v>
+        <v>46</v>
       </c>
       <c r="F202">
-        <v>1986</v>
+        <v>1988</v>
       </c>
       <c r="G202" t="s">
         <v>13</v>
       </c>
       <c r="H202"/>
     </row>
     <row r="203" spans="1:8">
       <c r="A203" t="s">
         <v>331</v>
       </c>
       <c r="B203" t="s">
         <v>332</v>
       </c>
       <c r="C203" t="s">
-        <v>111</v>
+        <v>115</v>
       </c>
       <c r="D203" t="s">
-        <v>40</v>
+        <v>45</v>
       </c>
       <c r="E203" t="s">
-        <v>41</v>
+        <v>46</v>
       </c>
       <c r="F203">
-        <v>1984</v>
+        <v>1986</v>
       </c>
       <c r="G203" t="s">
         <v>13</v>
       </c>
       <c r="H203"/>
     </row>
     <row r="204" spans="1:8">
       <c r="A204" t="s">
         <v>333</v>
       </c>
       <c r="B204" t="s">
         <v>334</v>
       </c>
       <c r="C204" t="s">
-        <v>111</v>
+        <v>115</v>
       </c>
       <c r="D204" t="s">
-        <v>40</v>
+        <v>45</v>
       </c>
       <c r="E204" t="s">
-        <v>41</v>
+        <v>46</v>
       </c>
       <c r="F204">
-        <v>1984</v>
+        <v>1986</v>
       </c>
       <c r="G204" t="s">
         <v>13</v>
       </c>
       <c r="H204"/>
     </row>
     <row r="205" spans="1:8">
       <c r="A205" t="s">
         <v>335</v>
       </c>
-      <c r="B205"/>
+      <c r="B205" t="s">
+        <v>336</v>
+      </c>
       <c r="C205" t="s">
-        <v>10</v>
+        <v>115</v>
       </c>
       <c r="D205" t="s">
-        <v>54</v>
+        <v>45</v>
       </c>
       <c r="E205" t="s">
-        <v>41</v>
+        <v>46</v>
       </c>
       <c r="F205">
-        <v>1972</v>
+        <v>1984</v>
       </c>
       <c r="G205" t="s">
         <v>13</v>
       </c>
       <c r="H205"/>
     </row>
     <row r="206" spans="1:8">
       <c r="A206" t="s">
-        <v>336</v>
+        <v>337</v>
       </c>
       <c r="B206" t="s">
-        <v>125</v>
-[...4 lines deleted...]
-      <c r="F206"/>
+        <v>338</v>
+      </c>
+      <c r="C206" t="s">
+        <v>115</v>
+      </c>
+      <c r="D206" t="s">
+        <v>45</v>
+      </c>
+      <c r="E206" t="s">
+        <v>46</v>
+      </c>
+      <c r="F206">
+        <v>1984</v>
+      </c>
       <c r="G206" t="s">
         <v>13</v>
       </c>
       <c r="H206"/>
     </row>
     <row r="207" spans="1:8">
       <c r="A207" t="s">
-        <v>154</v>
-[...7 lines deleted...]
-      <c r="F207"/>
+        <v>339</v>
+      </c>
+      <c r="B207"/>
+      <c r="C207" t="s">
+        <v>10</v>
+      </c>
+      <c r="D207" t="s">
+        <v>59</v>
+      </c>
+      <c r="E207" t="s">
+        <v>46</v>
+      </c>
+      <c r="F207">
+        <v>1972</v>
+      </c>
       <c r="G207" t="s">
         <v>13</v>
       </c>
-      <c r="H207" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H207"/>
     </row>
     <row r="208" spans="1:8">
       <c r="A208" t="s">
-        <v>337</v>
+        <v>340</v>
       </c>
       <c r="B208" t="s">
-        <v>155</v>
+        <v>129</v>
       </c>
       <c r="C208"/>
       <c r="D208"/>
       <c r="E208"/>
       <c r="F208"/>
       <c r="G208" t="s">
         <v>13</v>
       </c>
-      <c r="H208" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H208"/>
     </row>
     <row r="209" spans="1:8">
       <c r="A209" t="s">
-        <v>338</v>
+        <v>158</v>
       </c>
       <c r="B209" t="s">
-        <v>143</v>
+        <v>159</v>
       </c>
       <c r="C209"/>
       <c r="D209"/>
       <c r="E209"/>
       <c r="F209"/>
       <c r="G209" t="s">
         <v>13</v>
       </c>
       <c r="H209" t="s">
-        <v>78</v>
+        <v>82</v>
       </c>
     </row>
     <row r="210" spans="1:8">
       <c r="A210" t="s">
-        <v>339</v>
+        <v>341</v>
       </c>
       <c r="B210" t="s">
-        <v>143</v>
+        <v>159</v>
       </c>
       <c r="C210"/>
       <c r="D210"/>
       <c r="E210"/>
       <c r="F210"/>
       <c r="G210" t="s">
         <v>13</v>
       </c>
-      <c r="H210"/>
+      <c r="H210" t="s">
+        <v>82</v>
+      </c>
     </row>
     <row r="211" spans="1:8">
       <c r="A211" t="s">
-        <v>340</v>
+        <v>342</v>
       </c>
       <c r="B211" t="s">
-        <v>215</v>
+        <v>147</v>
       </c>
       <c r="C211"/>
       <c r="D211"/>
       <c r="E211"/>
       <c r="F211"/>
       <c r="G211" t="s">
         <v>13</v>
       </c>
-      <c r="H211"/>
+      <c r="H211" t="s">
+        <v>82</v>
+      </c>
     </row>
     <row r="212" spans="1:8">
       <c r="A212" t="s">
-        <v>341</v>
+        <v>343</v>
       </c>
       <c r="B212" t="s">
-        <v>342</v>
-[...12 lines deleted...]
-      </c>
+        <v>147</v>
+      </c>
+      <c r="C212"/>
+      <c r="D212"/>
+      <c r="E212"/>
+      <c r="F212"/>
       <c r="G212" t="s">
         <v>13</v>
       </c>
-      <c r="H212" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H212"/>
     </row>
     <row r="213" spans="1:8">
       <c r="A213" t="s">
-        <v>343</v>
+        <v>344</v>
       </c>
       <c r="B213" t="s">
-        <v>344</v>
-[...12 lines deleted...]
-      </c>
+        <v>219</v>
+      </c>
+      <c r="C213"/>
+      <c r="D213"/>
+      <c r="E213"/>
+      <c r="F213"/>
       <c r="G213" t="s">
         <v>13</v>
       </c>
       <c r="H213"/>
     </row>
     <row r="214" spans="1:8">
       <c r="A214" t="s">
         <v>345</v>
       </c>
       <c r="B214" t="s">
         <v>346</v>
       </c>
       <c r="C214" t="s">
-        <v>24</v>
+        <v>61</v>
       </c>
       <c r="D214" t="s">
-        <v>54</v>
+        <v>59</v>
       </c>
       <c r="E214" t="s">
-        <v>41</v>
+        <v>46</v>
       </c>
       <c r="F214">
-        <v>1933</v>
+        <v>1969</v>
       </c>
       <c r="G214" t="s">
         <v>13</v>
       </c>
-      <c r="H214"/>
+      <c r="H214" t="s">
+        <v>17</v>
+      </c>
     </row>
     <row r="215" spans="1:8">
       <c r="A215" t="s">
         <v>347</v>
       </c>
-      <c r="B215"/>
+      <c r="B215" t="s">
+        <v>348</v>
+      </c>
       <c r="C215" t="s">
-        <v>49</v>
+        <v>61</v>
       </c>
       <c r="D215" t="s">
-        <v>40</v>
+        <v>59</v>
       </c>
       <c r="E215" t="s">
-        <v>41</v>
+        <v>46</v>
       </c>
       <c r="F215">
-        <v>1933</v>
+        <v>1969</v>
       </c>
       <c r="G215" t="s">
         <v>13</v>
       </c>
       <c r="H215"/>
     </row>
     <row r="216" spans="1:8">
       <c r="A216" t="s">
-        <v>348</v>
+        <v>349</v>
       </c>
       <c r="B216" t="s">
-        <v>349</v>
+        <v>350</v>
       </c>
       <c r="C216" t="s">
         <v>24</v>
       </c>
       <c r="D216" t="s">
-        <v>54</v>
+        <v>59</v>
       </c>
       <c r="E216" t="s">
-        <v>41</v>
+        <v>46</v>
       </c>
       <c r="F216">
-        <v>1930</v>
+        <v>1933</v>
       </c>
       <c r="G216" t="s">
         <v>13</v>
       </c>
       <c r="H216"/>
     </row>
     <row r="217" spans="1:8">
       <c r="A217" t="s">
-        <v>350</v>
-[...1 lines deleted...]
-      <c r="B217" t="s">
         <v>351</v>
       </c>
-      <c r="C217"/>
+      <c r="B217"/>
+      <c r="C217" t="s">
+        <v>54</v>
+      </c>
       <c r="D217" t="s">
-        <v>37</v>
+        <v>45</v>
       </c>
       <c r="E217" t="s">
-        <v>30</v>
+        <v>46</v>
       </c>
       <c r="F217">
-        <v>1918</v>
+        <v>1933</v>
       </c>
       <c r="G217" t="s">
         <v>13</v>
       </c>
       <c r="H217"/>
     </row>
     <row r="218" spans="1:8">
       <c r="A218" t="s">
         <v>352</v>
       </c>
       <c r="B218" t="s">
         <v>353</v>
       </c>
-      <c r="C218"/>
+      <c r="C218" t="s">
+        <v>24</v>
+      </c>
       <c r="D218" t="s">
-        <v>29</v>
+        <v>59</v>
       </c>
       <c r="E218" t="s">
-        <v>30</v>
+        <v>46</v>
       </c>
       <c r="F218">
-        <v>1918</v>
+        <v>1930</v>
       </c>
       <c r="G218" t="s">
         <v>13</v>
       </c>
       <c r="H218"/>
     </row>
     <row r="219" spans="1:8">
       <c r="A219" t="s">
         <v>354</v>
       </c>
       <c r="B219" t="s">
         <v>355</v>
       </c>
-      <c r="C219" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="C219"/>
       <c r="D219" t="s">
-        <v>25</v>
+        <v>42</v>
       </c>
       <c r="E219" t="s">
-        <v>41</v>
+        <v>35</v>
       </c>
       <c r="F219">
-        <v>1754</v>
+        <v>1918</v>
       </c>
       <c r="G219" t="s">
         <v>13</v>
       </c>
-      <c r="H219" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H219"/>
     </row>
     <row r="220" spans="1:8">
       <c r="A220" t="s">
-        <v>8</v>
+        <v>356</v>
       </c>
       <c r="B220" t="s">
-        <v>355</v>
-[...3 lines deleted...]
-      </c>
+        <v>357</v>
+      </c>
+      <c r="C220"/>
       <c r="D220" t="s">
-        <v>25</v>
+        <v>34</v>
       </c>
       <c r="E220" t="s">
-        <v>41</v>
+        <v>35</v>
       </c>
       <c r="F220">
-        <v>1754</v>
+        <v>1918</v>
       </c>
       <c r="G220" t="s">
         <v>13</v>
       </c>
       <c r="H220"/>
     </row>
     <row r="221" spans="1:8">
       <c r="A221" t="s">
-        <v>8</v>
+        <v>358</v>
       </c>
       <c r="B221" t="s">
-        <v>355</v>
+        <v>359</v>
       </c>
       <c r="C221" t="s">
-        <v>53</v>
+        <v>58</v>
       </c>
       <c r="D221" t="s">
         <v>25</v>
       </c>
       <c r="E221" t="s">
-        <v>41</v>
+        <v>46</v>
       </c>
       <c r="F221">
         <v>1754</v>
       </c>
       <c r="G221" t="s">
         <v>13</v>
       </c>
-      <c r="H221"/>
+      <c r="H221" t="s">
+        <v>81</v>
+      </c>
+    </row>
+    <row r="222" spans="1:8">
+      <c r="A222" t="s">
+        <v>8</v>
+      </c>
+      <c r="B222" t="s">
+        <v>359</v>
+      </c>
+      <c r="C222" t="s">
+        <v>58</v>
+      </c>
+      <c r="D222" t="s">
+        <v>25</v>
+      </c>
+      <c r="E222" t="s">
+        <v>46</v>
+      </c>
+      <c r="F222">
+        <v>1754</v>
+      </c>
+      <c r="G222" t="s">
+        <v>13</v>
+      </c>
+      <c r="H222"/>
+    </row>
+    <row r="223" spans="1:8">
+      <c r="A223" t="s">
+        <v>8</v>
+      </c>
+      <c r="B223" t="s">
+        <v>359</v>
+      </c>
+      <c r="C223" t="s">
+        <v>58</v>
+      </c>
+      <c r="D223" t="s">
+        <v>25</v>
+      </c>
+      <c r="E223" t="s">
+        <v>46</v>
+      </c>
+      <c r="F223">
+        <v>1754</v>
+      </c>
+      <c r="G223" t="s">
+        <v>13</v>
+      </c>
+      <c r="H223"/>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>