--- v0 (2026-02-02)
+++ v1 (2026-02-03)
@@ -68,2100 +68,2100 @@
   <si>
     <t>Categoría de protección RD 139/2011</t>
   </si>
   <si>
     <t>Categoría de protección CEEEI</t>
   </si>
   <si>
     <t>Categoría de protección Lista de especies exóticas preocupantes para la UE</t>
   </si>
   <si>
     <t>Categoría de protección Directiva Hábitats</t>
   </si>
   <si>
     <t>Categoría de protección Listado de Especies Silvestres en Régimen de Protección Especial y CEEA</t>
   </si>
   <si>
     <t>Sinonimo</t>
   </si>
   <si>
     <t>parametros</t>
   </si>
   <si>
     <t>Felis libyca Forster, 1780</t>
   </si>
   <si>
-    <t>prueba_Gato montés africano (Castellano)</t>
+    <t>Gato montés africano (Castellano)</t>
   </si>
   <si>
     <t>Castellano</t>
   </si>
   <si>
     <t>España NE (No evaluado)</t>
   </si>
   <si>
     <t>España</t>
   </si>
   <si>
     <t>Tamaño corporal y proporciones similares a las del gato montés europeo, Felis silvestris. La longitud de la cola es aproximadamente la mitad que la del cuerpo. Pelaje dorsal de color arena, con dos a cuatro líneas longitudinales oscuras en el cuello, dorso de las orejas de color rojizo con el ápice oscuro, y en algunos ejemplares rayas o manchas apenas marcadas en los flancos. Cola que disminuye de grosor hacia el extremo, con dos o más anillos oscuros y el extremo negro. Fórmula dentaria: 3.1.3.1/3.1.2.1. Medidas corporales de individuos de Marruecos, CC: 50,0-73,0 cm (machos), 45,0- 60,0 cm (hembras); C: 25,0-33,0 cm (machos), 21,0-38,0 cm (hembras); Ps: 3,7-6,5 kg (machos), 3,0- 5,5 kg (hembras). Número de cromosomas (2n) = 38. Los individuos de gato montés africano pueden confundirse con gatos domésticos de fenotipo “tabby”. El índice craneométrico utilizado para diferenciar F. silvestris y F. catus no es efectivo al comparar este último con F. libyca.</t>
   </si>
   <si>
     <t>Terrestre</t>
   </si>
   <si>
     <t>Mamíferos</t>
   </si>
   <si>
     <t>Filtros:  Taxonomía: Mamíferos</t>
   </si>
   <si>
     <t>Lepus schlumbergeri Saint-Loup, 1894</t>
   </si>
   <si>
-    <t>prueba_Liebre magrebí (Castellano)</t>
+    <t>Liebre magrebí (Castellano)</t>
   </si>
   <si>
     <t>De tamaño semejante al de la liebre ibérica (Lepus granatensis). El color del pelaje del dorso varía entre ante rosado y negro, la borra es de color gris pálido y un círculo blanquecino rodea los ojos. Las orejas son bastante oscuras en su parte externa, con una mancha grande de color negra en la porción distal. No son raros los ejemplares que presentan una pequeña mancha blanca en la frente. La nuca presenta una gran mancha de color canela. Las zonas laterales son de color avellana y el vientre blanco. Cola negra por el dorso y blanca por los laterales y la parte ventral. Medidas corporales, CC: 46,5- 50,0 cm; C: 6,0-9,5 cm; O: 10,0-10,5 cm; P: 11,5-12,8 cm.</t>
   </si>
   <si>
     <t>Ursus arctos Linnaeus, 1758</t>
   </si>
   <si>
-    <t>prueba_Oso pardo (Castellano), Artz arrea (Euskera), Ós bru (Catalán), Oso (Gallego), Brown Bear (Inglés), Mexican Grizzly Bear (Inglés), Grizzly Bear (Inglés), Ours brun (Francés)</t>
+    <t>Oso pardo (Castellano), Artz arrea (Euskera), Ós bru (Catalán), Oso (Gallego), Brown Bear (Inglés), Mexican Grizzly Bear (Inglés), Grizzly Bear (Inglés), Ours brun (Francés)</t>
   </si>
   <si>
     <t>Castellano, Euskera, Catalán, Gallego, Inglés, Inglés, Inglés, Francés</t>
   </si>
   <si>
     <t>España CR (En peligro crítico),  España NE (No evaluado),  Mundial LC (Preocupación menor),  Región Atlántica U1 (Desfavorable-inadecuado),  Región Mediterránea U1 (Desfavorable-inadecuado),  Región Alpina U2 (Desfavorable-malo)</t>
   </si>
   <si>
     <t>España, España, Mundial, Región Atlántica, Región Mediterránea, Región Alpina</t>
   </si>
   <si>
     <t>De orejas pequeñas y cola corta, el oso pardo se caracteriza por su gran tamaño, cabeza masiva, extremidades cortas y robustas, hombros prominentes y caminar plantígrado. Los machos son más pesados que las hembras. En la Cordillera Cantábrica y Pirineos, las hembras adultas pesan de 75 a 140 kg (un caso excepcional de 245 kg) y los machos de 90 a 250 kg (un caso excepcional de 350 kg). Las manos y pies están provistos de cinco dedos con uñas largas, especialmente las anteriores. El color del pelo varía desde el amarillo pálido hasta el pardo-negruzco y son usuales los contrastes en cabeza, cuello y extremidades (éstas son frecuentemente más oscuras). Las crías suelen presentar un collar claro del que pueden quedar rastros en los adultos. Las hembras tienen tres pares de mamas, pectorales y abdominales. Fórmula dentaria: 3.1.3.2/3.1.2.3.3. Número de cromosomas (2n) = 37.</t>
   </si>
   <si>
     <t>Directiva 92/43/CEE (Directiva Hábitats), Listado de Especies Silvestres en Régimen de Protección Especial y Catálogo español de especies amenazadas (RD 139/2011)</t>
   </si>
   <si>
     <t>CEEA: En peligro de extinción</t>
   </si>
   <si>
     <t>Anexo IV, Anexo II - Prioritaria</t>
   </si>
   <si>
     <t>Ammotragus lervia (Pallas, 1777)</t>
   </si>
   <si>
-    <t>prueba_Arruí (Castellano), Arrui (Castellano), Muflón del Atlas (Castellano), Be de Berberia (Catalán), Be de Berbería (Catalán), Uaddan (Inglés), Aoudad (Inglés), Barbary sheep (Inglés), Mouflon À Manchettes (Francés)</t>
+    <t>Arruí (Castellano), Arrui (Castellano), Muflón del Atlas (Castellano), Be de Berberia (Catalán), Be de Berbería (Catalán), Uaddan (Inglés), Aoudad (Inglés), Barbary sheep (Inglés), Mouflon À Manchettes (Francés)</t>
   </si>
   <si>
     <t>Castellano, Castellano, Castellano, Catalán, Catalán, Inglés, Inglés, Inglés, Francés</t>
   </si>
   <si>
     <t>España NE (No evaluado),  Mundial VU (Vulnerable)</t>
   </si>
   <si>
     <t>España, Mundial</t>
   </si>
   <si>
     <t>El arruí es parecido a una cabra robusta, con la cara alargada y el pelaje corto, de un color rojizo o arena, más claro en la parte inferior del cuerpo. Las extremidades son cortas y macizas, y la cola lanosa relativamente larga (alcanza los 20 cm de largo). Los machos llegan a superar el metro y medio de largo y alcanzan los 110 cm de altura sobre los hombros, con un peso de hasta 145 kg. Las hembras son más pequeñas, y no suelen superar los 65 kg de peso. Tanto los machos como las hembras presentan cuernos con una sola inflexión, curvados hacia arriba y hacia atrás, más grande en machos.</t>
   </si>
   <si>
     <t>Catálogo español de especies exóticas invasoras (RD 630/2013)</t>
   </si>
   <si>
     <t>CEEEI: Incluido</t>
   </si>
   <si>
     <t>Apodemus flavicollis (Melchior, 1834)</t>
   </si>
   <si>
-    <t>prueba_Ratón leonado (Castellano), Sagu lepahoria (Euskera), Ratolí lleonat (Catalán), Rato da fraga (Gallego), Yellow-necked Field Mouse (Inglés), Mulot À Collier (Francés)</t>
+    <t>Ratón leonado (Castellano), Sagu lepahoria (Euskera), Ratolí lleonat (Catalán), Rato da fraga (Gallego), Yellow-necked Field Mouse (Inglés), Mulot À Collier (Francés)</t>
   </si>
   <si>
     <t>Castellano, Euskera, Catalán, Gallego, Inglés, Francés</t>
   </si>
   <si>
     <t>España LC (Preocupación menor),  Mundial LC (Preocupación menor)</t>
   </si>
   <si>
     <t>De mayor tamaño que A. sylvaticus. Los adultos presentan una coloración dorsal pardo rojiza, clara y brillante, que se diferencia netamente de la coloración blanca del vientre. Suele presentar una mancha pectoral en forma de collar más o menos grande y completa, aunque no se trata de una característica determinante. Medidas corporales, CC: 86,0-120,0 mm; C: 100,0-130,0 mm (entre 170 y 230 anillos); P: 22,0-25,0 mm; O: 16,0-19,0 mm; Ps: 20,0-50,0 g. No existe dimorfismo sexual. Las hembras presentan tres pares de mamas: uno pectoral y dos inguinales. Los individuos juveniles y subadultos, mucho mas oscuros, son muy difíciles de distinguir de A. sylvaticus, sin embargo, la confusión con los ratones del género Mus es imposible pues la longitud del pie es siempre superior a 20 mm. Fórmula dentaria: 1.0.0.3/1.0.0.3. Ausencia del tubérculo 9 del M2 y con un tubérculo 7 bien desarrollado en el M1. Número de cromosomas (2n) = 48 (en Bulgaria se ha descrito una forma con 49).</t>
   </si>
   <si>
     <t>Apodemus sylvaticus (Linnaeus, 1758)</t>
   </si>
   <si>
-    <t>prueba_Ratón de campo (Castellano), Basasagua (Euskera), Ratolí de bosc (Catalán), Rato do campo (Gallego), Small Wood Mouse (Inglés), Long-tailed Field Mouse (Inglés), Wood Mouse (Inglés), Mulot Sylvestre (Francés)</t>
+    <t>Ratón de campo (Castellano), Basasagua (Euskera), Ratolí de bosc (Catalán), Rato do campo (Gallego), Small Wood Mouse (Inglés), Long-tailed Field Mouse (Inglés), Wood Mouse (Inglés), Mulot Sylvestre (Francés)</t>
   </si>
   <si>
     <t>Múrido de tamaño medio, presenta una cabeza voluminosa y alargada, ojos grandes y oscuros, orejas proporcionalmente más grandes que las del género Mus, cola prácticamente desprovista de pelos y con una longitud igual o superior a la de cabeza y cuerpo. Extremidades posteriores largas que le permiten desplazarse por medio de grandes saltos. Parte superior del cuerpo de color amarillo rojizo, vientre de color blanco o blanco crema, separados claramente. Algunos ejemplares pueden presentar una mancha en el pecho de color leonado de extensión variable. Los ejemplares jóvenes presentan un pelaje menos lustroso y con matices grisáceos hasta la primera muda. El macho es ligeramente mayor que la hembra, aunque no existe dimorfismo sexual. Medidas corporales de ejemplares adultos del Macizo de Quinto Real (Navarra), CC: 77,0-111,0 mm; C: 78,0-114,0 mm; P: 20,5-24,5 mm; O: 14,6-19,0 mm; Ps: 16,0-35,0 g. Fórmula dentaria: 1.0.0.3/1.0.0.3. Cráneo alargado y de perfil ligeramente cóncavo, región nasal estrecha, arcos zigomáticos poco separados del cráneo, que en conjunto es ligeramente menor que el del ratón leonado, Apodemus flavicollis, del que se diferencia por el desarrollo del tubérculo 9 en el M2. El M1 tiene cuatro alvéolos frente a los tres que existen en los ratones del género Mus. Presenta tres pares de mamas: uno pectoral y dos inguinales. Número de cromosomas (2n) = 48.</t>
   </si>
   <si>
     <t>Sylvaemus sylvaticus</t>
   </si>
   <si>
     <t>Arvicola amphibius (Linnaeus, 1758)</t>
   </si>
   <si>
-    <t>prueba_Rata topera (Castellano), Ekialdeko ur-arratoia (Euskera), Rata talpera (Catalán), Rata de auga norteña (Gallego), Eurasian Water Vole (Inglés), European Water Vole (Inglés), Montane Water Vole (Inglés), Water Vole (Inglés), Campagnol Terrestre (Francés)</t>
+    <t>Rata topera (Castellano), Ekialdeko ur-arratoia (Euskera), Rata talpera (Catalán), Rata de auga norteña (Gallego), Eurasian Water Vole (Inglés), European Water Vole (Inglés), Montane Water Vole (Inglés), Water Vole (Inglés), Campagnol Terrestre (Francés)</t>
   </si>
   <si>
     <t>Castellano, Euskera, Catalán, Gallego, Inglés, Inglés, Inglés, Inglés, Francés</t>
   </si>
   <si>
     <t>La especie muestra una gran variabilidad morfológica a lo largo de su extensa área de distribución. En la Península Ibérica A. terrestris está representada por morfotipos de pequeño tamaño, CC: 122,0- 188,0 mm; C: 49,0-85,5 mm; P: 22,0-27,5 mm; O: 10,0-14,5 mm; Ps: 66,0-183,0 g, correspondientes a la forma cavadora. Sus dimensiones corporales son sensiblemente menores que las de la rata de agua, Arvicola sapidus, y su cola relativamente más corta (su longitud es siempre inferior a la mitad de la longitud de la cabeza más el cuerpo). En lo referente a las medidas somáticas y craneales no cabe hablar, en términos generales, de dimorfismo sexual. Machos y hembras muestran un par de glándulas odoríferas cutáneas situadas a ambos flancos del cuerpo y cuyo tejido secretor alcanza su mayor desarrollo en los adultos durante el período reproductor. La coloración del pelaje es muy variable existiendo conspicuas diferencias incluso a escala intrapoblacional. En los ejemplares del Valle de Arán (Lleida) el dorso varía desde pardo oscuro o pardo amarillento hasta gris ceniza y los flancos desde pardo amarillento u ocre hasta gris claro; en la región ventral predominan los tonos grisáceos, ya sea mezclados con amarillo, ocre o negro o bien profusamente lavados de blanco. La cola es generalmente bicolor, con la zona dorsal de tonos semejantes a la región mediodorsal del cuerpo y la parte ventral algo más clara. Los juveniles poseen un pelaje más oscuro que los adultos, pardusco en el dorso y gris ceniza en la región ventral. Presenta cuatro pares de mamas, dos pectorales y dos inguinales. El cráneo es compacto y anguloso, especialmente en los adultos. Los molares son hipsodontos y sin raíces. Fórmula dentaria: 1.0.0.3/1.0.0.3. Por el cráneo y la dentición se diferencia de A. sapidus por los siguientes caracteres: los huesos nasales son en su tercio anterior claramente más estrechos que el rostro; en la mandíbula, la apófisis angular se encuentra muy próxima a la base de la rama articular; los incisivos superiores son prodontos; el bucle anterior del M1 es redondeado en su parte anterior y forma un ángulo obtuso en la parte lingual. Número de cromosomas (2n) = 36.</t>
   </si>
   <si>
     <t>Arvicola scherman (Shaw, 1801), Arvicola terrestris (Linnaeus, 1758)</t>
   </si>
   <si>
     <t>Arvicola sapidus Miller, 1908</t>
   </si>
   <si>
-    <t>prueba_Rata de agua (Castellano), Mendebaldeko ur-arratoia (Euskera), Rata d’aigua (Catalán), Rata de auga común (Gallego), Southern Water Vole (Inglés), Southwestern Water Vole (Inglés), Campagnol Amphibie (Francés)</t>
+    <t>Rata de agua (Castellano), Mendebaldeko ur-arratoia (Euskera), Rata d’aigua (Catalán), Rata de auga común (Gallego), Southern Water Vole (Inglés), Southwestern Water Vole (Inglés), Campagnol Amphibie (Francés)</t>
   </si>
   <si>
     <t>Castellano, Euskera, Catalán, Gallego, Inglés, Inglés, Francés</t>
   </si>
   <si>
     <t>España VU (Vulnerable),  Mundial VU (Vulnerable)</t>
   </si>
   <si>
     <t>La rata de agua es un arvicolino de tamaño medio, CC: 170,0-230,0 mm; C: 100,0-147,0 mm; P: 32,0-39,0 mm; O: 12,0-22,0 mm; Ps: 140,0-310,0 g. En comparación con la rata topera (Arvicola terrestris) de la Península Ibérico, su aspecto general es más robusto, su tamaño corporal significativamente mayor y su cola relativamente más larga, superando siempre la mitad de la longitud de la cabeza más el cuerpo. No existe dimorfismo sexual a escala somática y craneal, si bien durante la etapa adulta los machos adultos tienden a ser, por término medio, algo mayores que las hembras. En ambos sexos existe en cada flanco una glándula odorífera cutánea de forma ovalada. Se distinguen dos patrones de coloración del pelaje que se utilizan como criterio básico para la diagnosis subespecífica. De manera general, en los adultos de la subespecie nominal el dorso varía desde pardo amarillento hasta pardo oscuro salpicado de negro. Los flancos son ligeramente más claros que la parte dorsal debido al predominio de tonalidades ocráceas. El vientre es gris ceniza mezclado de amarillo en intensidad variable; la parte más anterior del pecho y la garganta son algo más claras debido a la mayor abundancia de pelos blanquecinos. La cola es bicolor, pardo oscura por encima y más clara ventralmente. El pelaje juvenil es en conjunto más oscuro que el de los adultos. Respecto a la subespecie nominal, A. s. tenebricus muestra una coloración general más oscura, existiendo una conspicua profusión de pelos negros en los flancos y cara. Presentan tres pares de mamas, uno pectoral y dos inguinales. El cráneo adulto es robusto, anguloso y muy plano dorsalmente. Los incisivos superiores son ortodontos (compárese con A. terrestris) y los molares hipsodontos y sin raíces. Fórmula dentaria: 1.0.0.3/1.0.0.3. Los huesos nasales son en su tercio anterior casi iguales de ancho que el rostro, la apófisis articular de la mandíbula es relativamente plana en su cara externa y está marcadamente separada de la apófisis angular, y el bucle anterior del M1 está ligeramente aplanado en su parte anterior y forma un ángulo agudo en la parte lingual (compárese con A. terrestris). Número de cromosomas (2n) = 40.</t>
   </si>
   <si>
     <t>Atlantoxerus getulus (Linnaeus, 1758)</t>
   </si>
   <si>
-    <t>prueba_Ardilla moruna (Castellano), Esquirol africà (Catalán), Barbary Ground Squirrel (Inglés), North African Ground Squirrel (Inglés)</t>
+    <t>Ardilla moruna (Castellano), Esquirol africà (Catalán), Barbary Ground Squirrel (Inglés), North African Ground Squirrel (Inglés)</t>
   </si>
   <si>
     <t>Castellano, Catalán, Inglés, Inglés</t>
   </si>
   <si>
     <t>España NE (No evaluado),  Mundial LC (Preocupación menor)</t>
   </si>
   <si>
     <t>Se trata de una ardilla terrestre cuyo aspecto es muy semejante al de la mayoría de las ardillas de suelo. Su cuerpo y cola están recorridos longitudinalmente por cuatro bandas negras y dos blancas. El pelo es corto, salvo la cola que es muy poblada, de pelo largo y denso, y con bandas longitudinales de colores pardo y oscuro. La cabeza de color pardo-rojiza resulta proporcionalmente grande en relación al resto del cuerpo. El hocico es oscuro y las mandíbulas casi blancas, mientras que las orejas son pequeñas, casi inexistentes, y no poseen penachos. Las hembras presentan cuatro pares de mamas que se reparten desde la zona genital hasta cubrir las tres cuartas partes de la distancia entre las extremidades posteriores y las anteriores. Los machos son algo mayores que las hembras, CC: 170,0-200,0 mm; C: 130,0 -140,0 mm; P: 45,0-48,0 mm; Ps: 232,0-280,0 g (machos), 209,0-250,0 g (hembras). Fórmula dentaria: 1.0.2.3/1.0.1.3. Número de cromosomas (2n) = 38.</t>
   </si>
   <si>
     <t>Capreolus capreolus (Linnaeus, 1758)</t>
   </si>
   <si>
-    <t>prueba_Corzo (Castellano), Orkatza (Euskera), Cabirol (Catalán), European Roe (Inglés), European Roe Deer (Inglés), Western Roe Deer (Inglés), Roe Deer (Inglés), Chevreuil Européen (Francés), Chevreuil (Francés)</t>
+    <t>Corzo (Castellano), Orkatza (Euskera), Cabirol (Catalán), European Roe (Inglés), European Roe Deer (Inglés), Western Roe Deer (Inglés), Roe Deer (Inglés), Chevreuil Européen (Francés), Chevreuil (Francés)</t>
   </si>
   <si>
     <t>Castellano, Euskera, Catalán, Inglés, Inglés, Inglés, Inglés, Francés, Francés</t>
   </si>
   <si>
     <t>Es el más pequeño de los cérvidos europeos. Los machos son de mayor tamaño que las hembras, pero el grado de dimorfismo sexual es relativamente bajo. Medidas corporales, CC: 95-145 cm; CR: 54-83 cm; Ps: 16-30 kg. Presentan unas extremidades traseras potentes, adaptadas al salto. Destacan en su morfología una franja negra en el hocico, grandes orejas, un escudo anal blanco con pelo erizable que rodea la rudimentaria cola, y astas con tres puntas y abundante “perlado” en los machos, que se renuevan anualmente. Tiene dos mudas al año, en primavera y en otoño; el manto de invierno es tupido y de color gris, y el de verano corto con gran variedad de tonalidades desde el anaranjado al castaño, si bien hay poblaciones en el sur de España que conservan la coloración gris también en verano. Fórmula dentaria: 0.0.3.3./3.1.3.3. Número de cromosomas (2n) = 70.</t>
   </si>
   <si>
     <t>Cervus elaphus Linnaeus, 1758</t>
   </si>
   <si>
-    <t>prueba_Ciervo (Castellano), Ciervo Bactriano (Castellano), Ciervo Rojo (Castellano), Venado (Castellano), Venao (Castellano), Ciervo común (Castellano), Orein arrunta (Euskera), Cèrvol (Catalán), Cervo (Gallego), Bactrian Deer (Inglés), Wapiti (Inglés), Elk (Inglés), Bactrian Wapiti (Inglés), Bokharan Deer (Inglés), Bukhara Red Deer (Inglés), Red Deer (Inglés), Cerf Rouge Du Turkestan (Francés), Cerf Du Turkestan (Francés), Cerf Élaphe (Francés), Cerf Élaphe Du Turkestan (Francés), Cerf De Bactriane (Francés)</t>
+    <t>Ciervo (Castellano), Ciervo Bactriano (Castellano), Ciervo Rojo (Castellano), Venado (Castellano), Venao (Castellano), Ciervo común (Castellano), Orein arrunta (Euskera), Cèrvol (Catalán), Cervo (Gallego), Bactrian Deer (Inglés), Wapiti (Inglés), Elk (Inglés), Bactrian Wapiti (Inglés), Bokharan Deer (Inglés), Bukhara Red Deer (Inglés), Red Deer (Inglés), Cerf Rouge Du Turkestan (Francés), Cerf Du Turkestan (Francés), Cerf Élaphe (Francés), Cerf Élaphe Du Turkestan (Francés), Cerf De Bactriane (Francés)</t>
   </si>
   <si>
     <t>Castellano, Castellano, Castellano, Castellano, Castellano, Castellano, Euskera, Catalán, Gallego, Inglés, Inglés, Inglés, Inglés, Inglés, Inglés, Inglés, Francés, Francés, Francés, Francés, Francés</t>
   </si>
   <si>
     <t>Pelaje con predominio del color castaño uniforme, zona ventral más clara y escudo anal casi blanco flanqueado por bandas oscuras en ocasiones casi negras, cola corta de color oscuro. Los cervatillos tienen un pelaje característico con fondo castaño y manchas o “pintas” blancas que mantienen durante aproximadamente los tres primeros meses de vida. Dimorfismo sexual acentuado. Medidas corporales, CC: 160-220 cm (machos), 160-195 cm (hembras); CR: 90-120 cm (machos), 90-110 cm (hembras); Ps: 80-160 kg (machos), 50-100 kg (hembras). Los machos desarrollan a partir del primer año unas astas que utilizan en las luchas durante el período de celo. Presentan un tronco central que se ramifica en puntas o candiles en número variable. Las hembras carecen de astas y poseen dos pares de mamas en posición inguinal. Fórmula dentaria: 0.1.3.3/3.1.3.3, con un canino inferior modificado hasta adoptar forma de incisivo. Número de cromosomas (2n) = 68.</t>
   </si>
   <si>
     <t>Chionomys nivalis (Martins, 1842)</t>
   </si>
   <si>
-    <t>prueba_Topillo nival (Castellano), Neverón de Gredos (Castellano), Ratilla nival (Castellano), Elur-lursagua (Euskera), Talpó de tartera (Catalán), Trilladeira nival (Gallego), European Snow Vole (Inglés), Snow Vole (Inglés), Campagnol Des Neiges (Francés)</t>
+    <t>Topillo nival (Castellano), Neverón de Gredos (Castellano), Ratilla nival (Castellano), Elur-lursagua (Euskera), Talpó de tartera (Catalán), Trilladeira nival (Gallego), European Snow Vole (Inglés), Snow Vole (Inglés), Campagnol Des Neiges (Francés)</t>
   </si>
   <si>
     <t>Castellano, Castellano, Castellano, Euskera, Catalán, Gallego, Inglés, Inglés, Francés</t>
   </si>
   <si>
     <t>España NT (Casi amenazado),  Mundial LC (Preocupación menor)</t>
   </si>
   <si>
     <t>Es uno de los arvicolinos ibéricos de mayor tamaño. Medidas corporales de ejemplares de Cataluña, CC: 92,0-140,0 mm; C: 45,0-74,0 mm; P: 17,5-25,0 mm; O: 12,5-21,0 mm; Ps: 35,0-70,0 g. El pelaje presenta una tonalidad bastante uniforme de color grisáceo y con tonos pardos. En juveniles y subadultos no presenta tonos pardos y es más claro. La región ventral es de color blanco, a veces con tonos grisáceos claros. Los pies y la cola son monocolor, generalmente blanquecinos. En comparación con los otros topillos ibéricos, la cola de Ch. nivalis es proporcionalmente más larga, con una longitud cercana o superior al 50% de la longitud de la cabeza más el cuerpo. Otro carácter externo significativo es la gran longitud de sus vibrisas. Estas características morfológicas ponen de manifiesto la naturaleza rupícola de Ch. nivalis. Presenta cuatro pares de mamas, dos pectorales y dos inguinales. Cráneo alargado con una ligera depresión a nivel de los huesos frontales. Dientes de crecimiento continuo y raíz abierta. Fórmula dentaria: 1.0.0.3/1.0.0.3. Número de cromosomas (2n) = 54.</t>
   </si>
   <si>
     <t>Microtus nivalis (Martins, 1842)</t>
   </si>
   <si>
     <t>Clethrionomys glareolus (Schreber, 1780)</t>
   </si>
   <si>
-    <t>prueba_Topillo rojo (Castellano), Lursagu gorria (Euskera), Talpó Roig (Catalán), Corta Rubia (Gallego), Bank Vole (Inglés), Campagnol Roussatre (Francés)</t>
+    <t>Topillo rojo (Castellano), Lursagu gorria (Euskera), Talpó Roig (Catalán), Corta Rubia (Gallego), Bank Vole (Inglés), Campagnol Roussatre (Francés)</t>
   </si>
   <si>
     <t>Es un arvicolino de tamaño pequeño/mediano (hasta 30 g). Medidas corporales, CC: 90,0-120,0 mm; C: 40,0-60,0 mm; P: 17,0-20,0 mm; O: 11,0-15,0 mm; Ps: 14,0-30,0 g. Una característica diferencial es el color rojizo del dorso que muestran los adultos. El pelaje es claramente bicolor, con el dorso castaño rojizo que se degrada por los flancos, gris oscuro, y el vientre gris plata o crema. El patrón de coloración varía entre subespecies. La cola es bicolor, oscura dorsalmente y más clara en su cara ventral. La cola es también bastante larga, llegando a representar un 50% de la longitud de la cabeza más el cuerpo. Las formas juveniles no muestran las tonalidades rojizas conspicuas de los ejemplares adultos y presentan un tono gris oscuro similar al del topillo agreste (Microtus agrestis). Sin embargo, el mayor tamaño proporcional de cola y orejas lo diferencia de cualquier topillo del género Microtus. Presenta cuatro pares de mamas, dos pectorales y dos inguinales. También posee glándulas en los flancos, en el ángulo oral y en los labios, para la comunicación química. Tanto machos como hembras poseen glándulas prepuciales, mayores en los machos. El cráneo es pequeño, con el perfil superior ligeramente redondeado en su parte nasal y algo cóncavo en la región interorbitaria. También es menos anguloso y con huesos nasales más anchos en la región distal que en los del género Microtus. La abertura de las coanas abarca prácticamente toda la anchura del paladar. Molares con ángulo de corona mucho más redondeado que en otros topillos. Los juveniles tienen molares de raíz abierta y de crecimiento continuo, pero los adultos, a diferencia de los restantes topillos ibéricos, no conservan la raíz abierta y sus molares presentan una raíz definitiva birradiculada. Fórmula dentaria: 1.0.0.3/1.0.0.3. Número de cromosomas (2n) = 56.</t>
   </si>
   <si>
     <t>Myodes glareolus (Schreber, 1780)</t>
   </si>
   <si>
     <t>Crocidura russula (Hermann, 1780)</t>
   </si>
   <si>
-    <t>prueba_Musaraña gris (Castellano), Musaraña común (Castellano), Satitsu arrunta (Euskera), Musaranya comuna (Catalán), Furaño común (Gallego), Greater White-toothed Shrew (Inglés), White-toothed Shrew (Inglés), Crocidure Commune (Francés), Crocidure Musette (Francés)</t>
+    <t>Musaraña gris (Castellano), Musaraña común (Castellano), Satitsu arrunta (Euskera), Musaranya comuna (Catalán), Furaño común (Gallego), Greater White-toothed Shrew (Inglés), White-toothed Shrew (Inglés), Crocidure Commune (Francés), Crocidure Musette (Francés)</t>
   </si>
   <si>
     <t>Castellano, Castellano, Euskera, Catalán, Gallego, Inglés, Inglés, Francés, Francés</t>
   </si>
   <si>
     <t>Es un crocidurino de talla mediana. Medidas corporales, CC: 62,0-84,0 mm; C: 34,0-47,0 mm; P: 11,0-14,0 mm; Ps: 7,0-14,0 g, y cola relativamente corta, recubierta por pelos cortos entre los que sobresalen otros más largos y dispersos. Los ojos son pequeños y los pabellones auditivos están bien desarrollados y son visibles externamente. El color del pelaje varía en función de la edad, la época del año y la localización geográfica. En general, la coloración es gris uniforme en los juveniles, parda o parda-grisácea en los ejemplares de verano y gris oscura en los de invierno. El vientre es gris claro, sin demarcación nítida respecto al dorso. Presenta tres pares de mamas inguinales. El cráneo es más largo y macizo que en los representantes del género Sorex. Las regiones rostral e interorbital son alargadas y el margen posterior del orificio nasal es cóncavo. La caja craneana es alta y los cóndilos occipitales están proyectados hacia atrás. La mandíbula es robusta, con el cóndilo articular bien desarrollado y la apófisis coronoides recta, de altura generalmente superior a 4,2 mm. Fórmula dentaria: 3.1.1.3/1.1.1.3, con tres unicúspides superiores. A diferencia de la musaraña de campo, Crocidura suaveolens, en visión lateral el segundo y tercer unicúspides son de talla similar y sobrepasan la altura del parastilo del cuarto molar. En visión oclusal, el protocono de este molar no está desplazado en dirección bucal y contribuye a formar el margen ántero-interno del diente. En la mandíbula, el segundo molar presenta una constricción bien marcada. Número de cromosomas (2n) = 42.</t>
   </si>
   <si>
     <t>Crocidura whitakeri de Winton, 1898</t>
   </si>
   <si>
-    <t>prueba_Musaraña magrebí (Castellano), Musaranya del Magreb (Catalán), Whitaker's Shrew (Inglés)</t>
+    <t>Musaraña magrebí (Castellano), Musaranya del Magreb (Catalán), Whitaker's Shrew (Inglés)</t>
   </si>
   <si>
     <t>Castellano, Catalán, Inglés</t>
   </si>
   <si>
     <t>Sorícido de tamaño reducido, de cabeza voluminosa y orejas grandes. Antitrago muy grande y redondeado, provisto de una franja de pelos largos. Presenta largas vibrisas faciales. Posee una cola no demasiado larga. El pelaje del cuerpo es corto y suave, de color gris claro en el dorso y blanco en el vientre y en los pies. Son frecuentes los ejemplares albinos. Medidas corporales, CC: 53,0-64,0 mm; C: 27,0-39,0 mm; P: 10,0-13,0 mm; O: 7,0-11,0 mm. Presenta tres pares de mamas inguinales. Fórmula dentaria: 3.1.1.3/1.1.1.3.</t>
   </si>
   <si>
     <t>Dama dama (Linnaeus, 1758)</t>
   </si>
   <si>
-    <t>prueba_Gamo (Castellano), Adartzabala (Euskera), Daina (Catalán), Fallow Deer (Inglés), Persian Fallow Deer (Inglés), Mesopotamian Fallow Deer (Inglés), Daim Européen (Francés)</t>
+    <t>Gamo (Castellano), Adartzabala (Euskera), Daina (Catalán), Fallow Deer (Inglés), Persian Fallow Deer (Inglés), Mesopotamian Fallow Deer (Inglés), Daim Européen (Francés)</t>
   </si>
   <si>
     <t>Castellano, Euskera, Catalán, Inglés, Inglés, Inglés, Francés</t>
   </si>
   <si>
     <t>Los machos exhiben una cornamenta aplanada, de forma muy diferente a la del resto de los representantes de la familia, y que solamente presentaban los fósiles Dama clactoniana y Megaceros. El gamo tiene dos pelajes o libreas, una en verano y otra en invierno. En general, el color de la época estival posee un fondo cervuno ligeramente rojizo, moteado de manchas blancas. En ambos flancos, cuando se aproximan a la zona ventral, dichas manchas se van alargando y tienden generalmente a unirse entre ellas para terminar formando una banda longitudinal blanca. Asimismo, a lo largo del dorso aparece una lista sepia que se va oscureciendo según se acerca a la cola. La cabeza suele carecer de manchas. El vientre y la cara interior de sus miembros son blancos. En invierno la coloración se torna más oscura y las manchas blancas desaparecen por completo. Posee uno de los escudos anales más elaborados de entre los cérvidos, consistente en una gran mancha blanca que está limitada a cada lado por una línea vertical negra y dividida por la porción superior negra de la cola, la cual es blanca en su cara ventral. Entre los gamos, el dimorfismo sexual es muy acentuado. Sólo los machos presentan astas que, echadas hacia atrás e implantadas sobre pedúnculos muy cortos, presentan tres candiles y una ancha palma, característica de la especie. La cornamenta sufre mudas anuales durante toda la vida del animal, cayendo normalmente a finales del invierno para volver a crecer en primavera cubierta de un terciopelo que se va desprendiendo durante el verano. Medidas corporales de ejemplares adultos de Doñana, CC: 129-155 cm (machos), 118-140 cm (hembras); CR: 85 cm (machos), 75 cm (hembras); Ps: 52-63 kg (machos), 28-41 kg (hembras). Fórmula dentaria: 0.0.3.3/3.1.3.3. Número de cromosomas (2n) = 68.</t>
   </si>
   <si>
     <t>Dipodillus campestris (Loche, 1867)</t>
   </si>
   <si>
-    <t>prueba_Jerbo (Castellano), Jerbo campestre (Castellano), North African Gerbil (Inglés)</t>
+    <t>Jerbo (Castellano), Jerbo campestre (Castellano), North African Gerbil (Inglés)</t>
   </si>
   <si>
     <t>Castellano, Castellano, Inglés</t>
   </si>
   <si>
     <t>Es un jerbo de talla media. Presenta una cola larga, con las palmas y plantas desnudas. Las bullas timpánicas están poco desarrolladas. Su pelaje dorsal presenta una coloración castaña chocolate que se va aclarando hacia el sur en las zonas áridas. Medidas corporales, CC: 75,0-115,0 mm; C: 85,0- 145,0 mm; P: 24,0-29,0 mm; O: 11,0-18,0 mm.</t>
   </si>
   <si>
     <t>Elephantulus rozeti (Duvernoy, 1833)</t>
   </si>
   <si>
-    <t>prueba_Asarfif (Castellano), North African Sengi (Inglés), North African Elephant-shrew (Inglés)</t>
+    <t>Asarfif (Castellano), North African Sengi (Inglés), North African Elephant-shrew (Inglés)</t>
   </si>
   <si>
     <t>Castellano, Inglés, Inglés</t>
   </si>
   <si>
     <t>Es un mamífero de pequeño tamaño, de aspecto rechoncho, cabeza voluminosa y hocico muy prolongado en forma de trompa cilíndrica ligeramente comprimida, con un surco a lo largo de su cara inferior y terminado en un pequeño rinario hendido verticalmente en el centro. Orejas grandes y anchas. Extremidades pentadáctilas con palmas y plantas desnudas, las posteriores son muy largas y estrechas. La cola es algo más larga que el cuerpo, presentando en su cara inferior, a dos centímetros de la base, una glándula odorífera. Pelaje espeso y blando, de color pardo madera en el dorso y blanco en la superficie ventral y en los cuatro pies. Presentan cierto dimorfismo sexual. Medidas corporales, CC: 100,0- 110,0 mm; C: 106,0-120,0 mm; O: 24,0-25,0 mm; P: 31,0-35,0 mm. Fórmula dentaria: 3.1.4.2/3.1.4.2. Número de cromosomas (2n) = 28. Las hembras poseen de dos a tres pares de mamas.</t>
   </si>
   <si>
     <t>Eliomys munbyanus (Pomel, 1856)</t>
   </si>
   <si>
-    <t>prueba_Lirón careto magrebí (Castellano)</t>
+    <t>Lirón careto magrebí (Castellano)</t>
   </si>
   <si>
     <t>Presenta una morfología externa similar a la de E. quercinus. El color y diseño son los del grupo morfológico quercinus descrito por Niethammer en el norte de la Península Ibérica: pequeño tamaño y parte ventral de la cola de color blanco. Se dispone de datos biométricos de lirones de las proximidades de las ciudades de Ceuta y Tetuán (Marruecos), CC: 100,0-111,0 mm; C:106,0-125,0 mm; P: 21,0-24,0 mm; Ps: 30,0-52,0 g. Los valores del peso se deben de tomar con cierta precaución, al desconocerse la edad de algunos ejemplares. También se debe de tener en cuenta la variación del peso a lo largo del año. Lo más característico, desde un punto de vista biométrico, es el mayor valor de la C con respecto a la CC, un carácter inusual en los lirones caretos de Europa, o en los lirones de Argelia y del sur de Marruecos. El cráneo es similar en aspecto al de los lirones caretos de la Península, aunque de menor tamaño. La diferencia más llamativa es el tamaño sensiblemente menor de la bulla timpánica. Fórmula dentaria: 1.0.1.3./1.0.1.3. Número de cromosomas (2n) = 46.</t>
   </si>
   <si>
     <t>Listado de Especies Silvestres en Régimen de Protección Especial y Catálogo español de especies amenazadas (RD 139/2011)</t>
   </si>
   <si>
     <t>LESRPE: En régimen de protección especial</t>
   </si>
   <si>
     <t>Erinaceus europaeus Linnaeus, 1758</t>
   </si>
   <si>
-    <t>prueba_Erizo europeo (Castellano), Erizo Europeo Occidental (Castellano), Erizo común (Castellano), Triku arrunta (Euskera), Eriçó fosc (Catalán), Ourizo cacho (Gallego), Northern Hedgehog (Inglés), Western European Hedgehog (Inglés), Western Hedgehog (Inglés), Hérisson d'Europe occidentale (Francés)</t>
+    <t>Erizo europeo (Castellano), Erizo Europeo Occidental (Castellano), Erizo común (Castellano), Triku arrunta (Euskera), Eriçó fosc (Catalán), Ourizo cacho (Gallego), Northern Hedgehog (Inglés), Western European Hedgehog (Inglés), Western Hedgehog (Inglés), Hérisson d'Europe occidentale (Francés)</t>
   </si>
   <si>
     <t>Castellano, Castellano, Castellano, Euskera, Catalán, Gallego, Inglés, Inglés, Inglés, Francés</t>
   </si>
   <si>
     <t>El aspecto general de los erizos es fácilmente reconocible por su zona dorsal recubierta de espinas, a excepción del rostro. El pelaje ventral es cerdoso, de color pardo, más o menos oscuro, según los individuos, pero con el vientre blancuzco. Ambos sexos son parecidos, ya que los testículos son intraabdominales. La principal diferencia consiste en que el pene está bastante adelantado, mientras que la vagina se localiza cerca del ano. Las hembras presentan cinco pares de mamas, una pectoral, dos abdominales y dos inguinales. Fórmula dentaria: 3.1.3.3/2.1.2.3. Sólo puede confundirse con el erizo moruno, Atelerix algirus, menos robusto, más claro, con las orejas proporcionalmente mayores y con las púas cefálicas más retrasadas. Las principales diferencias dentarias consisten en que el I3 es generalmente monoradiculado en E. europaeus y biradiculado en A. Algirus. El PM2 tiene un paracónido destacado netamente, ligeramente menor que el protocónido, mientras que en A. algirus es mucho más pequeño. Medidas corporales, CC: 190,0-290,0 mm; C: 22,0-40,0 mm; P: 46,0-53,0 mm; O: 25,0- 29,0 mm ; Ps: 500,0-1.200,0 g. Número de cromosomas (2n) = 48.</t>
   </si>
   <si>
     <t>Glis glis Linnaeus, 1766</t>
   </si>
   <si>
-    <t>prueba_Lirón gris (Castellano), Muxar grisa (Euskera), Liró (Catalán), Rilón (Gallego), Edible Dormouse (Inglés), Fat Dormouse (Inglés), Loir Gris (Francés)</t>
+    <t>Lirón gris (Castellano), Muxar grisa (Euskera), Liró (Catalán), Rilón (Gallego), Edible Dormouse (Inglés), Fat Dormouse (Inglés), Loir Gris (Francés)</t>
   </si>
   <si>
     <t>Es un glírido de aspecto robusto, con orejas bien visibles y larga cola cubierta por una voluminosa capa de pelo. Pelaje gris plateado en el dorso y cola. Los ejemplares adultos presentan frecuentemente pelos negros que le dan tonos sombríos, o a veces con tintes rojizos. En los jóvenes el dorso es de color gris plateado uniforme. Las partes inferiores son blancas o blanco-amarillentas. Los ojos están rodeados por una orla fina de color negro. Medidas corporales, CC: 130,0-190,0 mm; C: 110,0-150,0 mm; P: 25,0- 32,0 mm; O: 15,7-21,0 mm; Ps: 70,0-185,0 g. Las hembras presentan seis pares de mamas: dos pectorales, dos abdominales y dos inguinales. Fórmula dentaria: 1.0.1.3/1.0.1.3. Número de cromosomas (2n) = 62.</t>
   </si>
   <si>
     <t>Myoxus glis (Linnaeus, 1766)</t>
   </si>
   <si>
     <t>Hystrix cristata Linnaeus, 1758</t>
   </si>
   <si>
-    <t>prueba_Puercoespin (Castellano), Puercoespín (Castellano), Porc espí (Catalán), Crested Porcupine (Inglés), North African Crested Porcupine (Inglés), Porc-épic du Nord de l'Afrique (Francés), Porc-épic à Crete (Francés)</t>
+    <t>Puercoespin (Castellano), Puercoespín (Castellano), Porc espí (Catalán), Crested Porcupine (Inglés), North African Crested Porcupine (Inglés), Porc-épic du Nord de l'Afrique (Francés), Porc-épic à Crete (Francés)</t>
   </si>
   <si>
     <t>Castellano, Castellano, Catalán, Inglés, Inglés, Francés, Francés</t>
   </si>
   <si>
     <t>Es un roedor plantígrado de gran tamaño, con ojos pequeños y con la espalda parcialmente cubierta de púas. Medidas corporales, CC: 57-68 cm; C: 5-12 cm; P: 7,5-9,5 cm; Ps: 10-30 kg. En la parte posterior del cuerpo y en los cuartos traseros presenta unas largas púas de 30 a 40 cm de longitud, situadas entre otras más cortas y gruesas, con bandas de color blanco y negro. Las hembras poseen de dos a tres pares de mamas torácicas. Fórmula dentaria 1.0.1.3/1.0.1.3.</t>
   </si>
   <si>
     <t>Lemniscomys barbarus (Linnaeus, 1767)</t>
   </si>
   <si>
-    <t>prueba_Ratón listado (Castellano), Barbary Lemniscomys (Inglés), Barbary Striped Grass Mouse (Inglés)</t>
+    <t>Ratón listado (Castellano), Barbary Lemniscomys (Inglés), Barbary Striped Grass Mouse (Inglés)</t>
   </si>
   <si>
     <t>Es algo más grande que el ratón de campo (Apodemus sylvaticus), con la cola un poco más larga que la cabeza y el cuerpo. El pelo de las partes superiores es de color canela claro, a lo largo del dorso corre una lista negra y a cada lado de ésta, en los flancos, hay otras cinco listas negras más anchas que encierran otra línea media de color algo más pálido que el fondo del pelaje. En la zona ventral, el color se degrada hasta el blanco, igual que en los cuatro pies. Medidas corporales, CC: 99,3-108,0 mm; C: 80,0-113,0 mm; O: 12,7-16,0 mm; P: 25,0-28,5 mm; Ps: 38,4-43,0 g. Fórmula dentaria: 1.0.0.3/1.0.0.3. Número de cromosomas (2n) = 54.</t>
   </si>
   <si>
     <t>Lepus castroviejoi Palacios, 1977</t>
   </si>
   <si>
-    <t>prueba_Liebre de piornal (Castellano), Broom Hare (Inglés), LIÈVRE DE CASTROVIEJO (Francés)</t>
+    <t>Liebre de piornal (Castellano), Broom Hare (Inglés), LIÈVRE DE CASTROVIEJO (Francés)</t>
   </si>
   <si>
     <t>Castellano, Inglés, Francés</t>
   </si>
   <si>
     <t>Presenta un tamaño intermedio entre el de la liebre ibérica (Lepus granatensis) y el de la europea (Lepus europaeus). Medidas corporales, CC: 49,0-51,2 cm; C: 7,8-9,6 cm; P: 13,5-14,4 cm; O: 9,1-9,5 cm; Ps: 2,60-3,45 kg. El color del pelaje es pardo amarillento, con una mayor extensión de la zona blanca ventral que en la liebre europea, llegando en ocasiones a las extremidades anteriores aunque no de forma tan extensa como en la liebre ibérica. El contraste entre el color del dorso y del vientre es nítido, a diferencia de la transición difuminada existente en la liebre europea. Presenta una franja clara distintiva en la cara, entre los ojos y la parte inferior de las mejillas.</t>
   </si>
   <si>
     <t>Lepus europaeus Pallas, 1778</t>
   </si>
   <si>
-    <t>prueba_Liebre europea (Castellano), Erbi europarra (Euskera), Llebre europea (Catalán), European Hare (Inglés), European Brown Hare (Inglés), Brown Hare (Inglés), Lièvre D'Europe (Francés)</t>
+    <t>Liebre europea (Castellano), Erbi europarra (Euskera), Llebre europea (Catalán), European Hare (Inglés), European Brown Hare (Inglés), Brown Hare (Inglés), Lièvre D'Europe (Francés)</t>
   </si>
   <si>
     <t>Es la mayor de las liebres presentes en la Península Ibérica. Medidas corporales, CC: 49,4-55,8 cm; C: 8,4-9,8 cm; P: 13,8-14,6 cm; O: 9,7-11,3 cm; Ps: 3,0-4,4 kg. Las hembras son algo más pesadas que los machos y aparte de una ligera diferencia de tamaño, no existe dimorfismo sexual por lo que la determinación del sexo sólo puede realizarse por observación de los genitales externos. Las extremidades y orejas son largas, y estas últimas presentan el extremo de color negro. El color del pelo es pardo amarillento, a excepción de la zona ventral en la que es de color blanquecino y de poca extensión. En invierno adquiere tonalidades más grisáceas. La cola es blanca y negra. Fórmula dentaria: 2.0.3.3/1.0.2.3. Es posible confundirla con la liebre ibérica Lepus granatensis y con la liebre de piornal Lepus castroviejoi, aunque difiere de ambas por su mayor tamaño, la menor extensión de la zona clara ventral y la transición progresiva entre el colorido de dorso y vientre.</t>
   </si>
   <si>
     <t>Lepus granatensis Rosenhauer, 1856</t>
   </si>
   <si>
-    <t>prueba_Liebre ibérica (Castellano), Liebre Iberica (Castellano), Erbia (Euskera), Llebre (Catalán), Lebre (Gallego), Iberian Hare (Inglés), Granada Hare (Inglés), Lievre Iberique (Francés)</t>
+    <t>Liebre ibérica (Castellano), Liebre Iberica (Castellano), Erbia (Euskera), Llebre (Catalán), Lebre (Gallego), Iberian Hare (Inglés), Granada Hare (Inglés), Lievre Iberique (Francés)</t>
   </si>
   <si>
     <t>Castellano, Castellano, Euskera, Catalán, Gallego, Inglés, Inglés, Francés</t>
   </si>
   <si>
     <t>Es la más pequeña de las liebres españolas. Al igual que sus congéneres presentan unas extremidades posteriores muy desarrolladas y unas orejas muy largas y con los extremos negros. El pelaje es pardo amarillento en su parte dorsal y blanco por la ventral, destacan las extremidades con una mancha blanca en su parte posterior. Medidas corporales, CC: 44,4-47,0 cm; C: 9,5-10,9 cm; O: 9,6-10,1 cm; P: 11,4-11,8 mm; Ps: 2,06-2,54 kg. Se ha citado un peso máximos de 2,95 kg para los machos y de 3,30 kg para las hembras.</t>
   </si>
   <si>
     <t>Marmota marmota (Linnaeus, 1758)</t>
   </si>
   <si>
-    <t>prueba_Marmota alpina (Castellano), Marmota alpetarra (Euskera), Alpine Marmot (Inglés), Marmotte Des Alpes (Francés), Marmota (Latín)</t>
+    <t>Marmota alpina (Castellano), Marmota alpetarra (Euskera), Alpine Marmot (Inglés), Marmotte Des Alpes (Francés), Marmota (Latín)</t>
   </si>
   <si>
     <t>Castellano, Euskera, Inglés, Francés, Latín</t>
   </si>
   <si>
     <t>Es un roedor de gran tamaño. Cabeza y orejas cortas. Extremidades anteriores fuertes con cuatro dedos y adaptadas a la excavación. Cinco dedos en las extremidades posteriores. Medidas corporales, CC: 50-60 cm; C: 15 cm; Ps: 3,4-5,7 kg. Las hembras presentan de cuatro a cinco pares de mamas abdominales y torácicas. Adulto con cabeza y espalda de color pardo oscuro, nariz grisácea y vientre amarillo. Tercio distal de la cola negro o muy oscuro. Crías hasta los tres meses de color gris. Tienen una sola muda anual, entre junio y agosto, en la que muestran abundante alopecia en forma de calvas. Dimorfismo sexual apreciable sólo por la distancia ano-genital (machos: 4,0-4,8 cm; hembras: 1,7-2,2 cm), o las mamas conspicuas durante la lactancia. Fórmula dentaria: 1.0.2.3/1.0.1.3. Número de cromosomas (2n) = 38.</t>
   </si>
   <si>
     <t>CEEEI: Excluido</t>
   </si>
   <si>
     <t>Martes foina (Erxleben, 1777)</t>
   </si>
   <si>
-    <t>prueba_Garduña (Castellano), Lepaxuria (Euskera), Fagina (Catalán), Fuiña (Gallego), Beech Marten (Inglés), Stone Marten (Inglés), Fouine (Francés)</t>
+    <t>Garduña (Castellano), Lepaxuria (Euskera), Fagina (Catalán), Fuiña (Gallego), Beech Marten (Inglés), Stone Marten (Inglés), Fouine (Francés)</t>
   </si>
   <si>
     <t>Presenta el aspecto característico de un mustélido adaptado al medio arborícola, con el cuerpo alargado, cabeza estrecha y morro afilado, ojos y orejas relativamente grandes, extremidades cortas, cola larga y muy peluda. Presenta un enorme parecido externo con la marta, Martes martes, aunque su pelo es más castaño y la borra más blanquecina que la de ésta. Tan sólo se pueden distinguir con seguridad por el color del babero, ocre o anaranjado en la marta y blanco en la garduña. El cráneo de ambas especies es casi idéntico y los caracteres diagnósticos no son constantes, por lo que se requiere cierta experiencia para distinguir ambas especies. Presenta un marcado dimorfismo sexual. Medidas corporales, CC: 420-530 mm (machos), 380-460 mm (hembras); C: 200-290 mm (machos), 170-230 mm (hembras); P: 33-50 mm (machos), 35-48 mm (hembras); Ps: 1.100 -2.500 g (machos), 900-1.400 g (hembras). Las hembras tienen dos pares de mamas. Número de cromosomas (2n) = 38.</t>
   </si>
   <si>
     <t>Mustela foina Erxleben, 1777</t>
   </si>
   <si>
     <t>Meles meles (Linnaeus, 1758)</t>
   </si>
   <si>
-    <t>prueba_Tajón (Castellano), Tasón (Castellano), Tejón (Castellano), Azkonarra (Euskera), Toixó (Catalán), Badger (Inglés), Eurasian Badger (Inglés), European Badger (Inglés), Blaireau Européen (Francés)</t>
+    <t>Tajón (Castellano), Tasón (Castellano), Tejón (Castellano), Azkonarra (Euskera), Toixó (Catalán), Badger (Inglés), Eurasian Badger (Inglés), European Badger (Inglés), Blaireau Européen (Francés)</t>
   </si>
   <si>
     <t>Castellano, Castellano, Castellano, Euskera, Catalán, Inglés, Inglés, Inglés, Francés</t>
   </si>
   <si>
     <t>Es un mustélido de gran tamaño, robusto, con cabeza pequeña, cuello ancho y corto, cuerpo alargado, cola y extremidades cortas y uñas largas y resistentes. La cabeza es de color blanco con dos bandas negras que cubren los ojos, el cuerpo es de color gris en la parte dorsal y más oscuro en la ventral. El dimorfismo sexual es reducido, especialmente en el sur de la Península. Las medidas de ejemplares adultos de Doñana son las siguientes, CC: 58,2-75,0 cm; C: 11,4-20,0 cm; P: 8,8-12,0 cm. El peso es variable y depende del sexo, la disponibilidad de alimento y la estación del año, en Doñana se alcanzan valores de 5,9-9,3 kg (machos) y 4,8-9,2 kg (hembras). En el norte peninsular los individuos son ligeramente más pesados y de mayor tamaño. No hay confusión posible con otras especies. Fórmula dentaria: 3.1.4.1/3.1.4.2. Número de cromosomas (2n) = 44.</t>
   </si>
   <si>
     <t>Micromys minutus (Pallas, 1771)</t>
   </si>
   <si>
-    <t>prueba_Ratón espiguero (Castellano), Utza-sagua (Euskera), Ratolí espiguer (Catalán), Eurasian Harvest Mouse (Inglés), Harvest Mouse (Inglés), Rat Des Moissons (Francés)</t>
+    <t>Ratón espiguero (Castellano), Utza-sagua (Euskera), Ratolí espiguer (Catalán), Eurasian Harvest Mouse (Inglés), Harvest Mouse (Inglés), Rat Des Moissons (Francés)</t>
   </si>
   <si>
     <t>Castellano, Euskera, Catalán, Inglés, Inglés, Francés</t>
   </si>
   <si>
     <t>Es el múrido más pequeño, con un rostro breve, hocico romo y orejas redondas, que destacan entre el pelaje. La cola es prensil, característica de un animal trepador. Color similar al de otros múridos silvestres: castaño rojizo en la parte dorsal (de tonalidad más grisácea en los individuos juveniles) y blanco en la parte ventral. Medidas corporales, CC: 48,0-75,0 mm; C: 39,0-65,0 mm; P: 12,0-15,0 mm; Ps: 6,0-15,0 g. Cráneo pequeño y corto, con serie molar superior que rara vez alcanza los 3,0 mm. Fórmula dentaria: 1.0.0.3/1.0.0.3. M1 con cinco raíces (tres en Mus y cuatro en Apodemus) y mandíbula con siete alvéolos (seis en Apodemus y cinco en Mus). Puede ser confundido con ejemplares jóvenes de Apodemus o de Mus (especialmente con el ratón moruno, Mus spretus, pero no presenta muesca en el I1). Número de cromosomas (2n) = 68.</t>
   </si>
   <si>
     <t>Microtus arvalis (Pallas, 1778)</t>
   </si>
   <si>
-    <t>prueba_Topillo (Castellano), Topillo campesino (Castellano), Landa-lursagua (Euskera), Talpó dels prats (Catalán), Trilladeira pataqueira (Gallego), Common Vole (Inglés), Campagnol Des Champs (Francés)</t>
+    <t>Topillo (Castellano), Topillo campesino (Castellano), Landa-lursagua (Euskera), Talpó dels prats (Catalán), Trilladeira pataqueira (Gallego), Common Vole (Inglés), Campagnol Des Champs (Francés)</t>
   </si>
   <si>
     <t>Castellano, Castellano, Euskera, Catalán, Gallego, Inglés, Francés</t>
   </si>
   <si>
     <t>Pequeño arvicolino de aspecto macizo y redondeado. Cola y orejas cortas. La subespecie M. a. asturianus, que habita en la mitad norte de la Península, es de mayor tamaño (CC: 67,0-144,0 mm; C: 18,0- 49,0 mm; P: 15,0-21,0 mm; O: 6,0-15,0 mm; Ps: 17,5-72,0 g) que M. a. arvalis que aparece en el Pirineo (CC: 96,0-122,0 mm; C: 28,0-42,0 mm; P: 15,0-18,0 mm; O: 11,0-14,0 mm; Ps: 18,0-41,0 g). El pelaje de los adultos es pardo-amarillento en el dorso y blanco grisáceo en el vientre. Los jóvenes presentan una coloración general grisácea. Sin dimorfismo sexual en cuanto a tamaño o coloración. Las hembras presentan cuatro pares de mamas: dos pectorales y dos inguinales. El cráneo es corto y ancho, los arcos zigomáticos sobresalen notablemente y las bulas timpánicas son pequeñas. La mandíbula es fuerte y presenta un engrosamiento en su parte posterior provocado por la raíz del incisivo. Los dientes son de crecimiento continuo y de raíz abierta. Fórmula dentaria: 1.0.0.3/1.0.0.3. Morfológicamente es muy semejante al topillo agreste, Microtus agrestis y externamente sólo es posible diferenciarlos observando el borde exterior de la oreja, que está cubierto por el pelo en el caso del topillo agreste y es claramente visible en el topillo campesino. La dentición ofrece otro rasgo diferenciador: el M2 del topillo agreste presenta un lóbulo en la parte posterior interna del diente que no se aprecia en el topillo campesino. Número de cromosomas (2n) = 46.</t>
   </si>
   <si>
     <t>Microtus duodecimcostatus (De Sélys-Longchamps, 1839)</t>
   </si>
   <si>
-    <t>prueba_Topillo mediterráneo (Castellano), Lursagu-mediterraneoa (Euskera), Talpó comú (Catalán), Mediterranean Pine Vole (Inglés), Campagnol Provençal (Francés)</t>
+    <t>Topillo mediterráneo (Castellano), Lursagu-mediterraneoa (Euskera), Talpó comú (Catalán), Mediterranean Pine Vole (Inglés), Campagnol Provençal (Francés)</t>
   </si>
   <si>
     <t>Castellano, Euskera, Catalán, Inglés, Francés</t>
   </si>
   <si>
     <t>Es un arvicolino de pequeño tamaño, aunque algo más robusto que el topillo lusitano, Microtus lusitanicus. Medidas corporales de ejemplares del sur de la Península Ibérica, CC: 80,0-110,0 mm; C: 23,0- 35,0 mm; P: 14,5-18,5 mm; O: 7,5-10,0 mm; Ps: 19,0-32,0 g. Los hábitos subterráneos se hacen patentes en la reducción de los ojos, las orejas y en la presencia de pelos cortos y flexibles. El pelaje es de un tono pardo amarillento, aunque las tonalidades claras y oscuras varían según el área de distribución. Es característica la aparición en los flancos de una banda ocre muy marcada que hace muy evidente la separación entre el dorso y el vientre. La cola es de color gris homogéneo, a diferencia de la de M. lusitanicus en el que siempre es bicolor. Presenta además incisivos superiores más prominentes y un mayor desarrollo del premaxilar, y por lo tanto también del diastema. Los arcos zigomáticos son muy fuertes y prominentes. Molares hipsodontos, de crecimiento continuo y raíz abierta. Fórmula dentaria: 1.0.0.3/1.0.0.3. Presenta dos pares de mamas inguinales. Número de cromosomas (2n) = 62.</t>
   </si>
   <si>
     <t>Microtus lusitanicus (Gerbe, 1879)</t>
   </si>
   <si>
-    <t>prueba_Topillo lusitano (Castellano), Lursagu lusitaniarra (Euskera), Talpó lusitá (Catalán), Corta dos prados (Gallego), Lusitanian Pine Vole (Inglés), Campagnol Basque (Francés)</t>
+    <t>Topillo lusitano (Castellano), Lursagu lusitaniarra (Euskera), Talpó lusitá (Catalán), Corta dos prados (Gallego), Lusitanian Pine Vole (Inglés), Campagnol Basque (Francés)</t>
   </si>
   <si>
     <t>Es un arvicolino de pequeño tamaño, de orejas y cola cortas. Medidas corporales, CC: 77,5-105,0 mm; C: 17,0-30,0 mm; O: 6,5-10,0 mm; P: 13-16 mm; Ps: 14,0-19,0 g. La forma del cuerpo refleja su vida de tipo subterráneo: cabeza grande, hocico romo, ojos pequeños y cuerpo cilíndrico. Boca pequeña con incisivos superiores que se proyectan muy ligeramente. La coloración general del dorso varía del gris oscuro al sepia, a veces con reflejos ocres en los flancos. Vientre completamente gris. Cola bicolor, con dorso más oscuro. No se ha descrito dimorfismo en la coloración pero los juveniles son de un gris más oscuro que los adultos. Presenta dos pares de mamas en posición inguinal. El perfil dorsal del cráneo es moderadamente convexo. La caja craneana es alta y redondeada. Los cóndilos son visibles en vista dorsal porque la zona posterior de la caja craneana es menos angulosa que en el topillo mediterráneo Microtus duodecimcostatus. La región interorbital es ancha y aplastada. En los individuos más adultos los bordes posteriores se extienden escasamente hacia atrás por la región parietal. Las bulas auditivas son pequeñas y redondeadas. Fórmula dentaria: 1.0.0.3/1.0.0.3. Dientes molariformes con raíces abiertas toda la vida y que decrecen en tamaño hacia la zona posterior. Segundo triángulo externo del tercer molar superior muy reducido y sin alcanzar la altura del primero y tercero. Número de cromosomas (2n) = 62.</t>
   </si>
   <si>
     <t>Pitymys lusitanicus (Gerbe, 1879)</t>
   </si>
   <si>
     <t>Microtus pyrenaicus (de Sélys-Longchamps, 1847)</t>
   </si>
   <si>
-    <t>prueba_Topillo pirenaico (Castellano), Satain piriniarra (Euskera), Talpó pirinenc (Catalán), Gerbe's Vole (Inglés), Pyrenean Pine Vole (Inglés), Campagnol Des Pyrénées (Francés)</t>
+    <t>Topillo pirenaico (Castellano), Satain piriniarra (Euskera), Talpó pirinenc (Catalán), Gerbe's Vole (Inglés), Pyrenean Pine Vole (Inglés), Campagnol Des Pyrénées (Francés)</t>
   </si>
   <si>
     <t>Es un arvicolino de pequeño tamaño, con el cuerpo alargado y las extremidades y cola proporcionalmente cortas. El hocico es corto y romo y los ojos relativamente pequeños en comparación con los restantes Microtus que no pertenecen al subgénero Pitymys. Las orejas son también pequeñas y están inmersas en el pelaje, más que en el M. duodecimcostatus. Todas estas características denotan su adaptación a la vida subterránea y naturaleza cavadora. Medidas corporales, CC: 94,0-104,5 mm; C: 27,5-34,0 mm; P: 15,0-16,0 mm; O: 7,5-8,5 mm; Ps: 18,0-24,0 g. La coloración del pelaje es parda, más rojiza en el dorso y grisácea en el vientre. La cola es bicolor, con la parte dorsal oscura y la ventral clara. Presentan dos pares de mamas inguinales. El cráneo es pequeño y de aspecto frágil, sin caracteres diferenciales de valor sistemático. Las piezas dentales son hipsodontas, de crecimiento continuo y raíz abierta. En la mandíbula inferior, los incisivos son largos pero no provocan ningún ensanchamiento notable en la parte posterior de la mandíbula. En el M1, por delante del bucle posterior, se encuentran tres triángulos cerrados y los dos siguientes (también anteriores al bucle) están ampliamente en contacto conformando lo que se denomina “triángulo pitimiano”, característico de los topillos del subgénero Pitymys. M. gerbei y M. duodecimcostatus, en el Pirineo occidental, se pueden diferenciar mediante un análisis discriminante basado en medidas mandibulares. Fórmula dentaria: 1.0.0.3/1.0.0.3. Número de cromosomas (2n) = 54.</t>
   </si>
   <si>
     <t>Microtus gerbei (Gerbe, 1879)</t>
   </si>
   <si>
     <t>Mus musculus Linnaeus, 1758</t>
   </si>
   <si>
-    <t>prueba_Ratón casero (Castellano), Ratón (Castellano), Ratón común (Castellano), Etxe-sagua (Euskera), Ratolí domèstic (Catalán), Rato caseiro (Gallego), House Mouse (Inglés), Souris domestique (Francés)</t>
+    <t>Ratón casero (Castellano), Ratón (Castellano), Ratón común (Castellano), Etxe-sagua (Euskera), Ratolí domèstic (Catalán), Rato caseiro (Gallego), House Mouse (Inglés), Souris domestique (Francés)</t>
   </si>
   <si>
     <t>Castellano, Castellano, Castellano, Euskera, Catalán, Gallego, Inglés, Francés</t>
   </si>
   <si>
     <t>Es un múrido de tamaño relativamente pequeño y aspecto grácil. Medidas corporales, CC: 73,0-101,5 mm; C: 68,0-98,5 mm; P: 15,5-17,5 mm; O: 11,5-15,0 mm; Ps: 12,5-29,0 g. La longitud de la cola es similar a la de la cabeza y cuerpo (carácter diferencial respecto al ratón moruno Mus spretus, en el que la cola nunca supera dicha longitud) y recubierta de escamas entre las que se disponen de forma dispersa pelos cortos y finos. El hocico es ligeramente alargado y puntiagudo, los ojos negros y pequeños y las orejas redondeadas. El color del pelaje es variable. Los juveniles presentan una coloración uniforme gris oscura que desaparece tras el primer cambio de pelaje. En subadultos y adultos existe una amplia gama entre dos tipos de coloraciones extremas, la clara y la oscura. Las formas claras presentan el dorso y la cola pardo-grisácea y la región ventral y las extremidades de crema a blanco, ligeramente lavado de gris, con una línea clara de demarcación entre ambas regiones. Los animales de coloración oscura tienen el dorso, cola y patas de color gris parduzco oscuro, y el vientre ligeramente más claro, sin línea neta de demarcación. En los animales comensales predomina la coloración oscura y en las formas asilvestradas la coloración clara, aunque en una misma población pueden aparecer todas las variaciones posibles. Las hembras presentan cinco pares de mamas, tres pectorales y dos inguinales. El cráneo es pequeño, anguloso y de perfil ligeramente convexo. La placa zigomática, de perfil anterior rectilíneo, presenta un foramen que está ausente en M. spretus. La rama dorsal del arco zigomático es estrecha. La mandíbula se distingue de la del ratón de campo Apodemus sylvaticus, por presentar la escotadura entre las apófisis angular y articular en forma de media luna. Fórmula dentaria: 1.0.0.3/1.0.0.3. Los molares son bunodontos, de crecimiento limitado y con raíces cerradas. Los incisivos superiores presentan la cara externa redondeada con una ligera pigmentación anaranjada. La parte anterior del M1 es trilobulada, a diferencia de M. spretus, que tiene cuatro tubérculos. Número estándar de cromosomas (2n) = 40, con 19 pares de cromosomas autosómicos ( todos ellos acrocéntricos) y la pareja de cromosomas sexuales.</t>
   </si>
   <si>
     <t>Mus spretus Lataste, 1883</t>
   </si>
   <si>
-    <t>prueba_Ratón moruno (Castellano), Landa-sagua (Euskera), Ratolí mediterrani (Catalán), Rato mouro (Gallego), Algerian Mouse (Inglés), Western Mediterranean Mouse (Inglés), Souris D'Afrique Du Nord (Francés)</t>
+    <t>Ratón moruno (Castellano), Landa-sagua (Euskera), Ratolí mediterrani (Catalán), Rato mouro (Gallego), Algerian Mouse (Inglés), Western Mediterranean Mouse (Inglés), Souris D'Afrique Du Nord (Francés)</t>
   </si>
   <si>
     <t>Es un múrido de pequeño tamaño, con hocico redondeado y ojos y orejas pequeños. Medidas corporales de ejemplares adultos del sur de la Península, CC: 75,0-93,5 mm; C: 60,0-76,5 mm; P: 16,0- 18,0 mm; O: 11,0-14,0 mm; Ps: 12,0-21,0 g. Los adultos presentan una coloración dorsal gris castaño, con una franja cefalocaudal más oscura. Vientre blanco grisáceo, con una nítida línea de separación lateral entre ambas regiones corporales. Pelaje juvenil algo más oscuro que el de adulto. Se diferencia fácilmente del ratón casero Mus musculus, por su coloración y por la longitud relativa de la cola, que es siempre bastante menor que la del cuerpo. Su coloración es bastante parecida a la de los juveniles del ratón de campo Apodemus sylvaticus, pero se diferencia de ellos por presentar unos ojos y orejas mucho menores y una longitud del pie posterior siempre inferior a 18 mm. Las hembras presentan cinco pares de mamas: tres pectorales y dos inguinales. Cráneo más corto y redondeado que el de M. musculus, del que se diferencia fácilmente por la mayor anchura de la rama dorsal del arco zigomático y un perfil más redondeado de la placa zigomática. Fórmula dentaria: 1.0.0.3/ 1.0.0.3. Dientes muy parecidos a los de M. musculus, pero con cuatro lóbulos bien diferenciados en la región anterior del M1. Número de cromosomas (2n) = 40.</t>
   </si>
   <si>
     <t>Mustela erminea Linnaeus, 1758</t>
   </si>
   <si>
-    <t>prueba_Armiño (Castellano), Erbinude zuria (Euskera), Ermini (Catalán), Erminio (Gallego), Ermine (Inglés), Short-tailed Weasel (Inglés), Stoat (Inglés), Hermine (Francés)</t>
+    <t>Armiño (Castellano), Erbinude zuria (Euskera), Ermini (Catalán), Erminio (Gallego), Ermine (Inglés), Short-tailed Weasel (Inglés), Stoat (Inglés), Hermine (Francés)</t>
   </si>
   <si>
     <t>España DD (Datos insuficientes),  Mundial LC (Preocupación menor)</t>
   </si>
   <si>
     <t>Es un pequeño mustélido, algunas formas son las más pequeñas de los carnívoros. Cuerpo alargado con extremidades cortas, cuello largo y cabeza aplanada, orejas cortas y redondeadas. La cola representa el 37% de la longitud corporal, su último tercio termina en pincel y es de color negro. El colorido del pelaje es pardo rojizo en el dorso y laterales, y blanco en el vientre. Presenta librea invernal completamente blanca, excepto el extremo de la cola. Cuando está con librea estival podría confundirse con la comadreja (Mustela nivalis) en zonas de simpatría. Posee un gran dimorfismo sexual reflejado en la talla, siendo las hembras hasta un 40% más pequeñas que los machos. Medidas externas para la subespecie centroeuropea, M. erminea aestiva, CC: 244-278 mm (machos), 221-250 mm (hembras); C: 92-124 mm (machos), 70-100 mm (hembras); O: 41-52 mm (machos), 37-49 mm (hembras); P: 18-27 mm (machos), 17-25 mm (hembras); Ps: 180-330 g (machos), 110-205 g (hembras). Fórmula dentaria 3.1.3.1/3.1.3.2. Presentan cinco o seis pares de mamas. Número de cromosomas (2n) = 44.</t>
   </si>
   <si>
     <t>Mustela nivalis Linnaeus, 1766</t>
   </si>
   <si>
-    <t>prueba_Comadreja (Castellano), Donodilla (Castellano), Erbinudea (Euskera), Mustela (Catalán), Denociña (Gallego), Weasel (Inglés), Least Weasel (Inglés), Belette d'Europe (Francés)</t>
+    <t>Comadreja (Castellano), Donodilla (Castellano), Erbinudea (Euskera), Mustela (Catalán), Denociña (Gallego), Weasel (Inglés), Least Weasel (Inglés), Belette d'Europe (Francés)</t>
   </si>
   <si>
     <t>Es el mustélido más pequeño, de cuerpo y cabeza alargados y extremidades cortas. Cola corta, aproximadamente el 30% del cuerpo. Pelaje de color pardo canela a pardo chocolate en la parte dorsal, y blanco en la ventral, con el límite entre coloraciones recto o sinuoso según las formas descritas. Los pies, con 5 dedos, pueden ser blancos o con la coloración dorsal. En la cara presentan con frecuencia pecas rictales. Acusado dimorfismo sexual en la longitud corporal (los machos son un 10-20% más largos que las hembras). La longitud también varía a lo largo de su distribución. Medidas corporales de ejemplares adultos de la Península Ibérica, CC:175-250 mm (machos), 165-190 mm (hembras); C: 50-85 mm (machos), 40-55 mm (hembras); P: 27-37 mm (machos), 23-27 mm (hembras); Ps: 90-223 g (machos), 49-80 g (hembras). Fórmula dentaria 3.1.3.1/3.1.3.2. Número de cromosomas (2n) = 42. Las hembras presentan cuatro pares de mamas. Podría confundirse con el armiño en librea estival, aunque no posee el tercio apical negro en la cola, ni presenta en estas latitudes librea blanca invernal.</t>
   </si>
   <si>
     <t>Myocastor coypus (Molina, 1782)</t>
   </si>
   <si>
-    <t>prueba_Coipo (Castellano), Falsa nutria (Castellano), Coipú (Castellano), Nutria (Castellano), Quiyá (Castellano), Nutria roedora (Castellano), Koipua (Euskera), Coypu (Inglés)</t>
+    <t>Coipo (Castellano), Falsa nutria (Castellano), Coipú (Castellano), Nutria (Castellano), Quiyá (Castellano), Nutria roedora (Castellano), Koipua (Euskera), Coypu (Inglés)</t>
   </si>
   <si>
     <t>Castellano, Castellano, Castellano, Castellano, Castellano, Castellano, Euskera, Inglés</t>
   </si>
   <si>
     <t>El coipú es un roedor similar a una rata grande de pequeñas orejas, con el extremo del hocico y las mejillas de color blanco, con largas vibrisas (“bigotes”) blancas, y unos característicos incisivos de color anaranjado de gran tamaño, siempre visibles. El cuerpo es robusto y arqueado, con el pelaje de color pardo y una larga cola cilíndrica y sin pelo. Los machos pueden superar los 60 cm de longitud y llegar a los 6 kilos y medio de peso. Las extremidades posteriores tienen 5 dedos unidos por una membrana, salvo el meñique, mientras que las anteriores, que son más pequeñas, tienen 4 dedos largos, no unidos y un pulgar vestigial; las uñas son cortas, fuertes y afiladas.</t>
   </si>
   <si>
     <t>Catálogo español de especies exóticas invasoras (RD 630/2013), Lista de especies exóticas invasoras preocupantes para la Unión de conformidad con el Reglamento (UE) nº1143/2014 del Parlamento Europeo y del Consejo</t>
   </si>
   <si>
     <t>Incluido</t>
   </si>
   <si>
     <t>Myotis punicus Felten, 1977</t>
   </si>
   <si>
-    <t>prueba_Murciélago ratonero moruno (Castellano), Maghreb Mouse-eared Bat (Inglés), Maghrebian Myotis (Inglés), Murin du Maghreb (Francés)</t>
+    <t>Murciélago ratonero moruno (Castellano), Maghreb Mouse-eared Bat (Inglés), Maghrebian Myotis (Inglés), Murin du Maghreb (Francés)</t>
   </si>
   <si>
     <t>Castellano, Inglés, Inglés, Francés</t>
   </si>
   <si>
     <t>España NE (No evaluado),  Mundial DD (Datos insuficientes)</t>
   </si>
   <si>
     <t>Talla grande. Dorso pardo claro con el pelo negruzco en la base y pardo en la punta. Vientre blanco sucio con la punta de los pelos blanquecina. Carece de mancha blanca en la frente. Los jóvenes de color grisáceo. Orejas elípticas, largas (superan el hocico al proyectarse hacia delante), trago lineal con extremo apuntado. Zonas desnudas de la cara de color carne. Membranas sepia con la inserción de las alas en la base del dedo más externo del pie. Espolones sin lóbulo poscalcáneo. ANT: 55,0-63,0 mm; Ps: 20,0-29,5 g. Fórmula dentaria 2.1.3.3/3.1.3.3. Número de cromosomas (2n) = 44. Los nóctulos y el murciélago de huerta tienen las orejas más cortas, trago más ancho y zonas de piel desnuda negruzcas. Los otros murciélagos ratoneros no comparten área de distribución.</t>
   </si>
   <si>
     <t>Neogale vison (Schreber, 1777)</t>
   </si>
   <si>
-    <t>prueba_Visón americano (Castellano), Bisoi amerikarra (Euskera), Visó americà (Catalán), American mink (Inglés)</t>
+    <t>Visón americano (Castellano), Bisoi amerikarra (Euskera), Visó americà (Catalán), American mink (Inglés)</t>
   </si>
   <si>
     <t>Castellano, Euskera, Catalán, Inglés</t>
   </si>
   <si>
     <t>Es un mustélido de tamaño medio, de piel lustrosa marrón oscura, casi negra. Su cuerpo es alargado y delgado, con miembros proporcionalmente robustos y cortos. La cola es larga y tupida. La cabeza es relativamente pequeña, con orejas pequeñas y redondeadas. Normalmente tienen cierto número de manchas blancas en la zona ventral, particularmente en la barbilla y labio inferior, y a veces en abdomen e ingles. Presenta cierto dimorfismo sexual. Medidas corporales, CC: 330-450 mm (machos), 300- 370 mm (hembras); C: 150-220 mm (machos), 130-190 mm (hembras); P: 50-70 mm; Ps: 800-1.800 g (machos), 500-900 g (hembras). Existen también algunas diferencias sexuales en el cráneo, con una cresta sagital más marcada en el caso de los machos. Las hembras presentan de cinco a ocho mamas. Puede ser confundido con el visón europeo (Mustela lutreola) aunque éste es algo menor y presenta en el labio superior una gran mancha blanca de la que generalmente carece el visón americano. También puede confundirse fácilmente con el turón (Mustela putorius), si bien éste posee un antifaz blanquecino en la cara y una línea blanca en las orejas. También puede confundirse con la garduña (Martes foina) y la marta (Martes martes), aunque ambas son algo más grandes y presentan un babero, blanco y amarillo respectivamente, muy característico. Fórmula dentaria: 3.1.3.1/ 3.1.3.2. Número de cromosomas (2n) = 30. Introducido en la Península Ibérica a finales de los 50 del siglo pasado, a partir de los escapes de las primeras granjas peleteras instaladas en Segovia y Pontevedra. A finales de la década de los 80 existían tres poblaciones: Galicia, Cataluña, y Sistema Central. Actualmente en España se pueden distinguir cinco núcleos distintos de visón americano, todos ellos en pleno proceso de expansión: Galicia, País Vasco, Meseta Norte, Cataluña y Teruel-Comunidad Valenciana (Lecis et al., 2008; Melero y Palazón 2011).</t>
   </si>
   <si>
     <t>Mustela (Neovison) vison Schreber, 1777, Neovison vison (Schreber, 1777)</t>
   </si>
   <si>
     <t>Neomys anomalus Cabrera, 1907</t>
   </si>
   <si>
-    <t>prueba_Musgaño de Cabrera (Castellano), Cabrera ur-satitsua (Euskera), Musaranya mediterrània d’aigua (Catalán), Murgaño de Cabrera (Gallego), Miller's Water Shrew (Inglés), Southern Water Shrew (Inglés), Mediterranean Water Shrew (Inglés), Crossope De Miller (Francés)</t>
+    <t>Musgaño de Cabrera (Castellano), Cabrera ur-satitsua (Euskera), Musaranya mediterrània d’aigua (Catalán), Murgaño de Cabrera (Gallego), Miller's Water Shrew (Inglés), Southern Water Shrew (Inglés), Mediterranean Water Shrew (Inglés), Crossope De Miller (Francés)</t>
   </si>
   <si>
     <t>Es un sorícido de tamaño medio. Medidas corporales, CC: 72,0-90,0 mm; C: 52,0-72,0 mm; P: 14,5- 18,0 mm; Ps: 9,0-16,0 g. Externamente es similar al musgaño patiblanco (Neomys fodiens) si bien su tamaño es algo menor y sus adaptaciones al medio acuático menos acentuadas; concretamente, el pie posterior es más pequeño, la quilla de pelos de la cola ocupa como máximo su mitad distal y la densidad de pelos es menor en los márgenes de manos, pies y dedos. Al igual que N. fodiens presenta glándulas que secretan una saliva ligeramente narcotizante. Las hembras presentan de cuatro a seis pares de mamas. El pelaje es prácticamente de color negro en el dorso y gris con reflejos plateados, pardos, rojizos o amarillentos en la región ventral. Pueden existir manchas blancas detrás de los ojos, dibujos negros de diseño e intensidad variables o incluso ejemplares muy melanizados. La cola es bicolor, sepia o negruzca por encima y blanca por debajo. El dorso de los juveniles es más claro que el de los adultos. El cráneo es semejante al de N. fodiens aunque de menor tamaño, más frágil y de perfil más bajo. Para diferenciar biométricamente a N. anomalus de N. fodiens existen diversas fórmulas discriminantes establecidas a partir de parámetros mandibulares. En los ejemplares ibéricos la altura de la apófisis coronoides es generalmente inferior a 4,8 mm (compárese con N. fodiens). Fórmula dentaria: 3.1.2.3/1.1.1.3, con cuatro unicúspides superiores. Cúspides dentarias pigmentadas de rojo. Sus dientes son menos robustos que los de N. fodiens. Número de cromosomas (2n) = 52.</t>
   </si>
   <si>
     <t>Neomys fodiens (Pennant, 1771)</t>
   </si>
   <si>
-    <t>prueba_Musgaño patiblanco (Castellano), Ur-satitsu hankazuria (Euskera), Musaranya pirinenca d’aigua (Catalán), Murgaño patibranco (Gallego), Northern Water Shrew (Inglés), Eurasian Water Shrew (Inglés), Water Shrew (Inglés), Crossope Aquatique (Francés)</t>
+    <t>Musgaño patiblanco (Castellano), Ur-satitsu hankazuria (Euskera), Musaranya pirinenca d’aigua (Catalán), Murgaño patibranco (Gallego), Northern Water Shrew (Inglés), Eurasian Water Shrew (Inglés), Water Shrew (Inglés), Crossope Aquatique (Francés)</t>
   </si>
   <si>
     <t>Es el sorícido ibérico de mayor tamaño. Medidas corporales, CC: 68,0-97,0 mm; C: 53,0-69,0 mm; P: 16,5-19,5 mm; Ps: 10,0-23,0 g. Al ser un animal semiacuático presenta toda una serie de adaptaciones morfológicas a la natación como por ejemplo: tercio posterior del cuerpo ancho, pies relativamente grandes, ribete de pelos rígidos en manos, pies y dedos y cola provista de una hilera medioventral de pelos largos, blancos y rígidos que discurre por toda su longitud (compárese con el musgaño de Cabrera, Neomys anomalus). Presenta glándulas salivales que secretan una sustancia ligeramente narcotizante. El pelaje del dorso es oscuro, casi negro, y la región ventral gris plateada con reflejos pardos, rojizos o negros. La cola es negruzca por encima y blanca por debajo o bien totalmente negra. En algunos animales pueden aparecer manchas blancas sobre el hocico, detrás de los ojos, detrás de los pabellones auditivos o en la base de la cola. El pelaje dorsal de los juveniles es más claro y más pardusco que el de los adultos. Las hembras presentan de cinco a siete pares de mamas. El perfil dorsal del cráneo aumenta de manera acentuada desde el rostro hasta el neurocráneo, existiendo una conspicua elevación rostral a nivel del I1. El contorno posterior del rostro es trapezoidal y la caja craneana es alta, redondeada posteriormente y subcircular. La apófisis condilar de la mandíbula es robusta y con las facetas articulares manifiestamente separadas. Para diferenciar biométricamente a N. fodiens de N. anomalus se han propuesto varias fórmulas discriminantes basadas en variables mandibulares. En los ejemplares ibéricos la altura de la apófisis coronoides es generalmente superior a 4,7 mm (compárese con N. anomalus). Fórmula dentaria: 3.1.2.3/1.1.1.3, con cuatro unicúspides superiores. Cúspides dentarias pigmentadas de rojo. Comparativamente con N. anomalus los dientes son más robustos y los unicúspides superiores más anchos. Número de cromosomas (2n) = 52.</t>
   </si>
   <si>
     <t>Ondatra zibethicus (Linnaeus, 1766)</t>
   </si>
   <si>
-    <t>prueba_Rata azmilclera (Castellano), Rata almizclera (Castellano), Rata almizclada (Castellano), Musketadun arratoia (Euskera), Rata mesquera (Catalán), Muskrat (Inglés)</t>
+    <t>Rata azmilclera (Castellano), Rata almizclera (Castellano), Rata almizclada (Castellano), Musketadun arratoia (Euskera), Rata mesquera (Catalán), Muskrat (Inglés)</t>
   </si>
   <si>
     <t>Castellano, Castellano, Castellano, Euskera, Catalán, Inglés</t>
   </si>
   <si>
     <t>Es un roedor de cuerpo robusto, de hasta 2 kg de peso, que puede llegar a medir hasta 70 cm de largo, siendo la mitad de esta longitud la cola. La cabeza es grande y ancha, con orejas cortas y redondeadas, casi invisibles debajo del pelaje y ojos pequeños. La cola, de color negro, carece de pelos y está cubierta de escamas; la forma es muy característica, pues está ligeramente aplanada lateralmente lo que les ayuda al nadar siendo su principal “motor” de propulsión. El pelaje es corto, espeso, de color marrón oscuro o negro, con el vientre un poco más claro; a medida que envejece, el pelo se vuelve más grisáceo. Las patas son cortas y las traseras están palmeadas.</t>
   </si>
   <si>
     <t>Ovis aries Linnaeus, 1758</t>
   </si>
   <si>
-    <t>prueba_Muflón (Castellano), Oveja (Castellano), Mufloia (Euskera), Mufló (Catalán), Mouflon (Inglés), Sheep (feral) (Inglés)</t>
+    <t>Muflón (Castellano), Oveja (Castellano), Mufloia (Euskera), Mufló (Catalán), Mouflon (Inglés), Sheep (feral) (Inglés)</t>
   </si>
   <si>
     <t>Castellano, Castellano, Euskera, Catalán, Inglés, Inglés</t>
   </si>
   <si>
     <t>España NE (No evaluado),  Mundial NT (Casi amenazado)</t>
   </si>
   <si>
     <t>Mamífero herbívoro relativamente pequeño; su alzada a la cruz es de unos 75 cm, con una longitud total de cabeza y tronco entre los 120 y 140 cm, y un peso de 40 kg. El cuerpo es robusto, con largas y delgadas patas acabadas en unas pequeñas pezuñas. El pelaje es pardo-rojizo o chocolate, dependiendo de la estación, con el hocico, vientre y parte inferior de las patas de color blanco; la parte superior de las patas presenta pelos negros. Los machos son más robustos, con el pelo largo en el cuello, pecho y parte anterior de las patas, y lucen una característica mancha blanquecina en invierno (la “silla de montar”) en el lateral del cuerpo; las hembras son más claras y no suelen tener la citada mancha. La cola es corta y negra, con el escudo anal blanco y bien marcado. Tanto los machos como las hembras presentan cuernos sin ramificar, mucho más desarrollados en los machos, curvados hacia atrás en forma de espiral; los cuernos de las hembras son más pequeños, ligeramente curvados hacia atrás, y a veces carecen de ellos.</t>
   </si>
   <si>
     <t>Ovis gmelini Blyth, 1841, Ovis musimon Pallas, 1762</t>
   </si>
   <si>
     <t>Rattus norvegicus (Berkenhout, 1769)</t>
   </si>
   <si>
-    <t>prueba_Rata parda (Castellano), Rata marrón (Castellano), Rata gris (Castellano), Rata de alcantarilla (Castellano), Arratoi arrunta (Euskera), Marroi arratoi (Euskera), Rata comuna (Catalán), Rata traginera (Catalán), Rata común (Gallego), Brown rat (Inglés)</t>
+    <t>Rata parda (Castellano), Rata marrón (Castellano), Rata gris (Castellano), Rata de alcantarilla (Castellano), Arratoi arrunta (Euskera), Marroi arratoi (Euskera), Rata comuna (Catalán), Rata traginera (Catalán), Rata común (Gallego), Brown rat (Inglés)</t>
   </si>
   <si>
     <t>Castellano, Castellano, Castellano, Castellano, Euskera, Euskera, Catalán, Catalán, Gallego, Inglés</t>
   </si>
   <si>
     <t>Mayor que la rata negra (Rattus rattus), presenta un hocico redondeado, ojos relativamente más pequeños y orejas de menor tamaño que al ser estiradas nunca alcanzan el borde del ojo. Los ejemplares de medios urbanos alcanzan dimensiones mayores y las hembras son ligeramente más pequeñas que los machos. Los juveniles presentan una coloración homogénea gris oscura, mientras que los adultos son algo más claros, con una coloración dorsal gris pardusca y el vientre de amarillento a gris sucio. Se diferencia fácilmente de R. rattus por la longitud relativa de la cola, que es menor que la del cuerpo, así como por las dimensiones de las orejas. Las hembras poseen seis pares de mamas: tres pectorales y tres inguinales. El cráneo es fuerte y la caja craneana más estrecha que en R. rattus, con crestas temporales y occipitales poco marcadas y que discurren casi paralelas, lo que confiere al cráneo un aspecto casi rectangular. La mandíbula presenta una hendidura posterior de perfil ovalado. Fórmula dentaria: 1.0.0.3/1.0.0.3. Número de cromosomas (2n) = 42 (Rojas &amp; Palomo, 2007).</t>
   </si>
   <si>
     <t>Rattus rattus (Linnaeus, 1758)</t>
   </si>
   <si>
-    <t>prueba_Rata negra (Castellano), Arratoi beltza (Euskera), Rata traginera (Catalán), Rata cincenta (Gallego), Ship rat (Inglés), House Rat (Inglés), Roof Rat (Inglés), Black Rat (Inglés), Rat Noir (Francés)</t>
+    <t>Rata negra (Castellano), Arratoi beltza (Euskera), Rata traginera (Catalán), Rata cincenta (Gallego), Ship rat (Inglés), House Rat (Inglés), Roof Rat (Inglés), Black Rat (Inglés), Rat Noir (Francés)</t>
   </si>
   <si>
     <t>Rata de tamaño medio, con el cuerpo alargado, hocico puntiagudo y relativamente largas orejas que alcanzan el borde del ojo al estirarlas hacia delante. La cola es casi siempre más larga que el cuerpo. Los adultos suelen tener el pelaje de color gris casi negro o pardo rojizo oscuro, con el vientre más claro, variando del gris al blanco amarillento. Las hembras poseen 5-6 pares de mamas.</t>
   </si>
   <si>
     <t>Sciurus vulgaris Linnaeus, 1758</t>
   </si>
   <si>
-    <t>prueba_Ardilla roja (Castellano), Ardilla común (Castellano), Katagorri arrunta (Euskera), Esquirol (Catalán), Esquío (Gallego), Eurasian Red Squirrel (Inglés), Red Squirrel (Inglés), Ecureuil Roux (Francés)</t>
+    <t>Ardilla roja (Castellano), Ardilla común (Castellano), Katagorri arrunta (Euskera), Esquirol (Catalán), Esquío (Gallego), Eurasian Red Squirrel (Inglés), Red Squirrel (Inglés), Ecureuil Roux (Francés)</t>
   </si>
   <si>
     <t>Presenta un aspecto inconfundible, con hocico corto, cuerpo esbelto y larga cola peluda. Tonos rojizos, pardos o negros en el dorso y blanco puro en abdomen, pecho y arranque ventral de las extremidades. Pinceles auriculares sólo desarrollados en invierno. Sin dimorfismo sexual. Los juveniles se reconocen por su menor tamaño y cola poco poblada. Pelaje invernal más denso y oscuro que el estival. Alta variabilidad individual en la extensión de las zonas blancas y en las tonalidades superiores. Medidas corporales de ejemplares de Cataluña, CC: 195,0-247,0 mm; C:140,0-195,0 mm; P: 50,0-68,0 mm; Ps: 203,0-385,0 g. Las ardillas españolas más corpulentas, de dorso vinoso, son las de Sierra Espuña, en Murcia. Fórmula dentaria: 1.0.2.3/1.0.1.3. Las hembras presentan cuatro pares de mamas: uno pectoral, dos abdominales y otro inguinal. Número de cromosomas (2n) = 40.</t>
   </si>
   <si>
     <t>Sorex araneus Linnaeus, 1758</t>
   </si>
   <si>
-    <t>prueba_Musaraña bicolor (Castellano), Musaraña Colicuadrada (Castellano), Satitsu buztankarratua (Euskera), Musaranya cua-quadrada (Catalán), Furelo grande (Gallego), Eurasian Shrew (Inglés), Common Shrew (Inglés), Musaraigne Carrelet (Francés)</t>
+    <t>Musaraña bicolor (Castellano), Musaraña Colicuadrada (Castellano), Satitsu buztankarratua (Euskera), Musaranya cua-quadrada (Catalán), Furelo grande (Gallego), Eurasian Shrew (Inglés), Common Shrew (Inglés), Musaraigne Carrelet (Francés)</t>
   </si>
   <si>
     <t>Es un soricino de mediano tamaño, con la longitud de la cola generalmente superior a la de la mitad de la cabeza y cuerpo, CC: 65,0-85,0 mm; C: 40,0-55,0 mm; P: 12,0-14,0 mm; Ps: 6,0-15,0 g. Presenta un hocico largo, acabado en una pequeña trompa provista de vibrisas. Los ojos son pequeños y poco visibles, y las orejas están prácticamente cubiertas por el pelaje. Éste es denso, especialmente en invierno, y bicolor. En general, existe una transición gradual entre las coloraciones dorsal y ventral. Los juveniles y los adultos de verano muestran una tonalidad pardusca, más o menos oscura. En invierno, el pelaje es más largo y oscuro, predominando los tonos grisáceos. Presenta tres pares de mamas inguinales. El cráneo es alargado, con la región craneana bien diferenciada de la región interorbital y de perfil subcircular. La mandíbula es frágil, con la apófisis coronoides recta o ligeramente dirigida hacia atrás y la apófisis articular medianamente desarrollada. La fosa temporal presenta el contorno bastante triangular, con el margen inferior recto. El foramen mandibular, a menudo doble, se sitúa en una depresión poco marcada y se extiende hasta la mitad del borde inferior de la fosa temporal. Fórmula dentaria: 3.1.3.3/1.1.1.3, con cinco unicúspides superiores. Cúspides dentarias pigmentadas de rojo. El incisivo inferior se prolonga siguiendo el eje de la rama horizontal de la mandíbula y el tercer molar inferior no muestra reducción apreciable del talónido. Ciertos caracteres somáticos y craneales, especialmente el peso y la altura de la caja craneana, experimentan una notable reducción invernal (fenómeno Dehnel); dicho fenómeno se interpreta como una adaptación a condiciones ambientales adversas y a la escasa disponibilidad de alimento. Número de cromosomas (2n) = 18-30. La variación en la dotación cromosómica se debe a Fusiones Robertsonianas. Los machos presentan trivalente sexual XY1Y2. Morfológica y morfométricamente la especie apenas difiere de la musaraña tricolor, Sorex coronatus.</t>
   </si>
   <si>
     <t>Sorex coronatus Millet, 1828</t>
   </si>
   <si>
-    <t>prueba_Musaraña tricolor (Castellano), Musaraña De Millet (Castellano), Millet satitsua (Euskera), Musaranya de Millet (Catalán), Furafollas grande (Gallego), Millet's Shrew (Inglés), Crowned Shrew (Inglés), Musaraigne Couronné (Francés)</t>
+    <t>Musaraña tricolor (Castellano), Musaraña De Millet (Castellano), Millet satitsua (Euskera), Musaranya de Millet (Catalán), Furafollas grande (Gallego), Millet's Shrew (Inglés), Crowned Shrew (Inglés), Musaraigne Couronné (Francés)</t>
   </si>
   <si>
     <t>La musaraña tricolor presenta una morfología corporal similar a la de la musaraña bicolor, pero de dimensiones ligeramente menores, CC: 62,0-76,0 mm; C: 40,0-50,0 mm; P: 11,8-13,7 mm; Ps: 6,5- 13,5 g. Aunque el pelaje muestra una notable variación geográfica, generalmente es tricolor, con el dorso pardo oscuro, los flancos netamente más claros y el vientre pardo grisáceo. En los juveniles y adultos de verano, el dorso y los flancos son más claros y en el vientre predominan tonos parduscos. Las hembras presentan tres pares de mamas inguinales. El cráneo es también parecido al de S. araneus, pero con la mandíbula más robusta, la apófisis coronoides generalmente inclinada hacia delante y la apófisis articular más desarrollada y dirigida hacia atrás. La fosa temporal interna presenta el contorno inferior ovoide y el foramen mandibular, habitualmente simple, se sitúa bajo la mitad posterior de dicha fosa, en una depresión bien marcada. Fórmula dentaria: 3.1.3.3/1.1.1.3, con cinco unicúspides superiores. Cúspides dentarias pigmentadas de rojo. A diferencia de S. araneus, el incisivo inferior está ligeramente dirigido hacia arriba y el tercer molar presenta reducción perceptible del talónido. Número de cromosomas (2n) = 20. Los machos presentan trivalente sexual XY1Y2. Morfológica y morfométricamente, la especie puede confundirse con S. araneus y S. granarius. Se han propuesto diversas fórmulas discriminantes, basadas en parámetros craneales o mandibulares, para realizar la diferenciación específica, aunque sólo mediante análisis bioquímicos o genéticos es posible una diagnosis inequívoca.</t>
   </si>
   <si>
     <t>Sorex granarius Miller, 1910</t>
   </si>
   <si>
-    <t>prueba_Musaraña ibérica (Castellano), Satitsu espainiar (Euskera), Musaranya ibèrica (Catalán), Furafollas ibérico (Gallego), Iberian Shrew (Inglés), Lagranja Shrew (Inglés), Musaraigne Ibérique (Francés)</t>
+    <t>Musaraña ibérica (Castellano), Satitsu espainiar (Euskera), Musaranya ibèrica (Catalán), Furafollas ibérico (Gallego), Iberian Shrew (Inglés), Lagranja Shrew (Inglés), Musaraigne Ibérique (Francés)</t>
   </si>
   <si>
     <t>La musaraña ibérica es morfológicamente muy semejante a las musarañas bicolor (Sorex araneus) y tricolor (Sorex coronatus), pero presenta unas dimensiones más reducidas, CC: 50,0-72,0 mm; C: 36,0- 46,0 mm; P: 11,0-12,5 mm; Ps: 4,5-8,0 g. El pelaje es similar al de S. coronatus, aunque el dorso carece de banda mediodorsal oscura y el vientre es gris amarillento. Los juveniles muestran una coloración más pálida que los adultos, sin claro contraste entre las regiones dorsal y lateral. Presenta tres pares de mamas inguinales. En comparación con S. araneus y S. coronatus, el cráneo presenta el rostro relativamente más corto, con el paladar ensanchado en la parte anterior. El perfil dorsal de la caja craneana es recto, generalmente sin concavidad evidente en la región interorbitaria. El proceso coronoides de la mandíbula es corto y la apófisis angular delgada. La fosa mandibular es triangular y presenta el ápice dirigido hacia delante. Fórmula dentaria: 3.1.3.3/1.1.1.3, con cinco unicúspides superiores. Cúspides dentarias pigmentadas de rojo aunque generalmente, a diferencia de S. araneus y S. coronatus, los incisivos superiores muestran una tonalidad más clara y los dos primeros molares superiores presentan el hipocono no pigmentado. Número de cromosomas (2n) = 34. Los machos presentan trivalente sexual XY1Y2. S. granarius puede confundirse con S. araneus y S. coronatus. En las zonas en las que aparece en simpatría con la musaraña tricolor, ambas especies pueden diferenciarse mediante la aplicación de diversas fórmulas discriminantes basadas en parámetros craneales, aunque únicamente los análisis genéticos permiten asegurar un diagnóstico específico correcto. Genéticamente la especie está íntimamente emparentada con la musaraña bicolor. En general, se acepta que su cariotipo acrocéntrico representa la forma ancestral del grupo S. araneus-arcticus. Los cariotipos de S. araneus y S. coronatus habrían derivado del de S. granarius a partir de reordenaciones cromosómicas (translocaciones Robertsonianas, translocaciones telómero-centrómero, cambios centroméricos). Contrariamente, estudios de ADN mitocondrial apuntan a S. coronatus como la especie más primitiva del grupo europeo araneus.</t>
   </si>
   <si>
     <t>Sorex minutus Linnaeus, 1766</t>
   </si>
   <si>
-    <t>prueba_Musaraña pequeña (Castellano), Musaraña enana (Castellano), Satitsu txikia (Euskera), Musaranya menuda (Catalán), Furafollas pequeño (Gallego), Eurasian Pygmy Shrew (Inglés), Pygmy Shrew (Inglés), Musaraigne Pygmée (Francés)</t>
+    <t>Musaraña pequeña (Castellano), Musaraña enana (Castellano), Satitsu txikia (Euskera), Musaranya menuda (Catalán), Furafollas pequeño (Gallego), Eurasian Pygmy Shrew (Inglés), Pygmy Shrew (Inglés), Musaraigne Pygmée (Francés)</t>
   </si>
   <si>
     <t>La musaraña enana es el soricino ibérico de menor tamaño, CC: 49,0-72,0 mm; C: 38,0-48,0 mm; P: 10,0-11,5 mm; Ps: 2,7-6,5 g, excepcionalmente hasta 7,5 g. De morfología similar a los restantes representantes del género Sorex, se diferencia de éstos por presentar la cabeza relativamente pequeña, la cola de mayor longitud relativa respecto a la de la cabeza y cuerpo y el pie posterior con una longitud inferior a 12 mm. El pelaje es bicolor, ligeramente más claro y uniforme que en Sorex araneus y S. coronatus. En general, en los pelajes de juvenil y de verano, la coloración dorsal exhibe tonalidades parduscas y la ventral es más o menos gris. El pelaje de invierno es más largo y oscuro, predominando las tonalidades grisáceas, tanto en el dorso como en el vientre. Presenta tres pares de mamas inguinales. El cráneo es también similar al de las demás especies del género, pero de dimensiones más reducidas. La caja craneana muestra el perfil oval y es más baja, estrecha y alargada que en S. araneus. La delimitación entre la región facial y la craneal es poco marcada. La mandíbula es frágil y pequeña, generalmente con una longitud inferior a 9 mm. La apófisis coronoides está claramente dirigida hacia delante y su altura suele ser inferior a 4 mm. Fórmula dentaria: 3.1.3.3/1.1.1.3, con cinco unicúspides superiores. Cúspides dentarias pigmentadas de rojo. A diferencia de S. araneus, el tercer unicúspide superior es igual o mayor que el segundo. El incisivo inferior está provisto de tres lóbulos, notablemente iguales. Como en S. araneus, ciertos parámetros corporales y craneales, especialmente el peso y la altura de la caja craneana, están sometidos a una reducción invernal (fenómeno Dehnel), como adaptación a condiciones ambientales rigurosas y a la escasa disponibilidad de alimento. Número de cromosomas (2n) = 42.</t>
   </si>
   <si>
     <t>Suncus etruscus (Savi, 1822)</t>
   </si>
   <si>
-    <t>prueba_Musgaño enano (Castellano), Musgaño pequeño (Castellano), Musarañita (Castellano), Satitsu etruriarra (Euskera), Musaranya nana (Catalán), White-toothed Pygmy Shrew (Inglés), Etruscan Shrew (Inglés), Pygmy White-toothed Shrew (Inglés), Savi's Pygmy Shrew (Inglés), Pachyure Étrusque (Francés)</t>
+    <t>Musgaño enano (Castellano), Musgaño pequeño (Castellano), Musarañita (Castellano), Satitsu etruriarra (Euskera), Musaranya nana (Catalán), White-toothed Pygmy Shrew (Inglés), Etruscan Shrew (Inglés), Pygmy White-toothed Shrew (Inglés), Savi's Pygmy Shrew (Inglés), Pachyure Étrusque (Francés)</t>
   </si>
   <si>
     <t>Castellano, Castellano, Castellano, Euskera, Catalán, Inglés, Inglés, Inglés, Inglés, Francés</t>
   </si>
   <si>
     <t>Es uno de los mamíferos más pequeños del mundo. Medidas corporales, CC: 35,0-53,0 mm; C: 21,0- 30,0 mm; P: 5,7-7,9 mm; Ps: 1,2-2,7 g. Su morfología externa es similar a la de otras musarañas, pero se distingue por presentar la cabeza proporcionalmente más grande y la cola más larga, de aproximadamente la mitad de la longitud corporal. Las orejas son bien visibles, los ojos pequeños y la cola está revestida de un corto pelaje entre el que sobresalen numerosos pelos dispersos de mayor longitud. La coloración del pelaje muestra pocas variaciones estacionales. En general, es gris pardusca, con ciertos reflejos rojizos en el dorso y de tonalidad más clara en el vientre, sin clara línea de demarcación entre ambas regiones. Presenta tres pares de mamas inguinales. El cráneo es estrecho y alargado, con la caja craneana de perfil superior prácticamente horizontal. La mandíbula es frágil y de dimensiones reducidas. Fórmula dentaria: 3.1.2.3/1.1.1.3. A diferencia del género Crocidura, Suncus se caracteriza por presentar cuatro unicúspides superiores, aunque el último es sumamente pequeño, está desplazado en sentido lingual y queda prácticamente oculto por la cúspide anterior del último premolar. Los dientes de la mandíbula son de morfología similar a los de la musaraña gris, Crocidura russula, aunque de menor tamaño y con la sección posterior del M3 más reducida. Número de cromosomas (2n) = 42.</t>
   </si>
   <si>
     <t>Sus scrofa Linnaeus, 1758</t>
   </si>
   <si>
-    <t>prueba_Jabalí (Castellano), Basurdea (Euskera), Senglar (Catalán), Porco bravo (Gallego), Ryukyu Islands Wild Pig (Inglés), Wild Boar (Inglés), Eurasian Wild Pig (Inglés), Sanglier D'Eurasie (Francés), Sanglier (Francés)</t>
+    <t>Jabalí (Castellano), Basurdea (Euskera), Senglar (Catalán), Porco bravo (Gallego), Ryukyu Islands Wild Pig (Inglés), Wild Boar (Inglés), Eurasian Wild Pig (Inglés), Sanglier D'Eurasie (Francés), Sanglier (Francés)</t>
   </si>
   <si>
     <t>Castellano, Euskera, Catalán, Gallego, Inglés, Inglés, Inglés, Francés, Francés</t>
   </si>
   <si>
     <t>Muestra la máxima altura en la región de las extremidades anteriores; el cuello es poco aparente, las orejas son pequeñas y se mantienen erguidas. Las dimensiones son muy variables; en Europa la corpulencia aumenta hacia el este, observándose los menores tamaños en el sur de la Península Ibérica y los mayores en los Cárpatos. Medidas corporales de ejemplares adultos del Montseny (Cataluña), CC: 133,0-148,0 cm (machos), 118,0-137,0 cm (hembras); C: 17,5-24,0 cm (machos), 13,0-20,0 cm (hembras); CR: 72,0-85,5 cm (machos), 71,0-73,0 cm (hembras); Ps: 60-118 kg (machos), 40-65 kg (hembras). Fórmula dentaria: 3.1.4.3/3.1.4.3. Caninos de puntas agudas y ángulos cortantes. Posee un marcado dimorfismo sexual, los machos son más corpulentos y presentan los caninos más desarrollados. Al nacer, y hasta los cuatro o cinco meses, se denominan rayones y presentan una coloración pardo clara con 11 líneas longitudinales más oscuras. Posteriormente mudan pasando a tener una coloración uniforme pardo rojiza y se denominan bermejos, hasta la siguiente muda que ocurre entre los 10 y 12 meses, cuando adquieren el pelaje de adultos, que es pardo grisáceo, con extremidades y orejas más oscuras, prácticamente negras. La especie muestra politipismo cromosómico. Número de comosomas (2n) = 38, 37 ó 36.</t>
   </si>
   <si>
     <t>Talpa europaea Linnaeus, 1758</t>
   </si>
   <si>
-    <t>prueba_Topo común (Castellano), Topo europeo (Castellano), Sator arrunta (Euskera), Talp (Catalán), European Mole (Inglés), Common Mole (Inglés), Taupe D'Europe (Francés)</t>
+    <t>Topo común (Castellano), Topo europeo (Castellano), Sator arrunta (Euskera), Talp (Catalán), European Mole (Inglés), Common Mole (Inglés), Taupe D'Europe (Francés)</t>
   </si>
   <si>
     <t>Castellano, Castellano, Euskera, Catalán, Inglés, Inglés, Francés</t>
   </si>
   <si>
     <t>Externamente el topo europeo es una especie plenamente adaptada a la vida subterránea. Su estructura general es cilíndrica y compacta, con el hocico no muy afilado y la cola corta. Los salientes más destacados del cuerpo son sus extremidades delanteras, con la parte superior dirigida hacia delante, las manos muy ensanchadas y las uñas grandes y aplanadas, teniendo el conjunto la forma de una pala adaptada para excavar. Carece de orejas y los ojos están muy reducidos. El pelaje es muy suave y dispuesto perpendicularmente al cuerpo. Son generalmente de color negro intenso con matices amarillentos en garganta y pecho, pero pueden aparecer ejemplares grises o manchados de amarillo. El topo europeo es algo mayor que el topo ibérico, Talpa occidentalis, con el hocico algo más largo y las patas delanteras relativamente más estrechas. Medidas corporales, CC: 125,0-165,0 mm; C: 25,0-36,0 mm; P: 18,0-21,0 mm; Ps: 72,0-120,0 g. Las hembras tienen cuatro pares de mamas, dos inguinales y dos pectorales. El cráneo es alargado y aplanado, presentando arcos zigomáticos delgados, y la dentición es completa, sin reducciones. Fórmula dentaria: 3.1.4.3/3.1.4.3. Número de cromosomas (2n) = 34. La determinación correcta de la especie sólo debe hacerse a partir de medidas craneales y del uso de caracteres dentarios, como la presencia de un mesostilo simple en los molares superiores.</t>
   </si>
   <si>
     <t>Talpa occidentalis Cabrera, 1907</t>
   </si>
   <si>
-    <t>prueba_Topo ibérico (Castellano), Sator itsua (Euskera), Talpó lusitá (Catalán), Toupa ibérica (Gallego), Iberian Mole (Inglés), Taupe Ibérique (Francés)</t>
+    <t>Topo ibérico (Castellano), Sator itsua (Euskera), Talpó lusitá (Catalán), Toupa ibérica (Gallego), Iberian Mole (Inglés), Taupe Ibérique (Francés)</t>
   </si>
   <si>
     <t>Por la similitud existente entre las dos especies de topos presentes en la Península Ibérica, la descripción dada para el topo europeo es aplicable también al topo ibérico. Como diferencias externas, aunque sin demasiada validez diagnóstica, se puede indicar que el topo ibérico es generalmente más pequeño, con el hocico algo más corto, los ojos siempre ocultos bajo la piel y las extremidades anteriores relativamente más anchas. Medidas corporales, CC: 96,0-130,0 mm; C: 19,0-35,0 mm; P: 14,0-18,0 mm; Ps: 34,0-66,0 g. Fórmula dentaria: 3.1.4.3/3.1.4.3. Número de cromosomas (2n) = 34. La determinación correcta de la especie sólo debe hacerse a partir de medidas craneales y del uso de caracteres dentarios, como la presencia de un mesostilo doble en los molares superiores.</t>
   </si>
   <si>
     <t>Talpa caeca subsp. occidentales</t>
   </si>
   <si>
     <t>Vulpes vulpes (Linnaeus, 1758)</t>
   </si>
   <si>
-    <t>prueba_Zorro (Castellano), Zorro Rojo (Castellano), Azeri arrunta (Euskera), Guineu (Catalán), Raposo (Gallego), Red Fox (Inglés), Cross Fox (Inglés), Silver Fox (Inglés), Renard Roux (Francés)</t>
+    <t>Zorro (Castellano), Zorro Rojo (Castellano), Azeri arrunta (Euskera), Guineu (Catalán), Raposo (Gallego), Red Fox (Inglés), Cross Fox (Inglés), Silver Fox (Inglés), Renard Roux (Francés)</t>
   </si>
   <si>
     <t>Castellano, Castellano, Euskera, Catalán, Gallego, Inglés, Inglés, Inglés, Francés</t>
   </si>
   <si>
     <t>Su larga cola, 70% de la longitud del cuerpo, así como el hocico alargado y las orejas prominentes lo hacen fácilmente reconocible. Sus extremidades son alargadas, con pies más bien pequeños. Los ojos son pequeños y la pupila es vertical. El pelaje es relativamente variable, desde formas casi melánicas hasta ejemplares de coloración pálido-amarillenta. Los zorreznos nacen con un pelaje uniforme pardo oscuro, pero al mes de vida las zonas ventrales de cabeza y tronco, así como las caras mediales de las extremidades, adquieren coloración blanca, mientras los extremos (orejas, morro, pies y manos) permanecen negros y la cola suele tener una banda terminal de pelos blancos, aunque este carácter es inconstante. Presenta una importante variación individual y geográfica en el tamaño. Medidas corporales. CC: 65,0-80,0 cm (machos), 52,0-72,0 cm (hembras); C: 33,0-48,0 cm (machos), 32,0-44,0 cm (hembras); PP: 15,7 cm (machos), 14,5 cm (hembras); Ps: 4,6-8,6 kg (machos), 3,1-7,8 kg (hembras). Fórmula dentaria: 3.1.4.2/3.1.4.3. Número de cromosomas: (2n) = 34.</t>
   </si>
   <si>
     <t>Plecotus macrobullaris Kuzjakin,1965</t>
   </si>
   <si>
-    <t>prueba_Murciélago orejudo alpino (Castellano), Orejudo alpino (Castellano), Saguzar belarrihandi alpetarra (Euskera), Orellut alpí (Catalán), Mountain Long-eared Bat (Inglés), Oreillard montagnard (Francés), Oreillard des Alpes (Francés)</t>
+    <t>Murciélago orejudo alpino (Castellano), Orejudo alpino (Castellano), Saguzar belarrihandi alpetarra (Euskera), Orellut alpí (Catalán), Mountain Long-eared Bat (Inglés), Oreillard montagnard (Francés), Oreillard des Alpes (Francés)</t>
   </si>
   <si>
     <t>Castellano, Castellano, Euskera, Catalán, Inglés, Francés, Francés</t>
   </si>
   <si>
     <t>España DD (Datos insuficientes),  Mundial LC (Preocupación menor),  Región Alpina U1 (Desfavorable-inadecuado)</t>
   </si>
   <si>
     <t>España, Mundial, Región Alpina</t>
   </si>
   <si>
     <t>Es un orejudo de tamaño medio a grande. Marcada almohadilla triangular oscura en el labio inferior. La coloración dorsal es pardo grisácea y la ventral blanco grisácea o casi blanca, aunque el pelo es negruzco en su base. A los lados del cuello y debajo de las orejas presentan un tenue tinte dorado. Rostro robusto de hocico abultado, con pelaje disperso y claro, y una máscara facial parda que se extiende desde el borde de la boca hasta al borde anterior del ojo. Membranas alares y orejas semitransparentes de color pardo claro. Trago ancho, poco o nada pigmentado. Longitud del antebrazo: 40,5-43,5 (37,3-46,04) mm; longitud del pulgar: 6,2-6,8 (5,47-8,04) mm; anchura de trago: 5,9-6,6 (5,0-6,6) mm. La biometría aportada corresponde en primer lugar a ejemplares pirenaicos, mientras que los datos entre paréntesis se refieren al conjunto de su área de distribución. Fórmula dentaria: 2.1.2.3/ 3.1.3.3. En la Península Ibérica puede confundirse con P. auritus y P. austriacus, de los que se distingue sobre todo por la almohadilla triangular oscura del labio inferior y el color del pelaje. ULTRASONIDOS No descritos. Probablemente similares a P. auritus y P. austriacus.</t>
   </si>
   <si>
     <t>Anexo IV</t>
   </si>
   <si>
     <t>Canis lupus Linnaeus, 1758</t>
   </si>
   <si>
-    <t>prueba_Lobo ibérico (Castellano), Lobo (Castellano), Otsoa (Euskera), Llop (Catalán), Common Wolf (Inglés), Tundra Wolf (Inglés), Gray Wolf (Inglés), Timber Wolf (Inglés), Arctic Wolf (Inglés), Grey Wolf (Inglés), Mexican Wolf (Inglés), Plains Wolf (Inglés), Loup (Francés), Loup Gris (Francés), Loup Vulgaire (Francés), Wolf (Alemán)</t>
+    <t>Lobo ibérico (Castellano), Lobo (Castellano), Otsoa (Euskera), Llop (Catalán), Common Wolf (Inglés), Tundra Wolf (Inglés), Gray Wolf (Inglés), Timber Wolf (Inglés), Arctic Wolf (Inglés), Grey Wolf (Inglés), Mexican Wolf (Inglés), Plains Wolf (Inglés), Loup (Francés), Loup Gris (Francés), Loup Vulgaire (Francés), Wolf (Alemán)</t>
   </si>
   <si>
     <t>Castellano, Castellano, Euskera, Catalán, Inglés, Inglés, Inglés, Inglés, Inglés, Inglés, Inglés, Inglés, Francés, Francés, Francés, Alemán</t>
   </si>
   <si>
     <t>España NT (Casi amenazado),  Mundial LC (Preocupación menor),  Región Atlántica U1 (Desfavorable-inadecuado),  Región Alpina U1 (Desfavorable-inadecuado),  Región Mediterránea U1 (Desfavorable-inadecuado)</t>
   </si>
   <si>
     <t>España, Mundial, Región Atlántica, Región Alpina, Región Mediterránea</t>
   </si>
   <si>
     <t>Con el aspecto de un perro pastor alemán, el lobo ibérico tiene la cabeza más grande y redondeada, con maseteros muy desarrollados, orejas cortas y triangulares, cuello robusto y grupa ligeramente hundida. Color gris parduzco, con el pelo del cuello, del dorso y de la cola gris oscuro. Tiene las mejillas blancas y una línea oscura en las patas anteriores que a veces llega hasta el pecho. Los machos son ligeramente mayores que las hembras pero el dimorfismo apenas es apreciable. Medidas corporales, CC: 120 cm; C: 40 cm; CR: 70-80 cm; Ps: 32 kg (machos), 28 kg (hembras), con máximos comprobados de 46 kg y 38 kg respectivamente. Fórmula dentaria: 3.1.4.2/3.1.4.3. Numero de cromosomas (2n) = 78.</t>
   </si>
   <si>
     <t>Anexo IV, Anexo V, Anexo II - Prioritaria</t>
   </si>
   <si>
     <t>Eptesicus serotinus (Schreber, 1774)</t>
   </si>
   <si>
-    <t>prueba_Murciélago de huerta u hortelano (Castellano), Murciélago hortelano (Castellano), Baratze-saguzar (Euskera), Baratz-saguzarra (Euskera), Rat penat dels graners (Catalán), Rat penat dels granes (Catalán), Morcego das hortas (Gallego), Cervo (Gallego), Serotine (Inglés), Sérotine Commune (Francés), Grande Sérotine (Francés)</t>
+    <t>Murciélago de huerta u hortelano (Castellano), Murciélago hortelano (Castellano), Baratze-saguzar (Euskera), Baratz-saguzarra (Euskera), Rat penat dels graners (Catalán), Rat penat dels granes (Catalán), Morcego das hortas (Gallego), Cervo (Gallego), Serotine (Inglés), Sérotine Commune (Francés), Grande Sérotine (Francés)</t>
   </si>
   <si>
     <t>Castellano, Castellano, Euskera, Euskera, Catalán, Catalán, Gallego, Gallego, Inglés, Francés, Francés</t>
   </si>
   <si>
     <t>España LC (Preocupación menor),  Mundial LC (Preocupación menor),  Región Atlántica U1 (Desfavorable-inadecuado),  Región Alpina U1 (Desfavorable-inadecuado),  Región Mediterránea U1 (Desfavorable-inadecuado)</t>
   </si>
   <si>
     <t>Murciélago de talla grande. Pelo monocolor, a veces con la punta lustrosa. Dorso pardo oscuro en E.serotinus y pálido llegando a amarillento en E.isabellinus. Vientre más claro. Los jóvenes de color grisáceo. Orejas triangulares y cortas, trago lineal con extremo redondeado. Inserción de las membranas alares en la base de los pies. Lóbulo poscalcáneo patente. ANT: 46,0-55,0 mm; Ps: 17,0-28,0 g. Las hembras son mayores que los machos. Fórmula dentaria: 2.1.1.3/3.1.2.3. Incisivos superiores externos monocúspides e internos bífidos. Número de cromosomas (2n) = 50. Entre las especies similares, el nóctulo mediano tiene el trago arriñonado, incisivos superiores externos bífidos y los internos monocúspides. ULTRASONIDOS Señales de ecolocación similares en ambas especies, de 10 a 15 ms de duración, con una componente inicial de FM descendente muy pronunciada y otra terminal casi constante donde se localiza la mayor intensidad de la señal a unos 26 kHz. La cadencia de emisión varía de 5 señales por segundo en lugares abiertos a 10 en zonas con vegetación.</t>
   </si>
   <si>
     <t>Felis silvestris Schreber, 1777</t>
   </si>
   <si>
-    <t>prueba_Gato Silvestre (Castellano), Gato montés (Castellano), Basakatua (Euskera), Gat fer (Catalán), Gat frestec (Catalán), Gato bravo (Gallego), Wildcat (Inglés), Wild Cat (Inglés), Chat sauvage (Francés), Chat orné (Francés)</t>
+    <t>Gato Silvestre (Castellano), Gato montés (Castellano), Basakatua (Euskera), Gat fer (Catalán), Gat frestec (Catalán), Gato bravo (Gallego), Wildcat (Inglés), Wild Cat (Inglés), Chat sauvage (Francés), Chat orné (Francés)</t>
   </si>
   <si>
     <t>Castellano, Castellano, Euskera, Catalán, Catalán, Gallego, Inglés, Inglés, Francés, Francés</t>
   </si>
   <si>
     <t>Cuerpo largo con extremidades cortas. Longitud de la cola algo mayor que la mitad de la del cuerpo. Pelaje dorsal de color gris parduzco, con cuatro o cinco líneas longitudinales negras en el cuello, una banda espinal negra y diversas bandas transversales pardas en los flancos. Ventralmente blanquecino en garganta y cuello, y de color ante-crema en el resto. Cola cilíndrica con dos o tres anillos oscuros y extremo negro. Manos con cinco dedos y pies con cuatro, todos con uñas retráctiles. Fórmula dentaria: 3.1.3.1/3.1.2.1. Cuatro pares de mamas. Dimorfismo sexual (machos mayores y más pesados que las hembras) patente desde el desarrollo juvenil. Medidas externas correspondientes a gatos adultos de Francia, CC: 52,0-65,0 cm (machos), 48,5-57,0 cm (hembras); C: 26,0-34,5 cm (machos), 25,0-32,0 cm (hembras); P: 12,0-15,0 cm (machos), 11,5-13,5 cm (hembras); Ps: 3,4-7,5 kg (machos), 3,0-5,0 kg (hembras). Número de cromosomas (2n) = 38. Los individuos vivos de F. silvestris pueden confundirse externamente con gatos cimarrones (Felis catus) de tipo “tabby”, pero se pueden identificar mediante análisis genético. Se ha descrito un método osteométrico para distinguir los cráneos.</t>
   </si>
   <si>
     <t>Genetta genetta (Linnaeus, 1758)</t>
   </si>
   <si>
-    <t>prueba_Gineta (Castellano), Katajineta arrunta (Euskera), Utza-sagua (Euskera), Gat mesquer (Catalán), Common Genet (Inglés), Genette commune (Francés)</t>
+    <t>Gineta (Castellano), Katajineta arrunta (Euskera), Utza-sagua (Euskera), Gat mesquer (Catalán), Common Genet (Inglés), Genette commune (Francés)</t>
   </si>
   <si>
     <t>Castellano, Euskera, Euskera, Catalán, Inglés, Francés</t>
   </si>
   <si>
     <t>España LC (Preocupación menor),  Mundial LC (Preocupación menor),  Región Atlántica FV (Favorable),  Región Alpina FV (Favorable),  Región Mediterránea FV (Favorable)</t>
   </si>
   <si>
     <t>Tiene el tamaño de un gato doméstico, de cuerpo alargado y esbelto, con extremidades cortas y una cola gruesa tan larga como la longitud de la cabeza más el cuerpo. El pelaje es de color pardo grisáceo con muchas motas oscuras que tienden a alinearse longitudinalmente. En el centro del dorso las manchas llegan a formar una banda continua de pelos oscuros eréctiles que va desde la cruz hasta la base de la cola. En la cola presenta ocho o diez anillos oscuros. El hocico es afilado y blancuzco con una amplia mancha oscura a cada lado. Orejas grandes, manos y pies con cinco dedos provistos de uñas semirretráctiles. Las hembras poseen dos pares de mamas abdominales. Los machos tienden a ser mayores y más pesados que las hembras pero las diferencias entre los individuos adultos no son significativas. CC: 43,2-55,2 cm; C: 33,1-48,5 cm; P: 8,0-9,0 cm; Ps: 1,55-2,25 kg. La subespecie de Ibiza es más pequeña, su peso no supera los 1,3 kg. En Europa G. genetta no se confunde con ninguna otra especie, pero en África es fácil confundirla con otras ginetas, en especial con Genetta tigrina y Genetta maculata. Fórmula dentaria: 3.1.4.2/3.1.4.2. Número de cromosomas (2n) = 54.</t>
   </si>
   <si>
     <t>Directiva 92/43/CEE (Directiva Hábitats)</t>
   </si>
   <si>
     <t>Anexo V</t>
   </si>
   <si>
     <t>Martes martes (Linnaeus, 1758)</t>
   </si>
   <si>
-    <t>prueba_Marta (Castellano), Lepahoria (Euskera), Martaraña (Gallego), Pine Marten (Inglés), European Pine Marten (Inglés), Martre des Pins (Francés)</t>
+    <t>Marta (Castellano), Lepahoria (Euskera), Martaraña (Gallego), Pine Marten (Inglés), European Pine Marten (Inglés), Martre des Pins (Francés)</t>
   </si>
   <si>
     <t>Castellano, Euskera, Gallego, Inglés, Inglés, Francés</t>
   </si>
   <si>
     <t>Mustélido de tamaño medio, de cuerpo alargado y extremidades cortas. No presenta dimorfismo sexual. Pelaje de color castaño oscuro uniforme, muy tupido y adaptado a las condiciones de frío extremo donde suele vivir. Destaca de su pelaje la presencia abundante de pelos entre los dedos que le permiten caminar sobre la nieve blanda y dibujan una huella típica difuminada. Mancha típica de color ocre o anaranjado en la zona de la garganta que casi siempre suele ocupar sólo una pequeña porción de la mandíbula inferior. La garduña, Martes foina, es la única especie con la que podría llegar a confundirse en España, excepto por el color y la forma de la mancha pectoral blanca que llega en casi todos los casos a ocupar el principio de las extremidades anteriores. Medidas corporales, CC: 513–659 mm (machos), 465–572 mm (hembras); Ps: 800-1.600 g (machos), 750-1.200 g (hembras). En el cráneo presenta una cresta sagital, más marcada en los machos. Fórmula dentaria: 3.1.4.1/3.1.4.2. Número de cromosomas (2n) = 38.</t>
   </si>
   <si>
     <t>Miniopterus schreibersii (Kuhl, 1817)</t>
   </si>
   <si>
-    <t>prueba_Murciélago de cueva (Castellano), Schreiber saguzarra (Euskera), Schreiber saguzar (Euskera), Rat penat de cova (Catalán), Morcego das covas (Gallego), Schreiber's Bent-winged Bat (Inglés), Schreiber's Long-fingered Bat (Inglés), Common Bentwing Bat (Inglés), Minioptère de Schreibers (Francés)</t>
+    <t>Murciélago de cueva (Castellano), Schreiber saguzarra (Euskera), Schreiber saguzar (Euskera), Rat penat de cova (Catalán), Morcego das covas (Gallego), Schreiber's Bent-winged Bat (Inglés), Schreiber's Long-fingered Bat (Inglés), Common Bentwing Bat (Inglés), Minioptère de Schreibers (Francés)</t>
   </si>
   <si>
     <t>Castellano, Euskera, Euskera, Catalán, Gallego, Inglés, Inglés, Inglés, Francés</t>
   </si>
   <si>
     <t>España VU (Vulnerable),  Mundial VU (Vulnerable),  Región Atlántica U1 (Desfavorable-inadecuado),  Región Alpina U1 (Desfavorable-inadecuado),  Región Mediterránea U1 (Desfavorable-inadecuado)</t>
   </si>
   <si>
     <t>Es un murciélago de mediano tamaño, con hocico muy corto, perfil achatado y frente alta y protuberante. Las orejas son pequeñas y triangulares, con un trago corto, redondeado y proyectado hacia dentro. Las alas son largas y estrechas, con la segunda falange del tercer dedo muy larga, tres veces la longitud de la primera. El plagiopatagio se inserta a la altura del tobillo y el uropatagio carece de lóbulo poscalcáneo. Pelaje corto y denso, de color pardo grisáceo en el dorso y más pálido en la zona ventral y formado por pelos más oscuros en su mitad basal. ANT: 42,9-49,9 mm; Ps: 10,1-20,8 g. Fórmula dentaria: 2.1.2.3/3.1.3.3. Número de cromosomas (2n) = 46. No es preciso su examen en mano para su correcta identificación. ULTRASONIDOS Emite sonidos de ecolocalización con una frecuencia de máxima energía alrededor de 55 kHz. Pueden confundirse con las emisiones de Pipistrellus pygmaeus, pero se diferencian en que los intervalos entre pulsos son más regulares.</t>
   </si>
   <si>
     <t>CEEA: Vulnerable</t>
   </si>
   <si>
     <t>Anexo IV, Anexo II - No prioritaria</t>
   </si>
   <si>
     <t>Mustela lutreola (Linnaeus, 1761)</t>
   </si>
   <si>
-    <t>prueba_Visón europeo (Castellano), Bisoi europarra (Euskera), Visó europeu (Catalán), Visón (Gallego), European Mink (Inglés), Vison d'Europe (Francés)</t>
+    <t>Visón europeo (Castellano), Bisoi europarra (Euskera), Visó europeu (Catalán), Visón (Gallego), European Mink (Inglés), Vison d'Europe (Francés)</t>
   </si>
   <si>
     <t>España EN (En peligro),  Mundial CR (En peligro crítico),  Región Atlántica U2 (Desfavorable-malo),  Región Alpina U2 (Desfavorable-malo),  Región Mediterránea U2 (Desfavorable-malo)</t>
   </si>
   <si>
     <t>Es un pequeño mustélido adaptado a la vida semiacuática. Su pelaje es corto, de color castaño “chocolate” uniforme y contorno de los labios (tanto inferior como superior) de un distintivo color blanco. Las orejas apenas sobresalen del pelo y presentan membranas interdigitales incompletas en manos y pies. Muestra un acusado dimorfismo sexual en el tamaño. En España, los machos pesan casi un 70% y miden (LT) un 15% más que las hembras. Medidas corporales, LT: 500-800 mm (machos), 430-505 mm (hembras); CC: 305-430 mm (machos), 309-350 mm (hembras); C: 130-185 mm (machos), 130- 156 mm (hembras); P: 54-82 mm (machos), 50-60 mm (hembras); Ps: 700-1.100 g (machos), 450- 650 g (hembras). Las hembras presentan habitualmente tres pares de mamas. En el campo puede confundirse con el turón Mustela putorius, pero éste presenta un antifaz blanco en la cara y una estrecha mancha blanca en el borde de las orejas. Es casi idéntico al visón americano Neovison vison, si bien éste es algo mayor y no presenta el labio superior blanco. Fórmula dentaria: 3.1.3.1/3.1.3.2. Número de cromosomas (2n) = 38.</t>
   </si>
   <si>
     <t>Mustela putorius Linnaeus, 1758</t>
   </si>
   <si>
-    <t>prueba_Turón (Castellano), Turón europeo (Castellano), Hurón (Castellano), Ipurtatsa (Euskera), Turó (Catalán), Western Polecat (Inglés), European Polecat (Inglés), Putois d'Europe (Francés)</t>
+    <t>Turón (Castellano), Turón europeo (Castellano), Hurón (Castellano), Ipurtatsa (Euskera), Turó (Catalán), Western Polecat (Inglés), European Polecat (Inglés), Putois d'Europe (Francés)</t>
   </si>
   <si>
     <t>Castellano, Castellano, Castellano, Euskera, Catalán, Inglés, Inglés, Francés</t>
   </si>
   <si>
     <t>España NT (Casi amenazado),  Mundial LC (Preocupación menor),  Región Atlántica FV (Favorable),  Región Alpina FV (Favorable),  Región Mediterránea FV (Favorable)</t>
   </si>
   <si>
     <t>Mustélido de tamaño intermedio entre la marta, Martes martes y el armiño, Mustela erminea. El cuerpo es esbelto y alargado. Medidas corporales, CC: 385-425 mm; C: 150 mm; Ps: 800-1.300 g (machos), en hembras es un 60-90% inferior. La coloración general es bastante uniforme, normalmente tostado oscuro, pero se aclara en ambos flancos. Presenta un característico antifaz blanco alrededor del hocico y las regiones auriculares y oculares. El dimorfismo sexual es bastante marcado, aunque sin llegar al caso de la comadreja, Mustela nivalis, o el armiño, M. erminea. Fórmula dentaria: 3.1.3.1/3.1.3.2. Número de cromosomas (2n) = 40.</t>
   </si>
   <si>
     <t>Putorius putorius L. 1758</t>
   </si>
   <si>
     <t>Myotis daubentonii (Kuhl, 1817)</t>
   </si>
   <si>
-    <t>prueba_Murciélago de ribera o ribereño (Castellano), Murciélago ribereño (Castellano), Murciélago ratonero ribereño (Castellano), Daubenton saguzar (Euskera), Daubenton saguzarra (Euskera), Rat penat clar d'aigua (Catalán), Rat penat clar d´aigua (Catalán), Morcego das ribeiras (Gallego), Morcego de Daubenton (Gallego), Daubenton's Bat (Inglés), Daubenton's Myotis (Inglés), Murin De Daubenton (Francés)</t>
+    <t>Murciélago de ribera o ribereño (Castellano), Murciélago ribereño (Castellano), Murciélago ratonero ribereño (Castellano), Daubenton saguzar (Euskera), Daubenton saguzarra (Euskera), Rat penat clar d'aigua (Catalán), Rat penat clar d´aigua (Catalán), Morcego das ribeiras (Gallego), Morcego de Daubenton (Gallego), Daubenton's Bat (Inglés), Daubenton's Myotis (Inglés), Murin De Daubenton (Francés)</t>
   </si>
   <si>
     <t>Castellano, Castellano, Castellano, Euskera, Euskera, Catalán, Catalán, Gallego, Gallego, Inglés, Inglés, Francés</t>
   </si>
   <si>
     <t>Murciélago de pequeño tamaño. El dorso es de color pardo rojizo a negruzco y el vientre blanco sucio. Pelo bicolor, con la base oscura, especialmente en la zona ventral. Las orejas, relativamente cortas, apenas llegan al extremo del hocico si se pliegan hacia delante. El plagiopatagio se inserta en la mitad del pie, que es bastante largo y ancho. Tibia sin pilosidad aparente. El espolón ocupa dos terceras partes del borde del uropatagio, que está desnudo o con escasos pelos. Existen numerosas citas de casos de albinismo. Juveniles gris oscuro y con una mancha negra en el labio inferior. ANT: 33,2-38,7 mm; Ps: 7,0-15,0 g. Puede encontrarse o no protocónulo en P4. Fórmula dentaria: 2.1.3.3/3.1.3.3. Número de cromosomas (2n) = 44. Es necesaria su identificación en mano al poder confundirse con otras especies pequeñas del género Myotis, como M. nattereri, M. emarginatus o M. mystacinus. ULTRASONIDOS Emite señales de ecolocalización en FM entre 69 y 25 kHz, con una intensidad máxima a 45 kHz. Las especies con las que pueden confundirse sus emisiones son: M. capaccinii, M. mystacinus, M. bechsteini y M. nattereri.</t>
   </si>
   <si>
     <t>Myotis mystacinus (Kuhl, 1817)</t>
   </si>
   <si>
-    <t>prueba_Murciélago bigotudo (Castellano), Murciélago ratonero bigotudo (Castellano), Murciélago ratonero bigotudo pequeño (Castellano), Saguzar bibotedun (Euskera), Saguzar biboteduna (Euskera), Rat penat de bigotis (Catalán), Morcego de bigotes (Gallego), Whiskered Myotis (Inglés), Whiskered Bat (Inglés), Murin À Moustaches (Francés)</t>
+    <t>Murciélago bigotudo (Castellano), Murciélago ratonero bigotudo (Castellano), Murciélago ratonero bigotudo pequeño (Castellano), Saguzar bibotedun (Euskera), Saguzar biboteduna (Euskera), Rat penat de bigotis (Catalán), Morcego de bigotes (Gallego), Whiskered Myotis (Inglés), Whiskered Bat (Inglés), Murin À Moustaches (Francés)</t>
   </si>
   <si>
     <t>Castellano, Castellano, Castellano, Euskera, Euskera, Catalán, Gallego, Inglés, Inglés, Francés</t>
   </si>
   <si>
     <t>Rostro, orejas y membranas alares pardo negruzcas. La oreja extendida hacia delante supera ligeramente el extremo del hocico y presenta una muesca marcada de la que sobresale un trago puntiagudo y algo mayor que la mitad de la oreja. Las membranas alares se insertan en la base del dedo más externo del pie. El espolón ocupa la mitad de la distancia del borde del uropatagio entre pie y cola. El pie es pequeño y su longitud es la mitad de la tibia. El pene es delgado y no se engrosa en el extremo. El pelaje es largo, algo encrespado y bicolor, con la base de los pelos pardo negruzca y las puntas más claras. En los adultos, el dorso es castaño dorado y la región ventral varía de crema pálido a blanquecino. Jóvenes más oscuros y grisáceos. Se ha citado la existencia de ejemplares albinos. ANT: 31,5-36,5 mm; Ps: 3,9-8,0 g. En los ejemplares españoles identificados por medio de técnicas moleculares: 33,0- 34,9 mm y 3,9-4,5 g, respectivamente. Ambos sexos son de tamaño similar. En el cráneo, la cúspide palatal del cíngulo del P4 está menos desarrollada que en M. alcathoe, vista desde la parte interna está por debajo del P3. El P3 es claramente menor que el P2, pero algo mayor que su mitad y el P3 es más pequeño que el P2. Formula dentaria: 2.1.3.3/3.1.3.3. Número de cromosomas (2n) = 44. Las mayores posibilidades de confusión se dan con sus especies gemelas, M. alcathoe y M. brandtii. La primera es algo menor en sus medidas externas, de forma que por el momento, la longitud del antebrazo de los M. alcathoe españoles es igual o menor a 33,0 mm. El trago es igual que la mitad de la oreja y ésta es más corta y redondeada. El color de las partes desprovistas de pelo es pardo rojizo, salvo la base interna de la oreja y la piel que está alrededor del ojo que aparece poco o nada pigmentadas (color rosado). En los adultos, el pelo del dorso es de color pardo oscuro en la base y castaño rojizo en las puntas. En general, M. alcathoe presentaría una morfología muy similar a la de M. mystacinus pero con la librea típica de M. daubentonii. En el cráneo, el cíngulo palatal del P4 está más desarrollado y es del tamaño del P3, que a su vez, es la mitad del P2. Aunque M. brandtii nunca ha sido citado en España, sus principales diferencias morfológicas deberían ser tenidas en cuenta cuando se identifique a M. mystacinus. M. brandtii es algo mayor y tiene el pene engrosado en el extremo. Las cúspides del P4 son del tamaño del P3. El P3 y el P3 son aproximadamente de similar talla que el P2 y el P2, respectivamente. Por el momento, para realizar con seguridad una correcta identificación de los ejemplares de esta especie y de sus gemelas, es imprescindible realizar análisis moleculares comparativos de ADN mitocondrial (están secuenciados de forma completa o parcial los genes citocromo b, ND1 y 12S rRNA). En consecuencia, todos los datos no avalados por este tipo de análisis deberían ser consignados provisionalmente como M. mystacinus s.l. En M. daubentonii el espolón ocupa las dos terceras partes del borde del uropatagio, el ala se inserta en la mitad del pie, que es más grande y presenta en los dedos unos pelos rígidos muy característicos. También se puede confundir con algunos Pipistrellus, pero estos tienen el extremo del trago redondeado y dos premolares superiores. ULTRASONIDOS Emite señales de ecolocación en FM de 2,5 a 3 ms de duración y desde 32 hasta 75 kHz, con una intensidad máxima de alrededor de 45 kHz. Como en el caso de especies similares, las señales de ecolocación presentan características diferentes cuando el murciélago caza en terrenos abiertos o en el interior de una formación vegetal densa. La escasez de registros de señales de ecolocación no permite por el momento el uso de estos caracteres para diferenciar con seguridad M. mystacinus de otros pequeños Myotis europeos.</t>
   </si>
   <si>
     <t>Nyctalus lasiopterus (Schreber, 1780)</t>
   </si>
   <si>
-    <t>prueba_Nóctulo grande (Castellano), Nóctulo gigante (Castellano), Noctulo mayor (Castellano), Gau-saguzar handia (Euskera), Leisler gau-saguzar (Euskera), Rat penat nòctul gran (Catalán), Rat penat nóctul gran (Catalán), Morcego común (Gallego), Greater Noctule Bat (Inglés), Giant Noctule (Inglés), Grande Noctule (Francés)</t>
+    <t>Nóctulo grande (Castellano), Nóctulo gigante (Castellano), Noctulo mayor (Castellano), Gau-saguzar handia (Euskera), Leisler gau-saguzar (Euskera), Rat penat nòctul gran (Catalán), Rat penat nóctul gran (Catalán), Morcego común (Gallego), Greater Noctule Bat (Inglés), Giant Noctule (Inglés), Grande Noctule (Francés)</t>
   </si>
   <si>
     <t>Castellano, Castellano, Castellano, Euskera, Euskera, Catalán, Catalán, Gallego, Inglés, Inglés, Francés</t>
   </si>
   <si>
     <t>España VU (Vulnerable),  Mundial VU (Vulnerable),  Región Atlántica U2 (Desfavorable-malo),  Región Alpina U2 (Desfavorable-malo),  Región Mediterránea U2 (Desfavorable-malo)</t>
   </si>
   <si>
     <t>Es el mayor murciélago europeo. No parece mostrar dimorfismo sexual en tamaño. Pelo monocolor. Pelaje denso, largo y lustroso, que se extiende por el patagio. Dorso de color variable desde castaño a rojizo. Vientre más claro o amarillento. Los jóvenes son mas grisáceos. Orejas cortas, anchas y redondeadas, con el antitrago grueso y el trago grande y de forma arriñonada. Las alas, largas y relativamente estrechas, se insertan en el tobillo. Lóbulo poscalcáneo bien desarrollado. ANT: 61,3-67,8 mm (datos ibéricos). Dentición robusta. Fórmula dentaria: 2.1.2.3/3.1.2.3. Número de cromosomas (2n) = 42. Sólo podría confundirse, por su tamaño, con el murciélago rabudo, Tadarida teniotis, pero éste es grisáceo, de cola libre y alas aún mas estilizadas, y por su morfología, con el nóctulo mediano, Nyctalus noctula, aunque éste es algo más pequeño (antebrazo menor de 60 mm), menos robusto y de orejas menos anchas en su parte superior. ULTRASONIDOS Falta una descripción detallada. Presentan una estructura clara de cazadores aéreos, con una componente predominante de frecuencia casi constante. Como las otras dos especies del género, el nóctulo grande alterna de forma característica dos tipos de pulsos: uno con frecuencia terminal de unos 17 kHz y duración de unos 19 ms, y otro con frecuencia terminal más baja (15,3 kHz) y mayor duración (21,7 ms). A través de un detector de sonidos en heterodino los pulsos se oyen con un característico “plip- plop”. En vuelo en altura parece que los pulsos pierden la alternancia y el nóctulo grande emite sólo señales de frecuencia baja. Dado la similitud en frecuencias y ritmo, sus ultrasonidos son difíciles de diferenciar de los de N. noctula.</t>
   </si>
   <si>
     <t>Pipistrellus pipistrellus (Schreber, 1774)</t>
   </si>
   <si>
-    <t>prueba_Murciélago común (Castellano), Murciélago enano (Castellano), Murciélago enano o común (Castellano), Murciélago de Cabrera (Castellano), Saguzar (Euskera), Pipistrelo arrunt (Euskera), Rat penat común (Catalán), Rat penat comú (Catalán), Morcego común (Gallego), Common Pipistrelle (Inglés), Pipistrelle Commune (Francés)</t>
+    <t>Murciélago común (Castellano), Murciélago enano (Castellano), Murciélago enano o común (Castellano), Murciélago de Cabrera (Castellano), Saguzar (Euskera), Pipistrelo arrunt (Euskera), Rat penat común (Catalán), Rat penat comú (Catalán), Morcego común (Gallego), Common Pipistrelle (Inglés), Pipistrelle Commune (Francés)</t>
   </si>
   <si>
     <t>Castellano, Castellano, Castellano, Castellano, Euskera, Euskera, Catalán, Catalán, Gallego, Inglés, Francés</t>
   </si>
   <si>
     <t>Es uno de los Quirópteros más pequeños de Europa (ANT: 28-35 mm, Ps: 3,5-8,5 g). Orejas cortas, triangulares; trago de punta redondeada, más largo que ancho. Coloración dorsal de marrón-rojizo a gris-verdoso, con individuos negruzcos. Pelaje ventral más claro. La segunda falange del 3er dedo es 2- 3 mm mayor que la tercera. La pigmentación de las partes desnudas de la cara es en general oscura, sin parches claros conspicuos. Los machos tienen el pene grisáceo con una marcada estría más pálida en el glande. Carecen de protuberancia entre los orificios nasales. Fórmula dentaria: 2.1.2.3/3.1.2.3. Incisivo superior interno bicúspide, casi igual que la mitad de la longitud del externo. PM1 muy pequeño y desplazado hacia el interior de la serie dental pero visible desde el exterior. Dotación cromosómica: 2n = 42 ó 2n = 44. Pueden ser confundidos con otros miembros del género Pipistrellus, aunque sus menores dimensiones y la morfología y disposición de los incisivos y premolares superiores permiten distinguirlos en mano con relativa facilidad. ULTRASONIDOS Las emisiones más habituales son pulsos de frecuencia modulada de banda ancha con una cola final casi frecuencia constante. Las frecuencias terminal y de máxima intensidad oscilan entre 42-51 y 41,6- 50,8 kHz, respectivamente. Las llamadas sociales difieren en frecuencia y número de componentes. Las señales son estructuralmente similares a las de otras especies cogenéricas, pero sus diferentes frecuencias permiten separarlas con facilidad.</t>
   </si>
   <si>
     <t>Pipistrellus pygmaeus (Leach, 1825)</t>
   </si>
   <si>
-    <t>prueba_Murciélago de Cabrera (Castellano), Pipistrelo mediterraneo (Euskera), Ratapinyada pipistrel (Catalán), Nana (Catalán), Soprano (Catalán), Morcego común (Gallego), Soprano Pipistrelle (Inglés), Pygmy Pipistrelle (Inglés), Pipistrelle Pygmée (Francés)</t>
+    <t>Murciélago de Cabrera (Castellano), Pipistrelo mediterraneo (Euskera), Ratapinyada pipistrel (Catalán), Nana (Catalán), Soprano (Catalán), Morcego común (Gallego), Soprano Pipistrelle (Inglés), Pygmy Pipistrelle (Inglés), Pipistrelle Pygmée (Francés)</t>
   </si>
   <si>
     <t>Castellano, Euskera, Catalán, Catalán, Catalán, Gallego, Inglés, Inglés, Francés</t>
   </si>
   <si>
     <t>Es el murciélago más pequeño de Europa (ANT: 28,8-32,8 mm; Ps: 4,1-7,5 g) . Orejas cortas y triangulares. Trago de punta redondeada, más largo que ancho. Pelaje dorsal desde marrón-oliva a arenoso pálido. La región ventral es más clara. La razón entre la longitud de la 2ª y 3ª falange del 3er dedo es 1:1, aunque este carácter es bastante variable. Las orejas y el hocico son relativamente más cortos y el pelaje dorsal del uropatagio más denso y extendido que en el murciélago enano, cubriéndolo hasta su tercio proximal. La pigmentación de las partes desnudas de la cara presenta parches claros conspicuos. En los machos el pene es anaranjado y sin la estría distintiva del murciélago enano. Ambos sexos presentan una pequeña protuberancia entre los orificios nasales, ausente en su especie gemela . Fórmula dentaria: 2.1.2.3/3.1.2.3. Forma y disposición de los incisivos superiores y PM1 como en el murciélago enano. Se distingue con relativa facilidad de otros miembros del mismo género por su tamaño menor y su morfología dentaria. ULTRASONIDOS Las señales de ecolocación más habituales son pulsos de frecuencia modulada de banda ancha con una cola final casi de frecuencia constante. Los valores medios de la frecuencia de máxima intensidad oscilan entre 52 y 56 kHz . Las llamadas sociales están compuestas por 2 a 4 componentes (habitualmente tres) y se escuchan sobre todo en torno a 20 kHz . En situaciones de amenaza emiten llamadas de alarma compuestas por 4-5 elementos, con frecuencias de máxima intensidad entre 26 y 40 kHz.</t>
   </si>
   <si>
     <t>Pipistrellus pipistrellus pygmaeus</t>
   </si>
   <si>
     <t>Plecotus auritus (Linnaeus, 1758)</t>
   </si>
   <si>
-    <t>prueba_Murciélago orejudo dorado (Castellano), Orejudo dorado (Castellano), Murciélago orejudo septentrional (Castellano), Belarrihandi arre (Euskera), Ipar-belarri handia (Euskera), Rat penat orellut septentrional (Catalán), Morcego orelludo común (Gallego), Brown Long-eared Bat (Inglés), Brown Big-eared Bat (Inglés), Oreillard Roux (Francés), Oreillard Brun (Francés)</t>
+    <t>Murciélago orejudo dorado (Castellano), Orejudo dorado (Castellano), Murciélago orejudo septentrional (Castellano), Belarrihandi arre (Euskera), Ipar-belarri handia (Euskera), Rat penat orellut septentrional (Catalán), Morcego orelludo común (Gallego), Brown Long-eared Bat (Inglés), Brown Big-eared Bat (Inglés), Oreillard Roux (Francés), Oreillard Brun (Francés)</t>
   </si>
   <si>
     <t>Castellano, Castellano, Castellano, Euskera, Euskera, Catalán, Gallego, Inglés, Inglés, Francés, Francés</t>
   </si>
   <si>
     <t>Murciélago de talla media. Orejas muy largas, membranosas y unidas en la base donde se localiza un proceso en forma de botón. Trago con el borde interno prácticamente recto y de color blanco amarillento que resulta casi translúcido. Pulgar largo, cuya uña generalmente sobrepasa los 2 mm de longitud. Plagiopatagio inserto en la base de los pies. Las hembras son significativamente mayores en varios caracteres externos (antebrazo, pulgar, quinto dedo, trago, y pie). El pelaje es abundante, largo y denso de coloración parda amarillenta o parda grisácea en el dorso, aunque su parte basal es claramente parda. En su parte ventral la coloración es gris claro con tintes amarillentos. Los individuos juveniles tienen un color más pálido, sin tintes pardos y su cara es más oscura. ANT: 36,9-43,5 mm; Ps: 6,8-12,0 g. Fórmula dentaria: 2.1.2.3/3.1.3.3. Número de cromosomas (2n) = 32. Las dos especies de orejudos son bastante difíciles de diferenciar y solamente es posible hacerlo en mano. ULTRASONIDOS Durante la fase de búsqueda del alimento los sonidos se emiten a una frecuencia modulada de 26 a 83 kHz, con una intensidad máxima alrededor de los 50 kHz. Los pulsos se repiten cada 50 ms y tienen una duración de 5 ms.</t>
   </si>
   <si>
     <t>Plecotus austriacus (J. Fischer, 1829)</t>
   </si>
   <si>
-    <t>prueba_Orejudo gris (Castellano), Murciélago orejudo gris (Castellano), Murciélago orejudo meridional (Castellano), Hego-belarrihandia (Euskera), Belarrihandi gris (Euskera), Hego-belarrihandi gris (Euskera), Rat penat gris (Catalán), Morcego orelludo gris (Gallego), Grey Long-eared Bat (Inglés), Gray Big-eared Bat (Inglés), Oreillard Gris (Francés)</t>
+    <t>Orejudo gris (Castellano), Murciélago orejudo gris (Castellano), Murciélago orejudo meridional (Castellano), Hego-belarrihandia (Euskera), Belarrihandi gris (Euskera), Hego-belarrihandi gris (Euskera), Rat penat gris (Catalán), Morcego orelludo gris (Gallego), Grey Long-eared Bat (Inglés), Gray Big-eared Bat (Inglés), Oreillard Gris (Francés)</t>
   </si>
   <si>
     <t>Castellano, Castellano, Castellano, Euskera, Euskera, Euskera, Catalán, Gallego, Inglés, Inglés, Francés</t>
   </si>
   <si>
     <t>España NT (Casi amenazado),  Mundial NT (Casi amenazado),  Región Atlántica U1 (Desfavorable-inadecuado),  Región Alpina U1 (Desfavorable-inadecuado),  Región Mediterránea U1 (Desfavorable-inadecuado)</t>
   </si>
   <si>
     <t>Es un murciélago de tamaño medio. Orejas muy grandes que se unen por la base de sus bordes internos. El dorso es gris oscuro con los pelos negruzcos en casi toda su longitud, mientras que la zona ventral es blanquecina o gris muy pálida. Los jóvenes tienen una coloración grisácea más apagada. Las hembras son por lo general algo mayores que los machos. ANT: 37,0-45,0 mm; Ps: 6,5-15 g. Fórmula dentaria: 2.1.2.3/3.1.3.3. Número de cromosomas (2n) = 32. Por el tamaño de las orejas y su aspecto, en la Península Ibérica sólo se puede confundir con P. auritus y la semejanza entre ambas requiere que su determinación deba realizarse en mano, y aún así pueden surgir dificultades. Al contrario que en P. auritus, el trago es normalmente mayor de 5,5 mm y está pigmentado en toda su longitud con un color parecido al del pabellón de la oreja. La longitud del pulgar (sin la uña) generalmente es menor (inferior a 6 mm) y la uña es también más corta. Partes desnudas de color grisáceo oscuro (y no pardas o rojizas). Antifaz oscuro alrededor de los ojos más marcado. En los machos adultos, el pene es mazudo (y no cilíndrico). ULTRASONIDOS Emite pulsos de ecolocalización en FM desde 85 a 25 kHz. La intensidad de estos sonidos es muy débil y su alcance apenas supera los 5 m. Las señales son prácticamente indistinguibles de las de P. auritus.</t>
   </si>
   <si>
     <t>Rhinolophus ferrumequinum (Schreber, 1774)</t>
   </si>
   <si>
-    <t>prueba_Murciélago grande de herradura (Castellano), Ferra-saguzan handia (Euskera), Ferra-saguzar handi (Euskera), Rat penat gran de ferradura (Catalán), Morcego de ferradura grande (Gallego), Greater Horseshoe Bat (Inglés), Grand Rhinolophe Fer À Cheval (Francés)</t>
+    <t>Murciélago grande de herradura (Castellano), Ferra-saguzan handia (Euskera), Ferra-saguzar handi (Euskera), Rat penat gran de ferradura (Catalán), Morcego de ferradura grande (Gallego), Greater Horseshoe Bat (Inglés), Grand Rhinolophe Fer À Cheval (Francés)</t>
   </si>
   <si>
     <t>Castellano, Euskera, Euskera, Catalán, Gallego, Inglés, Francés</t>
   </si>
   <si>
     <t>Es el representante del género Rhinolophus de mayor tamaño en la Península Ibérica. La hoja o lanceta generalmente es ancha y corta, y aguzada hacia la punta. La proyección conectiva en vista lateral es alargada y redondeada. El labio inferior presenta un surco vertical en el centro. Sus orejas son grandes, antitrago ancho y separado del borde externo por una escotadura poco profunda. El plagiopatagio está inserto por debajo del tobillo. El uropatagio se encuentra sostenido por espolones poco desarrollados, y con ausencia de lóbulos postcalcáneos. Las hembras presentan un par de mamas pectorales y un par de falsas mamas inguinales. El pelaje es largo, suave y denso y no se extiende sobre la superficie dorsal de las membranas, las cuales son de color pardo negruzco y semitransparentes. El color de la parte dorsal del cuerpo es pardo oscuro y la parte ventral es mucho más pálida. Los individuos jóvenes son mucho más claros y grises que los adultos. ANT: 50,5-60,2 mm; Ps: 14,6-31,6 g. Fórmula dentaria: 1.1.2.3/2.1.3.3. Número de cromosomas (2n) = 58. Resulta difícil de confundir con el resto de sus congéneres, por lo que no es necesario examinarlo en mano para su correcta identificación. ULTRASONIDOS Durante la fase de búsqueda del alimento los sonidos se emiten a una frecuencia constante de 78 kHz (Alemania). Cuando vuelan buscando presas emiten entre 11 y 13 pulsos por segundo (Gran Bretaña).</t>
   </si>
   <si>
     <t>Anexo II - No prioritaria, Anexo IV</t>
   </si>
   <si>
     <t>Rhinolophus hipposideros (Bechstein, 1800)</t>
   </si>
   <si>
-    <t>prueba_Murciélago pequeño de herradura (Castellano), Ferra-saguzar txikia (Euskera), Ferra-saguzar txiki (Euskera), Rat penat petit de ferradura (Catalán), Morcego pequeño de ferradura (Gallego), Morcego pequeno de ferradura (Gallego), Lesser Horseshoe Bat (Inglés), Petit Rhinolophe fer à cheval (Francés)</t>
+    <t>Murciélago pequeño de herradura (Castellano), Ferra-saguzar txikia (Euskera), Ferra-saguzar txiki (Euskera), Rat penat petit de ferradura (Catalán), Morcego pequeño de ferradura (Gallego), Morcego pequeno de ferradura (Gallego), Lesser Horseshoe Bat (Inglés), Petit Rhinolophe fer à cheval (Francés)</t>
   </si>
   <si>
     <t>Castellano, Euskera, Euskera, Catalán, Gallego, Gallego, Inglés, Francés</t>
   </si>
   <si>
     <t>Es el más pequeño de los rinolofos de la región Paleártica. Existe dimorfismo sexual ANT: 35,7-39,0 mm (machos), 35,2-37,5 mm (hembras); Ps: 4,2-6,0 g (machos), 3,7-5,0 g (hembras). Orejas grandes. La silla de la excrecencia nasal es estrecha, con los bordes rectos y convergentes hacia arriba, y la proyección conectiva redondeada en la cresta. Patagio inserto en el tobillo. Uropatagio angular. Coloración dorsal parda más o menos oscura, que responde a la punta de los pelos que en su base son de un color gris claro; la parte ventral algo más clara, de coloración grisácea. Las crías tienen un pelaje suave y de color gris oscuro. Orejas y membranas alares siempre más oscuras que el pelo del dorso. En estado de reposo se envuelve totalmente en la membrana alar. Fórmula dentaria: 1.1.2.3/2.1.3.3. Número de cromosomas (2n) = 56. ULTRASONIDOS Emiten pulsos de 20-30 ms de duración, de frecuencia constante acabados en un breve fragmento de frecuencia descendente. En el sur de España hay una diferencia de emisión entre sexos: 112,8-115,2 kHz (machos), 108,7-111,7 kHz (hembras). La frecuencia también depende de la temperatura ambiental. En vuelo emiten entre los 106-111 kHz y con una duración de pulso de 40-69 ms. Puede ser confundido con cierta facilidad con Rhinolophus mehelyi y Rhinolophus euryale.</t>
   </si>
   <si>
     <t>Rupicapra pyrenaica Bonaparte, 1845</t>
   </si>
   <si>
-    <t>prueba_Rebeco (Castellano), Gamuza De Los Abruzzos (Castellano), Gamuza Meridional (Castellano), Rebeco De Los Abruzzos (Castellano), Sarrio (Castellano), Sarrioa (Euskera), Isard (Catalán), Rebezo (Gallego), Apennine Chamois (Inglés), Abruzzo Chamois (Inglés), Southern Chamois (Inglés), Pyrenean Chamois (Inglés), Chamois Des Abruzzes (Francés)</t>
+    <t>Rebeco (Castellano), Gamuza De Los Abruzzos (Castellano), Gamuza Meridional (Castellano), Rebeco De Los Abruzzos (Castellano), Sarrio (Castellano), Sarrioa (Euskera), Isard (Catalán), Rebezo (Gallego), Apennine Chamois (Inglés), Abruzzo Chamois (Inglés), Southern Chamois (Inglés), Pyrenean Chamois (Inglés), Chamois Des Abruzzes (Francés)</t>
   </si>
   <si>
     <t>Castellano, Castellano, Castellano, Castellano, Castellano, Euskera, Catalán, Gallego, Inglés, Inglés, Inglés, Inglés, Francés</t>
   </si>
   <si>
     <t>Es un bóvido de pequeño tamaño, menor y más esbelto que la cabra montés Capra pyrenaica. Ambos sexos poseen cuernos en forma de gancho, siendo los de los machos más gruesos y con el gancho apical más cerrado. Cabeza y garganta claras, con una mancha oscura que cubre el ojo a modo de antifaz. Color del cuerpo casi uniforme, con una línea longitudinal más oscura en el dorso. Medidas corporales, CC: 105-120 cm; CR: 70-80 cm; Ps: 20-28 kg. Los machos son algo más pesados que las hembras, aunque las diferencias de peso entre sexos no suelen ser significativas en el rebeco pirenaico y parecen disminuir con el aumento de la densidad y el empobrecimiento del hábitat. Fórmula dentaria: 0.0.3.3/4.0.3.3. Número de cromosomas (2n) = 58.</t>
   </si>
   <si>
     <t>Capra pyrenaica Schinz, 1838</t>
   </si>
   <si>
-    <t>prueba_Cabra montés (Castellano), Bucardo (Castellano), Cabra Montesa (Castellano), Basahuntz pirinear (Euskera), Cabra salvatge (Catalán), Hirco (Gallego), Pyrenean Ibex (Inglés), Iberian Wild Goat (Inglés), Spanish Ibex (Inglés), Bouquetin Des Pyrénées (Francés)</t>
+    <t>Cabra montés (Castellano), Bucardo (Castellano), Cabra Montesa (Castellano), Basahuntz pirinear (Euskera), Cabra salvatge (Catalán), Hirco (Gallego), Pyrenean Ibex (Inglés), Iberian Wild Goat (Inglés), Spanish Ibex (Inglés), Bouquetin Des Pyrénées (Francés)</t>
   </si>
   <si>
     <t>España NT (Casi amenazado),  Mundial LC (Preocupación menor),  Región Atlántica FV (Favorable),  Región Alpina FV (Favorable),  Región Mediterránea FV (Favorable),  Región Alpina XX (Desconocido)</t>
   </si>
   <si>
     <t>España, Mundial, Región Atlántica, Región Alpina, Región Mediterránea, Región Alpina</t>
   </si>
   <si>
     <t>Es un ungulado robusto y de mediano tamaño, CC: 97-148 cm; CR: 65-84 cm; Ps: 31-90 kg. Ambos sexos presentan cuernos persistentes, formados por un soporte óseo recubierto de un estuche córneo, no ramificados, gruesos y nudosos, que en los machos adultos se curva en forma de “S”. El número de nudos, o medrones, da una idea de la edad. Los cuernos de las hembras son más cortos, cilíndricos y en forma de lira. Los machos son mayores que las hembras y además presentan una crin y barbas características, y manchas negras en el pelaje más extensas. Las de las poblaciones del sur peninsular son más pequeñas que las del norte. El color del pelaje varía estacionalmente, presentando un pelo de color canela en verano, que se torna más oscuro en el invierno. Fórmula dentaria: 0.0.3.3/3.1.3.3. Número de cromosomas (2n) = 60.</t>
   </si>
   <si>
     <t>Capra pyrenaica victoriae Cabrera, 1911</t>
   </si>
   <si>
     <t>Barbastella barbastellus (Schreber, 1774)</t>
   </si>
   <si>
-    <t>prueba_Murciélago de bosque (Castellano), Barbastela (Castellano), Baso-saguzar arrunt (Euskera), Rat penat de bosc (Catalán), Morcego das fragas (Gallego), Western Barbastelle (Inglés), Barbastelle (Inglés), Barbastelle Commune (Francés), Barbastelle D'Europe (Francés)</t>
+    <t>Murciélago de bosque (Castellano), Barbastela (Castellano), Baso-saguzar arrunt (Euskera), Rat penat de bosc (Catalán), Morcego das fragas (Gallego), Western Barbastelle (Inglés), Barbastelle (Inglés), Barbastelle Commune (Francés), Barbastelle D'Europe (Francés)</t>
   </si>
   <si>
     <t>España NT (Casi amenazado),  Mundial NT (Casi amenazado),  Región Atlántica U1 (Desfavorable-inadecuado),  Región Alpina U1 (Desfavorable-inadecuado),  Región Mediterránea U1 (Desfavorable-inadecuado),  Región Macaronésica U1 (Desfavorable-inadecuado)</t>
   </si>
   <si>
     <t>España, Mundial, Región Atlántica, Región Alpina, Región Mediterránea, Región Macaronésica</t>
   </si>
   <si>
     <t>Murciélago de talla media. Destacan sus orejas grandes de forma cuadrangular, unidas en la frente en su borde interno y con un pequeño lóbulo saliente en el externo, aunque no siempre está presente. La coloración del pelaje suele ser bastante oscura, entre negruzca y parda. Salvo en los ejemplares de Canarias las puntas de los pelos pueden ser en algunos casos blanquecinas. La zona ventral es también oscura aclarándose hacia la parte inguinal. ANT: 35,0-42,5 mm; Ps: 5,6-13,7 g. Las hembras son ligeramente mayores que los machos. Fórmula dentaria: 2.1.2.3/3.1.2.3. Número de cromosomas (2n) = 32. En general su aspecto, muy característico, hace que sea una especie inconfundible en España. ULTRASONIDOS En fase de búsqueda de presas emite dos tipos de señales ultrasónicas alternantes CF-FM, cortas y muy características, con máximos de intensidad en torno a 32-37 kHz y 41-43 kHz y ritmo irregular. En ambientes con mucha vegetación puede confundirse con especies del género Myotis y Plecotus. En estos casos la llamada social (en Francia entre agosto y septiembre) resulta determinante.</t>
   </si>
   <si>
     <t>Hypsugo savii (Bonaparte, 1837)</t>
   </si>
   <si>
-    <t>prueba_Murciélago montañero (Castellano), Murciélago de montaña (Castellano), Savi saguzarra (Euskera), Savi saguzar (Euskera), Rat penat muntanyero (Catalán), Rat penat mustanyenc (Catalán), Morcego do monte (Gallego), Savi's Pipistrelle (Inglés), Vespère De Savi (Francés), Pipistrelle De Savi (Francés)</t>
+    <t>Murciélago montañero (Castellano), Murciélago de montaña (Castellano), Savi saguzarra (Euskera), Savi saguzar (Euskera), Rat penat muntanyero (Catalán), Rat penat mustanyenc (Catalán), Morcego do monte (Gallego), Savi's Pipistrelle (Inglés), Vespère De Savi (Francés), Pipistrelle De Savi (Francés)</t>
   </si>
   <si>
     <t>Castellano, Castellano, Euskera, Euskera, Catalán, Catalán, Gallego, Inglés, Francés, Francés</t>
   </si>
   <si>
     <t>España NT (Casi amenazado),  Mundial LC (Preocupación menor),  Región Atlántica U1 (Desfavorable-inadecuado),  Región Alpina U1 (Desfavorable-inadecuado),  Región Mediterránea U1 (Desfavorable-inadecuado),  Región Macaronésica U1 (Desfavorable-inadecuado)</t>
   </si>
   <si>
     <t>Murciélago de pequeño tamaño. Orejas cortas, separadas en su base y más anchas y redondeadas que en Pipistrellus; el trago es corto y redondeado, con el extremo ensanchado y dirigido hacia el interior. Pelaje bastante largo; las partes inferiores son normalmente blanco-grisáceas, en ocasiones con tonos amarillentos, mientras que los pelos del dorso son generalmente bicolores, con la base pardo-negruzca y la punta castaña, a menudo con tonos dorados, aunque se ha señalado que pueden ser enteramente oscuros hasta en un 25% de los individuos. Partes desnudas de la piel de color pardo oscuro o negruzco. Plagiopatagio insertado en la base de los dedos y uropatagio con un estrecho epiblema en el espolón. Las últimas dos vértebras (3-5 mm) sobresalen del uropatagio. ANT: 31,6-37,5 mm; Ps: 5,0-10,0 g. Las hembras son algo mayores que los machos. Fórmula dentaria: 2.1.2.3/3.1.2.3; el I1 es bicúspide y el P1 está desplazado hacia el interior, oculto entre C y P2 en vista lateral y muy reducido, o incluso ausente. Número de cromosomas (2n) = 44. Puede confundirse morfológicamente con Pipistrellus pipistrellus, Pipistrellus kuhlii y Pipistrellus nathusii. ULTRASONIDOS Los pulsos pueden comenzar de forma gradual o explosiva y son de frecuencia casi constante, con barridos en la banda de 38-30 kHz y con un máximo de energía a 33-35 kHz. Los pulsos tienen una duración de 10-12 ms y se emiten con un ritmo de 7-8 pulsos/segundo en vuelo de caza y 3-4 pulsos/segundo en vuelo de desplazamiento. Las llamadas sociales son muy características, con frecuencia ascendente entre 15 y 40 kHz. Las emisiones ultrasónicas son más fuertes y con menor frecuencia que las de Pipistrellus, pero presentan ciertas similitudes con las de P. nathusii.</t>
   </si>
   <si>
     <t>Pipistrellus savii (Bonaparte, 1837)</t>
   </si>
   <si>
     <t>Nyctalus leisleri (Kuhl, 1817)</t>
   </si>
   <si>
-    <t>prueba_Nóctulo menor o pequeño (Castellano), Nóctulo pequeño (Castellano), Gau-saguzar handi (Euskera), Leisler gau-saguzar (Euskera), Rat penat (Catalán), Rat penat nóctul petit (Catalán), Nòctul (Catalán), Morcego de Leisler (Gallego), Leisler's Bat (Inglés), Lesser Noctule (Inglés), Noctule De Leisler (Francés)</t>
+    <t>Nóctulo menor o pequeño (Castellano), Nóctulo pequeño (Castellano), Gau-saguzar handi (Euskera), Leisler gau-saguzar (Euskera), Rat penat (Catalán), Rat penat nóctul petit (Catalán), Nòctul (Catalán), Morcego de Leisler (Gallego), Leisler's Bat (Inglés), Lesser Noctule (Inglés), Noctule De Leisler (Francés)</t>
   </si>
   <si>
     <t>Castellano, Castellano, Euskera, Euskera, Catalán, Catalán, Catalán, Gallego, Inglés, Inglés, Francés</t>
   </si>
   <si>
     <t>Rostro, orejas y membranas alares pardo oscuro. Las alas son largas y relativamente estrechas (5º metacarpo mucho menor que 3º y 4º), presentan un denso pelaje en la zona próxima al cuerpo y brazos, y se insertan en el tobillo. Lóbulo poscalcáneo bien desarrollado. Orejas relativamente más cortas y estrechas que en otros nóctulos, el trago tiene forma de riñón. Pelaje corto y bicolor, base de los pelos pardo oscuro y puntas más claras. Dorso castaño y región ventral pardo más claro, a veces con tonos amarillentos. En La Rioja se han capturado varios ejemplares parcialmente albinos. ANT: 39,0-47,0 mm; Ps: 8,0-23,2 g. Las hembras son algo mayores que los machos. Formula dentaria: 2.1.2.3/3.1.2.3. Número de cromosomas (2n) = 46. En los otros nóctulos el P1 no es visible, son de mayor talla y su coloración general es más rojiza. En el resto de las especies de aspecto similar el trago no es arriñonado y la talla es menor. ULTRASONIDOS Emite señales de ecolocación en FM de 9 a 14 ms de duración, intercalando dos tipos de pulsos cuyas frecuencias de máxima energía están entre 23 y 31 kHz. En el detector en modo heterodino se escucha en forma de dos pulsos consecutivos de diferente frecuencia y sonido muy característico (“plip-plop”). Durante el celo los machos emiten un reclamo audible para atraer a las hembras, colgados de una percha (10,5-18 kHz, duración 29 ms). En vuelo se detecta e identifica fácilmente con detectores de ultrasonidos.</t>
   </si>
   <si>
     <t>Tadarida teniotis (Rafinesque, 1814)</t>
   </si>
   <si>
-    <t>prueba_Murciélago rabudo (Castellano), Saguzar buztanluzea (Euskera), Saguzar buztanluze europar (Euskera), Rat penat cuallarg (Catalán), Morcego rabudo (Gallego), European Free-tailed Bat (Inglés), MOLOSSE DE CESTONI (Francés)</t>
+    <t>Murciélago rabudo (Castellano), Saguzar buztanluzea (Euskera), Saguzar buztanluze europar (Euskera), Rat penat cuallarg (Catalán), Morcego rabudo (Gallego), European Free-tailed Bat (Inglés), MOLOSSE DE CESTONI (Francés)</t>
   </si>
   <si>
     <t>España NT (Casi amenazado),  Mundial LC (Preocupación menor),  Región Atlántica FV (Favorable),  Región Alpina FV (Favorable),  Región Mediterránea FV (Favorable),  Región Macaronésica FV (Favorable)</t>
   </si>
   <si>
     <t>Murciélago de gran tamaño, con alas largas y estrechas. Cabeza característica con orejas rígidas proyectadas hacia delante. La cola sobresale por fuera de la membrana caudal y se retrae en el uropatagio en vuelo. El color del pelo es muy variable, de pardo a gris claro. Algunos ejemplares presentan áreas canosas. No se ha descrito dimorfismo sexual en cuanto al color. Las hembras son ligeramente más grandes. ANT: 57,0-64,0 mm; Ps: 22,0-54,0 g. Fórmula dentaria: 1.1.2.3/3.1.2.3. Número de cromosomas (2n) = 48. No existen especies similares en Europa. ULTRASONIDOS Muestran una gran variedad de llamadas sociales emitidas desde los refugios y en vuelo. Exhibiciones sonoras de los machos dominantes y fuertes emisiones durante las persecuciones aéreas. Las señales de ecolocalización tienen una duración de entre 8 y 27 ms. (media 15 ms). El intervalo entre pulsos oscila entre 200 y 1.400 ms (media 740 ms). Emite entre 9-15 kHz con máxima intensidad en 11,4 kHz. El rango de todos los tipos de llamadas es audible para el oído humano. Con poca experiencia pueden confundirse las señales de ecolocalización del murciélago rabudo con emisiones sociales audibles de otras especies (Pipistrellus pipistrellus, Nyctalus noctula y N. leisleri).</t>
   </si>
   <si>
     <t>Pipistrellus kuhlii (Kuhl, 1817)</t>
   </si>
   <si>
-    <t>prueba_Murciélago de borde claro (Castellano), Kuhl pipistrelu (Euskera), Katamotz iberiarra (Euskera), Rat penat de voles clares (Catalán), Rat penat de vores clares (Catalán), Morcego de breira branca (Gallego), Morcego de beira branca (Gallego), Kuhl's Pipistrelle (Inglés), Pipistrelle De Kuhl (Francés)</t>
+    <t>Murciélago de borde claro (Castellano), Kuhl pipistrelu (Euskera), Katamotz iberiarra (Euskera), Rat penat de voles clares (Catalán), Rat penat de vores clares (Catalán), Morcego de breira branca (Gallego), Morcego de beira branca (Gallego), Kuhl's Pipistrelle (Inglés), Pipistrelle De Kuhl (Francés)</t>
   </si>
   <si>
     <t>Castellano, Euskera, Euskera, Catalán, Catalán, Gallego, Gallego, Inglés, Francés</t>
   </si>
   <si>
     <t>España LC (Preocupación menor),  Mundial LC (Preocupación menor),  Región Atlántica FV (Favorable),  Región Mediterránea FV (Favorable),  Región Macaronésica FV (Favorable),  Región Alpina U2 (Desfavorable-malo)</t>
   </si>
   <si>
     <t>España, Mundial, Región Atlántica, Región Mediterránea, Región Macaronésica, Región Alpina</t>
   </si>
   <si>
     <t>Es un murciélago pequeño. Las orejas son cortas, triangulares y con vértice superior redondeado, y poseen cinco pliegues transversales en la parte superior del borde externo. El trago es corto, redondeado en la punta y ligeramente curvado. El pelaje es de coloración general pardo castaño o rojizo en la parte dorsal, y más claro en la zona ventral. El hocico, las orejas y la membrana alar son de color negro parduzco. Las alas son relativamente estrechas. El plagiopatagio se inserta en la base de los dedos del pie; en su borde presentan generalmente una banda de color más claro. El espolón alcanza más de la mitad de la longitud del borde del uropatagio, con lóbulo postcalcáneo con cartílago conspicuo en forma de T. Los incisivos internos superiores (I1) son monocúspides, los externos (I2) menores que la mitad del I1, y el premolar superior anterior (P1) está desplazado hacia el interior y no es visible externamente. Los incisivos inferiores están fuertemente imbricados, y no presentan diastema entre I2 e I3. ANT: 31,0-37,0 mm; Ps: 4,5-10,0 g. Fórmula dentaria: 2.1.2.3/3.1.2.3. Número de cromosomas (2n) = 44. No existe dimorfismo sexual, aunque las hembras son algo mayores. Puede confundirse sobre todo con los otros representantes del género Pipistrellus y en menor medida con Hypsugo savii, de los que se diferencia sobre todo por los caracteres dentales. ULTRASONIDOS Emite pulsos de ecolocalización del tipo FM-CF, con frecuencia de máxima energía a 38-41 kHz, 8-12 ms de duración, e intervalo entre pulsos bimodal con valores máximos en torno a los 100 y 200 ms. Los cantos sociales son una serie de 2 pulsos FM muy rápidos, con máxima energía en torno a los 14-16 kHz, fácilmente audibles como un “chip” agudo, y que mediante sistemas de tiempo expandido permiten discriminar a la especie de P. nathusii. Mediante escucha directa pueden confundirse con sonidos de ecolocalización de Tadarida teniotis.</t>
   </si>
   <si>
     <t>Plecotus teneriffae Barrett-Hamilton, 1907</t>
   </si>
   <si>
-    <t>prueba_Orejudo canario (Castellano), Murciélago orejudo canario (Castellano), Belarrihandi Kanariar (Euskera), Rat penat orellut canari (Catalán), Canary Big-eared Bat (Inglés), Canary Long-eared Bat (Inglés), Tenerife Long-eared Bat (Inglés), Oreillard de Tenerife (Francés)</t>
+    <t>Orejudo canario (Castellano), Murciélago orejudo canario (Castellano), Belarrihandi Kanariar (Euskera), Rat penat orellut canari (Catalán), Canary Big-eared Bat (Inglés), Canary Long-eared Bat (Inglés), Tenerife Long-eared Bat (Inglés), Oreillard de Tenerife (Francés)</t>
   </si>
   <si>
     <t>Castellano, Castellano, Euskera, Catalán, Inglés, Inglés, Inglés, Francés</t>
   </si>
   <si>
     <t>España EN (En peligro),  Mundial CR (En peligro crítico),  Región Macaronésica U2 (Desfavorable-malo)</t>
   </si>
   <si>
     <t>España, Mundial, Región Macaronésica</t>
   </si>
   <si>
     <t>Murciélago de mediano tamaño, muy parecido a Plecotus austriacus, con coloración general más oscura que éste y de mayor tamaño. Los jóvenes son más oscuros que los adultos. Orejas de aproximadamente 40 mm. ANT: 40,1-46,0 mm; Ps: 6,4-9,1 g. Las hembras son mayores que los machos. Número de cromosomas desconocido. Fórmula dentaria: 2.1.2.3/3.1.3.3. ULTRASONIDOS No existe información. Durante el período de celo en los lugares donde se reúnen machos y hembras, emiten sonidos audibles, que en ocasiones recuerdan algo, aunque mucho más débiles, a los típicos “tic, tic” de Tadarida teniotis.</t>
   </si>
   <si>
     <t>Balaenoptera musculus (Linnaeus, 1758)</t>
   </si>
   <si>
-    <t>prueba_Blue whale (Inglés), Baleine bleue (Francés), Blauwal (Alemán), Balenottera azzurra (Italiano), Baleia-azul (Portugués)</t>
+    <t>Blue whale (Inglés), Baleine bleue (Francés), Blauwal (Alemán), Balenottera azzurra (Italiano), Baleia-azul (Portugués)</t>
   </si>
   <si>
     <t>Inglés, Francés, Alemán, Italiano, Portugués</t>
   </si>
   <si>
     <t>España EN (En peligro),  Mundial EN (En peligro),  Región Marina Atlántica XX (Desconocido),  Región Marina Macaronésica XX (Desconocido)</t>
   </si>
   <si>
     <t>España, Mundial, Región Marina Atlántica, Región Marina Macaronésica</t>
   </si>
   <si>
     <t>La ballena o rorcual azul (Balaenoptera musculus), es especialmente fácil de identificar por su gran tamaño, ya que la ballena azul es el animal más grande del planeta actualmente. Pueden ser confundidas con el rorcual común sobre todo si está situado a bastante distancia de ella, pero de cerca no deja lugar a dudas. Su tamaño oscila entre los 24-27 metros un individuo adulto, pero las crías al nacer alcanzan nada más y nada menos que los 7 metros de longitud. Se han registrado animales con longitudes superiores a los 33 metros. Pertenece al grupo de los misticetos que son los cetáceos con barbas.</t>
   </si>
   <si>
     <t>Marino</t>
   </si>
   <si>
     <t>Balaena musculus Linnaeus, 1758, Sibbaldius musculus Kellogg, 1929</t>
   </si>
   <si>
     <t>Globicephala macrorhynchus Gray, 1846</t>
   </si>
   <si>
-    <t>prueba_Calderón tropical (Castellano), Caldrón Negro (Castellano), Calderón tropical o de aleta corta (Castellano), Cap d´olla tropical (Catalán), Caldeirón tropical (Gallego), Short-finned Pilot Whale (Inglés), Pacific Pilot Whale (Inglés), Globicéphale Tropical (Francés), Kurzflossen-Grindwal (Alemán), Globicefalo di Gray (Italiano), Baleia-piloto-de-aleta-curta (Portugués)</t>
+    <t>Calderón tropical (Castellano), Caldrón Negro (Castellano), Calderón tropical o de aleta corta (Castellano), Cap d´olla tropical (Catalán), Caldeirón tropical (Gallego), Short-finned Pilot Whale (Inglés), Pacific Pilot Whale (Inglés), Globicéphale Tropical (Francés), Kurzflossen-Grindwal (Alemán), Globicefalo di Gray (Italiano), Baleia-piloto-de-aleta-curta (Portugués)</t>
   </si>
   <si>
     <t>Castellano, Castellano, Castellano, Catalán, Gallego, Inglés, Inglés, Francés, Alemán, Italiano, Portugués</t>
   </si>
   <si>
     <t>España LC (Preocupación menor),  Mundial LC (Preocupación menor),  Región Marina Atlántica XX (Desconocido),  Región Marina Macaronésica XX (Desconocido)</t>
   </si>
   <si>
     <t>El calderón tropical o calderón de aleta corta, es muy semejantes al calderón común respecto al aspecto general del cuerpo, la coloración y otras características. Cabeza gruesa y globosa, y perfil anterior uniformemente curvado en forma de hoz. En los machos más viejos el melón puede colgar por delante de la boca varios centímetros. Presenta de 7 a 9 pares de dientes puntiagudos en la zona frontal de cada mandíbula. La aleta dorsal es típica, muy ancha en la base y relativamente baja, situada en la mitad anterior del cuerpo, aproximadamente a un tercio del extremo de la cabeza. Las aletas pectorales, en forma de hoz, suavemente curvadas hacia atrás a lo largo del borde anterior, son más cortas que las del calderón, con una longitud equivalente entre 1/5 y 1/6 de la longitud total. El pedúnculo caudal, aplanado en la proximidad de la aleta caudal, presenta los lóbulos separados por una escotadura, siendo éstos ligeramente cóncavos a lo largo del borde posterior.
 La talla media de los adultos está entre 5 y 5,5 m para las hembras, siendo éstas de menor tamaño que los machos. Al nacer miden 1,4 m. Los machos adultos llegan a pesar hasta 4 tm y las crías menos de 60 kg. Los calderones tropicales son de color negro en el dorso, costados y vientre; este último presenta una figura gris característica en forma de ancla, de extensión e intensidad variables; otra similar en forma de silla de montar aparece detrás de la aleta dorsal, así como otras bandas paralelas de color gris que se extienden desde los ojos hasta la «silla de montar».</t>
   </si>
   <si>
     <t>Globicephala indica Blyth, 1852, Globicephala macrorhyncha Fraser, 1950 , Globicephala sieboldii Gray, 1846, Globicephalus macrorhynchus Gray, 1846, Globicephalus scammonii Cope, 1869</t>
   </si>
   <si>
     <t>Balaenoptera physalus (Linnaeus, 1758)</t>
   </si>
   <si>
-    <t>prueba_Fin whale (Inglés), Rorqual commun (Francés), Finnwal (Alemán), Balenottera comune (Italiano), Baleia-comum (Portugués)</t>
+    <t>Fin whale (Inglés), Rorqual commun (Francés), Finnwal (Alemán), Balenottera comune (Italiano), Baleia-comum (Portugués)</t>
   </si>
   <si>
     <t>España VU (Vulnerable),  Mundial VU (Vulnerable),  Región Marina Atlántica XX (Desconocido),  Región Marina Macaronésica XX (Desconocido),  Región Marina Mediterránea XX (Desconocido)</t>
   </si>
   <si>
     <t>España, Mundial, Región Marina Atlántica, Región Marina Macaronésica, Región Marina Mediterránea</t>
   </si>
   <si>
     <t>El rorcual común (Balaenoptera physalus), en general presenta una coloración gris que varía en tonalidades en todo el cuerpo, pero siempre siendo la parte inferior de su cuerpo completamente blanca. En la cabeza aparece una mancha o dibujo irregular que varía también en las tonalidades de grises. Una de sus características principales es
 la presencia de barbas, en vez de dientes, que es lo que distingue a los odontocetos de los misticetos. Llegan a alcanzar un tamaño de 18-24 m (recién nacido 6-6,5 m). Pertenecen al grupo de los misticetos por la presencia de barbas.</t>
   </si>
   <si>
     <t>Balaena antiquorum Fischer, 1829, Balaena boops Linnaeus, 1758, Balaena physalus Linnaeus, 1758, Balaenoptera swinhoii Gray, 1866, Swinhoia chinensis Gray, 1868</t>
   </si>
   <si>
     <t>Delphinus delphis Linnaeus, 1758</t>
   </si>
   <si>
-    <t>prueba_Short-beaked common dolphin (Inglés), Dauphin commun (Francés), Gemeine Delfin (Alemán), Delfino comune (Italiano), Golfinho-comum (Portugués)</t>
+    <t>Short-beaked common dolphin (Inglés), Dauphin commun (Francés), Gemeine Delfin (Alemán), Delfino comune (Italiano), Golfinho-comum (Portugués)</t>
   </si>
   <si>
     <t>España DD (Datos insuficientes),  Mundial LC (Preocupación menor),  Región Marina Atlántica XX (Desconocido),  Región Marina Macaronésica XX (Desconocido),  Región Marina Mediterránea XX (Desconocido)</t>
   </si>
   <si>
     <t>Los delfines comunes (Delphinus delphis) se identifican por una mancha amarilla característica, situada en los flancos anteriores del animal. Muchos dicen que presentan un dibujo lateral en forma de ocho, otros que tiene forma de reloj de arena y otros que en forma de cruz. La parte delantera de ese ocho tiene color amarillo, cuya tonalidad varía entre individuos; y la parte trasera presenta un color grisáceo que también varía su tonalidad. Parte superior del cuerpo y aletas pectorales de color oscuro; y parte inferior blanca. Suelen alcanzar un tamaño de 1,7-2,4 m (recién nacido 80-90 cm). Pertenecen al grupo de los odontocetos o cetáceos con dientes.</t>
   </si>
   <si>
     <t>CEEA: Vulnerable, LESRPE: En régimen de protección especial</t>
   </si>
   <si>
     <t>Delphinus algeriensis Loche, 1860, Delphinus marginatus Lafont, 1868</t>
   </si>
   <si>
     <t>Physeter macrocephalus Linnaeus, 1758</t>
   </si>
   <si>
-    <t>prueba_Cachalote común (Castellano), Ballena Esperma (Castellano), Cachalote (Castellano), Katxalotea (Euskera), Catxalot (Catalán), Sperm Whale (Inglés), Spermacet Whale (Inglés), Cachelot (Inglés), Pot Whale (Inglés), Cachalot (Francés)</t>
+    <t>Cachalote común (Castellano), Ballena Esperma (Castellano), Cachalote (Castellano), Katxalotea (Euskera), Catxalot (Catalán), Sperm Whale (Inglés), Spermacet Whale (Inglés), Cachelot (Inglés), Pot Whale (Inglés), Cachalot (Francés)</t>
   </si>
   <si>
     <t>España VU (Vulnerable),  Mundial VU (Vulnerable),  Región Marina Atlántica FV (Favorable),  Región Marina Macaronésica XX (Desconocido),  Región Marina Mediterránea XX (Desconocido)</t>
   </si>
   <si>
     <t>El nombre científico de esta especie (macrocephalus) significa en griego "cabeza grande". Tiene la cabeza desproporcionadamente grande, sobre todo los machos. La piel que hay detrás de la cabeza suele estar arrugada. La mandíbula inferior es baja y estrecha; la boca es colgante y retraída, apenas visible de perfil. El aventador está muy adelantado y desplazado hacia la izquierda. Los cachalotes tienen de 2 a 10 surcos profundos en la graganta. La aleta dorsal es baja, gruesa y redondeadad u obtusa. La mayoría de las  hembras (el 75%) y algunos machos inmaduros (aprox. el 30%) presentan un área rugosa de piel cubierta de callosidades en la aleta dorsal, que nunca está presente en los machos adultos. La cresta, que se extiende desde la aleta dorsal hasta el pedúnculo caudal, está surcada de protuberancias y el pedúnculo caudal es recio. Las aletas pectorales son cortas y anchas con las puntas redondeadas, y las caudales son triangulares con los bordes posteriores rectos. Los machos son un tercio más largos que las hembras y dos veces más pesados. Hay de 10 a 16 pares de dientes cónicos en el maxilar inferior, que encajan en los alvéolos del maxilar superior. Su coloración es gris oscuro pero puede parecer marrón a la luz del sol. Los labios superiores y la porción lingual de la mandíbula inferior son blancos. Suelen tener manchas blancas en vientre y flancos.</t>
   </si>
   <si>
     <t>Physeter australasianus Desmoulins, 1822, Physeter catodon Linnaeus, 1758, Physeter microps Linnaeus, 1758, Physeter tursio Linnaeus, 1758</t>
   </si>
   <si>
     <t>Stenella coeruleoalba (Meyen, 1833)</t>
   </si>
   <si>
-    <t>prueba_Delfín Blanco Y Azul (Castellano), Delfín listado (Castellano), Dolfí llistat (Catalán), Golfiño riscado (Gallego), Euphrosyne Dolphin (Inglés), Striped Dolphin (Inglés), Dauphin Rayé (Francés), Dauphin Bleu et Blanc (Francés), Blau-Weiße Delfin (Alemán), Stenella striata (Italiano), Golfinho riscado (Portugués)</t>
+    <t>Delfín Blanco Y Azul (Castellano), Delfín listado (Castellano), Dolfí llistat (Catalán), Golfiño riscado (Gallego), Euphrosyne Dolphin (Inglés), Striped Dolphin (Inglés), Dauphin Rayé (Francés), Dauphin Bleu et Blanc (Francés), Blau-Weiße Delfin (Alemán), Stenella striata (Italiano), Golfinho riscado (Portugués)</t>
   </si>
   <si>
     <t>Castellano, Castellano, Catalán, Gallego, Inglés, Inglés, Francés, Francés, Alemán, Italiano, Portugués</t>
   </si>
   <si>
     <t>Los delfines listados (Stenella coeruleoalba) son animales que en general presentan colores grisazulados por todo el cuerpo, variando la intensidad del color en diferentes partes. La característica principal por la que se identifica esta especie, es la línea de color oscuro que parte del ojo y llega más allá de la mitad de la longitud del animal. Las características morfológicas de estos animales, muchas veces no son fáciles de observar a no ser que el animal salte en ese momento fuera del agua, por esto, los científicos cetólogos se guían muchas veces por el comportamiento que estos animales desarrollan.
 Su tamaño oscila entre 1,8-2,5 m (recién nacidos 1m).</t>
   </si>
   <si>
     <t>Delphinus coeruleoalbus Meyen, 1833, Delphinus euphrosyne Gray, 1846, Delphinus mediterraneus Loche, 1860, Delphinus styx Gray, 1846, Delphinus tethyos Gervais, 1853, Stenella caeruleoalbus Tomilin, 1957, Stenella styx Ellerman &amp; Morrison-Scott, 1951</t>
   </si>
   <si>
     <t>Tursiops truncatus (Montagu,1821)</t>
   </si>
   <si>
-    <t>prueba_Tursión (Castellano), Delfín mular (Castellano), Pez Mular (Castellano), Izurde handia (Euskera), Delfi mular (Catalán), Arroaz real (Gallego), Bottlenose Dolphin (Inglés), Bottle-nosed Dolphin (Inglés), Bottlenosed Dolphin (Inglés), Common Bottlenose Dolphin (Inglés), Souffleur (Francés), Dauphin souffleur (Francés), Grand dauphin (Francés), Großtümmler (Alemán), Tursiope troncato (Italiano), Roaz-corvineiro (Portugués), Tursiops (Latín)</t>
+    <t>Tursión (Castellano), Delfín mular (Castellano), Pez Mular (Castellano), Izurde handia (Euskera), Delfi mular (Catalán), Arroaz real (Gallego), Bottlenose Dolphin (Inglés), Bottle-nosed Dolphin (Inglés), Bottlenosed Dolphin (Inglés), Common Bottlenose Dolphin (Inglés), Souffleur (Francés), Dauphin souffleur (Francés), Grand dauphin (Francés), Großtümmler (Alemán), Tursiope troncato (Italiano), Roaz-corvineiro (Portugués), Tursiops (Latín)</t>
   </si>
   <si>
     <t>Castellano, Castellano, Castellano, Euskera, Catalán, Gallego, Inglés, Inglés, Inglés, Inglés, Francés, Francés, Francés, Alemán, Italiano, Portugués, Latín</t>
   </si>
   <si>
     <t>Tursiops es un género politípico, que ha llegado a ser dividido hasta en 20 especies diferentes, aunque estas divisiones normalmente se han basado en muy pocos datos. Su tamaño medio es de 3 m (máximo 4 m) para los machos, y algo más pequeño para las hembras, que pueden alcanzar los 3.70 m. Pero estos tamaños tienen gran variabilidad, especialmente al comparar los dos morfotipos descritos: el costero y el pelágico, siendo por lo general el costero bastante más pequeño que el pelágico. Su coloración gris oscuro más o menos uniforme con vientre blanco y su aspecto es más bien robusto, sobretodo en comparación con otros pequeños delfínidos como el delfín común o el listado. Su ritmo respiratorio es de unos 5 a 20 seg., y la inmersión puede alcanzar hasta 10 min. La velocidad de crucero es de 5-6 nudos, pero puede alcanzar una velocidad máxima de 20 nudos.</t>
   </si>
   <si>
     <t>Delphinus truncatus Montagu, 1821, Tursiops gilli Dall, 1873, Tursiops gillii Scammon, 1874</t>
   </si>
   <si>
     <t>Orcinus orca (Linnaeus, 1758)</t>
   </si>
   <si>
-    <t>prueba_Orca (Castellano), Espadarte (Castellano), Orka (Euskera), Ezpalarta (Euskera), Candorca (Gallego), Killer Whale (Inglés), Orque (Francés), Epaulard (Francés), Schwertwal (Alemán)</t>
+    <t>Orca (Castellano), Espadarte (Castellano), Orka (Euskera), Ezpalarta (Euskera), Candorca (Gallego), Killer Whale (Inglés), Orque (Francés), Epaulard (Francés), Schwertwal (Alemán)</t>
   </si>
   <si>
     <t>Castellano, Castellano, Euskera, Euskera, Gallego, Inglés, Francés, Francés, Alemán</t>
   </si>
   <si>
     <t>España DD (Datos insuficientes),  Mundial DD (Datos insuficientes),  Región Marina Atlántica FV (Favorable),  Región Marina Mediterránea FV (Favorable),  Región Marina Macaronésica XX (Desconocido)</t>
   </si>
   <si>
     <t>España, Mundial, Región Marina Atlántica, Región Marina Mediterránea, Región Marina Macaronésica</t>
   </si>
   <si>
     <t>La orca es el delfínido de mayor tamaño, llegando a alcanzar los 9 m los machos y los 7,7 m las hembras. Su peso oscila entre los 3.500 kg. y los 6.000 kg. Además del tamaño corporal, los machos se diferencian de las hembras por poseer aletas de mayor envergadura, tanto las pectorales como la caudal y la dorsal, la cual, erguida, puede llegar a
 alcanzar los 1,8 m de longitud y es, sin duda, el rasgo más determinante para diferenciar ambos sexos. Los neonatos suelen medir entre 2 y 2,5 m y pesar alrededor de 200 kg.
 Una de las características más distintivas de la orca es su coloración parcheada. En general, la parte dorsal es negro azabache. Sobre los ojos presentan un parche ovalado de color blanco. Detrás de la aguda aleta dorsal, aparece un dibujo en forma de silla de montar de color gris blanquecino. El mentón y la garganta son de color blanco. A partir de
 ellos surge una amplia franja blanca que se extiende por el vientre y se ramifica en forma de tridente en la parte posterior del cuerpo. Las aletas pectorales son  ompletamente negras y la caudal es también negra en el dorso y blanca en el reverso. En la parte inferior de los flancos emerge un entrante blanco resultado de la expansión del tridente ventral. El cráneo de la orca es de gran tamaño, llegando a alcanzar hasta un metro de longitud; no posee un pico u hocico identificable. La fórmula dentaria es de 10-12 y 10-12 en ambos maxilares y mandíbulas respectivamente. Los dientes son grandes y se encuentran comprimidos en la raíz anteroposteriormente. La fórmula dentaria de la orca es de 10-12 y 10-12 en ambos maxilares y mandíbulas respectivamente. Los dientes son grandes y se encuentran comprimidos en la raíz anteroposteriormente. El esqueleto tiene la morfología básica de todos los delfínidos, pero es más grande y robusto en todos los aspectos. Tiene de cincuenta a cincuenta y cuatro vértebras y de once a trece pares de costillas, de las cuales seis hacen contacto directo con el esternón.</t>
   </si>
   <si>
     <t>LESRPE: En régimen de protección especial, CEEA: Vulnerable</t>
   </si>
   <si>
     <t>Delphinus gladiator Bonnaterre, 1789, Delphinus orca Linnaeus, 1758</t>
   </si>
   <si>
     <t>Monachus monachus (Hermann, 1779)</t>
   </si>
   <si>
-    <t>prueba_Foca Monje (Castellano), Foca monje del Mediterráneo (Castellano), Itsas txakur fraidea (Euskera), Vellmarí (Catalán), Vell marí (Catalán), Foca mediterránea (Gallego), Mediterranean Monk Seal (Inglés), Phoque-moine Méditerranéen (Francés), Mönchsrobbe (Alemán), Foca monaca (Italiano), Foca-monge (Portugués)</t>
+    <t>Foca Monje (Castellano), Foca monje del Mediterráneo (Castellano), Itsas txakur fraidea (Euskera), Vellmarí (Catalán), Vell marí (Catalán), Foca mediterránea (Gallego), Mediterranean Monk Seal (Inglés), Phoque-moine Méditerranéen (Francés), Mönchsrobbe (Alemán), Foca monaca (Italiano), Foca-monge (Portugués)</t>
   </si>
   <si>
     <t>Castellano, Castellano, Euskera, Catalán, Catalán, Gallego, Inglés, Francés, Alemán, Italiano, Portugués</t>
   </si>
   <si>
     <t>España CR (En peligro crítico),  Mundial VU (Vulnerable),  Región Marina Mediterránea XX (Desconocido)</t>
   </si>
   <si>
     <t>España, Mundial, Región Marina Mediterránea</t>
   </si>
   <si>
     <t>Es una las especies más grandes de fócidos. Presenta dimorfismo sexual, con machos ligeramente más grandes que las hembras. CC: 210-270 cm (machos de Cabo Blanco, Mauritania), 210-262 cm (hembras). Tres ejemplares de la colonia de Cabo Blanco pesaron 220 kg (macho), 335 kg (macho) y 300 kg (no sexado) y el peso máximo de un ejemplar adulto, no sexado, procedente del Adriático, fue de 360 kg. La longitud media de las crías recién nacidas es de 108 cm, con un peso que oscila entre 14 y 22 kg. El diseño corporal es fusiforme, con la parte dorsal de color oscuro y la parte ventral clara. Las aletas posteriores y ventrales están insertadas más lateralmente que en los Otáridos. La cabeza es redondeada con un hocico prominente. Las vibrisas mistaciales son de color amarillo claro a marrón. La aleta anterior es corta y con pelos, con una uña en cada uno de los cinco dedos. Los dedos están conectados por una membrana de piel. La cola es corta y ancha. Presenta dos pares de mamas, en contraste con la mayoría de los “pinnípedos” en los que sólo hay uno. Fórmula dentaria: 2.1.5/2.1.5. Tiene el pelo más corto de todos los pinnípedos, de sólo 5 mm en los adultos y no presenta pelaje secundario. Las hembras de la colonia de Cabo Blanco pueden mudar en cualquier mes del año, aunque con un máximo en el mes de marzo; sin embargo, los machos mudan entre abril y octubre, con un máximo en junio. Los adultos muestran dimorfismo sexual marcado en la coloración de su pelaje. Los adultos y subadultos presentan marcas notorias en la piel debida a la falta de pigmentación del pelo y a cicatrices en la epidermis, causadas probablemente por roces con el sustrato rocoso y peleas.</t>
   </si>
   <si>
     <t>Anexo II - Prioritaria, Anexo IV</t>
   </si>
   <si>
     <t>Heliophoca atlantica Gray, 1854, Monachus mediterraneus Nilsson, 1838, Phoca albiventer Boddaert,1785, Phoca atlantica (Gray, 1854), Phoca bicolor Shaw, 1800, Phoca hermannii Lesson, 1828, Phoca leucogaster Péron &amp; Lesueur, 1816, Phoca monachus Hermann, 1779</t>
   </si>
   <si>
     <t>Globicephala melas (Traill, 1809)</t>
   </si>
   <si>
-    <t>prueba_Long-finned pilot whale (Inglés), Globicéphale noir (Francés), Grindwal (Alemán), Globicefalo (Italiano), Baleia-piloto (Portugués)</t>
+    <t>Long-finned pilot whale (Inglés), Globicéphale noir (Francés), Grindwal (Alemán), Globicefalo (Italiano), Baleia-piloto (Portugués)</t>
   </si>
   <si>
     <t>España DD (Datos insuficientes),  Mundial LC (Preocupación menor),  Región Marina Mediterránea U2 (Desfavorable-malo),  Región Marina Atlántica XX (Desconocido),  Región Marina Macaronésica XX (Desconocido)</t>
   </si>
   <si>
     <t>España, Mundial, Región Marina Mediterránea, Región Marina Atlántica, Región Marina Macaronésica</t>
   </si>
   <si>
     <t>El calderón común o negro (Globicephala melas), es una especie fácil de identificar. Presentan color negro azabache muy brillante y la parte inferior completamente blanca, en la que tiene un curioso dibujo en forma de corazón o de W. Los calderones presentan una aleta pectoral, la que está justo detrás del espiráculo, mucho más redondeada. Otra característica identificativa de los calderones, es su cabeza en forma de "caldero", redonda, que además presenta un pequeño pico muy cortito, a diferencia de delfines comunes, listados y mulares, por ejemplo, en los que es mucho más largo. Alcanza un tamaño entre 3,8-6 m (recién nacidos 1,3-2 m). Tamaño de grupo: 10-100 individuos. Pertenece al grupo de los cetáceos odontocetos ya que tiene dientes.</t>
   </si>
   <si>
     <t>Delphinus globiceps G. Cuvier, 1812, Delphinus melas Traill, 1809, Globicephala melaena (Traill, 1809)</t>
   </si>
   <si>
     <t>Grampus griseus (G. Cuvier, 1812)</t>
   </si>
   <si>
-    <t>prueba_Calderón Gris (Castellano), Delfín gris (Castellano), Delfín de Risso (Castellano), Fabo Calderón (Castellano), Izurde muturmotza (Euskera), Cap d’olla gris (Catalán), Arroaz boto (Gallego), Grey Dolphin (Inglés), Risso's Dolphin (Inglés), Grampus (Francés), Dauphin de Risso (Francés), Rundkopfdelfin (Alemán), Delfino di Risso (Italiano), Golfinho-de-risso (Portugués)</t>
+    <t>Calderón Gris (Castellano), Delfín gris (Castellano), Delfín de Risso (Castellano), Fabo Calderón (Castellano), Izurde muturmotza (Euskera), Cap d’olla gris (Catalán), Arroaz boto (Gallego), Grey Dolphin (Inglés), Risso's Dolphin (Inglés), Grampus (Francés), Dauphin de Risso (Francés), Rundkopfdelfin (Alemán), Delfino di Risso (Italiano), Golfinho-de-risso (Portugués)</t>
   </si>
   <si>
     <t>Castellano, Castellano, Castellano, Castellano, Euskera, Catalán, Gallego, Inglés, Inglés, Francés, Francés, Alemán, Italiano, Portugués</t>
   </si>
   <si>
     <t>España LC (Preocupación menor),  Mundial LC (Preocupación menor),  Región Marina Mediterránea U1 (Desfavorable-inadecuado),  Región Marina Atlántica XX (Desconocido),  Región Marina Macaronésica XX (Desconocido)</t>
   </si>
   <si>
     <t>Calderón de tamaño más bien grande que se reconoce por su cabeza roma y por las abundantes marcas alargadas de color blanco que, aunque parecen cicatrices, ya se encuentran presentes en los recién nacidos. Su tamaño puede llegar a ser de entre 3,2 y 4,3 metros y pesar 680 kilogramos, sin existir un marcado dimorfismo sexual. Presenta un melón pronunciado, aunque no supera la vertical de la parte anterior de la boca, con un marcado surco frontal centrado y vertical. Las aletas pectorales son largas y  puntadas, la aleta dorsal alta y el pedúnculo caudal es estrecho. El patrón de color de esta especie es característico y muy variable a lo largo de la vida del ejemplar, estando sujeto a variación con la edad, por lo que puede ser motivo de confusión en la identificación de los ejemplares. Existen dos características comunes en la coloración a todas las edades, por un lado la conspicua mancha blanca ventral, que se sitúa en la zona pectoral ascendiendo lateralmente por delante de las aletas pectorales y que continúa en su
 parte central hacia atrás dirigiéndose a la zona abdominal donde es más ancha. Por otro, las rosetas claras y la aureola que rodea las numerosas marcas y cicatrices que están presentes por todo el cuerpo después del nacimiento y se acentúan con la edad. Se han definido distintos patrones de color según la edad de los individuos:
 - Los ejemplares recién nacidos y juveniles presentan color gris oscuro en el lomo, con color claro y canela en la cabeza, anterior al aventador.
 - Los ejemplares de 230 a 250 cm presentan un color marrón oscuro achocolatado, casi negro, en los que destacan la mancha blanca del pecho y la mancha genital.
 - Los ejemplares de 290 a 300 cm son grises con marcas blancas de cicatrices, manteniendo un gris uniforme algo más oscuro en el lomo y en las aletas.
 - Los ejemplares de más de 300 cm tienen un color blanquecino en la parte anterior del cuerpo y marcadas cicatrices, con tendencia a aclarar la cabeza totalmente, y manteniendo las aletas oscuras.
 El cráneo presenta un perfil superior plano, al contrario que los otros delfines que tienen un perfil cóncavo. Presenta dientes solo en los maxilares inferiores, en un número de 3 o 4. Ocasionalmente puede presentar dos pares de dientes en los maxilares superiores. En los adultos las alas laterales se prolongan poco dando un aspecto de T corta. El perfil de la primera pieza es de aspecto hexagonal y se caracteriza por ser muy plana.
 Emite sonidos variados en forma de pulsos y chasquidos que utiliza tanto para ecolocalización como para comunicación.</t>
   </si>
   <si>
     <t>Delphinus griseus G. Cuvier, 1812, Delphinus rissoanus Desmarest, 1822, Delphinus rissoi Gervais, 1859, Globicephalus rissii Hamilton, 1837, Grampus cuvieri Gray, 1846, Grampus sowerbianus Fischer, 1881</t>
   </si>
   <si>
     <t>Herpestes ichneumon (Linnaeus, 1758)</t>
   </si>
   <si>
-    <t>prueba_Meloncillo (Castellano), Mangosta africana (Catalán), Egyptian Mongoose (Inglés), Large Grey Mongoose (Inglés), Mangouste d'Egypte (Francés), Mangouste Ichneumon (Francés)</t>
+    <t>Meloncillo (Castellano), Mangosta africana (Catalán), Egyptian Mongoose (Inglés), Large Grey Mongoose (Inglés), Mangouste d'Egypte (Francés), Mangouste Ichneumon (Francés)</t>
   </si>
   <si>
     <t>Castellano, Catalán, Inglés, Inglés, Francés, Francés</t>
   </si>
   <si>
     <t>España LC (Preocupación menor),  Mundial LC (Preocupación menor),  Región Mediterránea FV (Favorable)</t>
   </si>
   <si>
     <t>España, Mundial, Región Mediterránea</t>
   </si>
   <si>
     <t>Es un carnívoro de cuerpo alargado con coloración agutí uniforme. Pelos caracterizados por estar anillados alternativamente de crema claro y pardo-castaño muy oscuro. Cola ancha en la base y estrecha en la punta terminada en mechón negro. Medidas corporales, CC: 46,0-54,0 cm; C: 36,0-45,0 cm; CR: 20,0-27,0 cm; P: 85,0-97,0 mm; O: 2,9-3,6 cm; Ps: 2,0-3,7 kg. Extremidades proporcionalmente muy cortas, con manos y pies de cinco dedos, plantas desnudas y uñas no retráctiles. Cabeza puntiaguda con hocico terminado en un rinario desnudo oscuro. Ojos pequeños con pupilas ovales alargadas horizontalmente. Orejas redondeadas, anchas y cortas. Cráneo estrecho, alto y alargado, con rostro más bien corto, estrecho y obtuso, y caja cerebral larga. Fórmula dentaria: 3.1.4.2/3.1.4.2. Poseen una bolsa glandular desnuda rodeando el ano, en la que se abren glándulas anales, y tres pares de mamas ventrales. Los machos son significativamente más grandes que las hembras tanto en las medidas corporales como en las craneales. No obstante el solapamiento entre las medidas de ambos sexos es grande. Número de cromosomas (2n) = 43 (machos) y 44 (hembras).</t>
   </si>
   <si>
     <t>Lynx pardinus (Temminck, 1825)</t>
   </si>
   <si>
-    <t>prueba_Lince (Castellano), Lince ibérico (Castellano), Katamotz iberiarra (Euskera), Linx ibèric (Catalán), Linx iberic (Catalán), Lobo cerval (Gallego), Gato cerval (Gallego), Spanish Lynx (Inglés), Pardel Lynx (Inglés), Iberian Lynx (Inglés), Lynx pardelle (Francés), Lynx d'Espagne (Francés)</t>
+    <t>Lince (Castellano), Lince ibérico (Castellano), Katamotz iberiarra (Euskera), Linx ibèric (Catalán), Linx iberic (Catalán), Lobo cerval (Gallego), Gato cerval (Gallego), Spanish Lynx (Inglés), Pardel Lynx (Inglés), Iberian Lynx (Inglés), Lynx pardelle (Francés), Lynx d'Espagne (Francés)</t>
   </si>
   <si>
     <t>Castellano, Castellano, Euskera, Catalán, Catalán, Gallego, Gallego, Inglés, Inglés, Inglés, Francés, Francés</t>
   </si>
   <si>
     <t>España CR (En peligro crítico),  Mundial VU (Vulnerable),  Región Mediterránea U1 (Desfavorable-inadecuado)</t>
   </si>
   <si>
     <t>Aspecto estilizado, con extremidades largas, cabeza relativamente pequeña y cola corta. Cráneo con frente alta y rostro corto. Fórmula dentaria: 3.1.2.1/3.1.2.1. Pelaje de la cabeza, dorso, flancos y exterior de las patas de color leonado salpicado de manchas oscuras de tamaño variable. Unos mechones de pelos largos (patillas) flanquean los lados de la cara y las orejas puntiagudas acaban en pinceles negros, el mismo color de la punta de la cola. Presenta cuatro pares de mamas abdominales; el par anterior se suele desarrollar poco y apenas se detecta. Medidas corporales de individuos adultos de Doñana: CC: 74,7-87,5 cm (machos), 69,0-78,5 cm (hembras); C: 12,6-16,9 cm (machos), 11,0-16,7 cm (hembras); CR: 41,0-55,0 cm (machos), 36,0-47,0 cm (hembras); P: 17,0-20,0 cm (machos), 15,5- 18,5 cm (hembras); Ps: 7,5-15,9 kg (machos), 6,1-12,4 kg (hembras). Número de cromosomas (2n) = 38.</t>
   </si>
   <si>
     <t>Lynx pardina</t>
   </si>
   <si>
     <t>Myotis capaccinii (Bonaparte, 1837)</t>
   </si>
   <si>
-    <t>prueba_Murciélago patudo (Castellano), Murciélago ratonero patudo (Castellano), Saguzar hatzluze (Euskera), Saguzar hankahandia (Euskera), Rat penat de peus grans (Catalán), Long-fingered Bat (Inglés), Murin De Capaccini (Francés)</t>
+    <t>Murciélago patudo (Castellano), Murciélago ratonero patudo (Castellano), Saguzar hatzluze (Euskera), Saguzar hankahandia (Euskera), Rat penat de peus grans (Catalán), Long-fingered Bat (Inglés), Murin De Capaccini (Francés)</t>
   </si>
   <si>
     <t>Castellano, Castellano, Euskera, Euskera, Catalán, Inglés, Francés</t>
   </si>
   <si>
     <t>España EN (En peligro),  Mundial VU (Vulnerable),  Región Mediterránea U1 (Desfavorable-inadecuado)</t>
   </si>
   <si>
     <t>Es un murciélago de tamaño mediano. No se ha descrito dimorfismo sexual. La coloración del pelaje dorsal es gris clara, siendo el pelaje ventral casi blanco. El pie, que presenta cerdas, es conspicuamente grande, mayor que la mitad de la tibia. La tibia presenta, característicamente, una densa cubierta de pelos, que se extiende por las zonas próximas del patagio. Los jóvenes presentan habitualmente una mancha oscura en el mentón. ANT: 38,2-44,6 mm; Ps: 5,5-15,0 g. (Levante y Baleares). Fórmula dentaria: 2.1.3.3/3.1.3.3. Número de cromosomas (2n) = 44. Puede ser confundido con Myotis daubentonii, siendo el mejor criterio para distinguirlos la ausencia de pelo abundante en la tibia en este último. ULTRASONIDOS Emisión ultrasónica similar a la de M. daubentonii, en FM, con pico de máxima intensidad alrededor de los 47-50 kHz.</t>
   </si>
   <si>
     <t>Pipistrellus nathusii (Keyserling &amp; Blasius, 1839)</t>
   </si>
   <si>
-    <t>prueba_Murciélago de Nathusius (Castellano), Murciélago enano de bosque (Castellano), Nathusius pipistrelo (Euskera), Nathusius pipistreloa (Euskera), Rat penat de Nathusius (Catalán), Rat penat de Natterer (Catalán), Morcego de Nathusius (Gallego), Nathusius' Pipistrelle (Inglés), Pipistrelle De Nathusius (Francés)</t>
+    <t>Murciélago de Nathusius (Castellano), Murciélago enano de bosque (Castellano), Nathusius pipistrelo (Euskera), Nathusius pipistreloa (Euskera), Rat penat de Nathusius (Catalán), Rat penat de Natterer (Catalán), Morcego de Nathusius (Gallego), Nathusius' Pipistrelle (Inglés), Pipistrelle De Nathusius (Francés)</t>
   </si>
   <si>
     <t>Castellano, Castellano, Euskera, Euskera, Catalán, Catalán, Gallego, Inglés, Francés</t>
   </si>
   <si>
     <t>España NT (Casi amenazado),  Mundial LC (Preocupación menor),  Región Mediterránea U2 (Desfavorable-malo)</t>
   </si>
   <si>
     <t>El pelaje dorsal de los adultos es de color pardo rojizo durante el verano y pardo oscuro con tonos grises durante el invierno. El vientre es pardo claro o amarillento. Los juveniles tienen el dorso pardo oscuro, careciendo de los tonos grises del pelaje invernal de los adultos. Superficie dorsal del uropatagio cubierta de pelo al menos hasta la mitad. Como en los otros Pipistrellus, las orejas son cortas y el trago es un poco más largo que ancho y de punta redondeada. No se dispone de información sobre dimorfismo sexual. ANT: 32,0-37,0 mm; Ps: 6,0-15,5. Fórmula dentaria: 2.1.2.3/3.1.2.3. Los caninos son grandes, especialmente los inferiores, cuya anchura antero-posterior supera la mitad de su altura. El P1 es claramente visible y está alineado exteriormente con el resto de los dientes. El I2 es mayor que la longitud de la segunda cúspide del I1. Los incisivos inferiores no están imbricados y existe un diastema entre I2 e I3. Número de cromosomas (2n) = 44. Puede confundirse con las otras especies del mismo género. El color de Hypsugo savii es muy diferente. En cualquier caso, la identificación es sencilla utilizando los caracteres dentarios indicados. ULTRASONIDOS Emite pulsos de FM, con un máximo de intensidad en torno a 40 kHz. La llamada social consta de dos partes, la primera con cinco a ocho pulsos de FM cuyo máximo de intensidad se produce a 18 kHz y la segunda con tres a siete y con un máximo de intensidad a 34 kHz. Su duración total media es de 206 ms y son emitidas con un ritmo de 1,40 llamadas por segundo. Los sonidos de ecolocalización pueden ser confundidos con los emitidos por P. kuhlii, aunque existen pequeñas diferencias entre ambas especies. La determinación resulta sencilla utilizando las llamadas sociales.</t>
   </si>
   <si>
     <t>Rhinolophus mehelyi Matschie, 1901</t>
   </si>
   <si>
-    <t>prueba_Murciélago mediano de herradura (Castellano), Mehely ferra-saguzar (Euskera), Rat penat mitjà de ferradura (Catalán), Rat penat mitjá de ferradura (Catalán), Mehely's Horseshoe Bat (Inglés), Rhinolophe De Mehely (Francés)</t>
+    <t>Murciélago mediano de herradura (Castellano), Mehely ferra-saguzar (Euskera), Rat penat mitjà de ferradura (Catalán), Rat penat mitjá de ferradura (Catalán), Mehely's Horseshoe Bat (Inglés), Rhinolophe De Mehely (Francés)</t>
   </si>
   <si>
     <t>Castellano, Euskera, Catalán, Catalán, Inglés, Francés</t>
   </si>
   <si>
     <t>España EN (En peligro),  Mundial VU (Vulnerable),  Región Mediterránea U2 (Desfavorable-malo)</t>
   </si>
   <si>
     <t>Es un murciélago de tamaño mediano. En esta especie es característica la forma del proceso conectivo de la silla vista de perfil. La hoja es ancha en la base estrechándose bruscamente hacia el segundo tercio de su altura, a partir del cual continúa estrecho hasta la punta. En su coloración típica, presenta un pelaje dorsal gris parduzco contrastado con un pelaje ventral casi blanco. El límite entre pelaje dorsal y ventral está bastante marcado. Alrededor de los ojos, el pelaje es muy oscuro, formando un “antifaz”. En el suroeste peninsular, aparecen con frecuencia ejemplares con una tonalidad anaranjada brillante muy patente. ANT: 47,0-54,0 mm; Ps: 10,0-18,0 g. Fórmula dentaria: 1.1.2.3/2.1.3.3. Número de cromosomas (2n) = 58. Similar a R. euryale, siendo necesaria su identificación en mano. Se distingue por su mayor tamaño y por las características de las excrecencias nasales. ULTRASONIDOS Emiten ultrasonidos de frecuencia constante (CF), de 20 a 30 ms de duración y con frecuencia de máxima energía entre 104 y 109 kHz. Esta frecuencia puede solapar con las de R. euryale o R. hipposideros, sobre todo durante la maduración de los jóvenes, dado que éstos pueden emitir ultrasonidos hasta 4 kHz por debajo de los de los adultos.</t>
   </si>
   <si>
     <t>Myotis alcathoe Helversen &amp; Heller, 2001</t>
   </si>
   <si>
-    <t>prueba_Murciélago ratonero bigotudo pequeño (Castellano), Saguzar bibotedun txiki (Euskera), Rat penat petit de bigotis (Catalán), Morcego de bigotes pequeño (Gallego), ALCATHOE MYOTIS (Inglés), Alcathoe Whiskered Bat (Inglés), Murin D'Alcathoe (Francés)</t>
+    <t>Murciélago ratonero bigotudo pequeño (Castellano), Saguzar bibotedun txiki (Euskera), Rat penat petit de bigotis (Catalán), Morcego de bigotes pequeño (Gallego), ALCATHOE MYOTIS (Inglés), Alcathoe Whiskered Bat (Inglés), Murin D'Alcathoe (Francés)</t>
   </si>
   <si>
     <t>España DD (Datos insuficientes),  Mundial DD (Datos insuficientes),  Región Mediterránea U1 (Desfavorable-inadecuado),  Región Atlántica XX (Desconocido),  Región Alpina XX (Desconocido)</t>
   </si>
   <si>
     <t>España, Mundial, Región Mediterránea, Región Atlántica, Región Alpina</t>
   </si>
   <si>
     <t>El hocico y las membranas alares son de color pardo rojizo, así como la mayor parte del rostro y de las orejas. La oreja presenta una muesca de la que sobresale un trago puntiagudo y algo menor que la mitad de la longitud de la oreja. La parte interna de la base de la oreja y la piel que rodea el ojo está poco o nada pigmentada (color rosado). Las membranas alares se insertan en la base del dedo más externo del pie. El espolón ocupa aproximadamente la mitad de la distancia del borde del uropatagio entre pie y cola. El pie es pequeño y su longitud es la mitad de la tibia. El pene es delgado y no se engrosa en el extremo. El pelaje es largo, algo encrespado y bicolor, con la base de los pelos pardo oscuro y las puntas más claras. En los adultos, el dorso es castaño rojizo y la región ventral varía de crema pálido a gris claro. Jóvenes más grisáceos. En Europa, es la especie del género Myotis de menor talla. ANT: 30,1-33,3 mm (raramente mayor de 33,0 mm y habitualmente menor de 32,8 mm); Ps: 3,4-5,8 g. En España, 31,4-33,0 mm y 3,4-5,2 g, respectivamente. Ambos sexos son de tamaño similar. En el cráneo, la cúspide palatal del cíngulo del último premolar superior (P4) está más desarrollada que en M. mystacinus / brandtii. El P3 es aproximadamente la mitad del P2 y el P3 es más pequeño que el P2. Si los dientes no están desgastados, los protocónulos de los tres molares superiores son claramente visibles. El P3 y el P2 de algunos ejemplares aparecen ligeramente desplazados de la línea dental, hacia el lado lingual. Formula dentaria: 2.1.3.3/3.1.3.3. Número de cromosomas (2n) = 44. Las mayores posibilidades de confusión se dan con sus especies gemelas, M. mystacinus y M. brandtii. La primera es algo mayor en sus medidas externas, de forma que por el momento, la longitud del antebrazo de los M. mystacinus identificados por medio de técnicas moleculares es igual o superior a 33,0 mm. El trago es algo mayor que la mitad de la oreja y la oreja es más alargada. El color de todas las partes desprovistas de pelo es siempre marrón negruzco o casi negro. En los adultos, los pelos del dorso son de color marrón negruzco en la base y castaño dorados en las puntas. El P3 es claramente menor que el P2, pero mayor que su mitad. En general, M. alcathoe presentaría una morfología externa muy similar a la de M. mystacinus pero con la librea típica de M. daubentonii. Aunque M. brandtii nunca ha sido citado en España, sus principales diferencias morfológicas deberían ser tenidas en cuenta cuando se identifique a M. alcathoe. M. brandtii es de mayor talla y tiene el pene engrosado en el extremo. El P3 y P3 son aproximadamente del mismo tamaño que el P2 y P2, respectivamente. Por el momento, para realizar con seguridad una correcta identificación de los ejemplares de esta especie y de sus gemelas, es imprescindible realizar análisis moleculares comparativos de ADN mitocondrial (hasta el momento están secuenciados de forma completa o parcial los genes citocromo b, ND1 y 12S rRNA). En consecuencia, todos los datos no avalados por este tipo de análisis deberían ser consignados provisionalmente como M. alcathoe/mystacinus. En M. daubentonii el espolón ocupa las dos terceras partes del borde del uropatagio, el ala se inserta en la mitad del pie que es más grande y presenta en los dedos unos pelos rígidos muy característicos. También se puede confundir con algunos Pipistrellus, pero estos tienen el extremo del trago redondeado y sólo dos premolares superiores. ULTRASONIDOS En Europa, es la especie del género Myotis que emite señales de frecuencia más elevada. Emite señales de frecuencia modulada que comienzan sobre los 120 kHz y finalizan a unos 41,6 kHz, tienen una duración de 1,8 a 4,0 ms y el intervalo entre señales consecutivas es de 66 a 85 ms. La frecuencia de máxima intensidad es de 52,5 ± 9,6 kHz. Como en el caso de especies similares, las señales de ecolocación presentan características diferentes cuando el murciélago caza en terrenos abiertos o en el interior de una formación vegetal densa. La escasez de registros de señales de ecolocación de esta especie no permite por el momento el uso de estos caracteres para diferenciar con seguridad M. alcathoe de otros pequeños Myotis europeos.</t>
   </si>
   <si>
     <t>Atelerix algirus (Lereboullet, 1842)</t>
   </si>
   <si>
-    <t>prueba_Erizo moruno (Castellano), Triku mairua (Euskera), Eriçó africà (Catalán), Eriçó clar (Catalán), Ourizo lourido (Gallego), Algerian Hedgehog (Inglés), North African Hedgehog (Inglés), Hérisson D'Algérie (Francés)</t>
+    <t>Erizo moruno (Castellano), Triku mairua (Euskera), Eriçó africà (Catalán), Eriçó clar (Catalán), Ourizo lourido (Gallego), Algerian Hedgehog (Inglés), North African Hedgehog (Inglés), Hérisson D'Algérie (Francés)</t>
   </si>
   <si>
     <t>Castellano, Euskera, Catalán, Catalán, Gallego, Inglés, Inglés, Francés</t>
   </si>
   <si>
     <t>España LC (Preocupación menor),  Mundial LC (Preocupación menor),  Región Mediterránea U1 (Desfavorable-inadecuado),  Región Macaronésica U1 (Desfavorable-inadecuado)</t>
   </si>
   <si>
     <t>España, Mundial, Región Mediterránea, Región Macaronésica</t>
   </si>
   <si>
     <t>Algo más pequeño que los otros erizos europeos (Erinaceus europaeus y Erinaceus concolor). En las Baleares y la Península Ibérica los adultos de mayor edad presentan un pelaje blanquecino, con la cara, las extremidades y, a veces, la zona genital algo oscurecidas. Los ejemplares juveniles presentan un pelaje parcialmente pardo oscuro, principalmente en su parte ventral posterior. Las púas de los ejemplares adultos son de color muy claro, con un anillo oscuro hacia la mitad, algo más cercano a la raíz que al ápice. Las púas de la cabeza se hallan separadas por una franja central relativamente ancha. El pulgar del pie posterior es pequeño, sin que su ápice alcance la base del segundo dedo. Las callosidades de los pies son características. El borde posterior del paladar es ancho y engloba a la espina media posterior. Las bullas timpánicas están reducidas. El PM2 carece de cúspide lingual. Medidas corporales de ejemplares adultos de Mallorca, CC: 194,0-245,0 mm; C: 20,0-40,0 mm; P: 36,0-42,0 mm; Ps: 280,0-657,0 g. Fórmula dentaria: 3.1.3.3/2.1.2.3. Número de cromosomas (2n) = 48.</t>
   </si>
   <si>
     <t>Aethechinus algirus Lereboullet, 1842, Erinaceus algirus</t>
   </si>
   <si>
     <t>Atelerix albiventris (Wagner, 1841)</t>
   </si>
   <si>
-    <t>prueba_Erizo pigmeo africano (Castellano), Erizo africano de vientre blanco (Castellano), Erizo de vientre blanco (Castellano), Eriçó de panxa blanca (Catalán), Four-toed Hedgehog (Inglés)</t>
+    <t>Erizo pigmeo africano (Castellano), Erizo africano de vientre blanco (Castellano), Erizo de vientre blanco (Castellano), Eriçó de panxa blanca (Catalán), Four-toed Hedgehog (Inglés)</t>
   </si>
   <si>
     <t>Castellano, Castellano, Castellano, Catalán, Inglés</t>
   </si>
   <si>
     <t>Mundial LC (Preocupación menor)</t>
   </si>
   <si>
     <t>Mundial</t>
   </si>
   <si>
     <t>Pequeño erizo de entre 15 y 25 cm de longitud y un peso que oscila entre los 350 y los 700 gramos, aunque lo más normal es que ronde los 350. El hocico es puntiagudo, las orejas grandes y los ojos pequeños y negros. Las patas son cortas y peludas. De coloración variable, la más común es marrón o gris con las púas blancas o de color crema, siendo el rostro más oscuro (gris o negro) y el vientre blanco.</t>
   </si>
   <si>
     <t>Hemiechinus auritus (Gmelin, 1770)</t>
   </si>
   <si>
-    <t>prueba_Erizo egipcio u orejudo (Castellano), Erizo Orejudo (Castellano), Erizo de orejas largas dorado (Castellano), Long-eared Hedgehog (Inglés)</t>
+    <t>Erizo egipcio u orejudo (Castellano), Erizo Orejudo (Castellano), Erizo de orejas largas dorado (Castellano), Long-eared Hedgehog (Inglés)</t>
   </si>
   <si>
     <t>Castellano, Castellano, Castellano, Inglés</t>
   </si>
   <si>
     <t>Erizo de menor tamaño que el europeo, variando su tamaño entre 12 y 27 cm de longitud y un peso que oscila entre los 250 y los 400 gramos. La cara es pálida, de un tono blanco amarillento, con el hocico largo y puntiagudo, que llega a medir hasta 4,5 cm de largo. Presenta unas características orejas grandes y redondeadas, ligeramente apuntadas, flexibles y móviles, cubiertas de pequeños pelos blanquecinos, que le sirven para autorregular su temperatura corporal. El vientre y las patas son de color blanquecino. (A pesar del colorido indicado, a través de la selección se están consiguiendo ejemplares tanto claros como oscuros). Presenta las espinas dorsales con la punta blanca o amarillenta, con una banda más oscura a continuación. Las patas presentan cinco dedos, tanto las anteriores como las posteriores. Las crías al nacer están desnudas, con suaves púas dispersas por el cuerpo. A las dos semanas de vida, las crías ya están totalmente cubiertas de púas.</t>
   </si>
   <si>
     <t>Herpestes javanicus (É. Geoffroy Saint-Hilaire, 1818)</t>
   </si>
   <si>
-    <t>prueba_Mangosta pequeña asiática (Castellano), Mangosta de Java (Catalán), Small Indian mongoose (Inglés), Javan Mongoose (Inglés)</t>
+    <t>Mangosta pequeña asiática (Castellano), Mangosta de Java (Catalán), Small Indian mongoose (Inglés), Javan Mongoose (Inglés)</t>
   </si>
   <si>
     <t>Tiene un cuerpo delgado con patas cortas. La cabeza es alargada con un hocico punteado. La cola es robusta. La longitud de la cabeza es de 509-671 mm. Las orejas son cortas y se aprecian solo ligeramente a través del pelaje. Los pies tienen 5 dedos con garras largas y afiladas no retráctiles. El pelo es corto. El pelaje es suave, desde pálido a marrón oscuro moteado con puntos dorados. La parte inferior es más clara que el resto del cuerpo. Los ojos son ámbar/marrones pero son azules verdosos en las crías. Hay dimorfismo sexual. Las hembras tienen una longitud de 509-578 mm con una media de 540 mm. Los machos tienen una cabeza más ancha y el cuerpo más robusto con una longitud de 544-671 mm con una media de 591 mm.</t>
   </si>
   <si>
     <t>Nyctereutes procyonoides (Gray, 1834)</t>
   </si>
   <si>
-    <t>prueba_Perro mapache (Castellano), Gos viverrí (Catalán), Racoon dog (Inglés), Raccoon Dog (Inglés), Chien Viverrin (Francés)</t>
+    <t>Perro mapache (Castellano), Gos viverrí (Catalán), Racoon dog (Inglés), Raccoon Dog (Inglés), Chien Viverrin (Francés)</t>
   </si>
   <si>
     <t>Castellano, Catalán, Inglés, Inglés, Francés</t>
   </si>
   <si>
     <t>De tamaño similar al de un zorro, este cánido tiene el cuerpo alargado y robusto, cola corta, con una cabeza pequeña y el hocico corto y puntiagudo. Las orejas son cortas y de perfil redondeado. Las patas son cortas, con garras curvas. El pelaje, denso y suave, varía de amarillento a gris o rojizo. La cara presenta una máscara negra que le cubre los ojos y las mejillas, con el pelo de las mejillas largo; el hocico es blanco. El pecho, garganta, patas y pies son de color marrón negruzco. El vientre es de color marrón claro a bronceado. Presenta pelos negros en el lomo, hombros y parte dorsal de la cola. La cola es gruesa y peluda, negra en la parte dorsal y amarilla en la ventral, con la punta negra.</t>
   </si>
   <si>
     <t>Procyon lotor (Linnaeus, 1758)</t>
   </si>
   <si>
-    <t>prueba_Mapache (Castellano), Mapachín (Castellano), Zorra Manglera (Castellano), Northern Raccoon (Inglés), Raton Laveur (Francés)</t>
+    <t>Mapache (Castellano), Mapachín (Castellano), Zorra Manglera (Castellano), Northern Raccoon (Inglés), Raton Laveur (Francés)</t>
   </si>
   <si>
     <t>Castellano, Castellano, Castellano, Inglés, Francés</t>
   </si>
   <si>
     <t>Carnívoro de tamaño medio, con la cabeza corta y ancha, orejas separadas y redondeadas, hocico corto y apuntado, cuerpo rechoncho y cortas patas. La cola peluda presenta un patrón con 5-7 bandas claras y oscuras, en forma de anillos. Las patas tienen 5 dedos alargados y móviles, tanto en manos como en pies, que dejan una huella con cierta semejanza a la humana. Su tamaño oscila entre los 62 cm y el metro, incluyendo la cola, y llega a alcanzar los 16 kg de peso. El pelaje es denso, de color pardo grisáceo uniforme, más claro en los flancos y en las patas.</t>
   </si>
   <si>
     <t>Rousettus aegyptiacus (E. Geoffroy, 1810)</t>
   </si>
   <si>
-    <t>prueba_Murciélago frugívoro egipcio (Castellano), Murciélago egipcio (Castellano), Ratpenat frugívor d'Egipte (Catalán), Egyptian Fruit Bat (Inglés), Egyptian Rousette (Inglés)</t>
+    <t>Murciélago frugívoro egipcio (Castellano), Murciélago egipcio (Castellano), Ratpenat frugívor d'Egipte (Catalán), Egyptian Fruit Bat (Inglés), Egyptian Rousette (Inglés)</t>
   </si>
   <si>
     <t>Castellano, Castellano, Catalán, Inglés, Inglés</t>
   </si>
   <si>
     <t>Es uno de los miembros más pequeños de los llamados megaquirópteros, murciélagos de la fruta o zorros voladores. Los adultos miden entre 14-19 cm de longitud, mientras que la envergadura varía entre los 48 y los 64 cm. Tiene una característica cara de zorro, orejas pequeñas y simples, y de punta roma más oscuras que el pelaje dorsal, y grandes ojos oscuros. El pelaje es de color marrón claro con las alas de color marrón más oscuro. Tienen cinco dedos en las patas posteriores, con garras. En las extremidades anteriores (alas) sólo presentan una garra en el 1er y 2º dígito, mientras que el resto sólo tienen cartílago. Las membranas de las “alas” son de color marrón oscuro, con pelo corto hasta la mitad proximal del antebrazo. Las extremidades posteriores tienen 5 dedos con garras. La cola es muy corta (a veces desaparece), con la membrana reducida considerablemente.</t>
   </si>
   <si>
     <t>Eliomys quercinus (Linnaeus, 1766)</t>
   </si>
   <si>
-    <t>prueba_Lirón careto (Castellano), Soro-muxarra (Euskera), Rata cellarda (Catalán), Leirón careto (Gallego), Garden Dormouse (Inglés), Lérot (Francés)</t>
+    <t>Lirón careto (Castellano), Soro-muxarra (Euskera), Rata cellarda (Catalán), Leirón careto (Gallego), Garden Dormouse (Inglés), Lérot (Francés)</t>
   </si>
   <si>
     <t>Mundial NT (Casi amenazado),  España LC (Preocupación menor)</t>
   </si>
   <si>
     <t>Mundial, España</t>
   </si>
   <si>
     <t>Debe su nombre a una franja de pelo negro que, como un antifaz, le enmarca los ojos y le cubre parte de la cara. Su aspecto es inconfundible, aunque sus hábitos trepadores y su color rojizo pueden asemejarle al lirón gris Glis glis, o a la ardilla roja Sciurus vulgaris. Los adultos presentan el dorso pardo- rojizo y el vientre blanco. La cola es larga y está cubierta de pelos, con un llamativo pincel de pelo largo blanco y negro en el extremo. Hocico alargado y orejas grandes. No presentan dimorfismo sexual. Las hembras presentan cuatro pares de mamas: uno pectoral, otro abdominal y dos pares inguinales. Medidas corporales, CC: 118,0-136,0 mm; C: 98,5-113,0 mm; P: 26,5-28,5 mm; Ps: 45,0-120,0 g. Se producen variaciones estacionales en el peso debido al carácter hibernante de la especie. El cráneo es de aspecto macizo y de perfil dorsal convexo. La caja craneana es cuadrada, el rostro largo, los huesos nasales muy estrechos en la parte posterior y los arcos zigomáticos amplios. Las bullas timpánicas presentan gran desarrollo, carácter típico de las especies de roedores de climas desérticos, con densidades de población escasas. Fórmula dentaria: 1.0.1.3/1.0.1.3. Es el único roedor español cuya mandíbula presenta un orificio natural en la apófisis angular, lo que facilita su identificación en los análisis de egagrópilas, excrementos, etc. Número de cromosomas (2n) = 46-52.</t>
   </si>
   <si>
     <t>Oryctolagus cuniculus (Linnaeus, 1758)</t>
   </si>
   <si>
-    <t>prueba_Conejo (Castellano), Mendi-untxia (Euskera), Conill (Catalán), Coelho bravo (Gallego), European Rabbit (Inglés), Lapin de garenne (Francés)</t>
+    <t>Conejo (Castellano), Mendi-untxia (Euskera), Conill (Catalán), Coelho bravo (Gallego), European Rabbit (Inglés), Lapin de garenne (Francés)</t>
   </si>
   <si>
     <t>Mundial EN (En peligro),  España VU (Vulnerable)</t>
   </si>
   <si>
     <t>Al igual que todos los lagomorfos, presenta potentes extremidades traseras adaptadas a la carrera, grandes pabellones auriculares, aunque menores que los del género Lepus, con una coloración uniforme (las liebres presentan una coloración negruzca en la parte distal de las orejas). Su pelaje muestra variaciones en tonalidades pardas y grisáceas, destacando claramente el blanco de la parte interna de la cola, sin una mancha negra tan claramente definida como en Lepus. Medidas corporales, CC: 34- 35 cm; Ps: 0,90-1,34 kg (O. c. algirus), 1,50-2,00 kg (O. c. cuniculus).</t>
   </si>
   <si>
     <t>Galemys pyrenaicus (É. Geoffroy Saint-Hilaire, 1811)</t>
   </si>
   <si>
-    <t>prueba_Almizclera (Castellano), Desmán ibérico o topo de río (Castellano), Desmán de los Pirineos (Castellano), Desmán ibérico (Castellano), Desmán del Pirineo (Castellano), Muturluze iberiarra (Euskera), Muturluze piriniarra (Euskera), Almesquera (Catalán), Rato amisqueiro (Gallego), Rato de almizcre (Gallego), Pyrenean Desman (Inglés), Desman Des Pyrénées (Francés)</t>
+    <t>Almizclera (Castellano), Desmán ibérico o topo de río (Castellano), Desmán de los Pirineos (Castellano), Desmán ibérico (Castellano), Desmán del Pirineo (Castellano), Muturluze iberiarra (Euskera), Muturluze piriniarra (Euskera), Almesquera (Catalán), Rato amisqueiro (Gallego), Rato de almizcre (Gallego), Pyrenean Desman (Inglés), Desman Des Pyrénées (Francés)</t>
   </si>
   <si>
     <t>Castellano, Castellano, Castellano, Castellano, Castellano, Euskera, Euskera, Catalán, Gallego, Gallego, Inglés, Francés</t>
   </si>
   <si>
     <t>Mundial EN (En peligro),  España VU (Vulnerable),  Región Atlántica U2 (Desfavorable-malo),  Región Alpina U2 (Desfavorable-malo),  Región Mediterránea U2 (Desfavorable-malo)</t>
   </si>
   <si>
     <t>Mundial, España, Región Atlántica, Región Alpina, Región Mediterránea</t>
   </si>
   <si>
     <t>Es un animal inconfundible. Su trompa, aplastada y desnuda, destaca de un cuerpo rechoncho, con una gruesa cola escamosa, de sección redondeada, pero comprimida lateralmente en su extremo. Ojos muy pequeños y ausencia de pabellones auditivos. Pelo largo y liso de color castaño o gris, con irisaciones y el vientre más claro. Extremidades posteriores mucho mayores que las anteriores y adaptadas a la natación, con membranas interdigitales. Cráneo similar al de los topos, en el que destacan los I1 de gran tamaño y forma triangular. Apófisis coronoides de la mandíbula mucho más elevada que la de los topos. Medidas corporales, CC: 115,0-135,0 mm; C: 125,0-160,0 mm; P: 27,0-34,0 mm; Ps: 50,0- 76,0 g. Fórmula dentaria: 3.1.4.3/3.1.4.3. Número de cromosomas (2n) = 24. Las hembras presentan cuatro pares de mamas.</t>
   </si>
   <si>
     <t>Lutra lutra (Linnaeus, 1758)</t>
   </si>
   <si>
-    <t>prueba_Nutria (Castellano), Nutria paleártica (Castellano), Nutria Común (Castellano), Nutria europea o paleártica (Castellano), Igaraba arrunta (Euskera), Llúdrica (Catalán), Llúdriga (Catalán), Lontra (Gallego), European Otter (Inglés), European River Otter (Inglés), Eurasian Otter (Inglés), Old World Otter (Inglés), Loutre de rivière (Francés), Loutre d'Europe (Francés), Loutre commune (Francés)</t>
+    <t>Nutria (Castellano), Nutria paleártica (Castellano), Nutria Común (Castellano), Nutria europea o paleártica (Castellano), Igaraba arrunta (Euskera), Llúdrica (Catalán), Llúdriga (Catalán), Lontra (Gallego), European Otter (Inglés), European River Otter (Inglés), Eurasian Otter (Inglés), Old World Otter (Inglés), Loutre de rivière (Francés), Loutre d'Europe (Francés), Loutre commune (Francés)</t>
   </si>
   <si>
     <t>Castellano, Castellano, Castellano, Castellano, Euskera, Catalán, Catalán, Gallego, Inglés, Inglés, Inglés, Inglés, Francés, Francés, Francés</t>
   </si>
   <si>
     <t>Mundial NT (Casi amenazado),  España LC (Preocupación menor),  Región Atlántica FV (Favorable),  Región Alpina FV (Favorable),  Región Mediterránea FV (Favorable)</t>
   </si>
   <si>
     <t>Mustélido de cuerpo alargado y extremidades proporcionalmente cortas. La cabeza es ancha y aplanada, sin que se aprecie un cuello diferenciado. Ojos, oídos y orificios nasales se encuentran desplazados hacia la parte superior de la cabeza. La cola es ancha y aplanada en la base, y puntiaguda en el extremo. Posee cinco dedos unidos por una membrana interdigital bien desarrollada, tanto en las extremidades anteriores como en las posteriores. El pelaje es de color castaño o pardo con diversas tonalidades; en la garganta y parte superior del pecho destaca una mancha bien representada, de color más claro. Presenta vibrisas largas en hocico, boca, mentón, ojos y antebrazos. El dimorfismo sexual es acusado. Medidas corporales de ejemplares adultos, CC: 60,4-75,0 cm (machos), 59,0-71,0 cm (hembras); C: 39,0-49,0 cm (machos), 35,9-45,0 cm (hembras); Ps: 6,1-9,4 kg (machos), 4,4-6,5 kg (hembras). Fórmula dentaria: 3.1.4.1/3.1.3.2. Número de cromosomas (2n) = 38. Los adultos no pueden ser confundidos con ninguna otra especie, salvo con el visón europeo, Mustela lutreola, visón americano, Neovison vison y el turón, Mustela putorius, habitantes también de ríos y masas de agua, pero con un tamaño mucho menor.</t>
   </si>
   <si>
     <t>Myotis bechsteinii (Kuhl, 1817)</t>
   </si>
   <si>
-    <t>prueba_Murciélago ratonero forestal (Castellano), Bechstein saguzarra (Euskera), Bechstein saguzar (Euskera), Rat penat de Bechstein (Catalán), Morcego de Bechstein (Gallego), Bechstein's Myotis (Inglés), Bechstein's Bat (Inglés), Murin De Bechstein (Francés)</t>
+    <t>Murciélago ratonero forestal (Castellano), Bechstein saguzarra (Euskera), Bechstein saguzar (Euskera), Rat penat de Bechstein (Catalán), Morcego de Bechstein (Gallego), Bechstein's Myotis (Inglés), Bechstein's Bat (Inglés), Murin De Bechstein (Francés)</t>
   </si>
   <si>
     <t>Castellano, Euskera, Euskera, Catalán, Gallego, Inglés, Inglés, Francés</t>
   </si>
   <si>
     <t>Mundial NT (Casi amenazado),  España VU (Vulnerable),  Región Atlántica U2 (Desfavorable-malo),  Región Alpina U2 (Desfavorable-malo),  Región Mediterránea U2 (Desfavorable-malo)</t>
   </si>
   <si>
     <t>Se trata de un Myotis de tamaño mediano, destacando el tamaño de sus orejas anchas y largas. El borde externo de la oreja presenta nueve pliegues transversales. El trago es largo y tiene forma de lanceta. El pelaje es largo con la base del pelo pardo oscuro y de color gris claro la cara ventral. Las crías presentan un color gris claro. Presenta un espolón recto con una longitud aproximada de entre un tercio y la mitad de la del uropatagio, estando la última vértebra caudal libre. El plagiopatagio empieza en la base de los dedos. Puede presentar albinismo parcial. ANT: 39,0-47,0 mm; O: 23,0-26,0 mm; Ps: 7,0-14,0 g. Fórmula dentaria: 2.1.3.3/3.1.3.3. Número de cromosomas (2n) = 44. Se diferencia de los Myotis del mismo tamaño por la mayor longitud de sus orejas y de los Plecotus, por tener las orejas separadas en su base, por lo que no es necesario su captura para una correcta identificación. ULTRASONIDOS Emite en FM con pulsos entre 80-30 kHz, de una duración aproximada de 1,2-1,3 ms y un máximo de intensidad en 50 kHz. El intervalo medio entre dos pulsos es de 2,2 ms de duración. Mediante detectores de ultrasonidos heterodinos se puede confundir su señal de ecolocalización con la de otros Myotis de pequeño tamaño.</t>
   </si>
   <si>
     <t>Myotis blythii (Tomes, 1857)</t>
   </si>
   <si>
-    <t>prueba_Murciélago ratonero mediano (Castellano), Arratoi-belarri txikia (Euskera), Saguzar arratoi-belarri ertain (Euskera), Rat penat orellut mitjá (Catalán), Rat penat orellut mitjà (Catalán), Morcego de orellas de rato pequeño (Gallego), Lesser Mouse-eared Bat (Inglés), Lesser Mouse-eared Myotis (Inglés), Petit Murin (Francés)</t>
+    <t>Murciélago ratonero mediano (Castellano), Arratoi-belarri txikia (Euskera), Saguzar arratoi-belarri ertain (Euskera), Rat penat orellut mitjá (Catalán), Rat penat orellut mitjà (Catalán), Morcego de orellas de rato pequeño (Gallego), Lesser Mouse-eared Bat (Inglés), Lesser Mouse-eared Myotis (Inglés), Petit Murin (Francés)</t>
   </si>
   <si>
     <t>Castellano, Euskera, Euskera, Catalán, Catalán, Gallego, Inglés, Inglés, Francés</t>
   </si>
   <si>
     <t>Mundial LC (Preocupación menor),  España VU (Vulnerable),  Región Atlántica U1 (Desfavorable-inadecuado),  Región Alpina U1 (Desfavorable-inadecuado),  Región Mediterránea U1 (Desfavorable-inadecuado)</t>
   </si>
   <si>
     <t>En el 95% de los ejemplares destaca la presencia de una mancha blanca en el pelaje frontal. ANT: 50,5-62,0 mm; Ps: 18,0-29,5 g. Fórmula dentaria: 2.1.3.3/3.1.3.3. Número de cromosomas (2n)= 44. Semejante a M. myotis y M. punicus, aunque más esbelto y con un hocico más fino. Puede confundirse con M. myotis si carece de la mancha blanca. Para diferenciarlos se estudia la relación entre las longitudes del antebrazo y la oreja (Z = 0,433ANT + 3,709O), completando el análisis con la de la serie dental superior (M. blythii: Z &lt; -0,3; CM3 &lt; 9 mm; M. myotis: Z &gt; 0,3; CM3 &gt; 9 mm), aunque no siempre es posible. ULTRASONIDOS En vuelo de búsqueda emite pulsos de FM de 62 a 28 kHz (máxima intensidad a 35 kHz) con una duración de 2-3 ms y repetidos cada 50-90 ms, indistinguibles de los de M. myotis.</t>
   </si>
   <si>
     <t>Myotis emarginatus (E. Geoffroy, 1806)</t>
   </si>
   <si>
-    <t>prueba_Murciélago ratonero pardo (Castellano), Murciélago de Geoffroy o de oreja partida (Castellano), Murciélago de oreja partida o de Geoffry (Castellano), Geoffroy  saguzarra (Euskera), Geoffroy saguzar (Euskera), Rat penat d´orelles dentades (Catalán), Rat penat d'orelles dentades (Catalán), Morcego de orellas fenidas (Gallego), GEOFFROY'S MYOTIS (Inglés), Geoffroy's Bat (Inglés), Murin À Oreilles Échancrées (Francés)</t>
+    <t>Murciélago ratonero pardo (Castellano), Murciélago de Geoffroy o de oreja partida (Castellano), Murciélago de oreja partida o de Geoffry (Castellano), Geoffroy  saguzarra (Euskera), Geoffroy saguzar (Euskera), Rat penat d´orelles dentades (Catalán), Rat penat d'orelles dentades (Catalán), Morcego de orellas fenidas (Gallego), GEOFFROY'S MYOTIS (Inglés), Geoffroy's Bat (Inglés), Murin À Oreilles Échancrées (Francés)</t>
   </si>
   <si>
     <t>Murciélago de tamaño mediano-pequeño, con orejas de longitud media que extendidas llegan justo hasta el hocico. Presentan una escotadura en la oreja más marcada que en otras especies. Trago puntiagudo que apenas alcanza dicha escotadura. Pelaje de aspecto lanoso rubio rojizo dorsalmente y amarillento ventralmente. El plagiopatagio se inserta en la base del dedo más externo del pie. El espolón ocupa la mitad del borde posterior del uropatagio, que generalmente presenta algunos pelos pequeños. La tibia está parcialmente cubierta de pelos rojizos en su parte dorsal. Jóvenes más oscuros sin tonos rojizos. ANT: 37,8-39,7 mm (machos), 39,9-42,6 mm (hembras); Ps: 7,4-10,0 g (machos), 8,5- 11,5 g (hembras) (datos de Navarra). Fórmula dentaria: 2.1.3.3/3.1.3.3. Número de cromosoma (2n) = 44. Se puede confundir con otros Myotis de tamaño pequeño: M. nattereri, M. bechsteinii, M. daubentonii y M. capaccinii. ULTRASONIDOS Utiliza pulsos de FM y de características variables dependiendo del entorno y la actividad. Dada esta gran plasticidad resulta muy difícil en la práctica discriminar entre las distintas especies de Myotis pequeños sin la ayuda de más información como la forma de vuelo, el comportamiento, el hábitat y el color del vientre.</t>
   </si>
   <si>
     <t>Myotis myotis (Borkhausen, 1797)</t>
   </si>
   <si>
-    <t>prueba_Murciélago ratonero grande (Castellano), Saguzar arratoi-belarri handi (Euskera), Saguzar arratoi-belarri handia (Euskera), Rat penat orellut gran (Catalán), Morcego de orellas de rato grande (Gallego), Mouse-eared Bat (Inglés), Mouse-eared Myotis (Inglés), Large Mouse-eared Bat (Inglés), Greater Mouse-eared Bat (Inglés), Grand Murin (Francés)</t>
+    <t>Murciélago ratonero grande (Castellano), Saguzar arratoi-belarri handi (Euskera), Saguzar arratoi-belarri handia (Euskera), Rat penat orellut gran (Catalán), Morcego de orellas de rato grande (Gallego), Mouse-eared Bat (Inglés), Mouse-eared Myotis (Inglés), Large Mouse-eared Bat (Inglés), Greater Mouse-eared Bat (Inglés), Grand Murin (Francés)</t>
   </si>
   <si>
     <t>Castellano, Euskera, Euskera, Catalán, Gallego, Inglés, Inglés, Inglés, Inglés, Francés</t>
   </si>
   <si>
     <t>Es el mayor Myotis de Europa. Las hembras algo mayores que los machos. Pelo corto y denso, de base oscura, con dorso castaño a pardo grisáceo y vientre casi blanco; los jóvenes gris cenicientos. Piel pardo rojiza. Hocico ancho y con abultamientos glandulares. Uropatagio lampiño, con un espolón que cubre la mitad de su borde. ANT: 56,5-62,3 mm; Ps: 21,0-35,0 gr. Fórmula dentaria: 2.1.3.3/3.1.3.3. Número de cromosomas (2n) = 44. Se confunde con Myotis blythii cuando éste no presenta su frecuente mancha blanca frontal, en cuyo caso es necesario realizar un análisis biométrico. ULTRASONIDOS Idénticos a los de M. blythii.</t>
   </si>
   <si>
     <t>Rhinolophus euryale Blasius, 1853</t>
   </si>
   <si>
-    <t>prueba_Murciélago mediterrráneo de herradura (Castellano), Murciélago mediterráneo de herradura (Castellano), Murciélago de herradura mediterráneo (Castellano), Murciélago mediano de herradura (Castellano), Ferra-saguzar mediterraniarra (Euskera), Ferra-saguzar mediterraneoa (Euskera), Ferra-saguzar mediterraneo (Euskera), Rat penat mediterrani de ferradura (Catalán), Morcego mediterráneo de ferradura (Gallego), Mediterranean Horseshoe Bat (Inglés), Rhinolophe Euryale (Francés)</t>
+    <t>Murciélago mediterrráneo de herradura (Castellano), Murciélago mediterráneo de herradura (Castellano), Murciélago de herradura mediterráneo (Castellano), Murciélago mediano de herradura (Castellano), Ferra-saguzar mediterraniarra (Euskera), Ferra-saguzar mediterraneoa (Euskera), Ferra-saguzar mediterraneo (Euskera), Rat penat mediterrani de ferradura (Catalán), Morcego mediterráneo de ferradura (Gallego), Mediterranean Horseshoe Bat (Inglés), Rhinolophe Euryale (Francés)</t>
   </si>
   <si>
     <t>Castellano, Castellano, Castellano, Castellano, Euskera, Euskera, Euskera, Catalán, Gallego, Inglés, Francés</t>
   </si>
   <si>
     <t>Mundial NT (Casi amenazado),  España VU (Vulnerable),  Región Atlántica U1 (Desfavorable-inadecuado),  Región Alpina U1 (Desfavorable-inadecuado),  Región Mediterránea U1 (Desfavorable-inadecuado)</t>
   </si>
   <si>
     <t>Es un rinolofo de tamaño medio. La coloración dorsal es gris parda más clara en la base, y la ventral blanco grisácea o ligeramente amarillenta. Las membranas alares y orejas son de color gris pardo claro. Los jóvenes presentan una coloración más clara. La proyección conectiva superior de la silla es afilada y ligeramente curvada hacia abajo, netamente más larga que la inferior; la arista entre ambas proyecciones presenta un perfil lateral claramente cóncavo. Los bordes de la silla son paralelos y la forma de la lanceta se aproxima a un triángulo equilátero. ANT: 44,0-50,5 mm; Ps: 7,2-16,0 g. Fórmula dentaria: 1.1.2.3/2.1.3.3. Número de cromosomas (2n) = 58. En la Península Ibérica puede confundirse con R. mehelyi, del que se distingue mediante examen en mano por su menor tamaño de antebrazo, y por las características de las excrecencias nasales. Una longitud de antebrazo inferior a 48,9 mm corresponde a R. euryale con una fiabilidad del 90%. ULTRASONIDOS Utiliza pulsos de ecolocalización de CF, de 20-30 ms de duración, con frecuencia de máxima energía entre 102-105 kHz. Estos caracteres presentan solapamiento con los de R. mehelyi.</t>
   </si>
   <si>
     <t>Nyctalus noctula (Schreber, 1774)</t>
   </si>
   <si>
-    <t>prueba_Nóctulo mediano o común (Castellano), Nóctulo común (Castellano), Murciélago Nóctulo Común (Castellano), Nóctulo mediano (Castellano), Gau-saguzar arrunt (Euskera), Gau - saguzarra (Euskera), Rat penat nòctul (Catalán), Rat penat nóctul (Catalán), Morcego ruivo (Gallego), Noctule (Inglés), Noctule Commune (Francés)</t>
+    <t>Nóctulo mediano o común (Castellano), Nóctulo común (Castellano), Murciélago Nóctulo Común (Castellano), Nóctulo mediano (Castellano), Gau-saguzar arrunt (Euskera), Gau - saguzarra (Euskera), Rat penat nòctul (Catalán), Rat penat nóctul (Catalán), Morcego ruivo (Gallego), Noctule (Inglés), Noctule Commune (Francés)</t>
   </si>
   <si>
     <t>Mundial LC (Preocupación menor),  España VU (Vulnerable),  Región Atlántica U2 (Desfavorable-malo),  Región Mediterránea U2 (Desfavorable-malo)</t>
   </si>
   <si>
     <t>Mundial, España, Región Atlántica, Región Mediterránea</t>
   </si>
   <si>
     <t>Es un murciélago de tamaño grande. Las orejas son anchas, aproximadamente redondeadas; el trago, arriñonado. El hocico es corto y ancho. Las alas son largas y estrechas. Las membranas alares se insertan en los tobillos. Alas, orejas y hocico de color castaño oscuro. El pelaje es pardo-dorado. ANT: 48,0-58,0 mm; Ps: 18,0-40,0 g. Fórmula dentaria: 2.1.2.3/3.1.2.3. Su identificación debe hacerse en mano. ULTRASONIDOS En vuelo emite dos tipos de ultrasonidos muy potentes: unos comienzan a 45 kHz y finalizan a 25 kHz (frecuencia de máxima intensidad); otros, con mayor duración, comienzan a 25 kHz y finalizan a 19 kHz. Estos sonidos pueden confundirse con los de N. lasiopterus. Además pueden emitir sonidos muy variables, de carácter social, en vuelo o desde el refugio; éstos pueden ser escuchados, a simple oído, a más de 50 m de distancia.</t>
   </si>
   <si>
     <t>Crocidura canariensis Hutterer, López-Jurado y Vogel, 1987</t>
   </si>
   <si>
-    <t>prueba_Musaraña canaria (Castellano), Musaranya canaria (Catalán), Canarian Shrew (Inglés), Canary Shrew (Inglés), Crocidure des Canaries (Francés)</t>
+    <t>Musaraña canaria (Castellano), Musaranya canaria (Catalán), Canarian Shrew (Inglés), Canary Shrew (Inglés), Crocidure des Canaries (Francés)</t>
   </si>
   <si>
     <t>Mundial EN (En peligro),  España VU (Vulnerable),  Región Macaronésica U2 (Desfavorable-malo)</t>
   </si>
   <si>
     <t>Mundial, España, Región Macaronésica</t>
   </si>
   <si>
     <t>Es un crocidurino de talla media. Medidas corporales, CC: 54,0-74,0 mm; C: 31,0-47,5 mm; P: 12,0- 14,4 mm; Ps: 6,0-9,5 g, de orejas largas y pelaje largo y suave que mantiene todo el año. El pelaje dorsal es de color pardogrisáceo oscuro, mientras que el ventral, también de tonalidad oscura, presenta en la punta de sus pelos una coloración blancuzca o beige que junto al gris oscuro de su base le confiere un aspecto jaspeado. La cola, las orejas y las extremidades son de color más claro y están cubiertas por pelos finos blancuzcos. Las hembras presentan tres pares de mamas en posición inguinal. En comparación con C. russula, posee una caja craneana levemente más redondeada, y las regiones rostral, maxilar e interorbital son más esbeltas. En vista lateral, el cráneo es largo y presenta un perfil dorsal más abombado. Fórmula dentaria: 3.1.1.3/1.1.1.3. El tamaño de los tres unicúspides superiores es mayor que en C. russula. Además, el paracono del cuarto premolar es pequeño y está completamente unido al metacono. La superficie posterior del proceso condilar tiene forma de L. Número de cromosomas (2n) = 36.</t>
   </si>
   <si>
     <t>Pipistrellus maderensis (Dobson, 1878)</t>
   </si>
   <si>
-    <t>prueba_Murciálago de Madeira (Castellano), Murciélago de Madeira (Castellano), Pipistrelo madeiar (Euskera), Pipistrelo madeirar (Euskera), Rat penat de Madeira (Catalán), Morcego de Madeira (Gallego), Madeira Pipistrelle (Inglés), Pipistrelle De Madère (Francés)</t>
+    <t>Murciálago de Madeira (Castellano), Murciélago de Madeira (Castellano), Pipistrelo madeiar (Euskera), Pipistrelo madeirar (Euskera), Rat penat de Madeira (Catalán), Morcego de Madeira (Gallego), Madeira Pipistrelle (Inglés), Pipistrelle De Madère (Francés)</t>
   </si>
   <si>
     <t>Castellano, Castellano, Euskera, Euskera, Catalán, Gallego, Inglés, Francés</t>
   </si>
   <si>
     <t>Mundial EN (En peligro),  España NT (Casi amenazado),  Región Macaronésica U2 (Desfavorable-malo)</t>
   </si>
   <si>
     <t>Murciélago de pequeño tamaño y muy parecido a Pipistrellus kuhlii, del que casi con toda seguridad se ha originado. Coloración general pardo madera, piel desnuda más oscura que su pariente cercano. El pequeño premolar superior siempre es visible desde el exterior, al contrario que ocurre en Pipistrellus kuhlii. Borde claro en la parte posterior de la membrana alar casi siempre hasta el 5º dedo; en los ejemplares de Madeira esta característica está ausente y en los de La Palma sólo está presente en una parte de la población. ANT: 29,9-34,9 mm; Ps: 2,9-5,7 g. Las hembras son mayores que los machos. Par de incisivos superiores externos unicúspides, en ocasiones sin sobresalir de la encía. Fórmula dentaria: 2.1.2.3/3.1.2.3. Número de cromosomas desconocido. ULTRASONIDOS Muy parecidos a los de P. kuhlii pero con máxima intensidad sobre los 45-47 kHz. No se dispone de una descripción detallada.</t>
   </si>
   <si>
     <t>Balaenoptera borealis Lesson, 1828</t>
   </si>
   <si>
-    <t>prueba_Rorcual boreal (Castellano), Sei whale (Inglés), Rorqual de Rudolphi (Francés), Seiwal (Alemán), Balenottera boreale (Italiano), Baleia-sardinheira (Portugués)</t>
+    <t>Rorcual boreal (Castellano), Sei whale (Inglés), Rorqual de Rudolphi (Francés), Seiwal (Alemán), Balenottera boreale (Italiano), Baleia-sardinheira (Portugués)</t>
   </si>
   <si>
     <t>Castellano, Inglés, Francés, Alemán, Italiano, Portugués</t>
   </si>
   <si>
     <t>Mundial EN (En peligro),  España VU (Vulnerable),  Región Marina Atlántica XX (Desconocido),  Región Marina Macaronésica XX (Desconocido)</t>
   </si>
   <si>
     <t>Mundial, España, Región Marina Atlántica, Región Marina Macaronésica</t>
   </si>
   <si>
     <t>El rorcual boreal o norteño es un animal esbelto con aletas pectorales relativamente cortas (9-10% de la longitud total del cuerpo) y dorsal prominente y falcada, pueden medir hasta 16 m y pesar 30 t. La aleta caudal es relativamente pequeña y la dorsal bien definida y falciforme. Una sola carena central en la cabeza, que va desde el orificio respiratorio hasta el final del rostro, lo distingue del rorcual tropical, muy parecido en las demás características. Cuando emerge se distingue de los demás rorcuales, excepto del rorcual aliblanco, en que se le puede ver la aleta dorsal a la misma vez que el respiradero. Junto con el rorcual común son las especies más veloces de las grandes ballenas, pudiendo alcanzar hasta 25 nudos (45 km/h) en trayectos cortos. Se reconocen dos subespecies, una en el hemisferio norte (B. b. borealis) y otra de mayor tamaño en el hemisferio sur (B. b. schlegellii).</t>
   </si>
   <si>
     <t>Balaenoptera schlegellii Dabbene, 1902</t>
   </si>
   <si>
     <t>Balaenoptera acutorostrata Lacépède, 1804</t>
   </si>
   <si>
-    <t>prueba_Minke whale (Inglés), Petit rorqual (Francés), Zwergwal (Alemán), Balenottera minore (Italiano), Baleia-anã (Portugués)</t>
+    <t>Minke whale (Inglés), Petit rorqual (Francés), Zwergwal (Alemán), Balenottera minore (Italiano), Baleia-anã (Portugués)</t>
   </si>
   <si>
     <t>Mundial LC (Preocupación menor),  España VU (Vulnerable),  Región Marina Atlántica XX (Desconocido),  Región Marina Macaronésica XX (Desconocido),  Región Marina Mediterránea XX (Desconocido)</t>
   </si>
   <si>
     <t>Mundial, España, Región Marina Atlántica, Región Marina Macaronésica, Región Marina Mediterránea</t>
   </si>
   <si>
     <t>El rorcual aliblanco (Balaenoptera acutorostrata), presenta una coloración gris que varía en tonalidades en todo el cuerpo, siendo siempre la parte inferior de su cuerpo completamente blanca. El roncual aliblanco se distingue de otros rorcuales por la mancha blanca que presentan en las aletas pectorales, con una forma más o menos redondeada. Pertenece al grupo de los cetáceos misticetos ya que presentan barbas. Llegan a alcanzar un tamaño de 7-10 m (recién nacido 2,1 -2,8 m).</t>
   </si>
   <si>
     <t>Agaphelus gibbosus Cope, 1968, Balaena rostrata Fabricius, 1780, Balaenoptera eschrichtius Rasch, 1845, Balaenoptera rostrata (Fabricius, 1780)</t>
   </si>
   <si>
     <t>Phocoena phocoena (Linnaeus, 1758)</t>
   </si>
   <si>
-    <t>prueba_Marsopa (Castellano), Marsopa común (Castellano), Common Porpoise (Inglés), Marsouin (Francés), Schweinswal (Alemán), Focena (Italiano), Bôto (Portugués)</t>
+    <t>Marsopa (Castellano), Marsopa común (Castellano), Common Porpoise (Inglés), Marsouin (Francés), Schweinswal (Alemán), Focena (Italiano), Bôto (Portugués)</t>
   </si>
   <si>
     <t>Castellano, Castellano, Inglés, Francés, Alemán, Italiano, Portugués</t>
   </si>
   <si>
     <t>Mundial LC (Preocupación menor),  España VU (Vulnerable),  Región Marina Atlántica U1 (Desfavorable-inadecuado),  Región Marina Macaronésica XX (Desconocido),  Región Marina Mediterránea XX (Desconocido)</t>
   </si>
   <si>
     <t>La marsopa es la especie de cetáceo de menor tamaño en el Atlántico Norte. La longitud total varía generalmente entre 130-180 cm y el peso entre 25 y 90 kg. El tamaño de las hembras es mayor que el de los machos, aunque presenta grandes variaciones geográficas.
 Presentan una cabeza roma, sin el típico pico de algunos delfines. Las aletas pectorales tienen el extremo redondeado y la aleta dorsal se sitúa en la mitad del cuerpo, es baja y triangular, presentando una peculiaridad única en los cetáceos: la existencia en el borde anterior de la aleta dorsal, de algunos ejemplares, de tubérculos epidérmicos a modo de protuberancias que le dan un aspecto aserrado.
 El color dorsolateral es negro acastañado, y en la parte anterior de los flancos presenta un color ceniza que se difumina a blanco centralmente. Destacan las aletas pectorales negras con una línea que las une con la parte inferior de la boca, que es también oscura rodeando el labio inferior. La parte anterior de la cabeza es un poco más clara, haciendo una figura triangular que se abre hacia delante desde el aventador. A pesar de la variación de color individual, y de cierta asimetría bilateral, no se han encontrado diferencias en las distintas poblaciones del mundo. El cráneo es alargado aunque con rostro corto, el paladar es plano y presenta una marcada asimetría orientada a la izquierda general en los cetáceos odontocetos. Los dientes son espatulados, caso único entre los cetáceos en los
 que suelen ser cónicos. Cabe destacar el tamaño de los huesos pélvicos en esta especie que son mucho mayores y voluminosos que en los pequeños delfínidos, estando relacionado con el tamaño de los órganos sexuales, sobre todo en el caso de los machos.</t>
   </si>
   <si>
     <t>Delphinus phocoena Linnaeus, 1758, Phocaena communis Lesson, 1827, Phocaena phocaena Kleinenberg, 1956, Phocena phocena Gray, 1821</t>
   </si>
   <si>
     <t>Microtus cabrerae Thomas, 1906</t>
   </si>
   <si>
-    <t>prueba_Topillo de Cabrera (Castellano), Iberón (Castellano), Cabrera-lursagua (Euskera), Cabrera lursagua (Euskera), Talpó de Cabrera (Catalán), Talpó lusitá (Catalán), Cabrera's Vole (Inglés), Campagnol De Cabrera (Francés)</t>
+    <t>Topillo de Cabrera (Castellano), Iberón (Castellano), Cabrera-lursagua (Euskera), Cabrera lursagua (Euskera), Talpó de Cabrera (Catalán), Talpó lusitá (Catalán), Cabrera's Vole (Inglés), Campagnol De Cabrera (Francés)</t>
   </si>
   <si>
     <t>Castellano, Castellano, Euskera, Euskera, Catalán, Catalán, Inglés, Francés</t>
   </si>
   <si>
     <t>Mundial NT (Casi amenazado),  España VU (Vulnerable),  Región Mediterránea U2 (Desfavorable-malo)</t>
   </si>
   <si>
     <t>Mundial, España, Región Mediterránea</t>
   </si>
   <si>
     <t>Es un arvicolino robusto que se encuentra entre los de mayor tamaño de su género. Medidas corporales, CC: 116,0-130,0 mm; C: 33,0-46,0 mm; P: 20,0-22,0 mm; O: 13,0-16,0 mm; Ps: 40,0-68,0 g. No existe dimorfismo sexual en las medidas corporales ni craneales, aunque ambos sexos presentan diferencias en las dimensiones de la pelvis. El pelaje es largo y espeso, de color pardo o gris oliváceo en el dorso y de color crema sucio en la región ventral. Los pies son parduscos con los dedos blanquecinos y la cola es gris pardusca por encima y amarillenta por debajo. Los individuos juveniles tienen un pelaje más uniforme, de color grisáceo en el dorso y región ventral. Poseen cuatro pares de mamas, dos pectorales y dos inguinales. En cuanto a la morfología craneal, se caracteriza por el perfil superior convexo, huesos nasales más largos que el diastema y anchos posteriormente (estos dos rasgos diferencian al topillo de Cabrera de otras especies de topillos), mandíbula muy robusta con apófisis digástrica muy desarrollada, I1 tan ancho en norma frontal como en norma lateral, M2 con cuatro prismas y M3 formado por tres prismas y sin ningún triángulo cerrado, gran desarrollo de los forámenes incisivo y timpánico y foramen mandibular desplazado hacia el borde posterior. Fórmula dentaria: 1.0.0.3/1.0.0.3. Número de cromosomas (2n) = 54.</t>
   </si>
   <si>
     <t>Iberomys cabrerae (Thomas, 1906)</t>
   </si>
   <si>
     <t>Mesoplodon europaeus (Gervais, 1855)</t>
   </si>
   <si>
-    <t>prueba_Ballena De Pico De Gervais (Castellano), Zifio de Gervais (Castellano), Gulf Stream Beaked Whale (Inglés), Gervais' Beaked Whale (Inglés), Mésoplodon De Gervais (Francés), Baleine à bec de Gervais (Francés), Gervais-Zweizahnwal (Alemán), Mesoplodonte di Gervais (Italiano), Baleia-bicuda-de-gervais (Portugués)</t>
+    <t>Ballena De Pico De Gervais (Castellano), Zifio de Gervais (Castellano), Gulf Stream Beaked Whale (Inglés), Gervais' Beaked Whale (Inglés), Mésoplodon De Gervais (Francés), Baleine à bec de Gervais (Francés), Gervais-Zweizahnwal (Alemán), Mesoplodonte di Gervais (Italiano), Baleia-bicuda-de-gervais (Portugués)</t>
   </si>
   <si>
     <t>Castellano, Castellano, Inglés, Inglés, Francés, Francés, Alemán, Italiano, Portugués</t>
   </si>
   <si>
     <t>Mundial LC (Preocupación menor),  Región Marina Atlántica XX (Desconocido),  Región Marina Macaronésica XX (Desconocido)</t>
   </si>
   <si>
     <t>Mundial, Región Marina Atlántica, Región Marina Macaronésica</t>
   </si>
   <si>
     <t>El zifio de Gervais o Mesoplodon europaeus, es un animal de cuerpo delgado, fusiforme y algo comprimido lateralmente. La cabeza es extremadamente pequeña afilándose en un pico estrecho. Los machos tienen 2 dientes localizados a un tercio de la distancia entre el extremo del hocico y la comisura bucal que son visibles exteriormente con la boca cerrada. En las hembras y los jóvenes los dientes no son visibles.
 La línea de la boca es recta.Las aletas pectorales son pequeñas, aproximadamente un doceavo de la longitud total, situadas muy abajo en los lados del cuerpo y en una especie de depresiones en las que se alojan para quedar casi en el mismo plano que el resto del cuerpo. La aleta dorsal es pequeña, situada por detrás de la mitad de la espalda y su forma varia desde falciforme a triangular. La aleta caudal es menor de un quinto de la longitud total, carece de escotadura en su borde posterior y es redondeada en la punta.
 Pueden alcanzar una longitud de hasta 5,2 m las hembras y 4,5 m los machos, pesando de 1 a 2 tm. Al nacer pueden medir unos 2,1 m y pesar 50 kg.
 Es azul marino o gris oscuro en el dorso y los costados, y ligeramente más claro en el vientre, siendo éste blanco en los animales jóvenes. La aleta caudal es gris oscura en ambos lados. Puede presentar cicatrices blancas en su dorso y parte alta de los costados.</t>
   </si>
   <si>
     <t>Dioplodon europaeus Gervais, 1855, Dioplodon gervaisi Deslongchamps, 1866, Mesoplodon gervaisi Ellerman &amp; Morrison-Scott, 1951</t>
   </si>
   <si>
     <t>Mesoplodon mirus True, 1913</t>
   </si>
   <si>
-    <t>prueba_Ballena De Pico De True (Castellano), Zifio de True (Castellano), True's Beaked Whale (Inglés), Mésoplodon  De True (Francés), Mésoplodon De True (Francés), Baleine à bec de True (Francés), True-Wal (Alemán), Mesoplodonte di True (Italiano), Baleia-bicuda-de-true (Portugués)</t>
+    <t>Ballena De Pico De True (Castellano), Zifio de True (Castellano), True's Beaked Whale (Inglés), Mésoplodon  De True (Francés), Mésoplodon De True (Francés), Baleine à bec de True (Francés), True-Wal (Alemán), Mesoplodonte di True (Italiano), Baleia-bicuda-de-true (Portugués)</t>
   </si>
   <si>
     <t>Castellano, Castellano, Inglés, Francés, Francés, Francés, Alemán, Italiano, Portugués</t>
   </si>
   <si>
     <t>Este zifio o ballena picuda es pequeño, tiene el cuerpo es rechoncho y comprimido lateralmente sobre todo en la parte posterior, presentando un «aquillamiento» dorso-ventral que partiendo de la aleta dorsal llega hasta la aleta caudal. La cabeza es pequeña con una ligera depresión en el área del espiráculo y una pequeña protuberancia en la frente, tiene un hocico puntiagudo de tamaño medio y dos surcos en su garganta que se van separando hacia atrás. Posee 2 dientes triangulares y aplanados, inclinados hacia adelante, situados en el extremo anterior de su mandíbula inferior que es blanca, y como en la mayoría de los zífios. Estos dientes solamente son visibles en los machos. Las aletas pectorales son pequeñas y estrechas, insertadas en una pequeña depresión de su cuerpo. La aleta dorsal es pequeña y falciforme, situada un poco más atrás de la mitad del cuerpo. La aleta caudal es ancha, carece de escotadura central y tiene sus bordes posteriores cóncavos.
 Su talla máxima es de 5 m y puede llegar a pesar unos 1.400 kg. Los recién nacidos miden probablemente entre 2 y 2,5 m, y pesan unos 1 30 kg. Es un animal de color ceniciento o negro, aclarándose por sus costados y blancos en el vientre, en el cual pueden aparecer tonalidades amarillo-violáceas con manchas negras. Las aletas pectorales y la caudal son negras por ambas caras. Suele tener numerosos arañazos y cicatrices en los costados. Es un odontoceto poco conocido.</t>
   </si>
   <si>
     <t>Mesoplodon mirum True, 1913</t>
   </si>
   <si>
     <t>Pseudorca crassidens (Owen, 1846)</t>
   </si>
   <si>
-    <t>prueba_Orca Falsa (Castellano), Falsa orca (Castellano), False Killer Whale (Inglés), Faux-orque (Francés), Kleine Schwertwal (Alemán), Falsa-orca (Portugués), Pseudorca (Latín)</t>
+    <t>Orca Falsa (Castellano), Falsa orca (Castellano), False Killer Whale (Inglés), Faux-orque (Francés), Kleine Schwertwal (Alemán), Falsa-orca (Portugués), Pseudorca (Latín)</t>
   </si>
   <si>
     <t>Castellano, Castellano, Inglés, Francés, Alemán, Portugués, Latín</t>
   </si>
   <si>
     <t>Mundial NT (Casi amenazado),  Región Marina Atlántica XX (Desconocido),  Región Marina Macaronésica XX (Desconocido),  Región Marina Mediterránea XX (Desconocido)</t>
   </si>
   <si>
     <t>Mundial, Región Marina Atlántica, Región Marina Macaronésica, Región Marina Mediterránea</t>
   </si>
   <si>
     <t>La falsa orca u orca bastarda, es un odontoceto de cuerpo largo y esbelto. La cabeza es estrecha con una frente redondeada, sin trazas de pico. La boca es ancha; con 7 a 12 pares de dientes en cada una de sus mandíbulas superior e inferior; cada uno de ellos puede tener un diámetro de 2,5 cm. Son de sección circular y cónicos. La aleta dorsal es falciforme, con el extremo redondeado o puntiagudo, y dirigido hacia atrás, está ubicada justo detrás de la mitad del cuerpo y es de tamaño moderado. Las aletas pectorales están situadas muy adelante, son largas con una curvatura característica, en forma de S, en el margen anterior que permite el diagnóstico de la especie. La aleta caudal con escotadura en la mitad del borde posterior. El tamaño de los machos puede llegar hasta 6 m y las hembras son algo más pequeñas. Su peso es de 1 a 2tm. Las crías nacen con 1,5 a 2 m y pesan unos 80 kg. Es de gris oscuro a negro, excepto un parche gris en forma de ancla que se encuentra entre las aletas pectorales y, a veces, algunas manchas grises en la cabeza.</t>
   </si>
   <si>
     <t>Phocaena crassidens Owen, 1846</t>
   </si>
   <si>
     <t>Ziphius cavirostris G. Cuvier, 1823</t>
   </si>
   <si>
-    <t>prueba_Ballenato de Cuvier (Castellano), Zifio de Cuvier (Castellano), Ziphio de Cuvier (Castellano), Ballena de Cuvier (Castellano), Zifio común (Castellano), Goose-beaked Whale (Inglés), Cuvier's Beaked Whale (Inglés), Goosebeak Whale (Inglés), Baleine de Cuvier (Francés), Cuvier-Schnabelwal (Alemán), Zifio (Italiano), Baleia-bicuda-de-cuvier (Portugués), Ziphius (Latín)</t>
+    <t>Ballenato de Cuvier (Castellano), Zifio de Cuvier (Castellano), Ziphio de Cuvier (Castellano), Ballena de Cuvier (Castellano), Zifio común (Castellano), Goose-beaked Whale (Inglés), Cuvier's Beaked Whale (Inglés), Goosebeak Whale (Inglés), Baleine de Cuvier (Francés), Cuvier-Schnabelwal (Alemán), Zifio (Italiano), Baleia-bicuda-de-cuvier (Portugués), Ziphius (Latín)</t>
   </si>
   <si>
     <t>Castellano, Castellano, Castellano, Castellano, Castellano, Inglés, Inglés, Inglés, Francés, Alemán, Italiano, Portugués, Latín</t>
   </si>
   <si>
     <t>Mundial LC (Preocupación menor),  Región Marina Atlántica XX (Desconocido),  Región Marina Macaronésica XX (Desconocido),  Región Marina Mediterránea XX (Desconocido)</t>
   </si>
   <si>
     <t>Cetáceo de tamaño medio que puede alcanzar los 7 m de longitud y un peso de 2.952,5 kg. Presentan dos surcos en la cabeza en posición ventral que convergen anteriormente sin llegar a unirse. Presenta una aleta dorsal falcada muy retrasada ubicada aproximadamente en los 2/3 de la longitud total, en la región lumbar, sus aletas pectorales son pequeñas y encajan en pequeñas depresiones laterales. Posee una pequeña concavidad en la parte superior de la cabeza. Su aleta caudal es ancha y no presenta ninguna muesca de separación entre los dos lóbulos. La mandíbula inferior se extiende por delante de la superior y el perfil de la boca está curvado hacia arriba. Ambos sexos presentan dos dientes en el extremo apical, uno en cada hemimandíbula que asoman externamente en los machos, que miden hasta 60 mm de longitud. Machos de color gris oscuro, hembras de coloración gris o marrón, aclarándose hacia la posición ventral. Los juveniles suelen presentar una coloración muy oscura. Con la edad, la cabeza se vuelve más clara, casi blanca, especialmente en los machos.</t>
   </si>
   <si>
     <t>Hyperoodon capensis Gray, 1865</t>
   </si>
   <si>
     <t>Balaenoptera edeni Anderson, 1879</t>
   </si>
   <si>
-    <t>prueba_Rorcual tropical (Castellano), Ballena de Bryde (Castellano), Rorcual de Bryde (Castellano), Bryde's Whale (Inglés), Tropical Whale (Inglés), Eden's Whale (Inglés), Pygmy Bryde's Whale (Inglés), Rorqual d'Eden (Francés), Baleinoptère de Bryde (Francés), Rorqual de Bryde (Francés), Rorqual Tropical (Francés), Baleine du Bryde (Francés), Edenwal (Alemán)</t>
+    <t>Rorcual tropical (Castellano), Ballena de Bryde (Castellano), Rorcual de Bryde (Castellano), Bryde's Whale (Inglés), Tropical Whale (Inglés), Eden's Whale (Inglés), Pygmy Bryde's Whale (Inglés), Rorqual d'Eden (Francés), Baleinoptère de Bryde (Francés), Rorqual de Bryde (Francés), Rorqual Tropical (Francés), Baleine du Bryde (Francés), Edenwal (Alemán)</t>
   </si>
   <si>
     <t>Castellano, Castellano, Castellano, Inglés, Inglés, Inglés, Inglés, Francés, Francés, Francés, Francés, Francés, Alemán</t>
   </si>
   <si>
     <t>Mundial LC (Preocupación menor),  Región Marina Macaronésica XX (Desconocido)</t>
   </si>
   <si>
     <t>Mundial, Región Marina Macaronésica</t>
   </si>
   <si>
     <t>El rorcual tropical o rorcual de Bryde (Balaenoptera edeni), es un cetáceo de cuerpo esbelto y tamaño medio. Tiene el dorso de color gris oscuro y la parte ventral gris o blanca, a veces con matices rosados. Tiene tres crestas longitudinales en la parte superior del rostrum, que son un rasgo distintivo de la especie (aunque hay algunos animales que carecen de ellas o las tienen muy poco marcadas).
 Las barbas constan de 250 a 370 láminas de color gris pizarra que difieren en longitud y grosor entre las variantes costera, de alta mar y pigmea. La aleta dorsal es prominente, marcadamente falciforme y a menudo tiene el borde posterior visiblemente cóncavo. Estos rorcuales presentan entre 40 y 50 pliegues ventrales que se extienden desde la barbilla hasta el ombligo. La forma pigmea es mucho menor y algunos especímenes tienen la garganta blanca o de color crema. Los rorcuales de Bryde suelen arquear la espalda al sumergirse, pero no sacan la cola fuera del agua. Su soplo puede ser ramificado o en forma de columna.</t>
   </si>
   <si>
     <t>Balaenoptera brydei</t>
   </si>
   <si>
     <t>Lagenodelphis hosei Fraser, 1956</t>
   </si>
   <si>
-    <t>prueba_Delfín De Borneo (Castellano), Delfín de Fraser (Castellano), Fraser's Dolphin (Inglés), Sarawak Dolphin (Inglés), Dauphin De Fraser (Francés), Borneodelfin (Alemán), Lagenodelfino (Italiano), Golfinho-de-fraser (Portugués), Lagenodelphis (Latín)</t>
+    <t>Delfín De Borneo (Castellano), Delfín de Fraser (Castellano), Fraser's Dolphin (Inglés), Sarawak Dolphin (Inglés), Dauphin De Fraser (Francés), Borneodelfin (Alemán), Lagenodelfino (Italiano), Golfinho-de-fraser (Portugués), Lagenodelphis (Latín)</t>
   </si>
   <si>
     <t>Castellano, Castellano, Inglés, Inglés, Francés, Alemán, Italiano, Portugués, Latín</t>
   </si>
   <si>
     <t>El delfín de Fraser tiene el cuerpo robusto, el pico corto y las aletas pectorales y caudales muy pequeñas. Ubicada a media espalda, la aleta dorsal es pequeña y triangular, a menudo ligeramente falciforme; aparentemente es más erguida en los machos que en las hembras y su altura es considerablemente variable.Estos delfines tienen de 36 a 44 pares de dientes en el maxilar superior y de 34 a 44 en el inferior.
 La pigmentación no es demasiado compleja, aunque suele ser bastante vistosa. La capa dorsal es gris azulada, los costados gris claro y el vientre y la garganta blanquecinos (con un matiz crema o rosado). El rasgo más llamativo es una banda ancha oscura que une la cara y el ano (no está presente en todos). En la cara, se aprecia una franja oscura a la altura de los ojos que recuerda la forma de un antifaz. También hay una banda oscura y llamativa que une la aleta pectoral con la mandíbula inferior, fundiéndose con la banda oscura del costado. El tono oscuro de las bandas y la intensidad del contraste son muy variables. Generalmente, en un banco del tamaño suficiente, por los menos algunos individuos presentarán el dibujo contrastado claramente distintivo del delfín de Fraser.</t>
   </si>
   <si>
     <t>Stenella frontalis (G. Cuvier, 1829)</t>
   </si>
   <si>
-    <t>prueba_Delfín Pintado (Castellano), Delfín pintado o delfín manchado del Atlántico (Castellano), Delfín Manchado Del Atlántico (Castellano), Bridled Dolphin (Inglés), Atlantic Spotted Dolphin (Inglés), Dauphin Tacheté De L'Atlantique (Francés), Zügeldelfin (Alemán), Stenella maculata atlantica (Italiano), Golfinho-pintado-do-atlântico (Portugués)</t>
+    <t>Delfín Pintado (Castellano), Delfín pintado o delfín manchado del Atlántico (Castellano), Delfín Manchado Del Atlántico (Castellano), Bridled Dolphin (Inglés), Atlantic Spotted Dolphin (Inglés), Dauphin Tacheté De L'Atlantique (Francés), Zügeldelfin (Alemán), Stenella maculata atlantica (Italiano), Golfinho-pintado-do-atlântico (Portugués)</t>
   </si>
   <si>
     <t>Castellano, Castellano, Castellano, Inglés, Inglés, Francés, Alemán, Italiano, Portugués</t>
   </si>
   <si>
     <t>El delfín manchado del Atlántico o Stenella frontalis, es robusto en comparación con su homólogo tropical. Su pico tiene una longitud y un grosor medios. La aleta dorsal, ubicada a media espalda, es bastante enhiesta y muy falciforme. Tiene de 32 a 42 pares de dientes en el maxilar superior y de 30 a 40 en el inferior. Tiene una pigmentación tricolor: una capa dorsal de color gris oscuro, una zona gris más clara en los costados que cruza la espalda por delante de la parte media del pedúnculo caudal y el vientre blanco. También presenta una capa de color gris púrpura a la altura de los hombros por debajo de la parte anterior de la aleta dorsal. Suele tener la punta del pico blanca. Los adultos presentan un moteado oscuro en el vientre y claro en espalda y costados. La intensidad del moteado de los adultos varía mucho entre individuos. Las crías nacen sin manchas; las manchas oscuras empiezan a aparecer en la superficie ventral aproximadamente a la edad del destete. El moteado se va acentuando con el paso del tiempo.</t>
   </si>
   <si>
     <t>Delphinus fraenatus F. Cuvier, 1836, Delphinus froenatus F.Cuvier, 1836, Delphinus frontalis G. Cuvier, 1829</t>
   </si>
   <si>
     <t>Steno bredanensis (G. Cuvier, in Lesson, 1828)</t>
   </si>
   <si>
-    <t>prueba_Delfín de hocico estrecho o de dientes rugosos (Castellano), Delfín De Pico Largo (Castellano), Rough-toothed Dolphin (Inglés), Dauphin à bec étroit (Francés), Sténo (Francés), Rauzahndelfin (Alemán), Golfinho-de-dentes-rugosos (Portugués), Steno (Latín)</t>
+    <t>Delfín de hocico estrecho o de dientes rugosos (Castellano), Delfín De Pico Largo (Castellano), Rough-toothed Dolphin (Inglés), Dauphin à bec étroit (Francés), Sténo (Francés), Rauzahndelfin (Alemán), Golfinho-de-dentes-rugosos (Portugués), Steno (Latín)</t>
   </si>
   <si>
     <t>Castellano, Castellano, Inglés, Francés, Francés, Alemán, Portugués, Latín</t>
   </si>
   <si>
     <t>El delfín de hocico estrecho es fácil de distinguir de otros delfines oceánicos de pico largo por la forma de la cabeza, que no presenta ningún pliegue entre el pico y la frente. En lugar de ello, la frente desciende suavemente desde el aventador hasta el pico, que es largo y estrecho. La aleta dorsal, alta y erecta, está ubicada a media espalda y suele ser medianamente falciforme. Las aletas pectorales son relativamente grandes. Estos delfines tienen de 19 a 26 pares de dientes en el maxilar superior y de 19 a 28 pares en el inferior.
 La pigmentación del delfín de hocico estrecho es compleja y apagada. Tiene una capa dorsal oscura, que se estrecha considerablemente entre el aventador y la aleta dorsal y después se vuelve a ensanchar hacia la parte posterior del cuerpo. Los costados, de color gris más claro, dan paso a un vientre y una garganta blancos. Los delfines de hocico estrecho suelen presentar muchas manchas o puntos negros en los costados, garganta y vientre, lo que les confiere un aspecto moteado. Además, suelen presentar cicatrices blancas o amarillentas, producidas bien por los ataques de otros delfines de su especie o bien por los mordiscos de calamares de gran tamaño o tiburones cookie-cutter.
 Los labios son blancos, pero la superficie superior del pico es oscura (exceptuando la punta, que suele ser blanca). Los ojos presentan un sombreado oscuro. Una línea oscura une cada ojo con la aleta pectoral homolateral, pero, al no contrastar apenas con el color del fondo, apenas se ve.</t>
   </si>
   <si>
     <t>Delphinus bredanensis G. Cuvier in Lesson, 1828, Delphinus frontatus Cuvier, 1823, Delphinus rostratus Desmarest, 1817</t>
   </si>
   <si>
     <t>Nasua sp. L., 1766</t>
   </si>
   <si>
-    <t>prueba_Coatí (Castellano)</t>
+    <t>Coatí (Castellano)</t>
   </si>
   <si>
     <t>Mamíferos de tamaño medio (40 a 120 cm, generalmente 80), con una cola de longitud equiparable a la del cuerpo. Se asemejan a un mapache, al ser animales con extremidades cortas, aunque con la cabeza más alargada.</t>
   </si>
   <si>
     <t>Sus scrofa var. domestica</t>
   </si>
   <si>
-    <t>prueba_Cerdo vietnamita (Castellano), Vietnamese pot-bellied pig (Inglés), Chinese house pig (Inglés)</t>
+    <t>Cerdo vietnamita (Castellano), Vietnamese pot-bellied pig (Inglés), Chinese house pig (Inglés)</t>
   </si>
   <si>
     <t>Existen alrededor de 16 subespecies de Sus scrofa (McAnulty et al., 2011), como el cerdo doméstico comercial (Sus scrofa domestica), y al menos 45 razas o cruces de cerdos de bajo porte alrededor del mundo (Smith &amp; Swindle, 2006). Estos se denominan cerdos miniatura o minipigs de forma genérica y presentan gran variabilidad de características raciales como tamaño, peso, color y morfología (Dorado-Montengro &amp; Vásquez-Vargas, 2019). Son criados para estudios de investigación o como mascota, ya que son inteligentes, limpios, sociales y afectivos y su pequeño tamaño (12-45 kg alrededor de la edad de madurez sexual, frente a los 100 kg de los cerdos domésticos) los convierte en una mascota ideal para interiores (McAnulty et al., 2011; Swindle &amp; Smith, 2015). Los cerdos vietnamitas adultos (2-3 años) pueden mostrar un peso de 75-100 kg y una altura de 40-60 cm (Dorado-Montengro &amp; Vásquez-Vargas, 2019). Son cerdos de orejas cortas y rectas con un hocico de talla corta a mediana. El cuerpo es robusto, con pliegues en la piel, una papada característica y cortas extremidades (Gobierno de Aragón, 2020).</t>
   </si>
   <si>
     <t>Balaenoptera acutorostrata acutorostrata Lacépède, 1804</t>
   </si>
   <si>
-    <t>prueba_Rorcual aliblanco (Castellano), Zere txikia (Euskera), Rorqual d’aleta blanca (Catalán), Rorcual alibranco (Gallego)</t>
+    <t>Rorcual aliblanco (Castellano), Zere txikia (Euskera), Rorqual d’aleta blanca (Catalán), Rorcual alibranco (Gallego)</t>
   </si>
   <si>
     <t>Castellano, Euskera, Catalán, Gallego</t>
   </si>
   <si>
     <t>España VU (Vulnerable)</t>
   </si>
   <si>
     <t>Balaenoptera borealis borealis Lesson, 1828</t>
   </si>
   <si>
-    <t>prueba_Rorcual norteño (Castellano), Ipar-zerea (Euskera), Rorqual del nord (Catalán), Rorcual de pintas (Gallego)</t>
+    <t>Rorcual norteño (Castellano), Ipar-zerea (Euskera), Rorqual del nord (Catalán), Rorcual de pintas (Gallego)</t>
   </si>
   <si>
     <t>Balaenoptera musculus musculus (Linnaeus, 1758)</t>
   </si>
   <si>
-    <t>prueba_Rorcual azul (Castellano), Zere (bale) urdina (Euskera), Rorqual blau (Catalán)</t>
+    <t>Rorcual azul (Castellano), Zere (bale) urdina (Euskera), Rorqual blau (Catalán)</t>
   </si>
   <si>
     <t>Castellano, Euskera, Catalán</t>
   </si>
   <si>
     <t>España EN (En peligro)</t>
   </si>
   <si>
     <t>Balaenoptera physalus physalus (Linnaeus, 1758)</t>
   </si>
   <si>
-    <t>prueba_Rorcual común (Castellano), Zere arrunta (Euskera), Rorqual comú (Catalán)</t>
+    <t>Rorcual común (Castellano), Zere arrunta (Euskera), Rorqual comú (Catalán)</t>
   </si>
   <si>
     <t>Globicephala melas melas (Trail, 1809)</t>
   </si>
   <si>
-    <t>prueba_Calderón común (Castellano), Izurde pilotua (Euskera), Cap d’olla comú (Catalán)</t>
+    <t>Calderón común (Castellano), Izurde pilotua (Euskera), Cap d’olla comú (Catalán)</t>
   </si>
   <si>
     <t>España DD (Datos insuficientes)</t>
   </si>
   <si>
     <t>Talpa aquitania Nicolas, Martínez-Vargas &amp; Hugot, 2017</t>
   </si>
   <si>
     <t>España LC (Preocupación menor)</t>
   </si>
   <si>
     <t>Eubalaena glacialis (Müller, 1776)</t>
   </si>
   <si>
-    <t>prueba_Ballena vasca (Castellano), Ballena (Castellano), Ballena vasca o Ballena franca (Castellano), Ballena Franca Del Norte (Castellano), Ballenga (Castellano), Ballena de los Vascos (Castellano), North Pacific Right Whale (Inglés), Northern Right Whale (Inglés), Right Whale (Inglés), Black Right Whale (Inglés), North Atlantic Right Whale (Inglés), Baleine franche noire (Francés), Baleine De Biscaye (Francés), Baleine Des Basques (Francés)</t>
+    <t>Ballena vasca (Castellano), Ballena (Castellano), Ballena vasca o Ballena franca (Castellano), Ballena Franca Del Norte (Castellano), Ballenga (Castellano), Ballena de los Vascos (Castellano), North Pacific Right Whale (Inglés), Northern Right Whale (Inglés), Right Whale (Inglés), Black Right Whale (Inglés), North Atlantic Right Whale (Inglés), Baleine franche noire (Francés), Baleine De Biscaye (Francés), Baleine Des Basques (Francés)</t>
   </si>
   <si>
     <t>Castellano, Castellano, Castellano, Castellano, Castellano, Castellano, Inglés, Inglés, Inglés, Inglés, Inglés, Francés, Francés, Francés</t>
   </si>
   <si>
     <t>España EX (Extinto),  Mundial CR (En peligro crítico),  Región Marina Atlántica XX (Desconocido),  Región Marina Macaronésica XX (Desconocido)</t>
   </si>
   <si>
     <t>Megaptera novaeangliae (Borowski, 1781)</t>
   </si>
   <si>
-    <t>prueba_Yubarta (Castellano), Ballena Jorobada (Castellano), Rorcual Jorobado (Castellano), Jorobada (Castellano), Gubarte (Castellano), Xbarta (balea) (Euskera), Iubarta (Catalán), Rorcual xibarte (Gallego), Bunch (Inglés), Humpback Whale (Inglés), Hump Whale (Inglés), Hunchbacked Whale (Inglés), Mégaptère (Francés), Baleine à taquet (Francés), Baleine à bosse (Francés), Jubarte (Francés), Rorqual à bosse (Francés), Rorqual du Cap (Francés)</t>
+    <t>Yubarta (Castellano), Ballena Jorobada (Castellano), Rorcual Jorobado (Castellano), Jorobada (Castellano), Gubarte (Castellano), Xbarta (balea) (Euskera), Iubarta (Catalán), Rorcual xibarte (Gallego), Bunch (Inglés), Humpback Whale (Inglés), Hump Whale (Inglés), Hunchbacked Whale (Inglés), Mégaptère (Francés), Baleine à taquet (Francés), Baleine à bosse (Francés), Jubarte (Francés), Rorqual à bosse (Francés), Rorqual du Cap (Francés)</t>
   </si>
   <si>
     <t>Castellano, Castellano, Castellano, Castellano, Castellano, Euskera, Catalán, Gallego, Inglés, Inglés, Inglés, Inglés, Francés, Francés, Francés, Francés, Francés, Francés</t>
   </si>
   <si>
     <t>España EN (En peligro),  Mundial LC (Preocupación menor),  Región Marina Atlántica XX (Desconocido),  Región Marina Macaronésica XX (Desconocido),  Región Marina Mediterránea XX (Desconocido)</t>
   </si>
   <si>
     <t>Capra pyrenaica pyrenaica</t>
   </si>
   <si>
     <t>España EN (En peligro),  Región Alpina XX (Desconocido)</t>
   </si>
   <si>
     <t>España, Región Alpina</t>
   </si>
   <si>
     <t>Acerodon jubatus (Eschscholtz, 1831)</t>
   </si>
   <si>
     <t>Mundial EN (En peligro)</t>
   </si>
   <si>
     <t>Acinonyx jubatus (Schreber, 1775)</t>
   </si>
   <si>
     <t>Mundial VU (Vulnerable)</t>
   </si>
   <si>
     <t>Acomys cahirinus (Desmarest, 1819)</t>
   </si>
   <si>
-    <t>prueba_Ratón espinoso egipcio (Castellano)</t>
+    <t>Ratón espinoso egipcio (Castellano)</t>
   </si>
   <si>
     <t>Addax nasomaculatus (Blainville, 1816)</t>
   </si>
   <si>
     <t>Mundial CR (En peligro crítico)</t>
   </si>
   <si>
     <t>Aepyceros melampus (Lichtenstein, 1812)</t>
   </si>
   <si>
     <t>Aepyceros melampus petersi Bocage, 1879</t>
   </si>
   <si>
     <t>Ailuropoda melanoleuca (David, 1869)</t>
   </si>
   <si>
     <t>Ailurus fulgens F. G. Cuvier, 1825</t>
   </si>
   <si>
     <t>Alces alces</t>
   </si>
   <si>
     <t>Allenopithecus nigroviridis (Pocock, 1907)</t>
   </si>
@@ -2243,60 +2243,60 @@
   <si>
     <t>Callimico goeldii (Thomas, 1904)</t>
   </si>
   <si>
     <t>Callithrix argentata (Linnaeus, 1771)</t>
   </si>
   <si>
     <t>Callithrix geoffroyi (Humboldt, 1812)</t>
   </si>
   <si>
     <t>Callithrix jacchus (Linnaeus, 1758)</t>
   </si>
   <si>
     <t>Callithrix jacchus penicillata</t>
   </si>
   <si>
     <t>Callithrix penicillata (É. Geoffroy Saint-Hilaire, 1812)</t>
   </si>
   <si>
     <t>Callithrix pygmaea (Spix, 1823)</t>
   </si>
   <si>
     <t>Callosciurus erythraeus Pallas, 1779</t>
   </si>
   <si>
-    <t>prueba_Ardilla de Pallas (Castellano)</t>
+    <t>Ardilla de Pallas (Castellano)</t>
   </si>
   <si>
     <t>Callosciurus finlaysonii (Horsfield, 1823)</t>
   </si>
   <si>
     <t>Callosciurus prevostii (Desmarest, 1822)</t>
   </si>
   <si>
-    <t>prueba_Ardilla de Prevost (Castellano)</t>
+    <t>Ardilla de Prevost (Castellano)</t>
   </si>
   <si>
     <t>Camelus bactrianus Linnaeus, 1758</t>
   </si>
   <si>
     <t>Canis aureus Linnaeus, 1758</t>
   </si>
   <si>
     <t>Canis mesomelas Schreber, 1775</t>
   </si>
   <si>
     <t>Capra aegagrus Erxleben, 1777</t>
   </si>
   <si>
     <t>Capra caucasica Güldenstaedt &amp; Pallas, 1783</t>
   </si>
   <si>
     <t>Capromys pilorides (Say, 1822)</t>
   </si>
   <si>
     <t>Carollia perspicillata (Linnaeus, 1758)</t>
   </si>
   <si>
     <t>Cavia tschudii Fitzinger, 1857</t>
   </si>
@@ -2426,114 +2426,114 @@
   <si>
     <t>Choloepus hoffmanni Peters, 1858</t>
   </si>
   <si>
     <t>Coendou prehensilis (Linnaeus, 1758)</t>
   </si>
   <si>
     <t>Colobus guereza kikuyuensis Lönnberg, 1912</t>
   </si>
   <si>
     <t>Colobus guereza occidentalis (de Rochebrune, 1887)</t>
   </si>
   <si>
     <t>Colobus guereza Rüppell, 1835</t>
   </si>
   <si>
     <t>Connochaetes gnou (Zimmermann, 1780)</t>
   </si>
   <si>
     <t>Connochaetes taurinus (Burchell, 1823)</t>
   </si>
   <si>
     <t>Cricetomys gambianus Waterhouse, 1840</t>
   </si>
   <si>
-    <t>prueba_Rata gigante de Gambia (Castellano)</t>
+    <t>Rata gigante de Gambia (Castellano)</t>
   </si>
   <si>
     <t>Crocuta crocuta (Erxleben, 1777)</t>
   </si>
   <si>
     <t>Cryptoprocta ferox Bennett, 1833</t>
   </si>
   <si>
     <t>Cuon alpinus (Pallas, 1811)</t>
   </si>
   <si>
     <t>Cynictis penicillata (G.[Baron] Cuvier, 1829)</t>
   </si>
   <si>
-    <t>prueba_Mangosta de cola amarilla (Castellano)</t>
+    <t>Mangosta de cola amarilla (Castellano)</t>
   </si>
   <si>
     <t>Cynomys ludovicianus (Ord, 1815)</t>
   </si>
   <si>
-    <t>prueba_Perrito de la pradera de cola negra (Castellano), Perrito de las praderas (Castellano)</t>
+    <t>Perrito de la pradera de cola negra (Castellano), Perrito de las praderas (Castellano)</t>
   </si>
   <si>
     <t>Castellano, Castellano</t>
   </si>
   <si>
     <t>Cystophora cristata (Erxleben, 1777)</t>
   </si>
   <si>
-    <t>prueba_Foca de Casco (Castellano), Hooded Seal (Inglés), Phoque à capuchon (Francés)</t>
+    <t>Foca de Casco (Castellano), Hooded Seal (Inglés), Phoque à capuchon (Francés)</t>
   </si>
   <si>
     <t>Damaliscus pygargus</t>
   </si>
   <si>
     <t>Damaliscus pygargus phillipsi Harper, 1939</t>
   </si>
   <si>
     <t>Dasyprocta fuliginosa Wagler, 1832</t>
   </si>
   <si>
     <t>Dasypus novemcinctus Linnaeus, 1758</t>
   </si>
   <si>
     <t>Delphinapterus leucas (Pallas, 1776)</t>
   </si>
   <si>
     <t>Delphinus capensis Gray, 1828</t>
   </si>
   <si>
-    <t>prueba_Delfín Común A Pico Largo (Castellano), Long-beaked Common Dolphin (Inglés), Dauphin Commun A Bec Large (Francés)</t>
+    <t>Delfín Común A Pico Largo (Castellano), Long-beaked Common Dolphin (Inglés), Dauphin Commun A Bec Large (Francés)</t>
   </si>
   <si>
     <t>Mundial DD (Datos insuficientes)</t>
   </si>
   <si>
     <t>Dolichotis patagonum (Zimmermann, 1780)</t>
   </si>
   <si>
     <t>Echinops telfairi Martin, 1838</t>
   </si>
   <si>
-    <t>prueba_Tenrec erizo enano (Castellano)</t>
+    <t>Tenrec erizo enano (Castellano)</t>
   </si>
   <si>
     <t>Elaphurus davidianus Milne-Edwards, 1866</t>
   </si>
   <si>
     <t>Mundial EW ("Extinto en estado silvestre)</t>
   </si>
   <si>
     <t>Elephas maximus Linnaeus, 1758</t>
   </si>
   <si>
     <t>Equus (Asinus) africanus</t>
   </si>
   <si>
     <t>Equus burchelli (Gray, 1824)</t>
   </si>
   <si>
     <t>Equus burchellii (Gray, 1824)</t>
   </si>
   <si>
     <t>Equus (Equus) przewalskii Poliakov, 1881</t>
   </si>
   <si>
     <t>Equus caballus przewalskii Poliakov, 1881, Equus ferus przewalskii Poliakov, 1881</t>
   </si>
@@ -2549,90 +2549,90 @@
   <si>
     <t>Equus (Hippotigris) grevyi Oustalet, 1882</t>
   </si>
   <si>
     <t>Equus (Hippotigris) quagga Boddaert, 1785</t>
   </si>
   <si>
     <t>Equus zebra</t>
   </si>
   <si>
     <t>Equus zebra hartmannae Matschie, 1898</t>
   </si>
   <si>
     <t>Erignathus barbatus barbatus (Erxleben, 1777)</t>
   </si>
   <si>
     <t>Erignathus barbatus (Erxleben, 1777)</t>
   </si>
   <si>
     <t>Erythrocebus patas (Schreber, 1774)</t>
   </si>
   <si>
     <t>Eschrichtius robustus (Lilljeborg, 1861)</t>
   </si>
   <si>
-    <t>prueba_Gray Whale (Inglés), Grey Whale (Inglés)</t>
+    <t>Gray Whale (Inglés), Grey Whale (Inglés)</t>
   </si>
   <si>
     <t>Inglés, Inglés</t>
   </si>
   <si>
     <t>Eulemur fulvus (É. Geoffroy Saint-Hilaire, 1796)</t>
   </si>
   <si>
     <t>Lemur mayottensis Schlegel, 1866</t>
   </si>
   <si>
     <t>Eulemur fulvus rufus</t>
   </si>
   <si>
     <t>Eulemur macaco</t>
   </si>
   <si>
     <t>Eulemur mongoz (Linnaeus, 1766)</t>
   </si>
   <si>
     <t>Eulemur rubriventer (I. Geoffroy Saint-Hilaire, 1850)</t>
   </si>
   <si>
     <t>Euphractus sexcinctus (Linnaeus, 1758)</t>
   </si>
   <si>
     <t>Eutamias sibiricus</t>
   </si>
   <si>
     <t>Felis silvestris lybica Forster, 1780</t>
   </si>
   <si>
     <t>Felis silvestris silvestris Schreber, 1777</t>
   </si>
   <si>
     <t>Feresa attenuata Gray, 1874</t>
   </si>
   <si>
-    <t>prueba_Orca pigmea (Castellano), Orca Pigmeo (Castellano), Pygmy Killer Whale (Inglés), Slender Blackfish (Inglés), Epaulard Pygmée (Francés), Orque Pygmée (Francés)</t>
+    <t>Orca pigmea (Castellano), Orca Pigmeo (Castellano), Pygmy Killer Whale (Inglés), Slender Blackfish (Inglés), Epaulard Pygmée (Francés), Orque Pygmée (Francés)</t>
   </si>
   <si>
     <t>Castellano, Castellano, Inglés, Inglés, Francés, Francés</t>
   </si>
   <si>
     <t>Galago senegalensis É. Geoffroy Saint-Hilaire, 1796</t>
   </si>
   <si>
     <t>Gazella cuvieri (Ogilby, 1841)</t>
   </si>
   <si>
     <t>Gazella dama</t>
   </si>
   <si>
     <t>Gazella dorcas (Linnaeus, 1758)</t>
   </si>
   <si>
     <t>Gazella thomsonii Günther, 1884</t>
   </si>
   <si>
     <t>Giraffa camelopardalis angolensis Lydekker, 1903</t>
   </si>
   <si>
     <t>Giraffa camelopardalis (Linnaeus, 1758)</t>
   </si>
@@ -2723,60 +2723,60 @@
   <si>
     <t>Jaculus orientalis Erxleben, 1777</t>
   </si>
   <si>
     <t>Kobus ellipsiprymnus ellipsiprymnus (Ogilby, 1833)</t>
   </si>
   <si>
     <t>Kobus ellipsiprymnus (Ogilby, 1833)</t>
   </si>
   <si>
     <t>Kobus leche Gray, 1850</t>
   </si>
   <si>
     <t>Kobus leche kafuensis Haltenorth, 1963</t>
   </si>
   <si>
     <t>Kobus leche leche Gray, 1850</t>
   </si>
   <si>
     <t>Kobus megaceros (Fitzinger, 1855)</t>
   </si>
   <si>
     <t>Lagenorhynchus acutus (Gray, 1828)</t>
   </si>
   <si>
-    <t>prueba_Delfín De Costados Blancos (Castellano), Delfín De Flancos Blancos (Castellano), Atlantic White-sided Dolphin (Inglés), Lagénorhynque À Flanc Blanc De L'Atlantique (Francés), Dauphin À Flancs Blancs (Francés)</t>
+    <t>Delfín De Costados Blancos (Castellano), Delfín De Flancos Blancos (Castellano), Atlantic White-sided Dolphin (Inglés), Lagénorhynque À Flanc Blanc De L'Atlantique (Francés), Dauphin À Flancs Blancs (Francés)</t>
   </si>
   <si>
     <t>Castellano, Castellano, Inglés, Francés, Francés</t>
   </si>
   <si>
     <t>Lagenorhynchus albirostris (Gray, 1846)</t>
   </si>
   <si>
-    <t>prueba_Delfín De Pico Blanco (Castellano), White-beaked Dolphin (Inglés), Lagénorhynque À Bec Blanc De L'Atlantique (Francés), Dauphin À Bec Blanc (Francés)</t>
+    <t>Delfín De Pico Blanco (Castellano), White-beaked Dolphin (Inglés), Lagénorhynque À Bec Blanc De L'Atlantique (Francés), Dauphin À Bec Blanc (Francés)</t>
   </si>
   <si>
     <t>Castellano, Inglés, Francés, Francés</t>
   </si>
   <si>
     <t>Lama glama guanicoe (Müller, 1776)</t>
   </si>
   <si>
     <t>Lama guanicoe (Müller, 1776)</t>
   </si>
   <si>
     <t>Lemur catta Linnaeus, 1758</t>
   </si>
   <si>
     <t>Leontopithecus chrysomelas (Kuhl, 1820)</t>
   </si>
   <si>
     <t>Leontopithecus rosalia (Linnaeus, 1766)</t>
   </si>
   <si>
     <t>Leopardus pardalis (Linnaeus, 1758)</t>
   </si>
   <si>
     <t>Leptailurus serval (Schreber, 1776)</t>
   </si>
@@ -2816,129 +2816,129 @@
   <si>
     <t>Macropus (Notamacropus) parma Waterhouse, 1846</t>
   </si>
   <si>
     <t>Macropus (Notamacropus) rufogriseus (Desmarest, 1817)</t>
   </si>
   <si>
     <t>Macropus (Osphranter) rufus (Desmarest, 1822)</t>
   </si>
   <si>
     <t>Madoqua kirkii (Günther, 1880)</t>
   </si>
   <si>
     <t>Mandrillus leucophaeus (F. Cuvier, 1807)</t>
   </si>
   <si>
     <t>Mandrillus sphinx (Linnaeus, 1758)</t>
   </si>
   <si>
     <t>Mazama gouazoubira (G. Fischer [von Waldheim], 1814)</t>
   </si>
   <si>
     <t>Mephitis mephitis (Schreber, 1776)</t>
   </si>
   <si>
-    <t>prueba_Mofeta listada (Castellano)</t>
+    <t>Mofeta listada (Castellano)</t>
   </si>
   <si>
     <t>Meriones unguiculatus</t>
   </si>
   <si>
     <t>Mesocricetus auratus (Waterhouse, 1839)</t>
   </si>
   <si>
     <t>Mesoplodon bidens (Sowerby, 1804)</t>
   </si>
   <si>
-    <t>prueba_Zifio de Sowerby (Castellano), Ballena De Pico De Sowerby (Castellano), Sowerby's Beaked Whale (Inglés), North Atlantic Beaked Whale (Inglés), Mésoplodon De Sowerby (Francés)</t>
+    <t>Zifio de Sowerby (Castellano), Ballena De Pico De Sowerby (Castellano), Sowerby's Beaked Whale (Inglés), North Atlantic Beaked Whale (Inglés), Mésoplodon De Sowerby (Francés)</t>
   </si>
   <si>
     <t>Castellano, Castellano, Inglés, Inglés, Francés</t>
   </si>
   <si>
     <t>Mesoplodon grayi Von Haast, 1876</t>
   </si>
   <si>
-    <t>prueba_Ballena De Pico De Gray (Castellano), Zifio De Gray (Castellano), Gray's Beaked Whale (Inglés), Southern Beaked Whale (Inglés), Mésoplodon De Gray (Francés)</t>
+    <t>Ballena De Pico De Gray (Castellano), Zifio De Gray (Castellano), Gray's Beaked Whale (Inglés), Southern Beaked Whale (Inglés), Mésoplodon De Gray (Francés)</t>
   </si>
   <si>
     <t>Microcebus murinus (J. F. Miller, 1777)</t>
   </si>
   <si>
     <t>Miopithecus ogouensis Kingdon, 1997</t>
   </si>
   <si>
     <t>Miopithecus talapoin (Schreber, 1774)</t>
   </si>
   <si>
     <t>Mungos mungo (Gmelin, 1788)</t>
   </si>
   <si>
     <t>Muntiacus muntjak (Zimmermann, 1780)</t>
   </si>
   <si>
     <t>Muntiacus reevesi (Ogilby, 1839)</t>
   </si>
   <si>
     <t>Myoprocta acouchy (Erxleben, 1777)</t>
   </si>
   <si>
     <t>Myotis crypticus Ruedi, Ibáñez, Salicini, Juste &amp; Puechmaille, 2019</t>
   </si>
   <si>
-    <t>prueba_Murciélago ratonero críptico (Castellano)</t>
+    <t>Murciélago ratonero críptico (Castellano)</t>
   </si>
   <si>
     <t>Myotis escalerai Cabrera, 1904</t>
   </si>
   <si>
-    <t>prueba_Murciélago de Natterer (Castellano), Murciélago ratonero ibérico (Castellano)</t>
+    <t>Murciélago de Natterer (Castellano), Murciélago ratonero ibérico (Castellano)</t>
   </si>
   <si>
     <t>Myrmecophaga tridactyla Linnaeus, 1758</t>
   </si>
   <si>
     <t>Nanger dama</t>
   </si>
   <si>
     <t>Nasua narica (Linnaeus, 1766)</t>
   </si>
   <si>
-    <t>prueba_Coatí de nariz blanca (Castellano)</t>
+    <t>Coatí de nariz blanca (Castellano)</t>
   </si>
   <si>
     <t>Nasua nasua (Linnaeus, 1766)</t>
   </si>
   <si>
-    <t>prueba_Coatí rojo (Castellano), Coatí de cola anillada (Castellano)</t>
+    <t>Coatí rojo (Castellano), Coatí de cola anillada (Castellano)</t>
   </si>
   <si>
     <t>Neomys milleri Mottaz, 1907</t>
   </si>
   <si>
-    <t>prueba_Musgaño europeo (Castellano)</t>
+    <t>Musgaño europeo (Castellano)</t>
   </si>
   <si>
     <t>Nycticebus pygmaeus Bonhote, 1907</t>
   </si>
   <si>
     <t>Odobenus rosmarus (Linnaeus, 1758)</t>
   </si>
   <si>
     <t>Odobenus rosmarus rosmarus (Linnaeus, 1758)</t>
   </si>
   <si>
     <t>Oreotragus oreotragus</t>
   </si>
   <si>
     <t>Orycteropus afer (Pallas, 1766)</t>
   </si>
   <si>
     <t>Oryx dammah (Cretzschmar, 1827)</t>
   </si>
   <si>
     <t>Oryx gazella gazella</t>
   </si>
   <si>
     <t>Oryx gazella (Linnaeus, 1758)</t>
   </si>
@@ -3005,84 +3005,84 @@
   <si>
     <t>Pan troglodytes verus Schwarz, 1934</t>
   </si>
   <si>
     <t>Papio anubis (Lesson, 1827)</t>
   </si>
   <si>
     <t>Papio cynocephalus (Linnaeus, 1766)</t>
   </si>
   <si>
     <t>Papio hamadryas (Linnaeus, 1758)</t>
   </si>
   <si>
     <t>Papio papio (Desmarest, 1820)</t>
   </si>
   <si>
     <t>Pecari tajacu (Linnaeus, 1758)</t>
   </si>
   <si>
     <t>Pedetes capensis (Forster, 1778)</t>
   </si>
   <si>
     <t>Petaurus breviceps Waterhouse, 1838</t>
   </si>
   <si>
-    <t>prueba_Petauro del azúcar (Castellano)</t>
+    <t>Petauro del azúcar (Castellano)</t>
   </si>
   <si>
     <t>Petrogale xanthopus Gray, 1854</t>
   </si>
   <si>
     <t>Phacochoerus africanus (Gmelin, 1788)</t>
   </si>
   <si>
     <t>Phoca vitulina vitulina Linnaeus, 1758</t>
   </si>
   <si>
     <t>Pithecia pithecia (Linnaeus, 1766)</t>
   </si>
   <si>
     <t>Pongo pygmaeus (Linnaeus, 1760)</t>
   </si>
   <si>
     <t>Pongo pygmaeus pygmaeus (Linnaeus, 1760)</t>
   </si>
   <si>
     <t>Potamochoerus porcus (Linnaeus, 1758)</t>
   </si>
   <si>
     <t>Potos flavus (Schreber, 1774)</t>
   </si>
   <si>
     <t>Procavia capensis (Pallas, 1766)</t>
   </si>
   <si>
     <t>Pteromys volans (Linnaeus, 1758)</t>
   </si>
   <si>
-    <t>prueba_Ardilla voladora de Siberia (Castellano)</t>
+    <t>Ardilla voladora de Siberia (Castellano)</t>
   </si>
   <si>
     <t>Pteropus giganteus (Brünnich, 1782)</t>
   </si>
   <si>
     <t>Pteropus lylei K. Andersen, 1908</t>
   </si>
   <si>
     <t>Puma concolor (Linnaeus, 1771)</t>
   </si>
   <si>
     <t>Pusa hispida hispida Schreber, 1775</t>
   </si>
   <si>
     <t>Pusa hispida (Schreber, 1775)</t>
   </si>
   <si>
     <t>Rangifer tarandus (Linnaeus, 1758)</t>
   </si>
   <si>
     <t>Rhinoceros unicornis Linnaeus, 1758</t>
   </si>
   <si>
     <t>Rupicapra rupicapra (Linnaeus, 1758)</t>
   </si>
@@ -3101,96 +3101,96 @@
   <si>
     <t>Saguinus midas (Linnaeus, 1758)</t>
   </si>
   <si>
     <t>Saguinus oedipus (Linnaeus, 1758)</t>
   </si>
   <si>
     <t>Saimiri boliviensis</t>
   </si>
   <si>
     <t>Saimiri boliviensis boliviensis (I. Geoffroy Saint-Hilaire and de Blainville, 1834)</t>
   </si>
   <si>
     <t>Saimiri sciureus (Linnaeus, 1758)</t>
   </si>
   <si>
     <t>Saimiri sciureus sciureus (Linnaeus, 1758)</t>
   </si>
   <si>
     <t>Sciurus anomalus Gmelin, 1778</t>
   </si>
   <si>
     <t>Sciurus carolinensis Gmelin, 1788</t>
   </si>
   <si>
-    <t>prueba_Ardilla gris (Castellano)</t>
+    <t>Ardilla gris (Castellano)</t>
   </si>
   <si>
     <t>Sciurus lis Temminck, 1844</t>
   </si>
   <si>
-    <t>prueba_Ardilla de Japón (Castellano)</t>
+    <t>Ardilla de Japón (Castellano)</t>
   </si>
   <si>
     <t>Sciurus niger Linnaeus, 1758</t>
   </si>
   <si>
-    <t>prueba_Ardilla zorro oriental (Castellano)</t>
+    <t>Ardilla zorro oriental (Castellano)</t>
   </si>
   <si>
     <t>Speothos venaticus (Lund, 1842)</t>
   </si>
   <si>
     <t>Stenella attenuata (Gray, 1846)</t>
   </si>
   <si>
     <t>Stenella clymene (Gray, 1850)</t>
   </si>
   <si>
     <t>Stenella longirostris (Gray, 1828)</t>
   </si>
   <si>
     <t>Suricata suricatta (Schreber, 1776)</t>
   </si>
   <si>
-    <t>prueba_Suricato (Castellano)</t>
+    <t>Suricato (Castellano)</t>
   </si>
   <si>
     <t>Symphalangus syndactylus (Raffles, 1821)</t>
   </si>
   <si>
     <t>Syncerus caffer (Sparrman, 1779)</t>
   </si>
   <si>
     <t>Tamandua tetradactyla (Linnaeus, 1758)</t>
   </si>
   <si>
     <t>Tamias sibiricus Laxmann, 1769</t>
   </si>
   <si>
-    <t>prueba_Ardilla listada de Siberia (Castellano)</t>
+    <t>Ardilla listada de Siberia (Castellano)</t>
   </si>
   <si>
     <t>Incluido, Incluido</t>
   </si>
   <si>
     <t>Tapirus indicus Desmarest, 1819</t>
   </si>
   <si>
     <t>Tapirus terrestris (Linnaeus, 1758)</t>
   </si>
   <si>
     <t>Taxidea taxus (Schreber, 1777)</t>
   </si>
   <si>
     <t>Tolypeutes matacus (Desmarest, 1804)</t>
   </si>
   <si>
     <t>Tragelaphus eurycerus (Ogilby, 1837)</t>
   </si>
   <si>
     <t>Tragelaphus spekii Speke, 1863</t>
   </si>
   <si>
     <t>Tragelaphus strepsiceros (Pallas, 1766)</t>
   </si>
@@ -3209,168 +3209,168 @@
   <si>
     <t>Trichosurus vulpecula (Kerr, 1792)</t>
   </si>
   <si>
     <t>Uncia uncia (Schreber, 1775)</t>
   </si>
   <si>
     <t>Ursus americanus Pallas, 1780</t>
   </si>
   <si>
     <t>Varecia rubra (É. Geoffroy Saint-Hilaire, 1812)</t>
   </si>
   <si>
     <t>Varecia variegata (Kerr, 1792)</t>
   </si>
   <si>
     <t>Varecia variegata rubra</t>
   </si>
   <si>
     <t>Varecia variegata variegata (Kerr, 1792)</t>
   </si>
   <si>
     <t>Vespertilio murinus Linnaeus, 1758</t>
   </si>
   <si>
-    <t>prueba_Murciélago bicolor (Castellano), Particoloured Bat (Inglés), Sérotine Bicolore (Francés)</t>
+    <t>Murciélago bicolor (Castellano), Particoloured Bat (Inglés), Sérotine Bicolore (Francés)</t>
   </si>
   <si>
     <t>Vicugna vicugna (Molina, 1782)</t>
   </si>
   <si>
     <t>Vulpes corsac (Linnaeus, 1768)</t>
   </si>
   <si>
     <t>Vulpes zerda (Zimmermann, 1780)</t>
   </si>
   <si>
-    <t>prueba_Feneco (Castellano)</t>
+    <t>Feneco (Castellano)</t>
   </si>
   <si>
     <t>Zalophus californianus (Lesson, 1828)</t>
   </si>
   <si>
     <t>Castor fiber Linnaeus, 1758</t>
   </si>
   <si>
-    <t>prueba_Castor europeo (Castellano), Eurasian Beaver (Inglés), Castor D'Eurasie (Francés)</t>
+    <t>Castor europeo (Castellano), Eurasian Beaver (Inglés), Castor D'Eurasie (Francés)</t>
   </si>
   <si>
     <t>Mundial LC (Preocupación menor),  Región Atlántica FV (Favorable),  Región Mediterránea FV (Favorable)</t>
   </si>
   <si>
     <t>Mundial, Región Atlántica, Región Mediterránea</t>
   </si>
   <si>
     <t>Anexo V, Anexo IV, Anexo II - No prioritaria</t>
   </si>
   <si>
     <t>Halichoerus grypus (Fabricius, 1791)</t>
   </si>
   <si>
-    <t>prueba_Foca gris (Castellano)</t>
+    <t>Foca gris (Castellano)</t>
   </si>
   <si>
     <t>Mundial LC (Preocupación menor),  Región Marina Atlántica FV (Favorable)</t>
   </si>
   <si>
     <t>Mundial, Región Marina Atlántica</t>
   </si>
   <si>
     <t>Phoca vitulina Linnaeus, 1758</t>
   </si>
   <si>
-    <t>prueba_Foca común (Castellano)</t>
+    <t>Foca común (Castellano)</t>
   </si>
   <si>
     <t>Mundial LC (Preocupación menor),  Región Marina Atlántica XX (Desconocido)</t>
   </si>
   <si>
     <t>Kogia breviceps (Blainville, 1838)</t>
   </si>
   <si>
-    <t>prueba_Cachalote Cabeza Chica (Castellano), Cachalote pigmeo (Castellano), Katxalote pigmeoa (Euskera), Catxalot pigmeu (Catalán), Cachalote pequeño (Gallego), Pygmy Sperm Whale (Inglés), Cachalot Pygmée (Francés)</t>
+    <t>Cachalote Cabeza Chica (Castellano), Cachalote pigmeo (Castellano), Katxalote pigmeoa (Euskera), Catxalot pigmeu (Catalán), Cachalote pequeño (Gallego), Pygmy Sperm Whale (Inglés), Cachalot Pygmée (Francés)</t>
   </si>
   <si>
     <t>Kogia sima (Owen, 1866)</t>
   </si>
   <si>
-    <t>prueba_Cachalote enano (Castellano), Dwarf Sperm Whale (Inglés), Cachalot Nain (Francés)</t>
+    <t>Cachalote enano (Castellano), Dwarf Sperm Whale (Inglés), Cachalot Nain (Francés)</t>
   </si>
   <si>
     <t>Kogia simus (Owen, 1866)</t>
   </si>
   <si>
     <t>Mesoplodon densirostris (Blainville, 1817)</t>
   </si>
   <si>
-    <t>prueba_Zifio de Blainville (Castellano), Ballena De Pico De Blainville (Castellano), Blainville's Beaked Whale (Inglés), Mésoplodon De Blainville (Francés)</t>
+    <t>Zifio de Blainville (Castellano), Ballena De Pico De Blainville (Castellano), Blainville's Beaked Whale (Inglés), Mésoplodon De Blainville (Francés)</t>
   </si>
   <si>
     <t>Castellano, Castellano, Inglés, Francés</t>
   </si>
   <si>
     <t>Hyperoodon ampullatus (Forster, 1770)</t>
   </si>
   <si>
-    <t>prueba_Calderón de hocico boreal (Castellano), Zifio calderón septentrional (Castellano), Ballena Hocico De Botella Del Norte (Castellano), Ballena Nariz De Botella Del Norte (Castellano), Northern Bottlenose Whale (Inglés), Bottlehead (Inglés), North Atlantic Bottlenose Whale (Inglés), Hyperoodon Boréal (Francés)</t>
+    <t>Calderón de hocico boreal (Castellano), Zifio calderón septentrional (Castellano), Ballena Hocico De Botella Del Norte (Castellano), Ballena Nariz De Botella Del Norte (Castellano), Northern Bottlenose Whale (Inglés), Bottlehead (Inglés), North Atlantic Bottlenose Whale (Inglés), Hyperoodon Boréal (Francés)</t>
   </si>
   <si>
     <t>Castellano, Castellano, Castellano, Castellano, Inglés, Inglés, Inglés, Francés</t>
   </si>
   <si>
     <t>Eptesicus isabellinus (Temminck, 1840)</t>
   </si>
   <si>
-    <t>prueba_Murciélago hortelano (Castellano)</t>
+    <t>Murciélago hortelano (Castellano)</t>
   </si>
   <si>
     <t>Mundial LC (Preocupación menor),  Región Mediterránea FV (Favorable)</t>
   </si>
   <si>
     <t>Mundial, Región Mediterránea</t>
   </si>
   <si>
     <t>Ailurus fulgens fulgens F. G. Cuvier, 1825</t>
   </si>
   <si>
     <t>Alces alces alces (Linnaeus, 1758)</t>
   </si>
   <si>
     <t>Ammotragus lervia fassini Lepri, 1930</t>
   </si>
   <si>
     <t>Ammotragus lervia sahariensis (W. Rothschild, 1913)</t>
   </si>
   <si>
     <t>Atelerix algirus algirus (Lereboullet, 1842)</t>
   </si>
   <si>
     <t>Barbastella barbastellus guanchae Trujillo, Ibañez &amp; Juste, 2002</t>
   </si>
   <si>
-    <t>prueba_Murciélago canario de bosque (Castellano)</t>
+    <t>Murciélago canario de bosque (Castellano)</t>
   </si>
   <si>
     <t>Bison bonasus bonasus (Linnaeus, 1758)</t>
   </si>
   <si>
     <t>Bos frontalis</t>
   </si>
   <si>
     <t>Bos frontalis gaurus C. H. Smith, 1827</t>
   </si>
   <si>
     <t>Bos grunniens grunniens Linnaeus, 1766</t>
   </si>
   <si>
     <t>Bos grunniens Linnaeus, 1766</t>
   </si>
   <si>
     <t>Bos javanicus javanicus d'Alton, 1823</t>
   </si>
   <si>
     <t>Bos mutus grunniens</t>
   </si>
   <si>
     <t>Bos primigenius Bojanus, 1827</t>
   </si>
@@ -3458,72 +3458,72 @@
   <si>
     <t>Cercocebus torquatus lunulatus</t>
   </si>
   <si>
     <t>Cervus axis axis</t>
   </si>
   <si>
     <t>Cervus elaphus hippelaphus</t>
   </si>
   <si>
     <t>Cervus elaphus hispanicus Hilzheimer, 1909</t>
   </si>
   <si>
     <t>Connochaetes taurinus taurinus (Burchell, 1823)</t>
   </si>
   <si>
     <t>Crocidura gueldenstaedtii (Pallas, 1811)</t>
   </si>
   <si>
     <t>Crocidura iculisma Mottaz, 1908</t>
   </si>
   <si>
     <t>Crocidura pachyura (Küster, 1835)</t>
   </si>
   <si>
-    <t>prueba_Musaraña grillera (Castellano), North African White-toothed Shrew (Inglés), Pantellerian Shrew (Inglés)</t>
+    <t>Musaraña grillera (Castellano), North African White-toothed Shrew (Inglés), Pantellerian Shrew (Inglés)</t>
   </si>
   <si>
     <t>Crocidura ichnusae Festa, 1912</t>
   </si>
   <si>
     <t>Crocidura russula osorio Molina &amp; Hutterer, 1989</t>
   </si>
   <si>
     <t>Crocidura osorio Molina &amp; Hutterer, 1989</t>
   </si>
   <si>
     <t>Crocidura suaveolens balearica</t>
   </si>
   <si>
     <t>Crocidura russula balearica</t>
   </si>
   <si>
     <t>Delphinus delphis delphis Linnaeus, 1758</t>
   </si>
   <si>
-    <t>prueba_Delfín común (Castellano), Izurde arrunta (Euskera), Dolfi comú (Catalán), Golfiño común (Gallego)</t>
+    <t>Delfín común (Castellano), Izurde arrunta (Euskera), Dolfi comú (Catalán), Golfiño común (Gallego)</t>
   </si>
   <si>
     <t>Delphinus pomeegra Owen, 1800</t>
   </si>
   <si>
     <t>Eliomys quercinus ophiusae Thomas, 1925</t>
   </si>
   <si>
     <t>Eptesicus serotinus serotinus (Schreber, 1774)</t>
   </si>
   <si>
     <t>Equus africanus asinus Linnaeus, 1758</t>
   </si>
   <si>
     <t>Equus asinus africanus Heuglin and Fitzinger, 1866</t>
   </si>
   <si>
     <t>Equus (Asinus) africanus somaliensis Noack, 1884</t>
   </si>
   <si>
     <t>Equus asinus asinus Linnaeus, 1758</t>
   </si>
   <si>
     <t>Equus (Asinus) asinus Linnaeus, 1758</t>
   </si>
@@ -3548,51 +3548,51 @@
   <si>
     <t>Equus (Hippotigris) quagga boehmi Matschie, 1892</t>
   </si>
   <si>
     <t>Equus (Hippotigris) quagga chapmani Layard, 1865</t>
   </si>
   <si>
     <t>Erinaceus roumanicus Barrett-Hamilton, 1900</t>
   </si>
   <si>
     <t>Eulemur catta</t>
   </si>
   <si>
     <t>Eulemur fulvus albifrons</t>
   </si>
   <si>
     <t>Eulemur fulvus mayottensis</t>
   </si>
   <si>
     <t>Eulemur macaco macaco</t>
   </si>
   <si>
     <t>Felis catus Linnaeus, 1758</t>
   </si>
   <si>
-    <t>prueba_Gato (Castellano), Gato comun (Castellano)</t>
+    <t>Gato (Castellano), Gato comun (Castellano)</t>
   </si>
   <si>
     <t>Felis lynx (Linnaeus, 1758)</t>
   </si>
   <si>
     <t>Gazella dama mohr</t>
   </si>
   <si>
     <t>Gazella dorcas neglecta</t>
   </si>
   <si>
     <t>Genetta genetta genetta (Linnaeus, 1758)</t>
   </si>
   <si>
     <t>Genetta genetta isabelae Delibes, 1977</t>
   </si>
   <si>
     <t>Helogale parvula undulatus (Peters, 1852)</t>
   </si>
   <si>
     <t>Hylobates concolor leucogenis</t>
   </si>
   <si>
     <t>Lama glama (Linnaeus, 1758)</t>
   </si>
@@ -3650,90 +3650,90 @@
   <si>
     <t>Nyctalus leisleri leisleri (Kuhl, 1817)</t>
   </si>
   <si>
     <t>Octodon degus (Molina, 1782)</t>
   </si>
   <si>
     <t>Oreotragus oreotragus saltatrixoides (Wagner, 1855)</t>
   </si>
   <si>
     <t>Oryctolagus cuniculus domesticus</t>
   </si>
   <si>
     <t>Ovis aries aries Linnaeus, 1758</t>
   </si>
   <si>
     <t>Ovis aries musimon (Pallas, 1811)</t>
   </si>
   <si>
     <t>Ovis aries orientalis Gmelin, 1774</t>
   </si>
   <si>
     <t>Ovis gmelini musimon</t>
   </si>
   <si>
-    <t>prueba_Muflón (Castellano)</t>
+    <t>Muflón (Castellano)</t>
   </si>
   <si>
     <t>Ovis ammon musimon</t>
   </si>
   <si>
     <t>Ovis orientalis aries</t>
   </si>
   <si>
     <t>Ovis orientalis musimon</t>
   </si>
   <si>
     <t>Pagophilus groenlandicus groenlandicus (Erxleben, 1777)</t>
   </si>
   <si>
     <t>Panthera leo bleyenberghi (Lönnberg, 1914)</t>
   </si>
   <si>
     <t>Panthera leo krugeri (Roberts, 1929)</t>
   </si>
   <si>
     <t>Panthera leo leo (Linnaeus, 1758)</t>
   </si>
   <si>
     <t>Panthera onca onca (Linnaeus, 1758)</t>
   </si>
   <si>
     <t>Panthera pardus pardus (Linnaeus, 1758)</t>
   </si>
   <si>
     <t>Papio hamadryas hamadryas</t>
   </si>
   <si>
     <t>Papio leucophaeus</t>
   </si>
   <si>
     <t>Phocoena phocoena phocoena (Linnaeus, 1758)</t>
   </si>
   <si>
-    <t>prueba_Marsopa (Castellano), Marsopa común (Castellano), Mazopa (Euskera), Toniña (Gallego)</t>
+    <t>Marsopa (Castellano), Marsopa común (Castellano), Mazopa (Euskera), Toniña (Gallego)</t>
   </si>
   <si>
     <t>Castellano, Castellano, Euskera, Gallego</t>
   </si>
   <si>
     <t>Pitymys duodecimcostatus</t>
   </si>
   <si>
     <t>Plecotus teneriffae teneriffae Barret-Hamilton, 1907</t>
   </si>
   <si>
     <t>Pongo pygmaeus abelii</t>
   </si>
   <si>
     <t>Potamochoerus porcus pictus</t>
   </si>
   <si>
     <t>Procyon cancrivorus (G. [Baron] Cuvier, 1798)</t>
   </si>
   <si>
     <t>Rhinoceros plicatus</t>
   </si>
   <si>
     <t>Rupicapra pyrenaica pyrenaica Bonaparte, 1845</t>
   </si>
@@ -4149,51 +4149,51 @@
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:Q623"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="37.705" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="98.976" bestFit="true" customWidth="true" style="0"/>
-    <col min="3" max="3" width="607.423" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="599.139" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="234.657" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="301.926" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="114.258" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="4999.493" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="11.711" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="19.995" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="252.367" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="70.697" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="35.277" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="88.407" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="52.987" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="113.115" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="305.497" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="36.42" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:17">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>