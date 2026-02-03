--- v0 (2025-12-12)
+++ v1 (2026-02-03)
@@ -12,893 +12,773 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="normativa" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="324">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="284">
   <si>
     <t>Nombre</t>
   </si>
   <si>
     <t>Enlace</t>
   </si>
   <si>
     <t>Rango norma inferior</t>
   </si>
   <si>
     <t>Rango norma intermedia</t>
   </si>
   <si>
     <t>Rango norma superior</t>
   </si>
   <si>
     <t>Año</t>
   </si>
   <si>
     <t>Ámbito geográfico político</t>
   </si>
   <si>
     <t>Comunidad Autónoma</t>
   </si>
   <si>
-    <t>Pruebas de la Junta de Andalucía creación de Norma</t>
-[...5 lines deleted...]
-    <t>Comunicación</t>
+    <t>Reglamento de Ejecución (UE) 2022/1203 de la Comisión de 12 de julio de 2022 por el que se modifica el Reglamento de Ejecución (UE) 2016/1141 con el fin de actualizar la lista de especies exóticas invasoras preocupantes para la Unión. DOUE 186, de 13 de julio de 2022</t>
+  </si>
+  <si>
+    <t>https://www.boe.es/buscar/doc.php?id=DOUE-L-2022-81053</t>
+  </si>
+  <si>
+    <t>Reglamentos</t>
   </si>
   <si>
     <t>Normativa Comunitaria</t>
   </si>
   <si>
+    <t>Internacional</t>
+  </si>
+  <si>
+    <t>Resolución de 15 de noviembre de 2022, de la Consejería de Medio Rural y Cohesión Territorial, por la que se regula la escalada en determinadas áreas críticas para aves rapaces rupícolas protegidas en el Principado de Asturias.</t>
+  </si>
+  <si>
+    <t>https://sede.asturias.es/ast/bopa-disposiciones?p_p_id=pa_sede_bopa_web_portlet_SedeBopaDispositionWeb&amp;p_p_lifecycle=0&amp;_pa_sede_bopa_web_portlet_SedeBopaDispositionWeb_mvcRenderCommandName=%2Fdisposition%2Fdetail&amp;p_r_p_dispositionText=2022-08823&amp;p_r_p_dispositionReference=2022-08823&amp;p_r_p_dispositionDate=29%2F11%2F2022</t>
+  </si>
+  <si>
+    <t>Resolución</t>
+  </si>
+  <si>
+    <t>Autonómico</t>
+  </si>
+  <si>
+    <t>Reglamentos (Gobierno, Autonómico, Entidades locales)</t>
+  </si>
+  <si>
+    <t>Ley 9/2021, de 1 de julio, de declaración del Parque Nacional de la Sierra de las Nieves. BOE 157, de 2 de julio de 2021</t>
+  </si>
+  <si>
+    <t>https://www.boe.es/eli/es/l/2021/07/01/9</t>
+  </si>
+  <si>
+    <t>Leyes autonómicas</t>
+  </si>
+  <si>
+    <t>Normas con rango de Ley</t>
+  </si>
+  <si>
     <t>Andalucía</t>
   </si>
   <si>
-    <t>Borrar cosas Pruebas</t>
+    <t>Ley 5/2020, de 24 de julio, de Medidas Urgentes para la Declaración de Proyectos Prioritarios en Castilla-La  Mancha. DOCM 152 de 31 de julio de 2020</t>
+  </si>
+  <si>
+    <t>https://www.boe.es/eli/es-cm/l/2020/07/24/5</t>
+  </si>
+  <si>
+    <t>Castilla-La Mancha</t>
+  </si>
+  <si>
+    <t>Reglamento (UE) 2019/2117  de la Comisión, de 29 de noviembre de 2019, por el que se modifica el Reglamento (CE) nº 338/97 del Consejo relativo a la protección de especies de la fauna y flora silvestres mediante el control de su comercio. DOUE 320, de 11 de diciembre de 2019</t>
+  </si>
+  <si>
+    <t>https://www.boe.es/buscar/doc.php?id=DOUE-L-2019-81932</t>
+  </si>
+  <si>
+    <t>Resolución de 2 de julio de 2019, de la Gerencia del Consejo de Administración del Patrimonio Nacional, por la que se publica el Acuerdo del Consejo de Ministros de 29 de marzo de 2019, por el que se aprueba el Plan de Protección Medioambiental del Bosque. BOE 159, de 4 de julio de 2019</t>
+  </si>
+  <si>
+    <t>https://www.boe.es/eli/es/res/2019/07/02/(1)</t>
   </si>
   <si>
     <t>Nacional</t>
   </si>
   <si>
+    <t>Decisión de ejecución (UE) 2018/37 de la Comisión de 12 de diciembre de 2017 por la que se adopta la undécima lista actualizada de lugares de importancia comunitaria de la región biogeográfica mediterránea</t>
+  </si>
+  <si>
+    <t>https://eur-lex.europa.eu/legal-content/ES/TXT/PDF/?uri=CELEX:32018D0037&amp;from=ES</t>
+  </si>
+  <si>
+    <t>Diario Oficial de la Unión Europea, L 353, 23 de diciembre de 2016</t>
+  </si>
+  <si>
+    <t>http://eur-lex.europa.eu/legal-content/ES/TXT/?uri=OJ:L:2016:353:TOC</t>
+  </si>
+  <si>
+    <t>Decisiones</t>
+  </si>
+  <si>
+    <t>Ley de Cantabria 4/2006, de 19 de mayo, de Conservación de la Naturaleza de Cantabria. BOE 184, de 3 de agosto de 2006</t>
+  </si>
+  <si>
+    <t>https://www.boe.es/eli/es-cb/l/2006/05/19/4</t>
+  </si>
+  <si>
+    <t>Cantabria</t>
+  </si>
+  <si>
+    <t>Decreto 63/2016, de 29 de septiembre, por el que se declara el Área  Natural de Especial Interés La Viesca (términos municipales de Torrelavega y Cartes). BOC 192, 05/09/2016.</t>
+  </si>
+  <si>
+    <t>https://boc.cantabria.es/boces/verAnuncioAction.do?idAnuBlob=304539</t>
+  </si>
+  <si>
+    <t>Decreto</t>
+  </si>
+  <si>
+    <t>Decreto 110/2015, de 19 de mayo, por el que se regula la red ecologica europea Natura 2000 en Extremadura. DOE 105 de 3 de junio de 2015</t>
+  </si>
+  <si>
+    <t>https://doe.juntaex.es/eli/es-ex/d/2015/05/19/110/dof/spa/pdf</t>
+  </si>
+  <si>
+    <t>Extremadura</t>
+  </si>
+  <si>
+    <t>Resolución de 9 de marzo de 2015, de la Dirección General de Espacios Naturales y Participación Ciudadana, por la que se emplaza para información pública a todos aquellos interesados en el Proyecto de Decreto por el que se declaran las Zonas Especiales de Conservación de la Red Ecológica Europea Natura 2000 que se citan y se aprueban los Planes de Ordenación de los Recursos Naturales de los Parajes Naturales citados. BOJA 59, de 26 de marzo</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/boja/2015/59/BOJA15-059-00002-5463-01_00066669.pdf</t>
+  </si>
+  <si>
+    <t>Plan de gestión del espacio Red Natura ES0000013 "Tablas de Daimiel"</t>
+  </si>
+  <si>
+    <t>http://www.castillalamancha.es/node/199669</t>
+  </si>
+  <si>
+    <t>Circular o instrucción</t>
+  </si>
+  <si>
+    <t>Ley 2/2013, de 10 de octubre, de modificación de la Ley 16/1994, de 30 de junio, de Conservación de la Naturaleza del País Vasco</t>
+  </si>
+  <si>
+    <t>https://www.boe.es/eli/es-pv/l/2013/10/10/2</t>
+  </si>
+  <si>
+    <t>País Vasco</t>
+  </si>
+  <si>
+    <t>Orden 2/2013, de 31 de enero de 2013, del Consejero de Agricultura, Ganadería y Medio Ambiente, por la que se establecen las bases reguladoras de las ayudas para la realización de actividades y proyectos de Educación Ambiental en la Comunidad Autónoma de La Rioja, promovidos por entidades sin ánimo de lucro.</t>
+  </si>
+  <si>
+    <t>https://ias1.larioja.org/boletin/Bor_Boletin_visor_Servlet?referencia=1111154-1-PDF-460684</t>
+  </si>
+  <si>
+    <t>Orden</t>
+  </si>
+  <si>
+    <t>La Rioja</t>
+  </si>
+  <si>
+    <t>Decreto 38/2013, de 25 de julio, por el que se modifica el Decreto 83/1998, de 30 de abril, por el que se desarrolla reglamentariamente el Título IV «De los terrenos», de la Ley 4/1996, de 12 de julio, de Caza de Castilla y León. BCyL 146 de 31/07/2013</t>
+  </si>
+  <si>
+    <t>https://bocyl.jcyl.es/boletines/2013/07/31/pdf/BOCYL-D-31072013-3.pdf</t>
+  </si>
+  <si>
+    <t>Castilla y León</t>
+  </si>
+  <si>
+    <t>Ley 1/2012, de 28 de febrero, de Medidas Tributarias, Administrativas y Financieras. BOCyL 42 de 29 de febrero de 2012</t>
+  </si>
+  <si>
+    <t>https://www.boe.es/eli/es-cl/l/2012/02/28/1</t>
+  </si>
+  <si>
+    <t>Decreto Ley 7/2012, de 15 de junio de medidas urgentes para la activación económica en materia de industria y energía, y otras actividades. BOIB 90 de 21 de junio de 2012</t>
+  </si>
+  <si>
+    <t>http://boib.caib.es/pdf/2012090/mp33.pdf</t>
+  </si>
+  <si>
+    <t>Leyes Ordinarias de ámbito estatal, Reales Decretos Legislativos, Real Decreto Ley</t>
+  </si>
+  <si>
+    <t>Illes Balears</t>
+  </si>
+  <si>
+    <t>Resolución de 22 de octubre de 2012, de la Dirección General de Gestión Forestal, por la que se aprueba el Pliego General de Condiciones Técnicas para la redacción y presentación de resultados de Planes Básicos de Gestión Forestal de montes gestionados por el Departamento competente en materia de gestión forestal del Gobierno de Aragón</t>
+  </si>
+  <si>
+    <t>https://www.boa.aragon.es/cgi-bin/EBOA/BRSCGI?CMD=VEROBJ&amp;MLKOB=706791623434</t>
+  </si>
+  <si>
+    <t>Aragón</t>
+  </si>
+  <si>
+    <t>Orden HAC/161/2012, de 21 de marzo, por la que se acuerda la publicación de las tarifas de las tasas vigentes a partir de 1 de marzo de 2012. BOCyL 59 de 26 de marzo de 2012</t>
+  </si>
+  <si>
+    <t>https://bocyl.jcyl.es/boletines/2012/03/26/pdf/BOCYL-D-26032012-10.pdf</t>
+  </si>
+  <si>
+    <t>Orden HAC/740/2012, de 31 de agosto, por la que se acuerda la publicación de las tarifas de las tasas vigentes a partir del 18 de julio de 2012. BOCyL 177 de 13 de septiembre de 2012</t>
+  </si>
+  <si>
+    <t>https://bocyl.jcyl.es/boletines/2012/09/13/pdf/BOCYL-D-13092012-4.pdf</t>
+  </si>
+  <si>
+    <t>Decreto 1/2012, de 12 de enero, por el que se regulan los aprovechamientos maderables y leñosos en montes y otras zonas arboladas no gestionados por la Junta de Castilla y León. (BOCyL 12 de 18-01-2012)</t>
+  </si>
+  <si>
+    <t>https://bocyl.jcyl.es/boletines/2012/01/18/pdf/BOCYL-D-18012012-1.pdf</t>
+  </si>
+  <si>
+    <t>Decreto 23/2012, de 14 de febrero, por el que se regula la conservación y el uso sostenible de la flora y la fauna silvestres y sus hábitats.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/boja/2012/60/6</t>
+  </si>
+  <si>
+    <t>Ley 2/2011, de 4 de marzo, de Economía Sostenible. BOE 55, de 5 de marzo de 2011</t>
+  </si>
+  <si>
+    <t>https://www.boe.es/eli/es/l/2011/03/04/2</t>
+  </si>
+  <si>
+    <t>Ley 11/2011, de 21 de marzo, de modificación de la Ley 9/1999, de 26 de mayo, de Conservación de la Naturaleza. DOCM 63 de 31/03/2011</t>
+  </si>
+  <si>
+    <t>https://www.boe.es/eli/es-cm/l/2011/03/21/11</t>
+  </si>
+  <si>
+    <t>Ley 2/2011, de 31 de enero, de desarrollo y modernización del turismo de Extremadura. DOE 22, de 2 de febrero de 2011</t>
+  </si>
+  <si>
+    <t>https://www.boe.es/eli/es-ex/l/2011/01/31/2</t>
+  </si>
+  <si>
+    <t>Real Decreto 139/2011, de 4 de febrero, para el desarrollo del Listado de Especies Silvestres en Régimen de Protección Especial y del Catálogo Español de Especies Amenazadas. BOE 46, de 23 de febrero de 2011</t>
+  </si>
+  <si>
+    <t>https://www.boe.es/eli/es/rd/2011/02/04/139</t>
+  </si>
+  <si>
+    <t>Real Decreto</t>
+  </si>
+  <si>
+    <t>Gobierno</t>
+  </si>
+  <si>
+    <t>Real Decreto 556/2011, de 20 de abril, para el desarrollo del Inventario Español del Patrimonio Natural y la Biodiversidad. BOE 112 de 11 de mayo de 2011</t>
+  </si>
+  <si>
+    <t>https://www.boe.es/eli/es/rd/2011/04/20/556</t>
+  </si>
+  <si>
+    <t>Real Decreto 1274/2011, de 16 de septiembre, por el que se aprueba el Plan estratégico del patrimonio natural y de la biodiversidad 2011-2017, en aplicación de la Ley 42/2007, de 13 de diciembre, del Patrimonio Natural y de la Biodiversidad. BOE 236 de 30 de septiembre de 2011</t>
+  </si>
+  <si>
+    <t>https://www.boe.es/eli/es/rd/2011/09/16/1274</t>
+  </si>
+  <si>
+    <t>Real Decreto 1220/2011, de 5 de septiembre, por el que se modifica el Real Decreto 289/2003, de 7 de marzo, sobre comercialización de los materiales forestales de reproducción. BOE 228 de 22 de septiembre de 2011</t>
+  </si>
+  <si>
+    <t>https://www.boe.es/eli/es/rd/2011/09/05/1220</t>
+  </si>
+  <si>
+    <t>Decreto 347/2011, de 22 de noviembre, por el que se regula la estructura y funcionamiento de la Red de Información de Andalucía y el acceso a la información ambiental. BOJA 237 de 2 de diciembre de 2011</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/boja/2011/237/5</t>
+  </si>
+  <si>
+    <t>Decreto 74/2011 de 22 de marzo, del Gobierno de Aragón, por el que se modifican los anexos de la Ley 7/2006 de 22 de junio, de protección ambiental de Aragón. BOA 68 de 05/04/2011</t>
+  </si>
+  <si>
+    <t>https://www.boa.aragon.es/cgi-bin/EBOA/BRSCGI?CMD=VEROBJ&amp;MLKOB=589774220505</t>
+  </si>
+  <si>
+    <t>Decreto 81/2011, de 20 de mayo, por el que se aprueba el Reglamento de autorizaciones y comunicación ambiental de la Comunidad Autónoma de Extremadura. DOE 100 de 26 de mayo de 2011</t>
+  </si>
+  <si>
+    <t>https://doe.juntaex.es/eli/es-ex/d/2011/05/20/81/dof/spa/pdf</t>
+  </si>
+  <si>
+    <t>Ley 14/2010, de 5 de julio, sobre las infraestructuras y los servicios de información geográfica en España. BOE 163 de 6 de julio de 2010</t>
+  </si>
+  <si>
+    <t>https://www.boe.es/eli/es/l/2010/07/05/14</t>
+  </si>
+  <si>
+    <t>Ley 41/2010, de 29 de diciembre, de protección del medio marino. BOE 317, de 30 de diciembre de 2010</t>
+  </si>
+  <si>
+    <t>https://www.boe.es/eli/es/l/2010/12/29/41</t>
+  </si>
+  <si>
+    <t>Ley 9/2010, de 16 de diciembre, por la que se modifica la Ley 23/2003, de 23 de diciembre, de creación del Instituto Aragonés de Gestión Ambiental. BOA 254 de 30/12/2010</t>
+  </si>
+  <si>
+    <t>https://www.boe.es/eli/es-ar/l/2010/12/16/9</t>
+  </si>
+  <si>
+    <t>Ley 4/2010, de 21 de octubre, del Plan Vasco de Estadística 2010-2012. BOPV 213 de 05 de Noviembre de 2010</t>
+  </si>
+  <si>
+    <t>https://www.boe.es/eli/es-pv/l/2010/10/21/4</t>
+  </si>
+  <si>
+    <t>Resolución de 26 de octubre de 2010, por la que se hace público el Acuerdo de la Comisión de Ordenación del Territorio y Medio Ambiente de Canarias de 1 de octubre de 2010, relativo a los condicionantes y requisitos exigibles a los Proyectos de Actuación Territorial en la aplicación de la Directriz 62-3 de las de Ordenación General prevista en la Ley 19/2003, de 14 de abril.</t>
+  </si>
+  <si>
+    <t>https://www.gobiernodecanarias.org/boc/2010/221/boc-2010-221-002.pdf</t>
+  </si>
+  <si>
+    <t>Resolución de 18 de octubre de 2010, por la que se hace público el Acuerdo de la Comisión de Ordenación del Territorio y Medio Ambiente de Canarias de 1 de octubre de 2010, relativo a la aprobación definitiva y aprobación de la Memoria Ambiental de las Normas de Conservación del Monumento Natural de Risco de la Concepción, término municipal de Breña alta (La Palma). BOC 219 de 8 de noviembre de 2010</t>
+  </si>
+  <si>
+    <t>http://www.gobiernodecanarias.org/boc/2010/219/002.html</t>
+  </si>
+  <si>
+    <t>Resolución de 7 de septiembre de 2010, por la que se hace público el Acuerdo de la Comisión de Ordenación del Territorio y Medio Ambiente de Canarias de 26 de abril de 2010, relativo a la aprobación definitiva del Plan Especial del Paisaje Protegido de Las Cumbres (C-25).BOC 187 de 22 de septiembre de 2010</t>
+  </si>
+  <si>
+    <t>https://www.gobiernodecanarias.org/boc/2010/187/005.html</t>
+  </si>
+  <si>
+    <t>Directiva 2009/147/CE del Parlamento Europeo y del Consejo, de 30 de noviembre de 2009, relativa a la conservación de las aves silvestres. DOUE L 20/7 de 26 de enero de 2010</t>
+  </si>
+  <si>
+    <t>https://www.boe.es/doue/2010/020/L00007-00025.pdf</t>
+  </si>
+  <si>
+    <t>Directiva</t>
+  </si>
+  <si>
+    <t>Acuerdo 127/2009, de 19 de noviembre, de la Junta de Castilla y León, por el que se aprueba la Estrategia Regional de Desarrollo Sostenible 2009-2014. BOCyL 226, 25-11-2009</t>
+  </si>
+  <si>
+    <t>https://bocyl.jcyl.es/boletines/2009/11/25/pdf/BOCYL-D-25112009-14.pdf</t>
+  </si>
+  <si>
+    <t>Decreto 87/2009, de 17 de diciembre, por el que se aprueba el Plan Estadístico de Castilla y León 2010-2013. BOCyL 245, de 23 de Diciembre de 2009</t>
+  </si>
+  <si>
+    <t>https://bocyl.jcyl.es/boletines/2009/12/23/pdf/BOCYL-D-23122009-1.pdf</t>
+  </si>
+  <si>
+    <t>Directiva 2008/56/CE del Parlamento Europeo y del Consejo, de 17 de junio de 2008, por la que se establece un marco de acción comunitaria para la política del medio marino (Directiva marco sobre la estrategia marina). DOUE L 164/19 de 25 de junio de 2008</t>
+  </si>
+  <si>
+    <t>https://eur-lex.europa.eu/LexUriServ/LexUriServ.do?uri=OJ:L:2008:164:0019:0040:ES:PDF</t>
+  </si>
+  <si>
+    <t>Decreto 4/2008, de 8 de enero, por el que se aprueba el repertorio de oficios artesanos de la Comunidad Autónoma de Andalucía. BOJA 21 de 30 de enero de 2008</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/boja/2008/21/27</t>
+  </si>
+  <si>
+    <t>Decreto 475/2008, de 21 de octubre, por el que se regula la organización y funcionamiento del Registro de Artesanos de Andalucía y la Carta de Artesano o Artesana y Maestro Artesano. BOJA 229 de 18 de noviembre de 2008</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/boja/2008/229/2</t>
+  </si>
+  <si>
+    <t>Orden de 22 de abril de 2008, por la que se regula la inscripción en el Registro Canario de Infractores de Caza. BOC 89 de 5 de mayo de 2008</t>
+  </si>
+  <si>
+    <t>http://www.gobiernodecanarias.org/boc/2008/089/003.html</t>
+  </si>
+  <si>
+    <t>Canarias</t>
+  </si>
+  <si>
+    <t>Directiva 2007/2/CE del Parlamento Europeo y del Consejo de 14 de marzo de 2007 por la que se establece una infraestructura de información espacial en la Comunidad Europea (INSPIRE). DOUE L 108 de 25 de abril de 2007</t>
+  </si>
+  <si>
+    <t>https://eur-lex.europa.eu/LexUriServ/LexUriServ.do?uri=OJ:L:2007:108:0001:0014:es:PDF</t>
+  </si>
+  <si>
+    <t>Ley 42/2007, de 13 de diciembre, del Patrimonio Natural y de la Biodiversidad. BOE 299, de 14 de diciembre de 2007</t>
+  </si>
+  <si>
+    <t>https://www.boe.es/eli/es/l/2007/12/13/42</t>
+  </si>
+  <si>
+    <t>Ley 7/2007, de 9 julio, de Gestión de la Calidad Ambiental de Andalucía. BOJA 143 de 20/07/2007</t>
+  </si>
+  <si>
+    <t>https://www.boe.es/eli/es-an/l/2007/07/09/7</t>
+  </si>
+  <si>
+    <t>Ley 8/2007, de 15-3-2007, de modificación de la Ley 9/1999, de 26 de mayo, de Conservación de la Naturaleza. DOCM 72 de 5 de abril de 2007</t>
+  </si>
+  <si>
+    <t>https://www.boe.es/eli/es-cm/l/2007/03/15/8</t>
+  </si>
+  <si>
+    <t>Ley 13/2007, de 27 de diciembre, de modificación de la Ley 1/1995, de 8 de marzo, de Protección del Medio Ambiente de la Región de Murcia, y de la Ley 10/2006, de 21 de diciembre, de Energías Renovables y Ahorro y Eficiencia Energética de la Región de Murcia, para la Adopción de Medidas Urgentes en Materia de Medio Ambiente. BORM nº 18, 22/1/2008.</t>
+  </si>
+  <si>
+    <t>https://www.boe.es/eli/es-mc/l/2007/12/27/13</t>
+  </si>
+  <si>
+    <t>Región de Murcia</t>
+  </si>
+  <si>
+    <t>Decreto 26/2007, de 3/4/2007, por el que se crea la red de equipamientos para la educación ambiental de Castilla-La Mancha. DOCM 73 de 6 de abril de 2007</t>
+  </si>
+  <si>
+    <t>https://docm.jccm.es/docm/verDisposicionAntigua.do?ruta=2007/04/06&amp;idDisposicion=123061674262351808</t>
+  </si>
+  <si>
+    <t>Decreto 54/2007, de 24 de mayo, por el que se regula la comercialización de los materiales forestales de reproducción en la Comunidad de Castilla y León. BOCyL 104, 30 de mayo 2007</t>
+  </si>
+  <si>
+    <t>https://bocyl.jcyl.es/boletines/2007/05/30/pdf/BOCYL-D-30052007-2.pdf</t>
+  </si>
+  <si>
+    <t>Norma Foral 3/2007, de 20 de marzo, de modificación de la Norma Foral 3/1994, de 2 de junio, de Montes y Administración de Espacios Naturales Protegidos. BOB 62 de 28 de marzo de 2007</t>
+  </si>
+  <si>
+    <t>http://www.bizkaia.net/lehendakaritza/Bao_bob/2007/03/20070328a062.pdf#page=3</t>
+  </si>
+  <si>
+    <t>Ley 27/2006, de 18 de julio, por la que se regulan los derechos de acceso a la información, de participación pública y de acceso a la justicia en materia de medio ambiente (incorpora las Directivas 2003/4/CE y 2003/35/CE). BOE 171, de 19 de julio de 2006</t>
+  </si>
+  <si>
+    <t>https://www.boe.es/eli/es/l/2006/07/18/27</t>
+  </si>
+  <si>
+    <t>Ley 7/2006, de 22 de junio, de protección ambiental de Aragón. BOA 81, de 17 de julio de 2006 </t>
+  </si>
+  <si>
+    <t>https://www.boe.es/ccaa/boa/2006/081/d09819-09854.pdf</t>
+  </si>
+  <si>
+    <t>Decreto 65/2006, de 14 de septiembre, por el que se actualiza la cuantía de las sanciones a imponer por la comisión de las infracciones tipificadas en la Ley 4/1996, de 12 de julio, de Caza de Castilla y León. BOCyL 182, de 20 de septiembre de 2006</t>
+  </si>
+  <si>
+    <t>https://bocyl.jcyl.es/boletines/2006/09/20/pdf/BOCYL-D-20092006-2.pdf</t>
+  </si>
+  <si>
+    <t>Normal Foral 7/2006 de 20 de octubre, de Montes de Gipuzkoa. BOPV 38 de 22 de febrero de 2007</t>
+  </si>
+  <si>
+    <t>https://www.euskadi.eus/web01-bopv/es/bopv2/datos/2007/02/0701158a.shtml</t>
+  </si>
+  <si>
+    <t>Ley 5/2005, de 22 de diciembre, de Artesanía de Andalucía. BOJA 254 de 31/12/2005</t>
+  </si>
+  <si>
+    <t>https://www.boe.es/eli/es-an/l/2005/12/22/15</t>
+  </si>
+  <si>
+    <t>Decreto Legislativo 1/2005, de 10 de junio, por el que se aprueba el texto refundido de la Ley del Suelo de la Región de Murcia. BORM  282, 9/12/2005</t>
+  </si>
+  <si>
+    <t>https://www.borm.es/eli/es-mc/dlg/2005/6/10/1/dof/spa/html</t>
+  </si>
+  <si>
+    <t>Resolución de 17 de marzo de 2005 por la que se aprueba el Plan Forestal de Cantabria. BOC 90 de 12 de mayo de 2005</t>
+  </si>
+  <si>
+    <t>http://boc.cantabria.es/boces/verAnuncioAction.do?idAnuBlob=81362</t>
+  </si>
+  <si>
+    <t>Decreto 98/2005, de 22 de diciembre, por el que se aprueba el Plan Estadístico de Castilla y León 2006-2009. BOCyL 249 de 28 de diciembre de 2005</t>
+  </si>
+  <si>
+    <t>https://bocyl.jcyl.es/boletines/2005/12/28/pdf/BOCYL-D-28122005-3.pdf</t>
+  </si>
+  <si>
+    <t>Ley 8/2004, de 20 de diciembre, de medidas urgentes en materia de medio ambiente. BOE 36, de 11 de febrero de 2005</t>
+  </si>
+  <si>
+    <t>https://www.boe.es/eli/es-ar/l/2004/12/20/8</t>
+  </si>
+  <si>
+    <t>Ley 2/2004, de 24 de mayo, de modificación de la Ley 1/2001, de 24 de abril, del Suelo de la Región de Murcia. BOE 199, de 20 de agosto de 2005</t>
+  </si>
+  <si>
+    <t>https://www.boe.es/eli/es-mc/l/2004/05/24/2</t>
+  </si>
+  <si>
+    <t>Orden de 15 de diciembre 2004 por la que se regula el Régimen Jurídico y el Procedimiento de Concesión de Licencia de Uso de la marca Parque Natural de Andalucía. BOJA 19 de 28/01/2005</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/boja/2005/19/2</t>
+  </si>
+  <si>
+    <t>Decreto 57/2004, de 18 de junio, por el que se aprueban las «Directrices y Plan de Ordenación Territorial del Litoral de la Región de Murcia» (OT 1/2002). BORM 145, 25/06/2004</t>
+  </si>
+  <si>
+    <t>https://www.borm.es/eli/es-mc/d/2004/6/18/57/dof/spa/html</t>
+  </si>
+  <si>
+    <t>Acuerdo del Consejo de la Xunta de Galicia de 2 de abril de 2004.</t>
+  </si>
+  <si>
     <t>Galicia</t>
   </si>
   <si>
-    <t>Pruebas Cancelar de nuevo.</t>
-[...20 lines deleted...]
-    <t>País Vasco</t>
+    <t>Directiva 2003/4/CE del Parlamento Europeo y del Consejo de 28 de enero de 2003 relativa al acceso del público a la información medioambiental y por la que se deroga la Directiva 90/313/CEE del Consejo. DOUE L41/26 de 14 de febrero de 2003</t>
+  </si>
+  <si>
+    <t>https://www.boe.es/doue/2003/041/L00026-00032.pdf</t>
+  </si>
+  <si>
+    <t>Ley 43/2003, de 21 de noviembre, de Montes, modificada por la Ley 10/2006 de 28 de abril. BOE 280, de 22 de noviembre de 2003</t>
+  </si>
+  <si>
+    <t>https://www.boe.es/eli/es/l/2003/11/21/43</t>
+  </si>
+  <si>
+    <t>Disposición transitoria séptima de la Ley 18/2003, de 29 de diciembre, por la que se aprueban medidas fiscales y administrativas</t>
+  </si>
+  <si>
+    <t>https://www.boe.es/eli/es-an/l/2003/12/29/18</t>
+  </si>
+  <si>
+    <t>Plan Regional de Educación Ambiental (aprobado en marzo de 2003 por Consejo de Gobierno)</t>
+  </si>
+  <si>
+    <t>https://www.castillalamancha.es/gobierno/desarrollosostenible/actuaciones/plan-regional-de-educaci%C3%B3n-ambiental</t>
+  </si>
+  <si>
+    <t>Decreto 129/2003, de 6 de noviembre, por el que se establecen Normas sobre la financiación de actividades a realizar en las Zonas de Influencia Socioeconómica de las Reservas Regionales de Caza y de los Espacios Naturales Protegidos. (BOCyL 220 de 12-11-2003)</t>
+  </si>
+  <si>
+    <t>http://www.jcyl.es/web/jcyl/binarios/394/625/Decreto%20129-2003.pdf?blobheader=application%2Fpdf%3Bcharset%3DUTF-8&amp;blobheadername1=Cache-Control&amp;blobheadername2=Expires&amp;blobheadername3=Site&amp;blobheadervalue1=no-store%2Cno-cache%2Cmust-revalidate&amp;blobheader</t>
+  </si>
+  <si>
+    <t>Acuerdo del Consejo de la Xunta de Galicia de 19 de junio de 2003.</t>
+  </si>
+  <si>
+    <t>https://www.boe.es/buscar/doc.php?id=BOE-A-2007-21490</t>
+  </si>
+  <si>
+    <t>Ley 5/2002 de 8 de octubre de 2002, de protección del Medio Ambiente en La Rioja. BOE 253, de 22/10/2002.</t>
+  </si>
+  <si>
+    <t>https://www.boe.es/eli/es-ri/l/2002/10/08/5/con</t>
+  </si>
+  <si>
+    <t>Orden de 11 de octubre de 2002, de la Consejería de Presidencia y Administración Territorial, por la que se crea la Comisión Técnica para la Coordinación de la Información Cartográfica de la Administración de Castilla y León. BOCyL 206 de 23 de octubre 2002</t>
+  </si>
+  <si>
+    <t>https://bocyl.jcyl.es/boletines/2002/10/23/pdf/BOCYL-D-23102002-1.pdf</t>
+  </si>
+  <si>
+    <t>Decreto 55/2002, de 11 de abril, por el que se aprueba el Plan Forestal de Castilla y León. BOCyL 73. de 17 de abril de 2002</t>
+  </si>
+  <si>
+    <t>https://bocyl.jcyl.es/boletines/2002/04/17/pdf/BOCYL-D-17042002-1.pdf</t>
+  </si>
+  <si>
+    <t>Real Decreto 384/2002. de 26 de abril, por el que se aprueba el Plan Rector de uso y gestión del Parque Nacional de los Picos de Europa. BOE 119, 18 de mayo de 2002.</t>
+  </si>
+  <si>
+    <t>https://www.boe.es/eli/es/rd/2002/04/26/384</t>
+  </si>
+  <si>
+    <t>Ley 1/2001, de 24 de abril, del Suelo de la Región de Murcia. BORM 113 de 17 de mayo de 2001</t>
+  </si>
+  <si>
+    <t>https://www.boe.es/eli/es-mc/l/2001/04/24/1</t>
+  </si>
+  <si>
+    <t>Ley 1/2001, de 24 de abril, del Suelo de la Región de Murcia. BORM 113 de 17 de mayo de 2001 y BOE núm. 243 de 10 de Octubre de 2001 (Vigente hasta el 09 de Enero de 2006)</t>
+  </si>
+  <si>
+    <t>Decreto 227/2001, de 27 de septiembre, de creación del Consejo Asesor de Medio Ambiente de Castilla y León. BOCyL 193, de 03/10/2001</t>
+  </si>
+  <si>
+    <t>https://bocyl.jcyl.es/boletines/2001/10/03/pdf/BOCYL-D-03102001-1.pdf</t>
+  </si>
+  <si>
+    <t>Acuerdo del Consejo de la Xunta de Galicia de 19 de abril de 2001.</t>
+  </si>
+  <si>
+    <t>Acuerdo de Consejo de Gobierno de la Comunidad Autónoma de Murcia de 30 de marzo de 2001, publicado mediante Resolución de 8 de mayo de 2001 (BORM nº 114, de 18 de mayo de 2001)</t>
+  </si>
+  <si>
+    <t>https://www.borm.es/borm/documento?obj=anu&amp;id=746080</t>
+  </si>
+  <si>
+    <t>Acuerdo de Gobierno de desembre de 2001</t>
   </si>
   <si>
     <t>Cataluña</t>
   </si>
   <si>
-    <t>Norma New Alta Legislación</t>
-[...5 lines deleted...]
-    <t>Entidades locales</t>
+    <t>Directiva 2000/60/CE del Parlamento Europeo y del Consejo de 23 de octubre de 2000 por la que se establece un marco comunitario de actuación en el ámbito de la política de aguas. DOUE L327 de 22 de diciembre de 2000</t>
+  </si>
+  <si>
+    <t>https://www.boe.es/doue/2000/327/L00001-00073.pdf</t>
+  </si>
+  <si>
+    <t>Ley 3/2000 de 19 de junio, de desarrollo rural de la Comunidad Autónoma de La Rioja. BOR 95 de 6 de agosto de 2002</t>
+  </si>
+  <si>
+    <t>https://www.boe.es/eli/es-ri/l/2000/06/19/3</t>
+  </si>
+  <si>
+    <t>Decreto 258/2000, de 30 de noviembre, por el que se regula la composición del Consejo Regional de Espacios Naturales Protegidos de Castilla y León. BOCyL 05/12/2000</t>
+  </si>
+  <si>
+    <t>https://bocyl.jcyl.es/boletines/2000/12/05/pdf/BOCYL-D-05122000-4.pdf</t>
+  </si>
+  <si>
+    <t>Acuerdo de Consejo de Gobierno de la Comunidad Autónoma de Murcia de 23 de diciembre de 1999, publicado mediante Resolución de 11 de enero de 2000 (BORM nº 14, de 19 de enero de 2000)</t>
+  </si>
+  <si>
+    <t>https://www.borm.es/borm/documento?obj=bol&amp;id=2018</t>
+  </si>
+  <si>
+    <t>Acuerdo de Consejo de Gobierno de la Comunidad Autónoma de Murcia de 23 de marzo de 2000, publicado mediante Resolución de 30 de marzo de 2000 (BORM nº 82, de 7 de abril de 2000)</t>
+  </si>
+  <si>
+    <t>https://www.borm.es/borm/documento?obj=bol&amp;id=2866</t>
+  </si>
+  <si>
+    <t>Acuerdo de Consejo de Gobierno de la Comunidad Autónoma de Murcia de 6 de octubre de 2000, publicado mediante Resolución de 11 de octubre de 2000 (BORM nº 243, de 19 de octubre de 2000)</t>
+  </si>
+  <si>
+    <t>https://www.borm.es/borm/documento?obj=anu&amp;id=85078</t>
+  </si>
+  <si>
+    <t>Ley 3/1999, de 10 de marzo, del Patrimonio Cultural Aragonés. BOA 36 de 29 de marzo de 1999</t>
+  </si>
+  <si>
+    <t>https://www.boe.es/eli/es-ar/l/1999/03/10/3</t>
+  </si>
+  <si>
+    <t>Ley 9/1999, de 26 de mayo, de Conservación de la Naturaleza. DOCM 40 de 12 de junio de 1999</t>
+  </si>
+  <si>
+    <t>https://www.boe.es/eli/es-cm/l/1999/05/26/9</t>
+  </si>
+  <si>
+    <t>Ley 9/1999, de 26 de mayo, de conservación de la Naturaleza. DOCM 40 de 12 de junio de 1999.</t>
+  </si>
+  <si>
+    <t>Decreto 130/1999, de 17 de junio, por el que se Ordenan y regulan los aprovechamientos micológicos, en los montes ubicados en la Comunidad de Castilla y León. (BOCyL 119 de 23-6-99)</t>
+  </si>
+  <si>
+    <t>https://bocyl.jcyl.es/boletines/1999/06/23/pdf/BOCYL-D-23061999-3.pdf</t>
+  </si>
+  <si>
+    <t>Decreto 77/1999, de 22 de Abril, por el que se regula la participación de los Ayuntamientos y Entidades Locales menores en los ingresos provenientes de productos obtenidos en los montes patrimoniales pertenecientes a la comunidad de Castilla y León. BOCyL 78 de 28 de abril de 1999.</t>
+  </si>
+  <si>
+    <t>https://bocyl.jcyl.es/boletines/1999/04/28/pdf/BOCYL-D-28041999-17.pdf</t>
+  </si>
+  <si>
+    <t>Ley 3/1998, de 27 de febrero, general de protección del medio ambiente del País Vasco. BOPV 59, de 27 de marzo de 1998</t>
+  </si>
+  <si>
+    <t>https://www.boe.es/eli/es-pv/l/1998/02/27/3</t>
+  </si>
+  <si>
+    <t>Ley 4/1998 de 12 de marzo de Protección de Cap de Creus. DOGC 2611 de 1 de abril de 1998</t>
+  </si>
+  <si>
+    <t>https://www.boe.es/eli/es-ct/l/1998/03/12/4</t>
+  </si>
+  <si>
+    <t>Orden de 20 de abril de 1998, por la que se establecen las funciones del Centro de Documentación Ambiental y se aprueban sus Normas de funcionamiento. BOCyL 87, de 12 de mayo de 1998</t>
+  </si>
+  <si>
+    <t>https://bocyl.jcyl.es/boletines/1998/05/12/pdf/BOCYL-D-12051998-1.pdf</t>
+  </si>
+  <si>
+    <t>Decreto 83/1998, de 30 de abril, por el que se desarrolla reglamentariamente el Título IV «De los terrenos», de la Ley 4/1996, de 12 de julio, de Caza de Castilla y León. BOCyL 83 de 06 de mayo de 1998</t>
+  </si>
+  <si>
+    <t>https://bocyl.jcyl.es/boletines/1998/05/06/pdf/BOCYL-D-06051998-1.pdf</t>
+  </si>
+  <si>
+    <t>Acuerdo de Consejo de Gobierno de la Comunidad Autónoma de Murcia de 23 de julio de 1998, publicado mediante Resolución de 30 de septiembre de 1998. BORM 236, de 13 de octubre de 1998</t>
+  </si>
+  <si>
+    <t>https://www.borm.es/services/Anuncio/ano/1998/numero/13369/pdf?id=197143</t>
+  </si>
+  <si>
+    <t>Acuerdo de Consejo de Gobierno de la Comunidad Autónoma de Murcia de 8 de octubre de 1998, publicado mediante Resolución de 13 de octubre de 1998 (BORM nº 246, de 24 de octubre de 1998)</t>
+  </si>
+  <si>
+    <t>https://www.borm.es/borm/documento?obj=bol&amp;id=16712</t>
+  </si>
+  <si>
+    <t>Instrumento de Ratificación del Protocolo de Kyoto al Convenio Marco de las Naciones Unidas sobre el Cambio Climático, hecho en Kyoto el 11 de diciembre de 1997. BOE 33 de 8 de febrero de 2005</t>
+  </si>
+  <si>
+    <t>https://www.boe.es/eli/es/ai/1997/12/11/(1)</t>
   </si>
   <si>
     <t>Tratados Internacionales</t>
   </si>
   <si>
-    <t>Nueva Norma 2 Tomás</t>
-[...11 lines deleted...]
-    <t>Norma Prueba con Carolina</t>
+    <t>Decreto 176/1997, de 18 de diciembre, por el que se regula el Registro de Actividades Económico-Pecuarias de la Comunidad de Madrid. BOCM 15 de 19 de enero de 1998</t>
+  </si>
+  <si>
+    <t>https://gestiona.comunidad.madrid/wleg_pub/servlet/Servidor?opcion=VerHtml&amp;nmNorma=225</t>
   </si>
   <si>
     <t>Comunidad de Madrid</t>
-  </si>
-[...736 lines deleted...]
-    <t>https://gestiona.comunidad.madrid/wleg_pub/servlet/Servidor?opcion=VerHtml&amp;nmNorma=225</t>
   </si>
   <si>
     <t>Acuerdo de Consejo de Gobierno de 4 de mayo 1995. BOCAIB 64.</t>
   </si>
   <si>
     <t>Boletin no disponible</t>
   </si>
   <si>
     <t>Real Decreto 409/1995, de 17 de marzo, por el que se aprueba el Plan Rector de Uso y Gestión del Parque Nacional de Ordesa y Monte Perdido. BOE 112 de 11/05/1995</t>
   </si>
   <si>
     <t>https://www.boe.es/eli/es/rd/1995/03/17/409</t>
   </si>
   <si>
     <t>Ley 16/1994, de 30 de junio, de conservación de la naturaleza del País Vasco. BOPV 142, de 27 de julio de 1994</t>
   </si>
   <si>
     <t>https://www.boe.es/eli/es-pv/l/1994/06/30/16</t>
   </si>
   <si>
     <t>Normal Foral 3/94, de 2 de junio, de Montes y Administración de Espacios Naturales Protegidos. BOB 123 de 28 de junio de 1994</t>
   </si>
   <si>
     <t>http://www.bizkaia.net/lehendakaritza/Bao_bob/1994/06/19940628a123.pdf</t>
   </si>
@@ -1331,51 +1211,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:H190"/>
+  <dimension ref="A1:H126"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="524.872" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="378.622" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="89.55" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="97.833" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="63.556" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="31.707" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
@@ -1390,4386 +1270,2872 @@
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2" spans="1:8">
       <c r="A2" t="s">
         <v>8</v>
       </c>
       <c r="B2" t="s">
         <v>9</v>
       </c>
       <c r="C2"/>
       <c r="D2" t="s">
         <v>10</v>
       </c>
       <c r="E2" t="s">
         <v>11</v>
       </c>
       <c r="F2">
-        <v>2025</v>
-[...2 lines deleted...]
-      <c r="H2" t="s">
+        <v>2022</v>
+      </c>
+      <c r="G2" t="s">
         <v>12</v>
       </c>
+      <c r="H2"/>
     </row>
     <row r="3" spans="1:8">
       <c r="A3" t="s">
         <v>13</v>
       </c>
       <c r="B3" t="s">
-        <v>9</v>
-[...1 lines deleted...]
-      <c r="C3"/>
+        <v>14</v>
+      </c>
+      <c r="C3" t="s">
+        <v>15</v>
+      </c>
       <c r="D3" t="s">
-        <v>10</v>
+        <v>16</v>
       </c>
       <c r="E3" t="s">
-        <v>11</v>
+        <v>17</v>
       </c>
       <c r="F3">
-        <v>2025</v>
-[...6 lines deleted...]
-      </c>
+        <v>2022</v>
+      </c>
+      <c r="G3"/>
+      <c r="H3"/>
     </row>
     <row r="4" spans="1:8">
       <c r="A4" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="B4" t="s">
-        <v>9</v>
+        <v>19</v>
       </c>
       <c r="C4"/>
       <c r="D4" t="s">
-        <v>17</v>
+        <v>20</v>
       </c>
       <c r="E4" t="s">
-        <v>18</v>
+        <v>21</v>
       </c>
       <c r="F4">
-        <v>2025</v>
+        <v>2021</v>
       </c>
       <c r="G4"/>
       <c r="H4" t="s">
-        <v>12</v>
+        <v>22</v>
       </c>
     </row>
     <row r="5" spans="1:8">
       <c r="A5" t="s">
-        <v>19</v>
+        <v>23</v>
       </c>
       <c r="B5" t="s">
+        <v>24</v>
+      </c>
+      <c r="C5"/>
+      <c r="D5" t="s">
         <v>20</v>
       </c>
-      <c r="C5" t="s">
+      <c r="E5" t="s">
         <v>21</v>
       </c>
-      <c r="D5" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F5">
-        <v>2024</v>
-[...3 lines deleted...]
-      </c>
+        <v>2020</v>
+      </c>
+      <c r="G5"/>
       <c r="H5" t="s">
-        <v>22</v>
+        <v>25</v>
       </c>
     </row>
     <row r="6" spans="1:8">
       <c r="A6" t="s">
-        <v>19</v>
+        <v>26</v>
       </c>
       <c r="B6" t="s">
-        <v>20</v>
-[...3 lines deleted...]
-      </c>
+        <v>27</v>
+      </c>
+      <c r="C6"/>
       <c r="D6" t="s">
         <v>10</v>
       </c>
       <c r="E6" t="s">
         <v>11</v>
       </c>
       <c r="F6">
-        <v>2024</v>
+        <v>2019</v>
       </c>
       <c r="G6" t="s">
-        <v>14</v>
-[...3 lines deleted...]
-      </c>
+        <v>12</v>
+      </c>
+      <c r="H6"/>
     </row>
     <row r="7" spans="1:8">
       <c r="A7" t="s">
-        <v>19</v>
+        <v>28</v>
       </c>
       <c r="B7" t="s">
-        <v>20</v>
+        <v>29</v>
       </c>
       <c r="C7" t="s">
-        <v>21</v>
+        <v>15</v>
       </c>
       <c r="D7" t="s">
-        <v>10</v>
+        <v>16</v>
       </c>
       <c r="E7" t="s">
-        <v>11</v>
+        <v>17</v>
       </c>
       <c r="F7">
-        <v>2024</v>
+        <v>2019</v>
       </c>
       <c r="G7" t="s">
-        <v>14</v>
-[...3 lines deleted...]
-      </c>
+        <v>30</v>
+      </c>
+      <c r="H7"/>
     </row>
     <row r="8" spans="1:8">
       <c r="A8" t="s">
-        <v>19</v>
+        <v>31</v>
       </c>
       <c r="B8" t="s">
-        <v>20</v>
-[...6 lines deleted...]
-      </c>
+        <v>32</v>
+      </c>
+      <c r="C8"/>
+      <c r="D8"/>
       <c r="E8" t="s">
-        <v>11</v>
+        <v>17</v>
       </c>
       <c r="F8">
-        <v>2024</v>
+        <v>2018</v>
       </c>
       <c r="G8" t="s">
-        <v>14</v>
-[...1 lines deleted...]
-      <c r="H8" t="s">
         <v>12</v>
       </c>
+      <c r="H8"/>
     </row>
     <row r="9" spans="1:8">
       <c r="A9" t="s">
-        <v>25</v>
+        <v>33</v>
       </c>
       <c r="B9" t="s">
-        <v>20</v>
-[...3 lines deleted...]
-      </c>
+        <v>34</v>
+      </c>
+      <c r="C9"/>
       <c r="D9" t="s">
-        <v>27</v>
+        <v>35</v>
       </c>
       <c r="E9" t="s">
-        <v>28</v>
+        <v>11</v>
       </c>
       <c r="F9">
-        <v>2024</v>
+        <v>2016</v>
       </c>
       <c r="G9" t="s">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="H9"/>
     </row>
     <row r="10" spans="1:8">
       <c r="A10" t="s">
-        <v>29</v>
+        <v>36</v>
       </c>
       <c r="B10" t="s">
-        <v>9</v>
-[...3 lines deleted...]
-      </c>
+        <v>37</v>
+      </c>
+      <c r="C10"/>
       <c r="D10" t="s">
-        <v>31</v>
+        <v>20</v>
       </c>
       <c r="E10" t="s">
-        <v>18</v>
+        <v>21</v>
       </c>
       <c r="F10">
-        <v>2024</v>
-[...4 lines deleted...]
-      <c r="H10"/>
+        <v>2016</v>
+      </c>
+      <c r="G10"/>
+      <c r="H10" t="s">
+        <v>38</v>
+      </c>
     </row>
     <row r="11" spans="1:8">
       <c r="A11" t="s">
-        <v>32</v>
+        <v>39</v>
       </c>
       <c r="B11" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-      <c r="D11"/>
+        <v>40</v>
+      </c>
+      <c r="C11" t="s">
+        <v>41</v>
+      </c>
+      <c r="D11" t="s">
+        <v>16</v>
+      </c>
       <c r="E11" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="F11">
-        <v>2024</v>
+        <v>2016</v>
       </c>
       <c r="G11"/>
-      <c r="H11"/>
+      <c r="H11" t="s">
+        <v>38</v>
+      </c>
     </row>
     <row r="12" spans="1:8">
       <c r="A12" t="s">
-        <v>33</v>
+        <v>42</v>
       </c>
       <c r="B12" t="s">
-        <v>20</v>
+        <v>43</v>
       </c>
       <c r="C12" t="s">
-        <v>26</v>
+        <v>41</v>
       </c>
       <c r="D12" t="s">
-        <v>27</v>
+        <v>16</v>
       </c>
       <c r="E12" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="F12">
-        <v>2024</v>
-[...3 lines deleted...]
-      </c>
+        <v>2015</v>
+      </c>
+      <c r="G12"/>
       <c r="H12" t="s">
-        <v>24</v>
+        <v>44</v>
       </c>
     </row>
     <row r="13" spans="1:8">
       <c r="A13" t="s">
-        <v>33</v>
+        <v>45</v>
       </c>
       <c r="B13" t="s">
-        <v>20</v>
+        <v>46</v>
       </c>
       <c r="C13" t="s">
-        <v>26</v>
+        <v>15</v>
       </c>
       <c r="D13" t="s">
-        <v>27</v>
+        <v>16</v>
       </c>
       <c r="E13" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="F13">
-        <v>2024</v>
-[...3 lines deleted...]
-      </c>
+        <v>2015</v>
+      </c>
+      <c r="G13"/>
       <c r="H13" t="s">
-        <v>12</v>
+        <v>22</v>
       </c>
     </row>
     <row r="14" spans="1:8">
       <c r="A14" t="s">
-        <v>33</v>
+        <v>47</v>
       </c>
       <c r="B14" t="s">
-        <v>20</v>
+        <v>48</v>
       </c>
       <c r="C14" t="s">
-        <v>26</v>
+        <v>49</v>
       </c>
       <c r="D14" t="s">
-        <v>27</v>
+        <v>16</v>
       </c>
       <c r="E14" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="F14">
-        <v>2024</v>
-[...3 lines deleted...]
-      </c>
+        <v>2015</v>
+      </c>
+      <c r="G14"/>
       <c r="H14" t="s">
-        <v>34</v>
+        <v>25</v>
       </c>
     </row>
     <row r="15" spans="1:8">
       <c r="A15" t="s">
-        <v>33</v>
+        <v>50</v>
       </c>
       <c r="B15" t="s">
+        <v>51</v>
+      </c>
+      <c r="C15"/>
+      <c r="D15" t="s">
         <v>20</v>
       </c>
-      <c r="C15" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E15" t="s">
-        <v>18</v>
+        <v>21</v>
       </c>
       <c r="F15">
-        <v>2024</v>
-[...3 lines deleted...]
-      </c>
+        <v>2013</v>
+      </c>
+      <c r="G15"/>
       <c r="H15" t="s">
-        <v>35</v>
+        <v>52</v>
       </c>
     </row>
     <row r="16" spans="1:8">
       <c r="A16" t="s">
-        <v>36</v>
+        <v>53</v>
       </c>
       <c r="B16" t="s">
-        <v>20</v>
+        <v>54</v>
       </c>
       <c r="C16" t="s">
-        <v>30</v>
+        <v>55</v>
       </c>
       <c r="D16" t="s">
-        <v>27</v>
+        <v>16</v>
       </c>
       <c r="E16" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="F16">
-        <v>2024</v>
-[...3 lines deleted...]
-      </c>
+        <v>2013</v>
+      </c>
+      <c r="G16"/>
       <c r="H16" t="s">
-        <v>12</v>
+        <v>56</v>
       </c>
     </row>
     <row r="17" spans="1:8">
       <c r="A17" t="s">
-        <v>37</v>
+        <v>57</v>
       </c>
       <c r="B17" t="s">
-        <v>9</v>
+        <v>58</v>
       </c>
       <c r="C17" t="s">
-        <v>26</v>
+        <v>41</v>
       </c>
       <c r="D17" t="s">
-        <v>27</v>
+        <v>16</v>
       </c>
       <c r="E17" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="F17">
-        <v>2024</v>
-[...3 lines deleted...]
-      </c>
+        <v>2013</v>
+      </c>
+      <c r="G17"/>
       <c r="H17" t="s">
-        <v>12</v>
+        <v>59</v>
       </c>
     </row>
     <row r="18" spans="1:8">
       <c r="A18" t="s">
-        <v>37</v>
+        <v>60</v>
       </c>
       <c r="B18" t="s">
-        <v>9</v>
-[...3 lines deleted...]
-      </c>
+        <v>61</v>
+      </c>
+      <c r="C18"/>
       <c r="D18" t="s">
-        <v>27</v>
+        <v>20</v>
       </c>
       <c r="E18" t="s">
-        <v>18</v>
+        <v>21</v>
       </c>
       <c r="F18">
-        <v>2024</v>
-[...3 lines deleted...]
-      </c>
+        <v>2012</v>
+      </c>
+      <c r="G18"/>
       <c r="H18" t="s">
-        <v>35</v>
+        <v>59</v>
       </c>
     </row>
     <row r="19" spans="1:8">
       <c r="A19" t="s">
-        <v>37</v>
+        <v>62</v>
       </c>
       <c r="B19" t="s">
-        <v>9</v>
-[...3 lines deleted...]
-      </c>
+        <v>63</v>
+      </c>
+      <c r="C19"/>
       <c r="D19" t="s">
-        <v>27</v>
+        <v>64</v>
       </c>
       <c r="E19" t="s">
-        <v>18</v>
+        <v>21</v>
       </c>
       <c r="F19">
-        <v>2024</v>
-[...3 lines deleted...]
-      </c>
+        <v>2012</v>
+      </c>
+      <c r="G19"/>
       <c r="H19" t="s">
-        <v>24</v>
+        <v>65</v>
       </c>
     </row>
     <row r="20" spans="1:8">
       <c r="A20" t="s">
-        <v>37</v>
+        <v>66</v>
       </c>
       <c r="B20" t="s">
-        <v>9</v>
+        <v>67</v>
       </c>
       <c r="C20" t="s">
-        <v>26</v>
+        <v>15</v>
       </c>
       <c r="D20" t="s">
-        <v>27</v>
+        <v>16</v>
       </c>
       <c r="E20" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="F20">
-        <v>2024</v>
-[...3 lines deleted...]
-      </c>
+        <v>2012</v>
+      </c>
+      <c r="G20"/>
       <c r="H20" t="s">
-        <v>24</v>
+        <v>68</v>
       </c>
     </row>
     <row r="21" spans="1:8">
       <c r="A21" t="s">
-        <v>37</v>
+        <v>69</v>
       </c>
       <c r="B21" t="s">
-        <v>9</v>
+        <v>70</v>
       </c>
       <c r="C21" t="s">
-        <v>26</v>
+        <v>55</v>
       </c>
       <c r="D21" t="s">
-        <v>27</v>
+        <v>16</v>
       </c>
       <c r="E21" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="F21">
-        <v>2024</v>
-[...3 lines deleted...]
-      </c>
+        <v>2012</v>
+      </c>
+      <c r="G21"/>
       <c r="H21" t="s">
-        <v>35</v>
+        <v>59</v>
       </c>
     </row>
     <row r="22" spans="1:8">
       <c r="A22" t="s">
-        <v>37</v>
+        <v>71</v>
       </c>
       <c r="B22" t="s">
-        <v>9</v>
+        <v>72</v>
       </c>
       <c r="C22" t="s">
-        <v>26</v>
+        <v>55</v>
       </c>
       <c r="D22" t="s">
-        <v>27</v>
+        <v>16</v>
       </c>
       <c r="E22" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="F22">
-        <v>2024</v>
-[...3 lines deleted...]
-      </c>
+        <v>2012</v>
+      </c>
+      <c r="G22"/>
       <c r="H22" t="s">
-        <v>12</v>
+        <v>59</v>
       </c>
     </row>
     <row r="23" spans="1:8">
       <c r="A23" t="s">
-        <v>38</v>
+        <v>73</v>
       </c>
       <c r="B23" t="s">
-        <v>9</v>
+        <v>74</v>
       </c>
       <c r="C23" t="s">
-        <v>39</v>
+        <v>41</v>
       </c>
       <c r="D23" t="s">
-        <v>27</v>
+        <v>16</v>
       </c>
       <c r="E23" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="F23">
-        <v>2024</v>
-[...3 lines deleted...]
-      </c>
+        <v>2012</v>
+      </c>
+      <c r="G23"/>
       <c r="H23" t="s">
-        <v>12</v>
+        <v>59</v>
       </c>
     </row>
     <row r="24" spans="1:8">
       <c r="A24" t="s">
-        <v>40</v>
+        <v>75</v>
       </c>
       <c r="B24" t="s">
+        <v>76</v>
+      </c>
+      <c r="C24" t="s">
         <v>41</v>
       </c>
-      <c r="C24"/>
       <c r="D24" t="s">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="E24" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="F24">
-        <v>2024</v>
-[...3 lines deleted...]
-      </c>
+        <v>2012</v>
+      </c>
+      <c r="G24"/>
       <c r="H24" t="s">
-        <v>42</v>
+        <v>22</v>
       </c>
     </row>
     <row r="25" spans="1:8">
       <c r="A25" t="s">
-        <v>40</v>
+        <v>77</v>
       </c>
       <c r="B25" t="s">
-        <v>41</v>
+        <v>78</v>
       </c>
       <c r="C25"/>
       <c r="D25" t="s">
-        <v>17</v>
+        <v>64</v>
       </c>
       <c r="E25" t="s">
-        <v>18</v>
+        <v>21</v>
       </c>
       <c r="F25">
-        <v>2024</v>
+        <v>2011</v>
       </c>
       <c r="G25" t="s">
-        <v>14</v>
-[...3 lines deleted...]
-      </c>
+        <v>30</v>
+      </c>
+      <c r="H25"/>
     </row>
     <row r="26" spans="1:8">
       <c r="A26" t="s">
-        <v>40</v>
+        <v>79</v>
       </c>
       <c r="B26" t="s">
-        <v>41</v>
+        <v>80</v>
       </c>
       <c r="C26"/>
       <c r="D26" t="s">
-        <v>17</v>
+        <v>20</v>
       </c>
       <c r="E26" t="s">
-        <v>18</v>
+        <v>21</v>
       </c>
       <c r="F26">
-        <v>2024</v>
-[...3 lines deleted...]
-      </c>
+        <v>2011</v>
+      </c>
+      <c r="G26"/>
       <c r="H26" t="s">
-        <v>44</v>
+        <v>25</v>
       </c>
     </row>
     <row r="27" spans="1:8">
       <c r="A27" t="s">
-        <v>40</v>
+        <v>81</v>
       </c>
       <c r="B27" t="s">
-        <v>41</v>
+        <v>82</v>
       </c>
       <c r="C27"/>
       <c r="D27" t="s">
-        <v>17</v>
+        <v>20</v>
       </c>
       <c r="E27" t="s">
-        <v>18</v>
+        <v>21</v>
       </c>
       <c r="F27">
-        <v>2024</v>
-[...3 lines deleted...]
-      </c>
+        <v>2011</v>
+      </c>
+      <c r="G27"/>
       <c r="H27" t="s">
-        <v>45</v>
+        <v>44</v>
       </c>
     </row>
     <row r="28" spans="1:8">
       <c r="A28" t="s">
-        <v>40</v>
+        <v>83</v>
       </c>
       <c r="B28" t="s">
-        <v>41</v>
-[...1 lines deleted...]
-      <c r="C28"/>
+        <v>84</v>
+      </c>
+      <c r="C28" t="s">
+        <v>85</v>
+      </c>
       <c r="D28" t="s">
-        <v>17</v>
+        <v>86</v>
       </c>
       <c r="E28" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="F28">
-        <v>2024</v>
+        <v>2011</v>
       </c>
       <c r="G28" t="s">
-        <v>14</v>
-[...3 lines deleted...]
-      </c>
+        <v>30</v>
+      </c>
+      <c r="H28"/>
     </row>
     <row r="29" spans="1:8">
       <c r="A29" t="s">
-        <v>40</v>
+        <v>87</v>
       </c>
       <c r="B29" t="s">
-        <v>41</v>
-[...1 lines deleted...]
-      <c r="C29"/>
+        <v>88</v>
+      </c>
+      <c r="C29" t="s">
+        <v>85</v>
+      </c>
       <c r="D29" t="s">
-        <v>17</v>
+        <v>86</v>
       </c>
       <c r="E29" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="F29">
-        <v>2024</v>
+        <v>2011</v>
       </c>
       <c r="G29" t="s">
-        <v>14</v>
-[...3 lines deleted...]
-      </c>
+        <v>30</v>
+      </c>
+      <c r="H29"/>
     </row>
     <row r="30" spans="1:8">
       <c r="A30" t="s">
-        <v>40</v>
+        <v>89</v>
       </c>
       <c r="B30" t="s">
-        <v>41</v>
-[...1 lines deleted...]
-      <c r="C30"/>
+        <v>90</v>
+      </c>
+      <c r="C30" t="s">
+        <v>85</v>
+      </c>
       <c r="D30" t="s">
-        <v>17</v>
+        <v>86</v>
       </c>
       <c r="E30" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="F30">
-        <v>2024</v>
+        <v>2011</v>
       </c>
       <c r="G30" t="s">
-        <v>14</v>
-[...3 lines deleted...]
-      </c>
+        <v>30</v>
+      </c>
+      <c r="H30"/>
     </row>
     <row r="31" spans="1:8">
       <c r="A31" t="s">
-        <v>40</v>
+        <v>91</v>
       </c>
       <c r="B31" t="s">
-        <v>41</v>
-[...1 lines deleted...]
-      <c r="C31"/>
+        <v>92</v>
+      </c>
+      <c r="C31" t="s">
+        <v>85</v>
+      </c>
       <c r="D31" t="s">
-        <v>17</v>
+        <v>86</v>
       </c>
       <c r="E31" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="F31">
-        <v>2024</v>
+        <v>2011</v>
       </c>
       <c r="G31" t="s">
-        <v>14</v>
-[...3 lines deleted...]
-      </c>
+        <v>30</v>
+      </c>
+      <c r="H31"/>
     </row>
     <row r="32" spans="1:8">
       <c r="A32" t="s">
-        <v>48</v>
+        <v>93</v>
       </c>
       <c r="B32" t="s">
-        <v>49</v>
-[...1 lines deleted...]
-      <c r="C32"/>
+        <v>94</v>
+      </c>
+      <c r="C32" t="s">
+        <v>41</v>
+      </c>
       <c r="D32" t="s">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="E32" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="F32">
-        <v>2024</v>
-[...3 lines deleted...]
-      </c>
+        <v>2011</v>
+      </c>
+      <c r="G32"/>
       <c r="H32" t="s">
-        <v>12</v>
+        <v>22</v>
       </c>
     </row>
     <row r="33" spans="1:8">
       <c r="A33" t="s">
-        <v>48</v>
+        <v>95</v>
       </c>
       <c r="B33" t="s">
-        <v>49</v>
-[...1 lines deleted...]
-      <c r="C33"/>
+        <v>96</v>
+      </c>
+      <c r="C33" t="s">
+        <v>41</v>
+      </c>
       <c r="D33" t="s">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="E33" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="F33">
-        <v>2024</v>
-[...3 lines deleted...]
-      </c>
+        <v>2011</v>
+      </c>
+      <c r="G33"/>
       <c r="H33" t="s">
-        <v>46</v>
+        <v>68</v>
       </c>
     </row>
     <row r="34" spans="1:8">
       <c r="A34" t="s">
-        <v>48</v>
+        <v>97</v>
       </c>
       <c r="B34" t="s">
-        <v>49</v>
-[...1 lines deleted...]
-      <c r="C34"/>
+        <v>98</v>
+      </c>
+      <c r="C34" t="s">
+        <v>41</v>
+      </c>
       <c r="D34" t="s">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="E34" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="F34">
-        <v>2024</v>
-[...3 lines deleted...]
-      </c>
+        <v>2011</v>
+      </c>
+      <c r="G34"/>
       <c r="H34" t="s">
-        <v>50</v>
+        <v>44</v>
       </c>
     </row>
     <row r="35" spans="1:8">
       <c r="A35" t="s">
-        <v>51</v>
+        <v>99</v>
       </c>
       <c r="B35" t="s">
-        <v>9</v>
+        <v>100</v>
       </c>
       <c r="C35"/>
-      <c r="D35"/>
+      <c r="D35" t="s">
+        <v>64</v>
+      </c>
       <c r="E35" t="s">
-        <v>18</v>
+        <v>21</v>
       </c>
       <c r="F35">
-        <v>2024</v>
-[...1 lines deleted...]
-      <c r="G35"/>
+        <v>2010</v>
+      </c>
+      <c r="G35" t="s">
+        <v>30</v>
+      </c>
       <c r="H35"/>
     </row>
     <row r="36" spans="1:8">
       <c r="A36" t="s">
-        <v>52</v>
+        <v>101</v>
       </c>
       <c r="B36" t="s">
-        <v>9</v>
+        <v>102</v>
       </c>
       <c r="C36"/>
       <c r="D36" t="s">
-        <v>17</v>
+        <v>64</v>
       </c>
       <c r="E36" t="s">
-        <v>18</v>
+        <v>21</v>
       </c>
       <c r="F36">
-        <v>2024</v>
-[...1 lines deleted...]
-      <c r="G36"/>
+        <v>2010</v>
+      </c>
+      <c r="G36" t="s">
+        <v>30</v>
+      </c>
       <c r="H36"/>
     </row>
     <row r="37" spans="1:8">
       <c r="A37" t="s">
-        <v>53</v>
+        <v>103</v>
       </c>
       <c r="B37" t="s">
-        <v>54</v>
+        <v>104</v>
       </c>
       <c r="C37"/>
       <c r="D37" t="s">
-        <v>17</v>
+        <v>20</v>
       </c>
       <c r="E37" t="s">
-        <v>18</v>
+        <v>21</v>
       </c>
       <c r="F37">
-        <v>2024</v>
+        <v>2010</v>
       </c>
       <c r="G37"/>
       <c r="H37" t="s">
-        <v>12</v>
+        <v>68</v>
       </c>
     </row>
     <row r="38" spans="1:8">
       <c r="A38" t="s">
-        <v>55</v>
+        <v>105</v>
       </c>
       <c r="B38" t="s">
-        <v>41</v>
+        <v>106</v>
       </c>
       <c r="C38"/>
-      <c r="D38"/>
+      <c r="D38" t="s">
+        <v>20</v>
+      </c>
       <c r="E38" t="s">
-        <v>18</v>
+        <v>21</v>
       </c>
       <c r="F38">
-        <v>2024</v>
+        <v>2010</v>
       </c>
       <c r="G38"/>
       <c r="H38" t="s">
-        <v>34</v>
+        <v>52</v>
       </c>
     </row>
     <row r="39" spans="1:8">
       <c r="A39" t="s">
-        <v>55</v>
+        <v>107</v>
       </c>
       <c r="B39" t="s">
-        <v>41</v>
-[...2 lines deleted...]
-      <c r="D39"/>
+        <v>108</v>
+      </c>
+      <c r="C39" t="s">
+        <v>15</v>
+      </c>
+      <c r="D39" t="s">
+        <v>16</v>
+      </c>
       <c r="E39" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="F39">
-        <v>2024</v>
+        <v>2010</v>
       </c>
       <c r="G39"/>
-      <c r="H39" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H39"/>
     </row>
     <row r="40" spans="1:8">
       <c r="A40" t="s">
-        <v>55</v>
+        <v>109</v>
       </c>
       <c r="B40" t="s">
-        <v>41</v>
-[...2 lines deleted...]
-      <c r="D40"/>
+        <v>110</v>
+      </c>
+      <c r="C40" t="s">
+        <v>15</v>
+      </c>
+      <c r="D40" t="s">
+        <v>16</v>
+      </c>
       <c r="E40" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="F40">
-        <v>2024</v>
+        <v>2010</v>
       </c>
       <c r="G40"/>
-      <c r="H40" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H40"/>
     </row>
     <row r="41" spans="1:8">
       <c r="A41" t="s">
-        <v>55</v>
+        <v>111</v>
       </c>
       <c r="B41" t="s">
-        <v>41</v>
-[...2 lines deleted...]
-      <c r="D41"/>
+        <v>112</v>
+      </c>
+      <c r="C41" t="s">
+        <v>15</v>
+      </c>
+      <c r="D41" t="s">
+        <v>16</v>
+      </c>
       <c r="E41" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="F41">
-        <v>2024</v>
+        <v>2010</v>
       </c>
       <c r="G41"/>
-      <c r="H41" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H41"/>
     </row>
     <row r="42" spans="1:8">
       <c r="A42" t="s">
-        <v>55</v>
+        <v>113</v>
       </c>
       <c r="B42" t="s">
-        <v>41</v>
+        <v>114</v>
       </c>
       <c r="C42"/>
-      <c r="D42"/>
+      <c r="D42" t="s">
+        <v>115</v>
+      </c>
       <c r="E42" t="s">
-        <v>18</v>
+        <v>11</v>
       </c>
       <c r="F42">
-        <v>2024</v>
-[...2 lines deleted...]
-      <c r="H42" t="s">
+        <v>2009</v>
+      </c>
+      <c r="G42" t="s">
         <v>12</v>
       </c>
+      <c r="H42"/>
     </row>
     <row r="43" spans="1:8">
       <c r="A43" t="s">
-        <v>55</v>
+        <v>116</v>
       </c>
       <c r="B43" t="s">
-        <v>41</v>
-[...2 lines deleted...]
-      <c r="D43"/>
+        <v>117</v>
+      </c>
+      <c r="C43" t="s">
+        <v>15</v>
+      </c>
+      <c r="D43" t="s">
+        <v>16</v>
+      </c>
       <c r="E43" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="F43">
-        <v>2024</v>
+        <v>2009</v>
       </c>
       <c r="G43"/>
       <c r="H43" t="s">
-        <v>35</v>
+        <v>59</v>
       </c>
     </row>
     <row r="44" spans="1:8">
       <c r="A44" t="s">
-        <v>55</v>
+        <v>118</v>
       </c>
       <c r="B44" t="s">
+        <v>119</v>
+      </c>
+      <c r="C44" t="s">
         <v>41</v>
       </c>
-      <c r="C44"/>
-      <c r="D44"/>
+      <c r="D44" t="s">
+        <v>16</v>
+      </c>
       <c r="E44" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="F44">
-        <v>2024</v>
+        <v>2009</v>
       </c>
       <c r="G44"/>
       <c r="H44" t="s">
-        <v>57</v>
+        <v>59</v>
       </c>
     </row>
     <row r="45" spans="1:8">
       <c r="A45" t="s">
-        <v>58</v>
+        <v>120</v>
       </c>
       <c r="B45" t="s">
-        <v>20</v>
-[...3 lines deleted...]
-      </c>
+        <v>121</v>
+      </c>
+      <c r="C45"/>
       <c r="D45" t="s">
-        <v>27</v>
+        <v>115</v>
       </c>
       <c r="E45" t="s">
-        <v>60</v>
+        <v>11</v>
       </c>
       <c r="F45">
-        <v>2024</v>
-[...2 lines deleted...]
-      <c r="H45" t="s">
+        <v>2008</v>
+      </c>
+      <c r="G45" t="s">
         <v>12</v>
       </c>
+      <c r="H45"/>
     </row>
     <row r="46" spans="1:8">
       <c r="A46" t="s">
-        <v>61</v>
+        <v>122</v>
       </c>
       <c r="B46" t="s">
-        <v>20</v>
+        <v>123</v>
       </c>
       <c r="C46" t="s">
-        <v>59</v>
+        <v>41</v>
       </c>
       <c r="D46" t="s">
-        <v>27</v>
+        <v>16</v>
       </c>
       <c r="E46" t="s">
-        <v>60</v>
+        <v>17</v>
       </c>
       <c r="F46">
-        <v>2024</v>
+        <v>2008</v>
       </c>
       <c r="G46"/>
       <c r="H46" t="s">
-        <v>12</v>
+        <v>22</v>
       </c>
     </row>
     <row r="47" spans="1:8">
       <c r="A47" t="s">
-        <v>61</v>
+        <v>124</v>
       </c>
       <c r="B47" t="s">
-        <v>20</v>
+        <v>125</v>
       </c>
       <c r="C47" t="s">
-        <v>59</v>
+        <v>41</v>
       </c>
       <c r="D47" t="s">
-        <v>27</v>
+        <v>16</v>
       </c>
       <c r="E47" t="s">
-        <v>60</v>
+        <v>17</v>
       </c>
       <c r="F47">
-        <v>2024</v>
+        <v>2008</v>
       </c>
       <c r="G47"/>
       <c r="H47" t="s">
-        <v>47</v>
+        <v>22</v>
       </c>
     </row>
     <row r="48" spans="1:8">
       <c r="A48" t="s">
-        <v>62</v>
+        <v>126</v>
       </c>
       <c r="B48" t="s">
-        <v>63</v>
-[...2 lines deleted...]
-      <c r="D48"/>
+        <v>127</v>
+      </c>
+      <c r="C48" t="s">
+        <v>55</v>
+      </c>
+      <c r="D48" t="s">
+        <v>16</v>
+      </c>
       <c r="E48" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="F48">
-        <v>2023</v>
+        <v>2008</v>
       </c>
       <c r="G48"/>
       <c r="H48" t="s">
-        <v>12</v>
+        <v>128</v>
       </c>
     </row>
     <row r="49" spans="1:8">
       <c r="A49" t="s">
-        <v>64</v>
+        <v>129</v>
       </c>
       <c r="B49" t="s">
-        <v>65</v>
-[...3 lines deleted...]
-      </c>
+        <v>130</v>
+      </c>
+      <c r="C49"/>
       <c r="D49" t="s">
-        <v>66</v>
+        <v>115</v>
       </c>
       <c r="E49" t="s">
-        <v>60</v>
+        <v>11</v>
       </c>
       <c r="F49">
-        <v>2023</v>
+        <v>2007</v>
       </c>
       <c r="G49" t="s">
-        <v>14</v>
-[...3 lines deleted...]
-      </c>
+        <v>12</v>
+      </c>
+      <c r="H49"/>
     </row>
     <row r="50" spans="1:8">
       <c r="A50" t="s">
+        <v>131</v>
+      </c>
+      <c r="B50" t="s">
+        <v>132</v>
+      </c>
+      <c r="C50"/>
+      <c r="D50" t="s">
         <v>64</v>
       </c>
-      <c r="B50" t="s">
-[...2 lines deleted...]
-      <c r="C50" t="s">
+      <c r="E50" t="s">
         <v>21</v>
       </c>
-      <c r="D50" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F50">
-        <v>2023</v>
+        <v>2007</v>
       </c>
       <c r="G50" t="s">
-        <v>14</v>
-[...3 lines deleted...]
-      </c>
+        <v>30</v>
+      </c>
+      <c r="H50"/>
     </row>
     <row r="51" spans="1:8">
       <c r="A51" t="s">
-        <v>67</v>
+        <v>133</v>
       </c>
       <c r="B51" t="s">
-        <v>68</v>
+        <v>134</v>
       </c>
       <c r="C51"/>
       <c r="D51" t="s">
-        <v>31</v>
+        <v>20</v>
       </c>
       <c r="E51" t="s">
-        <v>11</v>
+        <v>21</v>
       </c>
       <c r="F51">
-        <v>2022</v>
-[...4 lines deleted...]
-      <c r="H51"/>
+        <v>2007</v>
+      </c>
+      <c r="G51"/>
+      <c r="H51" t="s">
+        <v>22</v>
+      </c>
     </row>
     <row r="52" spans="1:8">
       <c r="A52" t="s">
-        <v>70</v>
+        <v>135</v>
       </c>
       <c r="B52" t="s">
-        <v>71</v>
-[...3 lines deleted...]
-      </c>
+        <v>136</v>
+      </c>
+      <c r="C52"/>
       <c r="D52" t="s">
-        <v>66</v>
+        <v>20</v>
       </c>
       <c r="E52" t="s">
-        <v>60</v>
+        <v>21</v>
       </c>
       <c r="F52">
-        <v>2022</v>
+        <v>2007</v>
       </c>
       <c r="G52"/>
       <c r="H52" t="s">
-        <v>50</v>
+        <v>25</v>
       </c>
     </row>
     <row r="53" spans="1:8">
       <c r="A53" t="s">
-        <v>72</v>
+        <v>137</v>
       </c>
       <c r="B53" t="s">
-        <v>49</v>
-[...3 lines deleted...]
-      </c>
+        <v>138</v>
+      </c>
+      <c r="C53"/>
       <c r="D53" t="s">
-        <v>27</v>
+        <v>20</v>
       </c>
       <c r="E53" t="s">
-        <v>60</v>
+        <v>21</v>
       </c>
       <c r="F53">
-        <v>2022</v>
-[...3 lines deleted...]
-      </c>
+        <v>2007</v>
+      </c>
+      <c r="G53"/>
       <c r="H53" t="s">
-        <v>24</v>
+        <v>139</v>
       </c>
     </row>
     <row r="54" spans="1:8">
       <c r="A54" t="s">
-        <v>72</v>
+        <v>140</v>
       </c>
       <c r="B54" t="s">
-        <v>49</v>
+        <v>141</v>
       </c>
       <c r="C54" t="s">
-        <v>59</v>
+        <v>41</v>
       </c>
       <c r="D54" t="s">
-        <v>27</v>
+        <v>16</v>
       </c>
       <c r="E54" t="s">
-        <v>60</v>
+        <v>17</v>
       </c>
       <c r="F54">
-        <v>2022</v>
-[...3 lines deleted...]
-      </c>
+        <v>2007</v>
+      </c>
+      <c r="G54"/>
       <c r="H54" t="s">
-        <v>12</v>
+        <v>25</v>
       </c>
     </row>
     <row r="55" spans="1:8">
       <c r="A55" t="s">
-        <v>72</v>
+        <v>142</v>
       </c>
       <c r="B55" t="s">
-        <v>49</v>
+        <v>143</v>
       </c>
       <c r="C55" t="s">
+        <v>41</v>
+      </c>
+      <c r="D55" t="s">
+        <v>16</v>
+      </c>
+      <c r="E55" t="s">
+        <v>17</v>
+      </c>
+      <c r="F55">
+        <v>2007</v>
+      </c>
+      <c r="G55"/>
+      <c r="H55" t="s">
         <v>59</v>
-      </c>
-[...13 lines deleted...]
-        <v>35</v>
       </c>
     </row>
     <row r="56" spans="1:8">
       <c r="A56" t="s">
-        <v>72</v>
+        <v>144</v>
       </c>
       <c r="B56" t="s">
-        <v>49</v>
+        <v>145</v>
       </c>
       <c r="C56" t="s">
-        <v>59</v>
+        <v>41</v>
       </c>
       <c r="D56" t="s">
-        <v>27</v>
+        <v>16</v>
       </c>
       <c r="E56" t="s">
-        <v>60</v>
+        <v>17</v>
       </c>
       <c r="F56">
-        <v>2022</v>
-[...3 lines deleted...]
-      </c>
+        <v>2007</v>
+      </c>
+      <c r="G56"/>
       <c r="H56" t="s">
-        <v>56</v>
+        <v>52</v>
       </c>
     </row>
     <row r="57" spans="1:8">
       <c r="A57" t="s">
-        <v>73</v>
+        <v>146</v>
       </c>
       <c r="B57" t="s">
-        <v>74</v>
+        <v>147</v>
       </c>
       <c r="C57"/>
       <c r="D57" t="s">
-        <v>17</v>
+        <v>64</v>
       </c>
       <c r="E57" t="s">
-        <v>18</v>
+        <v>21</v>
       </c>
       <c r="F57">
-        <v>2021</v>
-[...4 lines deleted...]
-      </c>
+        <v>2006</v>
+      </c>
+      <c r="G57" t="s">
+        <v>30</v>
+      </c>
+      <c r="H57"/>
     </row>
     <row r="58" spans="1:8">
       <c r="A58" t="s">
-        <v>75</v>
+        <v>148</v>
       </c>
       <c r="B58" t="s">
-        <v>76</v>
+        <v>149</v>
       </c>
       <c r="C58"/>
       <c r="D58" t="s">
-        <v>17</v>
+        <v>20</v>
       </c>
       <c r="E58" t="s">
-        <v>18</v>
+        <v>21</v>
       </c>
       <c r="F58">
-        <v>2020</v>
+        <v>2006</v>
       </c>
       <c r="G58"/>
       <c r="H58" t="s">
-        <v>77</v>
+        <v>68</v>
       </c>
     </row>
     <row r="59" spans="1:8">
       <c r="A59" t="s">
-        <v>78</v>
+        <v>150</v>
       </c>
       <c r="B59" t="s">
-        <v>79</v>
-[...1 lines deleted...]
-      <c r="C59"/>
+        <v>151</v>
+      </c>
+      <c r="C59" t="s">
+        <v>41</v>
+      </c>
       <c r="D59" t="s">
-        <v>31</v>
+        <v>16</v>
       </c>
       <c r="E59" t="s">
-        <v>11</v>
+        <v>17</v>
       </c>
       <c r="F59">
-        <v>2019</v>
-[...4 lines deleted...]
-      <c r="H59"/>
+        <v>2006</v>
+      </c>
+      <c r="G59"/>
+      <c r="H59" t="s">
+        <v>59</v>
+      </c>
     </row>
     <row r="60" spans="1:8">
       <c r="A60" t="s">
-        <v>80</v>
+        <v>152</v>
       </c>
       <c r="B60" t="s">
-        <v>81</v>
+        <v>153</v>
       </c>
       <c r="C60" t="s">
-        <v>30</v>
+        <v>41</v>
       </c>
       <c r="D60" t="s">
-        <v>66</v>
+        <v>16</v>
       </c>
       <c r="E60" t="s">
-        <v>60</v>
+        <v>17</v>
       </c>
       <c r="F60">
-        <v>2019</v>
-[...4 lines deleted...]
-      <c r="H60"/>
+        <v>2006</v>
+      </c>
+      <c r="G60"/>
+      <c r="H60" t="s">
+        <v>52</v>
+      </c>
     </row>
     <row r="61" spans="1:8">
       <c r="A61" t="s">
-        <v>82</v>
+        <v>154</v>
       </c>
       <c r="B61" t="s">
-        <v>83</v>
+        <v>155</v>
       </c>
       <c r="C61"/>
-      <c r="D61"/>
+      <c r="D61" t="s">
+        <v>20</v>
+      </c>
       <c r="E61" t="s">
-        <v>60</v>
+        <v>21</v>
       </c>
       <c r="F61">
-        <v>2018</v>
-[...4 lines deleted...]
-      <c r="H61"/>
+        <v>2005</v>
+      </c>
+      <c r="G61"/>
+      <c r="H61" t="s">
+        <v>22</v>
+      </c>
     </row>
     <row r="62" spans="1:8">
       <c r="A62" t="s">
-        <v>84</v>
+        <v>156</v>
       </c>
       <c r="B62" t="s">
-        <v>85</v>
+        <v>157</v>
       </c>
       <c r="C62"/>
       <c r="D62" t="s">
-        <v>86</v>
+        <v>64</v>
       </c>
       <c r="E62" t="s">
-        <v>11</v>
+        <v>21</v>
       </c>
       <c r="F62">
-        <v>2016</v>
-[...4 lines deleted...]
-      <c r="H62"/>
+        <v>2005</v>
+      </c>
+      <c r="G62"/>
+      <c r="H62" t="s">
+        <v>139</v>
+      </c>
     </row>
     <row r="63" spans="1:8">
       <c r="A63" t="s">
-        <v>87</v>
+        <v>158</v>
       </c>
       <c r="B63" t="s">
-        <v>88</v>
-[...1 lines deleted...]
-      <c r="C63"/>
+        <v>159</v>
+      </c>
+      <c r="C63" t="s">
+        <v>15</v>
+      </c>
       <c r="D63" t="s">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="E63" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="F63">
-        <v>2016</v>
+        <v>2005</v>
       </c>
       <c r="G63"/>
       <c r="H63" t="s">
-        <v>35</v>
+        <v>38</v>
       </c>
     </row>
     <row r="64" spans="1:8">
       <c r="A64" t="s">
-        <v>89</v>
+        <v>160</v>
       </c>
       <c r="B64" t="s">
-        <v>90</v>
+        <v>161</v>
       </c>
       <c r="C64" t="s">
-        <v>21</v>
+        <v>41</v>
       </c>
       <c r="D64" t="s">
-        <v>66</v>
+        <v>16</v>
       </c>
       <c r="E64" t="s">
-        <v>60</v>
+        <v>17</v>
       </c>
       <c r="F64">
-        <v>2016</v>
+        <v>2005</v>
       </c>
       <c r="G64"/>
       <c r="H64" t="s">
-        <v>35</v>
+        <v>59</v>
       </c>
     </row>
     <row r="65" spans="1:8">
       <c r="A65" t="s">
-        <v>91</v>
+        <v>162</v>
       </c>
       <c r="B65" t="s">
-        <v>92</v>
-[...1 lines deleted...]
-      <c r="C65" t="s">
+        <v>163</v>
+      </c>
+      <c r="C65"/>
+      <c r="D65" t="s">
+        <v>20</v>
+      </c>
+      <c r="E65" t="s">
         <v>21</v>
       </c>
-      <c r="D65" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F65">
-        <v>2015</v>
+        <v>2004</v>
       </c>
       <c r="G65"/>
       <c r="H65" t="s">
-        <v>42</v>
+        <v>68</v>
       </c>
     </row>
     <row r="66" spans="1:8">
       <c r="A66" t="s">
-        <v>91</v>
+        <v>164</v>
       </c>
       <c r="B66" t="s">
-        <v>92</v>
-[...1 lines deleted...]
-      <c r="C66" t="s">
+        <v>165</v>
+      </c>
+      <c r="C66"/>
+      <c r="D66" t="s">
+        <v>20</v>
+      </c>
+      <c r="E66" t="s">
         <v>21</v>
       </c>
-      <c r="D66" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F66">
-        <v>2015</v>
+        <v>2004</v>
       </c>
       <c r="G66"/>
       <c r="H66" t="s">
-        <v>44</v>
+        <v>139</v>
       </c>
     </row>
     <row r="67" spans="1:8">
       <c r="A67" t="s">
-        <v>93</v>
+        <v>166</v>
       </c>
       <c r="B67" t="s">
-        <v>94</v>
+        <v>167</v>
       </c>
       <c r="C67" t="s">
-        <v>30</v>
+        <v>55</v>
       </c>
       <c r="D67" t="s">
-        <v>66</v>
+        <v>16</v>
       </c>
       <c r="E67" t="s">
-        <v>60</v>
+        <v>17</v>
       </c>
       <c r="F67">
-        <v>2015</v>
+        <v>2004</v>
       </c>
       <c r="G67"/>
       <c r="H67" t="s">
-        <v>12</v>
+        <v>22</v>
       </c>
     </row>
     <row r="68" spans="1:8">
       <c r="A68" t="s">
-        <v>95</v>
+        <v>168</v>
       </c>
       <c r="B68" t="s">
-        <v>96</v>
+        <v>169</v>
       </c>
       <c r="C68" t="s">
-        <v>97</v>
+        <v>41</v>
       </c>
       <c r="D68" t="s">
-        <v>66</v>
+        <v>16</v>
       </c>
       <c r="E68" t="s">
-        <v>60</v>
+        <v>17</v>
       </c>
       <c r="F68">
-        <v>2015</v>
+        <v>2004</v>
       </c>
       <c r="G68"/>
       <c r="H68" t="s">
-        <v>77</v>
+        <v>139</v>
       </c>
     </row>
     <row r="69" spans="1:8">
       <c r="A69" t="s">
-        <v>98</v>
-[...4 lines deleted...]
-      <c r="C69"/>
+        <v>170</v>
+      </c>
+      <c r="B69"/>
+      <c r="C69" t="s">
+        <v>15</v>
+      </c>
       <c r="D69" t="s">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="E69" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="F69">
-        <v>2013</v>
+        <v>2004</v>
       </c>
       <c r="G69"/>
       <c r="H69" t="s">
-        <v>23</v>
+        <v>171</v>
       </c>
     </row>
     <row r="70" spans="1:8">
       <c r="A70" t="s">
-        <v>100</v>
+        <v>172</v>
       </c>
       <c r="B70" t="s">
-        <v>101</v>
-[...3 lines deleted...]
-      </c>
+        <v>173</v>
+      </c>
+      <c r="C70"/>
       <c r="D70" t="s">
-        <v>66</v>
+        <v>115</v>
       </c>
       <c r="E70" t="s">
-        <v>60</v>
+        <v>11</v>
       </c>
       <c r="F70">
-        <v>2013</v>
-[...4 lines deleted...]
-      </c>
+        <v>2003</v>
+      </c>
+      <c r="G70" t="s">
+        <v>12</v>
+      </c>
+      <c r="H70"/>
     </row>
     <row r="71" spans="1:8">
       <c r="A71" t="s">
-        <v>103</v>
+        <v>174</v>
       </c>
       <c r="B71" t="s">
-        <v>104</v>
-[...1 lines deleted...]
-      <c r="C71" t="s">
+        <v>175</v>
+      </c>
+      <c r="C71"/>
+      <c r="D71" t="s">
+        <v>64</v>
+      </c>
+      <c r="E71" t="s">
         <v>21</v>
       </c>
-      <c r="D71" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F71">
-        <v>2013</v>
-[...4 lines deleted...]
-      </c>
+        <v>2003</v>
+      </c>
+      <c r="G71" t="s">
+        <v>30</v>
+      </c>
+      <c r="H71"/>
     </row>
     <row r="72" spans="1:8">
       <c r="A72" t="s">
-        <v>105</v>
+        <v>176</v>
       </c>
       <c r="B72" t="s">
-        <v>106</v>
+        <v>177</v>
       </c>
       <c r="C72"/>
       <c r="D72" t="s">
-        <v>17</v>
+        <v>20</v>
       </c>
       <c r="E72" t="s">
-        <v>18</v>
+        <v>21</v>
       </c>
       <c r="F72">
-        <v>2012</v>
+        <v>2003</v>
       </c>
       <c r="G72"/>
       <c r="H72" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="73" spans="1:8">
       <c r="A73" t="s">
-        <v>107</v>
+        <v>178</v>
       </c>
       <c r="B73" t="s">
-        <v>108</v>
-[...1 lines deleted...]
-      <c r="C73"/>
+        <v>179</v>
+      </c>
+      <c r="C73" t="s">
+        <v>49</v>
+      </c>
       <c r="D73" t="s">
-        <v>109</v>
+        <v>16</v>
       </c>
       <c r="E73" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="F73">
-        <v>2012</v>
+        <v>2003</v>
       </c>
       <c r="G73"/>
       <c r="H73" t="s">
-        <v>57</v>
+        <v>25</v>
       </c>
     </row>
     <row r="74" spans="1:8">
       <c r="A74" t="s">
-        <v>110</v>
+        <v>180</v>
       </c>
       <c r="B74" t="s">
-        <v>111</v>
+        <v>181</v>
       </c>
       <c r="C74" t="s">
-        <v>30</v>
+        <v>41</v>
       </c>
       <c r="D74" t="s">
-        <v>66</v>
+        <v>16</v>
       </c>
       <c r="E74" t="s">
-        <v>60</v>
+        <v>17</v>
       </c>
       <c r="F74">
-        <v>2012</v>
+        <v>2003</v>
       </c>
       <c r="G74"/>
       <c r="H74" t="s">
-        <v>112</v>
+        <v>59</v>
       </c>
     </row>
     <row r="75" spans="1:8">
       <c r="A75" t="s">
-        <v>113</v>
+        <v>182</v>
       </c>
       <c r="B75" t="s">
-        <v>114</v>
+        <v>183</v>
       </c>
       <c r="C75" t="s">
-        <v>39</v>
+        <v>15</v>
       </c>
       <c r="D75" t="s">
-        <v>66</v>
+        <v>16</v>
       </c>
       <c r="E75" t="s">
-        <v>60</v>
+        <v>17</v>
       </c>
       <c r="F75">
-        <v>2012</v>
+        <v>2003</v>
       </c>
       <c r="G75"/>
       <c r="H75" t="s">
-        <v>22</v>
+        <v>171</v>
       </c>
     </row>
     <row r="76" spans="1:8">
       <c r="A76" t="s">
-        <v>115</v>
+        <v>184</v>
       </c>
       <c r="B76" t="s">
-        <v>116</v>
-[...3 lines deleted...]
-      </c>
+        <v>185</v>
+      </c>
+      <c r="C76"/>
       <c r="D76" t="s">
-        <v>66</v>
+        <v>20</v>
       </c>
       <c r="E76" t="s">
-        <v>60</v>
+        <v>21</v>
       </c>
       <c r="F76">
-        <v>2012</v>
+        <v>2002</v>
       </c>
       <c r="G76"/>
       <c r="H76" t="s">
-        <v>22</v>
+        <v>56</v>
       </c>
     </row>
     <row r="77" spans="1:8">
       <c r="A77" t="s">
-        <v>117</v>
+        <v>186</v>
       </c>
       <c r="B77" t="s">
-        <v>118</v>
+        <v>187</v>
       </c>
       <c r="C77" t="s">
-        <v>21</v>
+        <v>55</v>
       </c>
       <c r="D77" t="s">
-        <v>66</v>
+        <v>16</v>
       </c>
       <c r="E77" t="s">
-        <v>60</v>
+        <v>17</v>
       </c>
       <c r="F77">
-        <v>2012</v>
+        <v>2002</v>
       </c>
       <c r="G77"/>
       <c r="H77" t="s">
-        <v>22</v>
+        <v>59</v>
       </c>
     </row>
     <row r="78" spans="1:8">
       <c r="A78" t="s">
-        <v>119</v>
+        <v>188</v>
       </c>
       <c r="B78" t="s">
-        <v>120</v>
+        <v>189</v>
       </c>
       <c r="C78" t="s">
-        <v>21</v>
+        <v>41</v>
       </c>
       <c r="D78" t="s">
-        <v>66</v>
+        <v>16</v>
       </c>
       <c r="E78" t="s">
-        <v>60</v>
+        <v>17</v>
       </c>
       <c r="F78">
-        <v>2012</v>
+        <v>2002</v>
       </c>
       <c r="G78"/>
       <c r="H78" t="s">
-        <v>12</v>
+        <v>59</v>
       </c>
     </row>
     <row r="79" spans="1:8">
       <c r="A79" t="s">
-        <v>121</v>
+        <v>190</v>
       </c>
       <c r="B79" t="s">
-        <v>122</v>
-[...1 lines deleted...]
-      <c r="C79"/>
+        <v>191</v>
+      </c>
+      <c r="C79" t="s">
+        <v>85</v>
+      </c>
       <c r="D79" t="s">
-        <v>109</v>
+        <v>86</v>
       </c>
       <c r="E79" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="F79">
-        <v>2011</v>
+        <v>2002</v>
       </c>
       <c r="G79" t="s">
-        <v>14</v>
+        <v>30</v>
       </c>
       <c r="H79"/>
     </row>
     <row r="80" spans="1:8">
       <c r="A80" t="s">
-        <v>123</v>
+        <v>192</v>
       </c>
       <c r="B80" t="s">
-        <v>124</v>
+        <v>193</v>
       </c>
       <c r="C80"/>
       <c r="D80" t="s">
-        <v>17</v>
+        <v>20</v>
       </c>
       <c r="E80" t="s">
-        <v>18</v>
+        <v>21</v>
       </c>
       <c r="F80">
-        <v>2011</v>
+        <v>2001</v>
       </c>
       <c r="G80"/>
-      <c r="H80" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H80"/>
     </row>
     <row r="81" spans="1:8">
       <c r="A81" t="s">
-        <v>125</v>
+        <v>194</v>
       </c>
       <c r="B81" t="s">
-        <v>126</v>
+        <v>193</v>
       </c>
       <c r="C81"/>
       <c r="D81" t="s">
-        <v>17</v>
+        <v>20</v>
       </c>
       <c r="E81" t="s">
-        <v>18</v>
+        <v>21</v>
       </c>
       <c r="F81">
-        <v>2011</v>
+        <v>2001</v>
       </c>
       <c r="G81"/>
-      <c r="H81" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H81"/>
     </row>
     <row r="82" spans="1:8">
       <c r="A82" t="s">
-        <v>127</v>
+        <v>195</v>
       </c>
       <c r="B82" t="s">
-        <v>128</v>
-[...2 lines deleted...]
-      <c r="D82"/>
+        <v>196</v>
+      </c>
+      <c r="C82" t="s">
+        <v>41</v>
+      </c>
+      <c r="D82" t="s">
+        <v>16</v>
+      </c>
       <c r="E82" t="s">
-        <v>60</v>
+        <v>17</v>
       </c>
       <c r="F82">
-        <v>2011</v>
-[...4 lines deleted...]
-      <c r="H82"/>
+        <v>2001</v>
+      </c>
+      <c r="G82"/>
+      <c r="H82" t="s">
+        <v>59</v>
+      </c>
     </row>
     <row r="83" spans="1:8">
       <c r="A83" t="s">
-        <v>129</v>
+        <v>197</v>
       </c>
       <c r="B83" t="s">
-        <v>130</v>
+        <v>183</v>
       </c>
       <c r="C83" t="s">
-        <v>131</v>
+        <v>15</v>
       </c>
       <c r="D83" t="s">
-        <v>132</v>
+        <v>16</v>
       </c>
       <c r="E83" t="s">
-        <v>60</v>
+        <v>17</v>
       </c>
       <c r="F83">
-        <v>2011</v>
-[...4 lines deleted...]
-      <c r="H83"/>
+        <v>2001</v>
+      </c>
+      <c r="G83"/>
+      <c r="H83" t="s">
+        <v>171</v>
+      </c>
     </row>
     <row r="84" spans="1:8">
       <c r="A84" t="s">
-        <v>133</v>
+        <v>198</v>
       </c>
       <c r="B84" t="s">
-        <v>134</v>
-[...6 lines deleted...]
-      </c>
+        <v>199</v>
+      </c>
+      <c r="C84"/>
+      <c r="D84"/>
       <c r="E84" t="s">
-        <v>60</v>
+        <v>17</v>
       </c>
       <c r="F84">
-        <v>2011</v>
-[...4 lines deleted...]
-      <c r="H84"/>
+        <v>2001</v>
+      </c>
+      <c r="G84"/>
+      <c r="H84" t="s">
+        <v>139</v>
+      </c>
     </row>
     <row r="85" spans="1:8">
       <c r="A85" t="s">
-        <v>135</v>
+        <v>200</v>
       </c>
       <c r="B85" t="s">
-        <v>136</v>
+        <v>183</v>
       </c>
       <c r="C85" t="s">
-        <v>131</v>
+        <v>15</v>
       </c>
       <c r="D85" t="s">
-        <v>132</v>
+        <v>16</v>
       </c>
       <c r="E85" t="s">
-        <v>60</v>
+        <v>17</v>
       </c>
       <c r="F85">
-        <v>2011</v>
-[...4 lines deleted...]
-      <c r="H85"/>
+        <v>2001</v>
+      </c>
+      <c r="G85"/>
+      <c r="H85" t="s">
+        <v>201</v>
+      </c>
     </row>
     <row r="86" spans="1:8">
       <c r="A86" t="s">
-        <v>137</v>
+        <v>202</v>
       </c>
       <c r="B86" t="s">
-        <v>138</v>
-[...3 lines deleted...]
-      </c>
+        <v>203</v>
+      </c>
+      <c r="C86"/>
       <c r="D86" t="s">
-        <v>66</v>
+        <v>115</v>
       </c>
       <c r="E86" t="s">
-        <v>60</v>
+        <v>11</v>
       </c>
       <c r="F86">
-        <v>2011</v>
-[...2 lines deleted...]
-      <c r="H86" t="s">
+        <v>2000</v>
+      </c>
+      <c r="G86" t="s">
         <v>12</v>
       </c>
+      <c r="H86"/>
     </row>
     <row r="87" spans="1:8">
       <c r="A87" t="s">
-        <v>139</v>
+        <v>204</v>
       </c>
       <c r="B87" t="s">
-        <v>140</v>
-[...1 lines deleted...]
-      <c r="C87" t="s">
+        <v>205</v>
+      </c>
+      <c r="C87"/>
+      <c r="D87" t="s">
+        <v>20</v>
+      </c>
+      <c r="E87" t="s">
         <v>21</v>
       </c>
-      <c r="D87" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F87">
-        <v>2011</v>
+        <v>2000</v>
       </c>
       <c r="G87"/>
       <c r="H87" t="s">
-        <v>112</v>
+        <v>56</v>
       </c>
     </row>
     <row r="88" spans="1:8">
       <c r="A88" t="s">
-        <v>141</v>
+        <v>206</v>
       </c>
       <c r="B88" t="s">
-        <v>142</v>
+        <v>207</v>
       </c>
       <c r="C88" t="s">
-        <v>21</v>
+        <v>41</v>
       </c>
       <c r="D88" t="s">
-        <v>66</v>
+        <v>16</v>
       </c>
       <c r="E88" t="s">
-        <v>60</v>
+        <v>17</v>
       </c>
       <c r="F88">
-        <v>2011</v>
+        <v>2000</v>
       </c>
       <c r="G88"/>
       <c r="H88" t="s">
-        <v>42</v>
+        <v>59</v>
       </c>
     </row>
     <row r="89" spans="1:8">
       <c r="A89" t="s">
-        <v>143</v>
+        <v>208</v>
       </c>
       <c r="B89" t="s">
-        <v>144</v>
+        <v>209</v>
       </c>
       <c r="C89"/>
-      <c r="D89" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="D89"/>
       <c r="E89" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="F89">
-        <v>2010</v>
-[...4 lines deleted...]
-      <c r="H89"/>
+        <v>2000</v>
+      </c>
+      <c r="G89"/>
+      <c r="H89" t="s">
+        <v>139</v>
+      </c>
     </row>
     <row r="90" spans="1:8">
       <c r="A90" t="s">
-        <v>145</v>
+        <v>210</v>
       </c>
       <c r="B90" t="s">
-        <v>146</v>
+        <v>211</v>
       </c>
       <c r="C90"/>
-      <c r="D90" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="D90"/>
       <c r="E90" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="F90">
-        <v>2010</v>
-[...4 lines deleted...]
-      <c r="H90"/>
+        <v>2000</v>
+      </c>
+      <c r="G90"/>
+      <c r="H90" t="s">
+        <v>139</v>
+      </c>
     </row>
     <row r="91" spans="1:8">
       <c r="A91" t="s">
-        <v>147</v>
+        <v>212</v>
       </c>
       <c r="B91" t="s">
-        <v>148</v>
+        <v>213</v>
       </c>
       <c r="C91"/>
-      <c r="D91" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="D91"/>
       <c r="E91" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="F91">
-        <v>2010</v>
+        <v>2000</v>
       </c>
       <c r="G91"/>
       <c r="H91" t="s">
-        <v>112</v>
+        <v>139</v>
       </c>
     </row>
     <row r="92" spans="1:8">
       <c r="A92" t="s">
-        <v>149</v>
+        <v>214</v>
       </c>
       <c r="B92" t="s">
-        <v>150</v>
+        <v>215</v>
       </c>
       <c r="C92"/>
       <c r="D92" t="s">
-        <v>17</v>
+        <v>20</v>
       </c>
       <c r="E92" t="s">
-        <v>18</v>
+        <v>21</v>
       </c>
       <c r="F92">
-        <v>2010</v>
+        <v>1999</v>
       </c>
       <c r="G92"/>
       <c r="H92" t="s">
-        <v>23</v>
+        <v>68</v>
       </c>
     </row>
     <row r="93" spans="1:8">
       <c r="A93" t="s">
-        <v>151</v>
+        <v>216</v>
       </c>
       <c r="B93" t="s">
-        <v>152</v>
-[...3 lines deleted...]
-      </c>
+        <v>217</v>
+      </c>
+      <c r="C93"/>
       <c r="D93" t="s">
-        <v>66</v>
+        <v>20</v>
       </c>
       <c r="E93" t="s">
-        <v>60</v>
+        <v>21</v>
       </c>
       <c r="F93">
-        <v>2010</v>
+        <v>1999</v>
       </c>
       <c r="G93"/>
       <c r="H93" t="s">
-        <v>44</v>
+        <v>25</v>
       </c>
     </row>
     <row r="94" spans="1:8">
       <c r="A94" t="s">
-        <v>153</v>
+        <v>218</v>
       </c>
       <c r="B94" t="s">
-        <v>154</v>
-[...1 lines deleted...]
-      <c r="C94" t="s">
+        <v>217</v>
+      </c>
+      <c r="C94"/>
+      <c r="D94" t="s">
+        <v>20</v>
+      </c>
+      <c r="E94" t="s">
+        <v>21</v>
+      </c>
+      <c r="F94">
+        <v>1999</v>
+      </c>
+      <c r="G94" t="s">
         <v>30</v>
       </c>
-      <c r="D94" t="s">
-[...8 lines deleted...]
-      <c r="G94"/>
       <c r="H94" t="s">
-        <v>44</v>
+        <v>25</v>
       </c>
     </row>
     <row r="95" spans="1:8">
       <c r="A95" t="s">
-        <v>155</v>
+        <v>219</v>
       </c>
       <c r="B95" t="s">
-        <v>156</v>
+        <v>220</v>
       </c>
       <c r="C95" t="s">
-        <v>30</v>
+        <v>41</v>
       </c>
       <c r="D95" t="s">
-        <v>66</v>
+        <v>16</v>
       </c>
       <c r="E95" t="s">
-        <v>60</v>
+        <v>17</v>
       </c>
       <c r="F95">
-        <v>2010</v>
+        <v>1999</v>
       </c>
       <c r="G95"/>
       <c r="H95" t="s">
-        <v>44</v>
+        <v>59</v>
       </c>
     </row>
     <row r="96" spans="1:8">
       <c r="A96" t="s">
-        <v>157</v>
+        <v>221</v>
       </c>
       <c r="B96" t="s">
-        <v>158</v>
-[...1 lines deleted...]
-      <c r="C96"/>
+        <v>222</v>
+      </c>
+      <c r="C96" t="s">
+        <v>41</v>
+      </c>
       <c r="D96" t="s">
-        <v>159</v>
+        <v>16</v>
       </c>
       <c r="E96" t="s">
-        <v>11</v>
+        <v>17</v>
       </c>
       <c r="F96">
-        <v>2009</v>
-[...4 lines deleted...]
-      <c r="H96"/>
+        <v>1999</v>
+      </c>
+      <c r="G96"/>
+      <c r="H96" t="s">
+        <v>59</v>
+      </c>
     </row>
     <row r="97" spans="1:8">
       <c r="A97" t="s">
-        <v>160</v>
+        <v>223</v>
       </c>
       <c r="B97" t="s">
-        <v>161</v>
-[...3 lines deleted...]
-      </c>
+        <v>224</v>
+      </c>
+      <c r="C97"/>
       <c r="D97" t="s">
-        <v>66</v>
+        <v>20</v>
       </c>
       <c r="E97" t="s">
-        <v>60</v>
+        <v>21</v>
       </c>
       <c r="F97">
-        <v>2009</v>
+        <v>1998</v>
       </c>
       <c r="G97"/>
       <c r="H97" t="s">
-        <v>22</v>
+        <v>52</v>
       </c>
     </row>
     <row r="98" spans="1:8">
       <c r="A98" t="s">
-        <v>162</v>
+        <v>225</v>
       </c>
       <c r="B98" t="s">
-        <v>163</v>
-[...1 lines deleted...]
-      <c r="C98" t="s">
+        <v>226</v>
+      </c>
+      <c r="C98"/>
+      <c r="D98" t="s">
+        <v>20</v>
+      </c>
+      <c r="E98" t="s">
         <v>21</v>
       </c>
-      <c r="D98" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F98">
-        <v>2009</v>
+        <v>1998</v>
       </c>
       <c r="G98"/>
       <c r="H98" t="s">
-        <v>22</v>
+        <v>201</v>
       </c>
     </row>
     <row r="99" spans="1:8">
       <c r="A99" t="s">
-        <v>164</v>
+        <v>227</v>
       </c>
       <c r="B99" t="s">
-        <v>165</v>
-[...1 lines deleted...]
-      <c r="C99"/>
+        <v>228</v>
+      </c>
+      <c r="C99" t="s">
+        <v>55</v>
+      </c>
       <c r="D99" t="s">
-        <v>159</v>
+        <v>16</v>
       </c>
       <c r="E99" t="s">
-        <v>11</v>
+        <v>17</v>
       </c>
       <c r="F99">
-        <v>2008</v>
-[...4 lines deleted...]
-      <c r="H99"/>
+        <v>1998</v>
+      </c>
+      <c r="G99"/>
+      <c r="H99" t="s">
+        <v>59</v>
+      </c>
     </row>
     <row r="100" spans="1:8">
       <c r="A100" t="s">
-        <v>166</v>
+        <v>229</v>
       </c>
       <c r="B100" t="s">
-        <v>167</v>
+        <v>230</v>
       </c>
       <c r="C100" t="s">
-        <v>21</v>
+        <v>41</v>
       </c>
       <c r="D100" t="s">
-        <v>66</v>
+        <v>16</v>
       </c>
       <c r="E100" t="s">
-        <v>60</v>
+        <v>17</v>
       </c>
       <c r="F100">
-        <v>2008</v>
+        <v>1998</v>
       </c>
       <c r="G100"/>
       <c r="H100" t="s">
-        <v>12</v>
+        <v>59</v>
       </c>
     </row>
     <row r="101" spans="1:8">
       <c r="A101" t="s">
-        <v>168</v>
+        <v>231</v>
       </c>
       <c r="B101" t="s">
-        <v>169</v>
+        <v>232</v>
       </c>
       <c r="C101" t="s">
-        <v>21</v>
+        <v>15</v>
       </c>
       <c r="D101" t="s">
-        <v>66</v>
+        <v>16</v>
       </c>
       <c r="E101" t="s">
-        <v>60</v>
+        <v>17</v>
       </c>
       <c r="F101">
-        <v>2008</v>
+        <v>1998</v>
       </c>
       <c r="G101"/>
       <c r="H101" t="s">
-        <v>12</v>
+        <v>139</v>
       </c>
     </row>
     <row r="102" spans="1:8">
       <c r="A102" t="s">
-        <v>170</v>
+        <v>233</v>
       </c>
       <c r="B102" t="s">
-        <v>171</v>
-[...6 lines deleted...]
-      </c>
+        <v>234</v>
+      </c>
+      <c r="C102"/>
+      <c r="D102"/>
       <c r="E102" t="s">
-        <v>60</v>
+        <v>17</v>
       </c>
       <c r="F102">
-        <v>2008</v>
+        <v>1998</v>
       </c>
       <c r="G102"/>
       <c r="H102" t="s">
-        <v>44</v>
+        <v>139</v>
       </c>
     </row>
     <row r="103" spans="1:8">
       <c r="A103" t="s">
-        <v>172</v>
+        <v>235</v>
       </c>
       <c r="B103" t="s">
-        <v>173</v>
+        <v>236</v>
       </c>
       <c r="C103"/>
-      <c r="D103" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="D103"/>
       <c r="E103" t="s">
-        <v>11</v>
+        <v>237</v>
       </c>
       <c r="F103">
-        <v>2007</v>
+        <v>1997</v>
       </c>
       <c r="G103" t="s">
-        <v>69</v>
+        <v>12</v>
       </c>
       <c r="H103"/>
     </row>
     <row r="104" spans="1:8">
       <c r="A104" t="s">
-        <v>174</v>
+        <v>238</v>
       </c>
       <c r="B104" t="s">
-        <v>175</v>
-[...1 lines deleted...]
-      <c r="C104"/>
+        <v>239</v>
+      </c>
+      <c r="C104" t="s">
+        <v>41</v>
+      </c>
       <c r="D104" t="s">
-        <v>109</v>
+        <v>16</v>
       </c>
       <c r="E104" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="F104">
-        <v>2007</v>
-[...4 lines deleted...]
-      <c r="H104"/>
+        <v>1997</v>
+      </c>
+      <c r="G104"/>
+      <c r="H104" t="s">
+        <v>240</v>
+      </c>
     </row>
     <row r="105" spans="1:8">
       <c r="A105" t="s">
-        <v>176</v>
+        <v>241</v>
       </c>
       <c r="B105" t="s">
-        <v>177</v>
-[...1 lines deleted...]
-      <c r="C105"/>
+        <v>242</v>
+      </c>
+      <c r="C105" t="s">
+        <v>15</v>
+      </c>
       <c r="D105" t="s">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="E105" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="F105">
-        <v>2007</v>
+        <v>1995</v>
       </c>
       <c r="G105"/>
-      <c r="H105" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H105"/>
     </row>
     <row r="106" spans="1:8">
       <c r="A106" t="s">
-        <v>178</v>
+        <v>243</v>
       </c>
       <c r="B106" t="s">
-        <v>179</v>
-[...1 lines deleted...]
-      <c r="C106"/>
+        <v>244</v>
+      </c>
+      <c r="C106" t="s">
+        <v>85</v>
+      </c>
       <c r="D106" t="s">
-        <v>17</v>
+        <v>86</v>
       </c>
       <c r="E106" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="F106">
-        <v>2007</v>
+        <v>1995</v>
       </c>
       <c r="G106"/>
-      <c r="H106" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H106"/>
     </row>
     <row r="107" spans="1:8">
       <c r="A107" t="s">
-        <v>180</v>
+        <v>245</v>
       </c>
       <c r="B107" t="s">
-        <v>181</v>
+        <v>246</v>
       </c>
       <c r="C107"/>
       <c r="D107" t="s">
-        <v>17</v>
+        <v>20</v>
       </c>
       <c r="E107" t="s">
-        <v>18</v>
+        <v>21</v>
       </c>
       <c r="F107">
-        <v>2007</v>
+        <v>1994</v>
       </c>
       <c r="G107"/>
       <c r="H107" t="s">
-        <v>46</v>
+        <v>52</v>
       </c>
     </row>
     <row r="108" spans="1:8">
       <c r="A108" t="s">
-        <v>182</v>
+        <v>247</v>
       </c>
       <c r="B108" t="s">
-        <v>183</v>
+        <v>248</v>
       </c>
       <c r="C108" t="s">
-        <v>21</v>
+        <v>41</v>
       </c>
       <c r="D108" t="s">
-        <v>66</v>
+        <v>16</v>
       </c>
       <c r="E108" t="s">
-        <v>60</v>
+        <v>17</v>
       </c>
       <c r="F108">
-        <v>2007</v>
+        <v>1994</v>
       </c>
       <c r="G108"/>
       <c r="H108" t="s">
-        <v>77</v>
+        <v>52</v>
       </c>
     </row>
     <row r="109" spans="1:8">
       <c r="A109" t="s">
-        <v>184</v>
+        <v>249</v>
       </c>
       <c r="B109" t="s">
-        <v>185</v>
-[...6 lines deleted...]
-      </c>
+        <v>250</v>
+      </c>
+      <c r="C109"/>
+      <c r="D109"/>
       <c r="E109" t="s">
-        <v>60</v>
+        <v>237</v>
       </c>
       <c r="F109">
-        <v>2007</v>
-[...4 lines deleted...]
-      </c>
+        <v>1992</v>
+      </c>
+      <c r="G109" t="s">
+        <v>12</v>
+      </c>
+      <c r="H109"/>
     </row>
     <row r="110" spans="1:8">
       <c r="A110" t="s">
-        <v>186</v>
+        <v>251</v>
       </c>
       <c r="B110" t="s">
-        <v>187</v>
-[...6 lines deleted...]
-      </c>
+        <v>252</v>
+      </c>
+      <c r="C110"/>
+      <c r="D110"/>
       <c r="E110" t="s">
-        <v>60</v>
+        <v>237</v>
       </c>
       <c r="F110">
-        <v>2007</v>
-[...4 lines deleted...]
-      </c>
+        <v>1992</v>
+      </c>
+      <c r="G110" t="s">
+        <v>12</v>
+      </c>
+      <c r="H110"/>
     </row>
     <row r="111" spans="1:8">
       <c r="A111" t="s">
-        <v>188</v>
+        <v>253</v>
       </c>
       <c r="B111" t="s">
-        <v>189</v>
-[...3 lines deleted...]
-      </c>
+        <v>254</v>
+      </c>
+      <c r="C111"/>
       <c r="D111" t="s">
-        <v>66</v>
+        <v>20</v>
       </c>
       <c r="E111" t="s">
-        <v>60</v>
+        <v>21</v>
       </c>
       <c r="F111">
-        <v>2007</v>
+        <v>1992</v>
       </c>
       <c r="G111"/>
       <c r="H111" t="s">
-        <v>50</v>
+        <v>139</v>
       </c>
     </row>
     <row r="112" spans="1:8">
       <c r="A112" t="s">
-        <v>190</v>
+        <v>255</v>
       </c>
       <c r="B112" t="s">
-        <v>191</v>
-[...1 lines deleted...]
-      <c r="C112"/>
+        <v>256</v>
+      </c>
+      <c r="C112" t="s">
+        <v>41</v>
+      </c>
       <c r="D112" t="s">
-        <v>109</v>
+        <v>16</v>
       </c>
       <c r="E112" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="F112">
-        <v>2006</v>
-[...4 lines deleted...]
-      <c r="H112"/>
+        <v>1992</v>
+      </c>
+      <c r="G112"/>
+      <c r="H112" t="s">
+        <v>59</v>
+      </c>
     </row>
     <row r="113" spans="1:8">
       <c r="A113" t="s">
-        <v>192</v>
+        <v>257</v>
       </c>
       <c r="B113" t="s">
-        <v>193</v>
+        <v>258</v>
       </c>
       <c r="C113"/>
       <c r="D113" t="s">
-        <v>17</v>
+        <v>20</v>
       </c>
       <c r="E113" t="s">
-        <v>18</v>
+        <v>21</v>
       </c>
       <c r="F113">
-        <v>2006</v>
+        <v>1990</v>
       </c>
       <c r="G113"/>
       <c r="H113" t="s">
-        <v>112</v>
+        <v>52</v>
       </c>
     </row>
     <row r="114" spans="1:8">
       <c r="A114" t="s">
-        <v>194</v>
+        <v>259</v>
       </c>
       <c r="B114" t="s">
-        <v>195</v>
+        <v>260</v>
       </c>
       <c r="C114" t="s">
-        <v>21</v>
+        <v>41</v>
       </c>
       <c r="D114" t="s">
-        <v>66</v>
+        <v>16</v>
       </c>
       <c r="E114" t="s">
-        <v>60</v>
+        <v>17</v>
       </c>
       <c r="F114">
-        <v>2006</v>
+        <v>1990</v>
       </c>
       <c r="G114"/>
       <c r="H114" t="s">
-        <v>22</v>
+        <v>139</v>
       </c>
     </row>
     <row r="115" spans="1:8">
       <c r="A115" t="s">
-        <v>196</v>
+        <v>261</v>
       </c>
       <c r="B115" t="s">
-        <v>197</v>
-[...1 lines deleted...]
-      <c r="C115" t="s">
+        <v>262</v>
+      </c>
+      <c r="C115"/>
+      <c r="D115" t="s">
+        <v>64</v>
+      </c>
+      <c r="E115" t="s">
         <v>21</v>
       </c>
-      <c r="D115" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F115">
-        <v>2006</v>
-[...4 lines deleted...]
-      </c>
+        <v>1989</v>
+      </c>
+      <c r="G115" t="s">
+        <v>30</v>
+      </c>
+      <c r="H115"/>
     </row>
     <row r="116" spans="1:8">
       <c r="A116" t="s">
-        <v>198</v>
+        <v>263</v>
       </c>
       <c r="B116" t="s">
-        <v>199</v>
-[...1 lines deleted...]
-      <c r="C116"/>
+        <v>264</v>
+      </c>
+      <c r="C116" t="s">
+        <v>41</v>
+      </c>
       <c r="D116" t="s">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="E116" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="F116">
-        <v>2005</v>
+        <v>1989</v>
       </c>
       <c r="G116"/>
       <c r="H116" t="s">
-        <v>12</v>
+        <v>59</v>
       </c>
     </row>
     <row r="117" spans="1:8">
       <c r="A117" t="s">
-        <v>200</v>
+        <v>265</v>
       </c>
       <c r="B117" t="s">
-        <v>201</v>
-[...1 lines deleted...]
-      <c r="C117"/>
+        <v>183</v>
+      </c>
+      <c r="C117" t="s">
+        <v>15</v>
+      </c>
       <c r="D117" t="s">
-        <v>109</v>
+        <v>16</v>
       </c>
       <c r="E117" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="F117">
-        <v>2005</v>
+        <v>1989</v>
       </c>
       <c r="G117"/>
       <c r="H117" t="s">
-        <v>46</v>
+        <v>171</v>
       </c>
     </row>
     <row r="118" spans="1:8">
       <c r="A118" t="s">
-        <v>202</v>
+        <v>266</v>
       </c>
       <c r="B118" t="s">
-        <v>203</v>
-[...3 lines deleted...]
-      </c>
+        <v>267</v>
+      </c>
+      <c r="C118"/>
       <c r="D118" t="s">
-        <v>66</v>
+        <v>20</v>
       </c>
       <c r="E118" t="s">
-        <v>60</v>
+        <v>21</v>
       </c>
       <c r="F118">
-        <v>2005</v>
+        <v>1988</v>
       </c>
       <c r="G118"/>
-      <c r="H118" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H118"/>
     </row>
     <row r="119" spans="1:8">
       <c r="A119" t="s">
-        <v>204</v>
+        <v>268</v>
       </c>
       <c r="B119" t="s">
-        <v>205</v>
-[...1 lines deleted...]
-      <c r="C119" t="s">
+        <v>269</v>
+      </c>
+      <c r="C119"/>
+      <c r="D119" t="s">
+        <v>20</v>
+      </c>
+      <c r="E119" t="s">
         <v>21</v>
       </c>
-      <c r="D119" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F119">
-        <v>2005</v>
+        <v>1987</v>
       </c>
       <c r="G119"/>
       <c r="H119" t="s">
-        <v>22</v>
+        <v>270</v>
       </c>
     </row>
     <row r="120" spans="1:8">
       <c r="A120" t="s">
-        <v>206</v>
+        <v>271</v>
       </c>
       <c r="B120" t="s">
-        <v>207</v>
-[...1 lines deleted...]
-      <c r="C120"/>
+        <v>272</v>
+      </c>
+      <c r="C120" t="s">
+        <v>41</v>
+      </c>
       <c r="D120" t="s">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="E120" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="F120">
-        <v>2004</v>
+        <v>1986</v>
       </c>
       <c r="G120"/>
       <c r="H120" t="s">
-        <v>112</v>
+        <v>56</v>
       </c>
     </row>
     <row r="121" spans="1:8">
       <c r="A121" t="s">
-        <v>208</v>
+        <v>273</v>
       </c>
       <c r="B121" t="s">
-        <v>209</v>
-[...1 lines deleted...]
-      <c r="C121"/>
+        <v>274</v>
+      </c>
+      <c r="C121" t="s">
+        <v>85</v>
+      </c>
       <c r="D121" t="s">
-        <v>17</v>
+        <v>86</v>
       </c>
       <c r="E121" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="F121">
-        <v>2004</v>
-[...4 lines deleted...]
-      </c>
+        <v>1984</v>
+      </c>
+      <c r="G121" t="s">
+        <v>30</v>
+      </c>
+      <c r="H121"/>
     </row>
     <row r="122" spans="1:8">
       <c r="A122" t="s">
-        <v>210</v>
+        <v>275</v>
       </c>
       <c r="B122" t="s">
-        <v>211</v>
+        <v>276</v>
       </c>
       <c r="C122" t="s">
-        <v>39</v>
+        <v>85</v>
       </c>
       <c r="D122" t="s">
-        <v>66</v>
+        <v>86</v>
       </c>
       <c r="E122" t="s">
-        <v>60</v>
+        <v>17</v>
       </c>
       <c r="F122">
-        <v>2004</v>
-[...4 lines deleted...]
-      </c>
+        <v>1984</v>
+      </c>
+      <c r="G122" t="s">
+        <v>30</v>
+      </c>
+      <c r="H122"/>
     </row>
     <row r="123" spans="1:8">
       <c r="A123" t="s">
-        <v>212</v>
+        <v>277</v>
       </c>
       <c r="B123" t="s">
-        <v>213</v>
-[...6 lines deleted...]
-      </c>
+        <v>278</v>
+      </c>
+      <c r="C123"/>
+      <c r="D123"/>
       <c r="E123" t="s">
-        <v>60</v>
+        <v>237</v>
       </c>
       <c r="F123">
-        <v>2004</v>
-[...4 lines deleted...]
-      </c>
+        <v>1982</v>
+      </c>
+      <c r="G123" t="s">
+        <v>12</v>
+      </c>
+      <c r="H123"/>
     </row>
     <row r="124" spans="1:8">
       <c r="A124" t="s">
-        <v>214</v>
+        <v>279</v>
       </c>
       <c r="B124"/>
       <c r="C124" t="s">
-        <v>30</v>
+        <v>15</v>
       </c>
       <c r="D124" t="s">
-        <v>66</v>
+        <v>16</v>
       </c>
       <c r="E124" t="s">
-        <v>60</v>
+        <v>17</v>
       </c>
       <c r="F124">
-        <v>2004</v>
+        <v>1977</v>
       </c>
       <c r="G124"/>
-      <c r="H124" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H124"/>
     </row>
     <row r="125" spans="1:8">
       <c r="A125" t="s">
-        <v>215</v>
-[...4 lines deleted...]
-      <c r="C125"/>
+        <v>280</v>
+      </c>
+      <c r="B125"/>
+      <c r="C125" t="s">
+        <v>281</v>
+      </c>
       <c r="D125" t="s">
-        <v>159</v>
+        <v>86</v>
       </c>
       <c r="E125" t="s">
-        <v>11</v>
+        <v>17</v>
       </c>
       <c r="F125">
-        <v>2003</v>
+        <v>1933</v>
       </c>
       <c r="G125" t="s">
-        <v>69</v>
+        <v>30</v>
       </c>
       <c r="H125"/>
     </row>
     <row r="126" spans="1:8">
       <c r="A126" t="s">
-        <v>217</v>
+        <v>282</v>
       </c>
       <c r="B126" t="s">
-        <v>218</v>
+        <v>283</v>
       </c>
       <c r="C126"/>
       <c r="D126" t="s">
-        <v>109</v>
+        <v>64</v>
       </c>
       <c r="E126" t="s">
-        <v>18</v>
+        <v>21</v>
       </c>
       <c r="F126">
-        <v>2003</v>
+        <v>1918</v>
       </c>
       <c r="G126" t="s">
-        <v>14</v>
+        <v>30</v>
       </c>
       <c r="H126"/>
-    </row>
-[...1432 lines deleted...]
-      <c r="H190"/>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>