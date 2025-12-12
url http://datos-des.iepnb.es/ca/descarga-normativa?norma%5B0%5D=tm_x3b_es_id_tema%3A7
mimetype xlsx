--- v0 (2025-10-27)
+++ v1 (2025-12-12)
@@ -107,90 +107,90 @@
   <si>
     <t>sg2</t>
   </si>
   <si>
     <t>Resolución</t>
   </si>
   <si>
     <t>Normas con rango de Ley</t>
   </si>
   <si>
     <t>sg5</t>
   </si>
   <si>
     <t>Orden</t>
   </si>
   <si>
     <t>Prueba de Legislación con Nivel de Administración Nacional.</t>
   </si>
   <si>
     <t>https://www.google.com/testing/branch</t>
   </si>
   <si>
     <t>Leyes autonómicas</t>
   </si>
   <si>
+    <t>Extremadura</t>
+  </si>
+  <si>
+    <t>Ciudad Autónoma de Ceuta</t>
+  </si>
+  <si>
     <t>Canarias</t>
   </si>
   <si>
+    <t>Ciudad Autónoma de Melilla</t>
+  </si>
+  <si>
+    <t>Comunidad de Madrid</t>
+  </si>
+  <si>
     <t>Región de Murcia</t>
   </si>
   <si>
     <t>AGE</t>
   </si>
   <si>
-    <t>Ciudad Autónoma de Ceuta</t>
-[...10 lines deleted...]
-  <si>
     <t>Norma Prueba Alta</t>
   </si>
   <si>
     <t>Pruebas para saber si el campo Norma puede usar / , ; y : .</t>
   </si>
   <si>
     <t>Pruebas Normas con Unificación- Detalles 17/12/2024 - Hora: 09:17:00. Prueba de funcionamiento; Correcto/Funcionando con Modificación  17/12/2024 - Hora: 09:19:00..</t>
   </si>
   <si>
+    <t>Cataluña</t>
+  </si>
+  <si>
+    <t>Extra-Regio</t>
+  </si>
+  <si>
     <t>Cantabria</t>
   </si>
   <si>
-    <t>Cataluña</t>
-[...1 lines deleted...]
-  <si>
     <t>Illes Balears</t>
-  </si>
-[...1 lines deleted...]
-    <t>Extra-Regio</t>
   </si>
   <si>
     <t>Prueba de Modificación dentro de Legislación.</t>
   </si>
   <si>
     <t>borrar 
 norma</t>
   </si>
   <si>
     <t>https://1.es</t>
   </si>
   <si>
     <t>Aragón</t>
   </si>
   <si>
     <t>Pruebas de Acuerdo del nivel Nacional con Prueba el 03/12/2024. En esta prueba se mira todo.</t>
   </si>
   <si>
     <t>Galicia</t>
   </si>
   <si>
     <t>sg4</t>
   </si>
   <si>
     <t>https://www.google.com/testsg4</t>
@@ -1258,123 +1258,123 @@
       <c r="H9" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="10" spans="1:8">
       <c r="A10" t="s">
         <v>28</v>
       </c>
       <c r="B10" t="s">
         <v>29</v>
       </c>
       <c r="C10"/>
       <c r="D10" t="s">
         <v>30</v>
       </c>
       <c r="E10" t="s">
         <v>25</v>
       </c>
       <c r="F10">
         <v>2024</v>
       </c>
       <c r="G10" t="s">
         <v>22</v>
       </c>
       <c r="H10" t="s">
-        <v>12</v>
+        <v>34</v>
       </c>
     </row>
     <row r="11" spans="1:8">
       <c r="A11" t="s">
         <v>28</v>
       </c>
       <c r="B11" t="s">
         <v>29</v>
       </c>
       <c r="C11"/>
       <c r="D11" t="s">
         <v>30</v>
       </c>
       <c r="E11" t="s">
         <v>25</v>
       </c>
       <c r="F11">
         <v>2024</v>
       </c>
       <c r="G11" t="s">
         <v>22</v>
       </c>
       <c r="H11" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
     </row>
     <row r="12" spans="1:8">
       <c r="A12" t="s">
         <v>28</v>
       </c>
       <c r="B12" t="s">
         <v>29</v>
       </c>
       <c r="C12"/>
       <c r="D12" t="s">
         <v>30</v>
       </c>
       <c r="E12" t="s">
         <v>25</v>
       </c>
       <c r="F12">
         <v>2024</v>
       </c>
       <c r="G12" t="s">
         <v>22</v>
       </c>
       <c r="H12" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
     </row>
     <row r="13" spans="1:8">
       <c r="A13" t="s">
         <v>28</v>
       </c>
       <c r="B13" t="s">
         <v>29</v>
       </c>
       <c r="C13"/>
       <c r="D13" t="s">
         <v>30</v>
       </c>
       <c r="E13" t="s">
         <v>25</v>
       </c>
       <c r="F13">
         <v>2024</v>
       </c>
       <c r="G13" t="s">
         <v>22</v>
       </c>
       <c r="H13" t="s">
-        <v>36</v>
+        <v>12</v>
       </c>
     </row>
     <row r="14" spans="1:8">
       <c r="A14" t="s">
         <v>28</v>
       </c>
       <c r="B14" t="s">
         <v>29</v>
       </c>
       <c r="C14"/>
       <c r="D14" t="s">
         <v>30</v>
       </c>
       <c r="E14" t="s">
         <v>25</v>
       </c>
       <c r="F14">
         <v>2024</v>
       </c>
       <c r="G14" t="s">
         <v>22</v>
       </c>
       <c r="H14" t="s">
         <v>37</v>
       </c>
@@ -1414,249 +1414,249 @@
       <c r="F16">
         <v>2024</v>
       </c>
       <c r="G16"/>
       <c r="H16" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="17" spans="1:8">
       <c r="A17" t="s">
         <v>40</v>
       </c>
       <c r="B17" t="s">
         <v>29</v>
       </c>
       <c r="C17"/>
       <c r="D17"/>
       <c r="E17" t="s">
         <v>25</v>
       </c>
       <c r="F17">
         <v>2024</v>
       </c>
       <c r="G17"/>
       <c r="H17" t="s">
-        <v>41</v>
+        <v>35</v>
       </c>
     </row>
     <row r="18" spans="1:8">
       <c r="A18" t="s">
         <v>40</v>
       </c>
       <c r="B18" t="s">
         <v>29</v>
       </c>
       <c r="C18"/>
       <c r="D18"/>
       <c r="E18" t="s">
         <v>25</v>
       </c>
       <c r="F18">
         <v>2024</v>
       </c>
       <c r="G18"/>
       <c r="H18" t="s">
-        <v>42</v>
+        <v>37</v>
       </c>
     </row>
     <row r="19" spans="1:8">
       <c r="A19" t="s">
         <v>40</v>
       </c>
       <c r="B19" t="s">
         <v>29</v>
       </c>
       <c r="C19"/>
       <c r="D19"/>
       <c r="E19" t="s">
         <v>25</v>
       </c>
       <c r="F19">
         <v>2024</v>
       </c>
       <c r="G19"/>
       <c r="H19" t="s">
-        <v>36</v>
+        <v>41</v>
       </c>
     </row>
     <row r="20" spans="1:8">
       <c r="A20" t="s">
         <v>40</v>
       </c>
       <c r="B20" t="s">
         <v>29</v>
       </c>
       <c r="C20"/>
       <c r="D20"/>
       <c r="E20" t="s">
         <v>25</v>
       </c>
       <c r="F20">
         <v>2024</v>
       </c>
       <c r="G20"/>
       <c r="H20" t="s">
-        <v>43</v>
+        <v>42</v>
       </c>
     </row>
     <row r="21" spans="1:8">
       <c r="A21" t="s">
         <v>40</v>
       </c>
       <c r="B21" t="s">
         <v>29</v>
       </c>
       <c r="C21"/>
       <c r="D21"/>
       <c r="E21" t="s">
         <v>25</v>
       </c>
       <c r="F21">
         <v>2024</v>
       </c>
       <c r="G21"/>
       <c r="H21" t="s">
-        <v>44</v>
+        <v>12</v>
       </c>
     </row>
     <row r="22" spans="1:8">
       <c r="A22" t="s">
         <v>40</v>
       </c>
       <c r="B22" t="s">
         <v>29</v>
       </c>
       <c r="C22"/>
       <c r="D22"/>
       <c r="E22" t="s">
         <v>25</v>
       </c>
       <c r="F22">
         <v>2024</v>
       </c>
       <c r="G22"/>
       <c r="H22" t="s">
-        <v>33</v>
+        <v>43</v>
       </c>
     </row>
     <row r="23" spans="1:8">
       <c r="A23" t="s">
         <v>40</v>
       </c>
       <c r="B23" t="s">
         <v>29</v>
       </c>
       <c r="C23"/>
       <c r="D23"/>
       <c r="E23" t="s">
         <v>25</v>
       </c>
       <c r="F23">
         <v>2024</v>
       </c>
       <c r="G23"/>
       <c r="H23" t="s">
-        <v>12</v>
+        <v>44</v>
       </c>
     </row>
     <row r="24" spans="1:8">
       <c r="A24" t="s">
         <v>45</v>
       </c>
       <c r="B24" t="s">
         <v>14</v>
       </c>
       <c r="C24" t="s">
         <v>27</v>
       </c>
       <c r="D24" t="s">
         <v>21</v>
       </c>
       <c r="E24" t="s">
         <v>17</v>
       </c>
       <c r="F24">
         <v>2024</v>
       </c>
       <c r="G24" t="s">
         <v>22</v>
       </c>
       <c r="H24" t="s">
-        <v>32</v>
+        <v>36</v>
       </c>
     </row>
     <row r="25" spans="1:8">
       <c r="A25" t="s">
         <v>45</v>
       </c>
       <c r="B25" t="s">
         <v>14</v>
       </c>
       <c r="C25" t="s">
         <v>27</v>
       </c>
       <c r="D25" t="s">
         <v>21</v>
       </c>
       <c r="E25" t="s">
         <v>17</v>
       </c>
       <c r="F25">
         <v>2024</v>
       </c>
       <c r="G25" t="s">
         <v>22</v>
       </c>
       <c r="H25" t="s">
-        <v>12</v>
+        <v>31</v>
       </c>
     </row>
     <row r="26" spans="1:8">
       <c r="A26" t="s">
         <v>45</v>
       </c>
       <c r="B26" t="s">
         <v>14</v>
       </c>
       <c r="C26" t="s">
         <v>27</v>
       </c>
       <c r="D26" t="s">
         <v>21</v>
       </c>
       <c r="E26" t="s">
         <v>17</v>
       </c>
       <c r="F26">
         <v>2024</v>
       </c>
       <c r="G26" t="s">
         <v>22</v>
       </c>
       <c r="H26" t="s">
-        <v>37</v>
+        <v>12</v>
       </c>
     </row>
     <row r="27" spans="1:8">
       <c r="A27" t="s">
         <v>46</v>
       </c>
       <c r="B27" t="s">
         <v>47</v>
       </c>
       <c r="C27" t="s">
         <v>20</v>
       </c>
       <c r="D27" t="s">
         <v>21</v>
       </c>
       <c r="E27" t="s">
         <v>17</v>
       </c>
       <c r="F27">
         <v>2024</v>
       </c>
       <c r="G27" t="s">
         <v>22</v>
       </c>
       <c r="H27" t="s">
@@ -1690,149 +1690,149 @@
       </c>
     </row>
     <row r="29" spans="1:8">
       <c r="A29" t="s">
         <v>49</v>
       </c>
       <c r="B29" t="s">
         <v>14</v>
       </c>
       <c r="C29" t="s">
         <v>24</v>
       </c>
       <c r="D29" t="s">
         <v>21</v>
       </c>
       <c r="E29" t="s">
         <v>17</v>
       </c>
       <c r="F29">
         <v>2024</v>
       </c>
       <c r="G29" t="s">
         <v>22</v>
       </c>
       <c r="H29" t="s">
-        <v>42</v>
+        <v>12</v>
       </c>
     </row>
     <row r="30" spans="1:8">
       <c r="A30" t="s">
         <v>49</v>
       </c>
       <c r="B30" t="s">
         <v>14</v>
       </c>
       <c r="C30" t="s">
         <v>24</v>
       </c>
       <c r="D30" t="s">
         <v>21</v>
       </c>
       <c r="E30" t="s">
         <v>17</v>
       </c>
       <c r="F30">
         <v>2024</v>
       </c>
       <c r="G30" t="s">
         <v>22</v>
       </c>
       <c r="H30" t="s">
-        <v>12</v>
+        <v>41</v>
       </c>
     </row>
     <row r="31" spans="1:8">
       <c r="A31" t="s">
         <v>49</v>
       </c>
       <c r="B31" t="s">
         <v>14</v>
       </c>
       <c r="C31" t="s">
         <v>24</v>
       </c>
       <c r="D31" t="s">
         <v>21</v>
       </c>
       <c r="E31" t="s">
         <v>17</v>
       </c>
       <c r="F31">
         <v>2024</v>
       </c>
       <c r="G31" t="s">
         <v>22</v>
       </c>
       <c r="H31" t="s">
-        <v>41</v>
+        <v>43</v>
       </c>
     </row>
     <row r="32" spans="1:8">
       <c r="A32" t="s">
         <v>51</v>
       </c>
       <c r="B32" t="s">
         <v>52</v>
       </c>
       <c r="C32"/>
       <c r="D32"/>
       <c r="E32" t="s">
         <v>25</v>
       </c>
       <c r="F32">
         <v>2023</v>
       </c>
       <c r="G32"/>
       <c r="H32" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="33" spans="1:8">
       <c r="A33" t="s">
         <v>53</v>
       </c>
       <c r="B33" t="s">
         <v>54</v>
       </c>
       <c r="C33" t="s">
         <v>15</v>
       </c>
       <c r="D33" t="s">
         <v>16</v>
       </c>
       <c r="E33" t="s">
         <v>17</v>
       </c>
       <c r="F33">
         <v>2022</v>
       </c>
       <c r="G33" t="s">
         <v>22</v>
       </c>
       <c r="H33" t="s">
-        <v>44</v>
+        <v>41</v>
       </c>
     </row>
     <row r="34" spans="1:8">
       <c r="A34" t="s">
         <v>53</v>
       </c>
       <c r="B34" t="s">
         <v>54</v>
       </c>
       <c r="C34" t="s">
         <v>15</v>
       </c>
       <c r="D34" t="s">
         <v>16</v>
       </c>
       <c r="E34" t="s">
         <v>17</v>
       </c>
       <c r="F34">
         <v>2022</v>
       </c>
       <c r="G34" t="s">
         <v>22</v>
       </c>
       <c r="H34" t="s">
@@ -1840,125 +1840,125 @@
       </c>
     </row>
     <row r="35" spans="1:8">
       <c r="A35" t="s">
         <v>53</v>
       </c>
       <c r="B35" t="s">
         <v>54</v>
       </c>
       <c r="C35" t="s">
         <v>15</v>
       </c>
       <c r="D35" t="s">
         <v>16</v>
       </c>
       <c r="E35" t="s">
         <v>17</v>
       </c>
       <c r="F35">
         <v>2022</v>
       </c>
       <c r="G35" t="s">
         <v>22</v>
       </c>
       <c r="H35" t="s">
-        <v>41</v>
+        <v>43</v>
       </c>
     </row>
     <row r="36" spans="1:8">
       <c r="A36" t="s">
         <v>53</v>
       </c>
       <c r="B36" t="s">
         <v>54</v>
       </c>
       <c r="C36" t="s">
         <v>15</v>
       </c>
       <c r="D36" t="s">
         <v>16</v>
       </c>
       <c r="E36" t="s">
         <v>17</v>
       </c>
       <c r="F36">
         <v>2022</v>
       </c>
       <c r="G36" t="s">
         <v>22</v>
       </c>
       <c r="H36" t="s">
         <v>42</v>
       </c>
     </row>
     <row r="37" spans="1:8">
       <c r="A37" t="s">
         <v>55</v>
       </c>
       <c r="B37" t="s">
         <v>56</v>
       </c>
       <c r="C37" t="s">
         <v>24</v>
       </c>
       <c r="D37" t="s">
         <v>21</v>
       </c>
       <c r="E37" t="s">
         <v>17</v>
       </c>
       <c r="F37">
         <v>2020</v>
       </c>
       <c r="G37"/>
       <c r="H37" t="s">
-        <v>36</v>
+        <v>35</v>
       </c>
     </row>
     <row r="38" spans="1:8">
       <c r="A38" t="s">
         <v>57</v>
       </c>
       <c r="B38" t="s">
         <v>58</v>
       </c>
       <c r="C38" t="s">
         <v>24</v>
       </c>
       <c r="D38" t="s">
         <v>21</v>
       </c>
       <c r="E38" t="s">
         <v>17</v>
       </c>
       <c r="F38">
         <v>2019</v>
       </c>
       <c r="G38"/>
       <c r="H38" t="s">
-        <v>36</v>
+        <v>35</v>
       </c>
     </row>
     <row r="39" spans="1:8">
       <c r="A39" t="s">
         <v>59</v>
       </c>
       <c r="B39" t="s">
         <v>60</v>
       </c>
       <c r="C39" t="s">
         <v>61</v>
       </c>
       <c r="D39" t="s">
         <v>62</v>
       </c>
       <c r="E39" t="s">
         <v>17</v>
       </c>
       <c r="F39">
         <v>2017</v>
       </c>
       <c r="G39" t="s">
         <v>22</v>
       </c>
       <c r="H39"/>
@@ -2298,121 +2298,121 @@
       <c r="H53" t="s">
         <v>48</v>
       </c>
     </row>
     <row r="54" spans="1:8">
       <c r="A54" t="s">
         <v>93</v>
       </c>
       <c r="B54" t="s">
         <v>94</v>
       </c>
       <c r="C54" t="s">
         <v>95</v>
       </c>
       <c r="D54" t="s">
         <v>21</v>
       </c>
       <c r="E54" t="s">
         <v>17</v>
       </c>
       <c r="F54">
         <v>2012</v>
       </c>
       <c r="G54"/>
       <c r="H54" t="s">
-        <v>37</v>
+        <v>31</v>
       </c>
     </row>
     <row r="55" spans="1:8">
       <c r="A55" t="s">
         <v>96</v>
       </c>
       <c r="B55" t="s">
         <v>97</v>
       </c>
       <c r="C55" t="s">
         <v>27</v>
       </c>
       <c r="D55" t="s">
         <v>21</v>
       </c>
       <c r="E55" t="s">
         <v>17</v>
       </c>
       <c r="F55">
         <v>2012</v>
       </c>
       <c r="G55"/>
       <c r="H55" t="s">
-        <v>37</v>
+        <v>31</v>
       </c>
     </row>
     <row r="56" spans="1:8">
       <c r="A56" t="s">
         <v>98</v>
       </c>
       <c r="B56" t="s">
         <v>99</v>
       </c>
       <c r="C56" t="s">
         <v>24</v>
       </c>
       <c r="D56" t="s">
         <v>21</v>
       </c>
       <c r="E56" t="s">
         <v>17</v>
       </c>
       <c r="F56">
         <v>2012</v>
       </c>
       <c r="G56"/>
       <c r="H56" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="57" spans="1:8">
       <c r="A57" t="s">
         <v>100</v>
       </c>
       <c r="B57" t="s">
         <v>101</v>
       </c>
       <c r="C57"/>
       <c r="D57" t="s">
         <v>30</v>
       </c>
       <c r="E57" t="s">
         <v>25</v>
       </c>
       <c r="F57">
         <v>2011</v>
       </c>
       <c r="G57"/>
       <c r="H57" t="s">
-        <v>37</v>
+        <v>31</v>
       </c>
     </row>
     <row r="58" spans="1:8">
       <c r="A58" t="s">
         <v>102</v>
       </c>
       <c r="B58" t="s">
         <v>103</v>
       </c>
       <c r="C58" t="s">
         <v>95</v>
       </c>
       <c r="D58" t="s">
         <v>21</v>
       </c>
       <c r="E58" t="s">
         <v>17</v>
       </c>
       <c r="F58">
         <v>2011</v>
       </c>
       <c r="G58"/>
       <c r="H58" t="s">
         <v>12</v>
       </c>
@@ -2440,99 +2440,99 @@
       <c r="H59" t="s">
         <v>48</v>
       </c>
     </row>
     <row r="60" spans="1:8">
       <c r="A60" t="s">
         <v>106</v>
       </c>
       <c r="B60" t="s">
         <v>107</v>
       </c>
       <c r="C60" t="s">
         <v>27</v>
       </c>
       <c r="D60" t="s">
         <v>21</v>
       </c>
       <c r="E60" t="s">
         <v>17</v>
       </c>
       <c r="F60">
         <v>2011</v>
       </c>
       <c r="G60"/>
       <c r="H60" t="s">
-        <v>37</v>
+        <v>31</v>
       </c>
     </row>
     <row r="61" spans="1:8">
       <c r="A61" t="s">
         <v>108</v>
       </c>
       <c r="B61" t="s">
         <v>109</v>
       </c>
       <c r="C61" t="s">
         <v>95</v>
       </c>
       <c r="D61" t="s">
         <v>21</v>
       </c>
       <c r="E61" t="s">
         <v>17</v>
       </c>
       <c r="F61">
         <v>2011</v>
       </c>
       <c r="G61"/>
       <c r="H61" t="s">
-        <v>31</v>
+        <v>33</v>
       </c>
     </row>
     <row r="62" spans="1:8">
       <c r="A62" t="s">
         <v>110</v>
       </c>
       <c r="B62" t="s">
         <v>111</v>
       </c>
       <c r="C62" t="s">
         <v>95</v>
       </c>
       <c r="D62" t="s">
         <v>21</v>
       </c>
       <c r="E62" t="s">
         <v>17</v>
       </c>
       <c r="F62">
         <v>2011</v>
       </c>
       <c r="G62"/>
       <c r="H62" t="s">
-        <v>31</v>
+        <v>33</v>
       </c>
     </row>
     <row r="63" spans="1:8">
       <c r="A63" t="s">
         <v>112</v>
       </c>
       <c r="B63" t="s">
         <v>113</v>
       </c>
       <c r="C63"/>
       <c r="D63" t="s">
         <v>30</v>
       </c>
       <c r="E63" t="s">
         <v>25</v>
       </c>
       <c r="F63">
         <v>2010</v>
       </c>
       <c r="G63"/>
       <c r="H63" t="s">
         <v>48</v>
       </c>
     </row>
     <row r="64" spans="1:8">
@@ -2558,97 +2558,97 @@
       <c r="H64" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="65" spans="1:8">
       <c r="A65" t="s">
         <v>116</v>
       </c>
       <c r="B65" t="s">
         <v>117</v>
       </c>
       <c r="C65" t="s">
         <v>24</v>
       </c>
       <c r="D65" t="s">
         <v>21</v>
       </c>
       <c r="E65" t="s">
         <v>17</v>
       </c>
       <c r="F65">
         <v>2010</v>
       </c>
       <c r="G65"/>
       <c r="H65" t="s">
-        <v>41</v>
+        <v>43</v>
       </c>
     </row>
     <row r="66" spans="1:8">
       <c r="A66" t="s">
         <v>118</v>
       </c>
       <c r="B66" t="s">
         <v>119</v>
       </c>
       <c r="C66" t="s">
         <v>15</v>
       </c>
       <c r="D66" t="s">
         <v>16</v>
       </c>
       <c r="E66" t="s">
         <v>17</v>
       </c>
       <c r="F66">
         <v>2010</v>
       </c>
       <c r="G66"/>
       <c r="H66" t="s">
         <v>48</v>
       </c>
     </row>
     <row r="67" spans="1:8">
       <c r="A67" t="s">
         <v>120</v>
       </c>
       <c r="B67" t="s">
         <v>121</v>
       </c>
       <c r="C67"/>
       <c r="D67" t="s">
         <v>30</v>
       </c>
       <c r="E67" t="s">
         <v>25</v>
       </c>
       <c r="F67">
         <v>2009</v>
       </c>
       <c r="G67"/>
       <c r="H67" t="s">
-        <v>36</v>
+        <v>35</v>
       </c>
     </row>
     <row r="68" spans="1:8">
       <c r="A68" t="s">
         <v>122</v>
       </c>
       <c r="B68" t="s">
         <v>123</v>
       </c>
       <c r="C68" t="s">
         <v>95</v>
       </c>
       <c r="D68" t="s">
         <v>21</v>
       </c>
       <c r="E68" t="s">
         <v>17</v>
       </c>
       <c r="F68">
         <v>2009</v>
       </c>
       <c r="G68"/>
       <c r="H68" t="s">
         <v>124</v>
       </c>
@@ -2836,51 +2836,51 @@
       </c>
       <c r="G76"/>
       <c r="H76" t="s">
         <v>124</v>
       </c>
     </row>
     <row r="77" spans="1:8">
       <c r="A77" t="s">
         <v>145</v>
       </c>
       <c r="B77" t="s">
         <v>146</v>
       </c>
       <c r="C77"/>
       <c r="D77" t="s">
         <v>30</v>
       </c>
       <c r="E77" t="s">
         <v>25</v>
       </c>
       <c r="F77">
         <v>2006</v>
       </c>
       <c r="G77"/>
       <c r="H77" t="s">
-        <v>41</v>
+        <v>43</v>
       </c>
     </row>
     <row r="78" spans="1:8">
       <c r="A78" t="s">
         <v>147</v>
       </c>
       <c r="B78" t="s">
         <v>148</v>
       </c>
       <c r="C78"/>
       <c r="D78" t="s">
         <v>30</v>
       </c>
       <c r="E78" t="s">
         <v>25</v>
       </c>
       <c r="F78">
         <v>2006</v>
       </c>
       <c r="G78"/>
       <c r="H78" t="s">
         <v>142</v>
       </c>
     </row>
     <row r="79" spans="1:8">
@@ -2904,287 +2904,287 @@
       <c r="H79" t="s">
         <v>90</v>
       </c>
     </row>
     <row r="80" spans="1:8">
       <c r="A80" t="s">
         <v>151</v>
       </c>
       <c r="B80" t="s">
         <v>152</v>
       </c>
       <c r="C80" t="s">
         <v>24</v>
       </c>
       <c r="D80" t="s">
         <v>21</v>
       </c>
       <c r="E80" t="s">
         <v>17</v>
       </c>
       <c r="F80">
         <v>2006</v>
       </c>
       <c r="G80"/>
       <c r="H80" t="s">
-        <v>31</v>
+        <v>33</v>
       </c>
     </row>
     <row r="81" spans="1:8">
       <c r="A81" t="s">
         <v>153</v>
       </c>
       <c r="B81" t="s">
         <v>154</v>
       </c>
       <c r="C81" t="s">
         <v>24</v>
       </c>
       <c r="D81" t="s">
         <v>21</v>
       </c>
       <c r="E81" t="s">
         <v>17</v>
       </c>
       <c r="F81">
         <v>2006</v>
       </c>
       <c r="G81"/>
       <c r="H81" t="s">
-        <v>31</v>
+        <v>33</v>
       </c>
     </row>
     <row r="82" spans="1:8">
       <c r="A82" t="s">
         <v>155</v>
       </c>
       <c r="B82" t="s">
         <v>156</v>
       </c>
       <c r="C82" t="s">
         <v>24</v>
       </c>
       <c r="D82" t="s">
         <v>21</v>
       </c>
       <c r="E82" t="s">
         <v>17</v>
       </c>
       <c r="F82">
         <v>2006</v>
       </c>
       <c r="G82"/>
       <c r="H82" t="s">
-        <v>31</v>
+        <v>33</v>
       </c>
     </row>
     <row r="83" spans="1:8">
       <c r="A83" t="s">
         <v>157</v>
       </c>
       <c r="B83" t="s">
         <v>158</v>
       </c>
       <c r="C83" t="s">
         <v>24</v>
       </c>
       <c r="D83" t="s">
         <v>21</v>
       </c>
       <c r="E83" t="s">
         <v>17</v>
       </c>
       <c r="F83">
         <v>2006</v>
       </c>
       <c r="G83"/>
       <c r="H83" t="s">
-        <v>31</v>
+        <v>33</v>
       </c>
     </row>
     <row r="84" spans="1:8">
       <c r="A84" t="s">
         <v>159</v>
       </c>
       <c r="B84" t="s">
         <v>160</v>
       </c>
       <c r="C84" t="s">
         <v>24</v>
       </c>
       <c r="D84" t="s">
         <v>21</v>
       </c>
       <c r="E84" t="s">
         <v>17</v>
       </c>
       <c r="F84">
         <v>2006</v>
       </c>
       <c r="G84"/>
       <c r="H84" t="s">
-        <v>31</v>
+        <v>33</v>
       </c>
     </row>
     <row r="85" spans="1:8">
       <c r="A85" t="s">
         <v>161</v>
       </c>
       <c r="B85" t="s">
         <v>162</v>
       </c>
       <c r="C85" t="s">
         <v>24</v>
       </c>
       <c r="D85" t="s">
         <v>21</v>
       </c>
       <c r="E85" t="s">
         <v>17</v>
       </c>
       <c r="F85">
         <v>2006</v>
       </c>
       <c r="G85"/>
       <c r="H85" t="s">
-        <v>31</v>
+        <v>33</v>
       </c>
     </row>
     <row r="86" spans="1:8">
       <c r="A86" t="s">
         <v>163</v>
       </c>
       <c r="B86" t="s">
         <v>164</v>
       </c>
       <c r="C86"/>
       <c r="D86" t="s">
         <v>30</v>
       </c>
       <c r="E86" t="s">
         <v>25</v>
       </c>
       <c r="F86">
         <v>2005</v>
       </c>
       <c r="G86"/>
       <c r="H86" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="87" spans="1:8">
       <c r="A87" t="s">
         <v>165</v>
       </c>
       <c r="B87" t="s">
         <v>166</v>
       </c>
       <c r="C87" t="s">
         <v>24</v>
       </c>
       <c r="D87" t="s">
         <v>21</v>
       </c>
       <c r="E87" t="s">
         <v>17</v>
       </c>
       <c r="F87">
         <v>2005</v>
       </c>
       <c r="G87"/>
       <c r="H87" t="s">
-        <v>31</v>
+        <v>33</v>
       </c>
     </row>
     <row r="88" spans="1:8">
       <c r="A88" t="s">
         <v>167</v>
       </c>
       <c r="B88" t="s">
         <v>168</v>
       </c>
       <c r="C88" t="s">
         <v>24</v>
       </c>
       <c r="D88" t="s">
         <v>21</v>
       </c>
       <c r="E88" t="s">
         <v>17</v>
       </c>
       <c r="F88">
         <v>2005</v>
       </c>
       <c r="G88"/>
       <c r="H88" t="s">
-        <v>31</v>
+        <v>33</v>
       </c>
     </row>
     <row r="89" spans="1:8">
       <c r="A89" t="s">
         <v>169</v>
       </c>
       <c r="B89" t="s">
         <v>170</v>
       </c>
       <c r="C89" t="s">
         <v>24</v>
       </c>
       <c r="D89" t="s">
         <v>21</v>
       </c>
       <c r="E89" t="s">
         <v>17</v>
       </c>
       <c r="F89">
         <v>2005</v>
       </c>
       <c r="G89"/>
       <c r="H89" t="s">
-        <v>31</v>
+        <v>33</v>
       </c>
     </row>
     <row r="90" spans="1:8">
       <c r="A90" t="s">
         <v>171</v>
       </c>
       <c r="B90" t="s">
         <v>172</v>
       </c>
       <c r="C90"/>
       <c r="D90" t="s">
         <v>30</v>
       </c>
       <c r="E90" t="s">
         <v>25</v>
       </c>
       <c r="F90">
         <v>2004</v>
       </c>
       <c r="G90"/>
       <c r="H90" t="s">
-        <v>36</v>
+        <v>35</v>
       </c>
     </row>
     <row r="91" spans="1:8">
       <c r="A91" t="s">
         <v>173</v>
       </c>
       <c r="B91" t="s">
         <v>174</v>
       </c>
       <c r="C91" t="s">
         <v>27</v>
       </c>
       <c r="D91" t="s">
         <v>21</v>
       </c>
       <c r="E91" t="s">
         <v>17</v>
       </c>
       <c r="F91">
         <v>2004</v>
       </c>
       <c r="G91"/>
       <c r="H91" t="s">
         <v>12</v>
       </c>
@@ -3236,51 +3236,51 @@
       <c r="H93" t="s">
         <v>124</v>
       </c>
     </row>
     <row r="94" spans="1:8">
       <c r="A94" t="s">
         <v>179</v>
       </c>
       <c r="B94" t="s">
         <v>180</v>
       </c>
       <c r="C94" t="s">
         <v>95</v>
       </c>
       <c r="D94" t="s">
         <v>21</v>
       </c>
       <c r="E94" t="s">
         <v>17</v>
       </c>
       <c r="F94">
         <v>2003</v>
       </c>
       <c r="G94"/>
       <c r="H94" t="s">
-        <v>31</v>
+        <v>33</v>
       </c>
     </row>
     <row r="95" spans="1:8">
       <c r="A95" t="s">
         <v>181</v>
       </c>
       <c r="B95" t="s">
         <v>182</v>
       </c>
       <c r="C95" t="s">
         <v>27</v>
       </c>
       <c r="D95" t="s">
         <v>21</v>
       </c>
       <c r="E95" t="s">
         <v>17</v>
       </c>
       <c r="F95">
         <v>2002</v>
       </c>
       <c r="G95"/>
       <c r="H95" t="s">
         <v>183</v>
       </c>
@@ -3308,193 +3308,193 @@
       <c r="H96" t="s">
         <v>183</v>
       </c>
     </row>
     <row r="97" spans="1:8">
       <c r="A97" t="s">
         <v>186</v>
       </c>
       <c r="B97" t="s">
         <v>187</v>
       </c>
       <c r="C97" t="s">
         <v>95</v>
       </c>
       <c r="D97" t="s">
         <v>21</v>
       </c>
       <c r="E97" t="s">
         <v>17</v>
       </c>
       <c r="F97">
         <v>2002</v>
       </c>
       <c r="G97"/>
       <c r="H97" t="s">
-        <v>31</v>
+        <v>33</v>
       </c>
     </row>
     <row r="98" spans="1:8">
       <c r="A98" t="s">
         <v>188</v>
       </c>
       <c r="B98" t="s">
         <v>189</v>
       </c>
       <c r="C98" t="s">
         <v>24</v>
       </c>
       <c r="D98" t="s">
         <v>21</v>
       </c>
       <c r="E98" t="s">
         <v>17</v>
       </c>
       <c r="F98">
         <v>2002</v>
       </c>
       <c r="G98"/>
       <c r="H98" t="s">
-        <v>31</v>
+        <v>33</v>
       </c>
     </row>
     <row r="99" spans="1:8">
       <c r="A99" t="s">
         <v>190</v>
       </c>
       <c r="B99" t="s">
         <v>191</v>
       </c>
       <c r="C99" t="s">
         <v>95</v>
       </c>
       <c r="D99" t="s">
         <v>21</v>
       </c>
       <c r="E99" t="s">
         <v>17</v>
       </c>
       <c r="F99">
         <v>2001</v>
       </c>
       <c r="G99"/>
       <c r="H99" t="s">
-        <v>31</v>
+        <v>33</v>
       </c>
     </row>
     <row r="100" spans="1:8">
       <c r="A100" t="s">
         <v>192</v>
       </c>
       <c r="B100" t="s">
         <v>193</v>
       </c>
       <c r="C100" t="s">
         <v>95</v>
       </c>
       <c r="D100" t="s">
         <v>21</v>
       </c>
       <c r="E100" t="s">
         <v>17</v>
       </c>
       <c r="F100">
         <v>2000</v>
       </c>
       <c r="G100"/>
       <c r="H100" t="s">
-        <v>31</v>
+        <v>33</v>
       </c>
     </row>
     <row r="101" spans="1:8">
       <c r="A101" t="s">
         <v>194</v>
       </c>
       <c r="B101" t="s">
         <v>195</v>
       </c>
       <c r="C101"/>
       <c r="D101" t="s">
         <v>30</v>
       </c>
       <c r="E101" t="s">
         <v>25</v>
       </c>
       <c r="F101">
         <v>1999</v>
       </c>
       <c r="G101"/>
       <c r="H101" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="102" spans="1:8">
       <c r="A102" t="s">
         <v>196</v>
       </c>
       <c r="B102" t="s">
         <v>197</v>
       </c>
       <c r="C102" t="s">
         <v>27</v>
       </c>
       <c r="D102" t="s">
         <v>21</v>
       </c>
       <c r="E102" t="s">
         <v>17</v>
       </c>
       <c r="F102">
         <v>1999</v>
       </c>
       <c r="G102"/>
       <c r="H102" t="s">
-        <v>31</v>
+        <v>33</v>
       </c>
     </row>
     <row r="103" spans="1:8">
       <c r="A103" t="s">
         <v>198</v>
       </c>
       <c r="B103" t="s">
         <v>199</v>
       </c>
       <c r="C103" t="s">
         <v>95</v>
       </c>
       <c r="D103" t="s">
         <v>21</v>
       </c>
       <c r="E103" t="s">
         <v>17</v>
       </c>
       <c r="F103">
         <v>1995</v>
       </c>
       <c r="G103"/>
       <c r="H103" t="s">
-        <v>31</v>
+        <v>33</v>
       </c>
     </row>
     <row r="104" spans="1:8">
       <c r="A104" t="s">
         <v>200</v>
       </c>
       <c r="B104" t="s">
         <v>201</v>
       </c>
       <c r="C104"/>
       <c r="D104" t="s">
         <v>30</v>
       </c>
       <c r="E104" t="s">
         <v>25</v>
       </c>
       <c r="F104">
         <v>1993</v>
       </c>
       <c r="G104"/>
       <c r="H104" t="s">
         <v>142</v>
       </c>
     </row>
     <row r="105" spans="1:8">
@@ -3516,51 +3516,51 @@
       </c>
       <c r="G105"/>
       <c r="H105" t="s">
         <v>142</v>
       </c>
     </row>
     <row r="106" spans="1:8">
       <c r="A106" t="s">
         <v>204</v>
       </c>
       <c r="B106" t="s">
         <v>205</v>
       </c>
       <c r="C106"/>
       <c r="D106" t="s">
         <v>30</v>
       </c>
       <c r="E106" t="s">
         <v>25</v>
       </c>
       <c r="F106">
         <v>1991</v>
       </c>
       <c r="G106"/>
       <c r="H106" t="s">
-        <v>36</v>
+        <v>35</v>
       </c>
     </row>
     <row r="107" spans="1:8">
       <c r="A107" t="s">
         <v>206</v>
       </c>
       <c r="B107" t="s">
         <v>207</v>
       </c>
       <c r="C107"/>
       <c r="D107"/>
       <c r="E107"/>
       <c r="F107"/>
       <c r="G107"/>
       <c r="H107" t="s">
         <v>90</v>
       </c>
     </row>
     <row r="108" spans="1:8">
       <c r="A108" t="s">
         <v>208</v>
       </c>
       <c r="B108" t="s">
         <v>209</v>
       </c>