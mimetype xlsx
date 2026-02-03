--- v1 (2025-12-12)
+++ v2 (2026-02-03)
@@ -107,90 +107,90 @@
   <si>
     <t>sg2</t>
   </si>
   <si>
     <t>Resolución</t>
   </si>
   <si>
     <t>Normas con rango de Ley</t>
   </si>
   <si>
     <t>sg5</t>
   </si>
   <si>
     <t>Orden</t>
   </si>
   <si>
     <t>Prueba de Legislación con Nivel de Administración Nacional.</t>
   </si>
   <si>
     <t>https://www.google.com/testing/branch</t>
   </si>
   <si>
     <t>Leyes autonómicas</t>
   </si>
   <si>
+    <t>Comunidad de Madrid</t>
+  </si>
+  <si>
+    <t>Ciudad Autónoma de Melilla</t>
+  </si>
+  <si>
+    <t>Ciudad Autónoma de Ceuta</t>
+  </si>
+  <si>
     <t>Extremadura</t>
   </si>
   <si>
-    <t>Ciudad Autónoma de Ceuta</t>
+    <t>AGE</t>
   </si>
   <si>
     <t>Canarias</t>
   </si>
   <si>
-    <t>Ciudad Autónoma de Melilla</t>
-[...4 lines deleted...]
-  <si>
     <t>Región de Murcia</t>
   </si>
   <si>
-    <t>AGE</t>
-[...1 lines deleted...]
-  <si>
     <t>Norma Prueba Alta</t>
   </si>
   <si>
     <t>Pruebas para saber si el campo Norma puede usar / , ; y : .</t>
   </si>
   <si>
     <t>Pruebas Normas con Unificación- Detalles 17/12/2024 - Hora: 09:17:00. Prueba de funcionamiento; Correcto/Funcionando con Modificación  17/12/2024 - Hora: 09:19:00..</t>
   </si>
   <si>
+    <t>Illes Balears</t>
+  </si>
+  <si>
+    <t>Extra-Regio</t>
+  </si>
+  <si>
     <t>Cataluña</t>
   </si>
   <si>
-    <t>Extra-Regio</t>
-[...1 lines deleted...]
-  <si>
     <t>Cantabria</t>
-  </si>
-[...1 lines deleted...]
-    <t>Illes Balears</t>
   </si>
   <si>
     <t>Prueba de Modificación dentro de Legislación.</t>
   </si>
   <si>
     <t>borrar 
 norma</t>
   </si>
   <si>
     <t>https://1.es</t>
   </si>
   <si>
     <t>Aragón</t>
   </si>
   <si>
     <t>Pruebas de Acuerdo del nivel Nacional con Prueba el 03/12/2024. En esta prueba se mira todo.</t>
   </si>
   <si>
     <t>Galicia</t>
   </si>
   <si>
     <t>sg4</t>
   </si>
   <si>
     <t>https://www.google.com/testsg4</t>
@@ -1210,171 +1210,171 @@
       <c r="H7" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="8" spans="1:8">
       <c r="A8" t="s">
         <v>28</v>
       </c>
       <c r="B8" t="s">
         <v>29</v>
       </c>
       <c r="C8"/>
       <c r="D8" t="s">
         <v>30</v>
       </c>
       <c r="E8" t="s">
         <v>25</v>
       </c>
       <c r="F8">
         <v>2024</v>
       </c>
       <c r="G8" t="s">
         <v>22</v>
       </c>
       <c r="H8" t="s">
-        <v>32</v>
+        <v>12</v>
       </c>
     </row>
     <row r="9" spans="1:8">
       <c r="A9" t="s">
         <v>28</v>
       </c>
       <c r="B9" t="s">
         <v>29</v>
       </c>
       <c r="C9"/>
       <c r="D9" t="s">
         <v>30</v>
       </c>
       <c r="E9" t="s">
         <v>25</v>
       </c>
       <c r="F9">
         <v>2024</v>
       </c>
       <c r="G9" t="s">
         <v>22</v>
       </c>
       <c r="H9" t="s">
-        <v>33</v>
+        <v>32</v>
       </c>
     </row>
     <row r="10" spans="1:8">
       <c r="A10" t="s">
         <v>28</v>
       </c>
       <c r="B10" t="s">
         <v>29</v>
       </c>
       <c r="C10"/>
       <c r="D10" t="s">
         <v>30</v>
       </c>
       <c r="E10" t="s">
         <v>25</v>
       </c>
       <c r="F10">
         <v>2024</v>
       </c>
       <c r="G10" t="s">
         <v>22</v>
       </c>
       <c r="H10" t="s">
-        <v>34</v>
+        <v>33</v>
       </c>
     </row>
     <row r="11" spans="1:8">
       <c r="A11" t="s">
         <v>28</v>
       </c>
       <c r="B11" t="s">
         <v>29</v>
       </c>
       <c r="C11"/>
       <c r="D11" t="s">
         <v>30</v>
       </c>
       <c r="E11" t="s">
         <v>25</v>
       </c>
       <c r="F11">
         <v>2024</v>
       </c>
       <c r="G11" t="s">
         <v>22</v>
       </c>
       <c r="H11" t="s">
-        <v>35</v>
+        <v>34</v>
       </c>
     </row>
     <row r="12" spans="1:8">
       <c r="A12" t="s">
         <v>28</v>
       </c>
       <c r="B12" t="s">
         <v>29</v>
       </c>
       <c r="C12"/>
       <c r="D12" t="s">
         <v>30</v>
       </c>
       <c r="E12" t="s">
         <v>25</v>
       </c>
       <c r="F12">
         <v>2024</v>
       </c>
       <c r="G12" t="s">
         <v>22</v>
       </c>
       <c r="H12" t="s">
-        <v>36</v>
+        <v>35</v>
       </c>
     </row>
     <row r="13" spans="1:8">
       <c r="A13" t="s">
         <v>28</v>
       </c>
       <c r="B13" t="s">
         <v>29</v>
       </c>
       <c r="C13"/>
       <c r="D13" t="s">
         <v>30</v>
       </c>
       <c r="E13" t="s">
         <v>25</v>
       </c>
       <c r="F13">
         <v>2024</v>
       </c>
       <c r="G13" t="s">
         <v>22</v>
       </c>
       <c r="H13" t="s">
-        <v>12</v>
+        <v>36</v>
       </c>
     </row>
     <row r="14" spans="1:8">
       <c r="A14" t="s">
         <v>28</v>
       </c>
       <c r="B14" t="s">
         <v>29</v>
       </c>
       <c r="C14"/>
       <c r="D14" t="s">
         <v>30</v>
       </c>
       <c r="E14" t="s">
         <v>25</v>
       </c>
       <c r="F14">
         <v>2024</v>
       </c>
       <c r="G14" t="s">
         <v>22</v>
       </c>
       <c r="H14" t="s">
         <v>37</v>
       </c>
@@ -1414,249 +1414,249 @@
       <c r="F16">
         <v>2024</v>
       </c>
       <c r="G16"/>
       <c r="H16" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="17" spans="1:8">
       <c r="A17" t="s">
         <v>40</v>
       </c>
       <c r="B17" t="s">
         <v>29</v>
       </c>
       <c r="C17"/>
       <c r="D17"/>
       <c r="E17" t="s">
         <v>25</v>
       </c>
       <c r="F17">
         <v>2024</v>
       </c>
       <c r="G17"/>
       <c r="H17" t="s">
-        <v>35</v>
+        <v>41</v>
       </c>
     </row>
     <row r="18" spans="1:8">
       <c r="A18" t="s">
         <v>40</v>
       </c>
       <c r="B18" t="s">
         <v>29</v>
       </c>
       <c r="C18"/>
       <c r="D18"/>
       <c r="E18" t="s">
         <v>25</v>
       </c>
       <c r="F18">
         <v>2024</v>
       </c>
       <c r="G18"/>
       <c r="H18" t="s">
-        <v>37</v>
+        <v>42</v>
       </c>
     </row>
     <row r="19" spans="1:8">
       <c r="A19" t="s">
         <v>40</v>
       </c>
       <c r="B19" t="s">
         <v>29</v>
       </c>
       <c r="C19"/>
       <c r="D19"/>
       <c r="E19" t="s">
         <v>25</v>
       </c>
       <c r="F19">
         <v>2024</v>
       </c>
       <c r="G19"/>
       <c r="H19" t="s">
-        <v>41</v>
+        <v>35</v>
       </c>
     </row>
     <row r="20" spans="1:8">
       <c r="A20" t="s">
         <v>40</v>
       </c>
       <c r="B20" t="s">
         <v>29</v>
       </c>
       <c r="C20"/>
       <c r="D20"/>
       <c r="E20" t="s">
         <v>25</v>
       </c>
       <c r="F20">
         <v>2024</v>
       </c>
       <c r="G20"/>
       <c r="H20" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
     </row>
     <row r="21" spans="1:8">
       <c r="A21" t="s">
         <v>40</v>
       </c>
       <c r="B21" t="s">
         <v>29</v>
       </c>
       <c r="C21"/>
       <c r="D21"/>
       <c r="E21" t="s">
         <v>25</v>
       </c>
       <c r="F21">
         <v>2024</v>
       </c>
       <c r="G21"/>
       <c r="H21" t="s">
-        <v>12</v>
+        <v>44</v>
       </c>
     </row>
     <row r="22" spans="1:8">
       <c r="A22" t="s">
         <v>40</v>
       </c>
       <c r="B22" t="s">
         <v>29</v>
       </c>
       <c r="C22"/>
       <c r="D22"/>
       <c r="E22" t="s">
         <v>25</v>
       </c>
       <c r="F22">
         <v>2024</v>
       </c>
       <c r="G22"/>
       <c r="H22" t="s">
-        <v>43</v>
+        <v>12</v>
       </c>
     </row>
     <row r="23" spans="1:8">
       <c r="A23" t="s">
         <v>40</v>
       </c>
       <c r="B23" t="s">
         <v>29</v>
       </c>
       <c r="C23"/>
       <c r="D23"/>
       <c r="E23" t="s">
         <v>25</v>
       </c>
       <c r="F23">
         <v>2024</v>
       </c>
       <c r="G23"/>
       <c r="H23" t="s">
-        <v>44</v>
+        <v>31</v>
       </c>
     </row>
     <row r="24" spans="1:8">
       <c r="A24" t="s">
         <v>45</v>
       </c>
       <c r="B24" t="s">
         <v>14</v>
       </c>
       <c r="C24" t="s">
         <v>27</v>
       </c>
       <c r="D24" t="s">
         <v>21</v>
       </c>
       <c r="E24" t="s">
         <v>17</v>
       </c>
       <c r="F24">
         <v>2024</v>
       </c>
       <c r="G24" t="s">
         <v>22</v>
       </c>
       <c r="H24" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
     </row>
     <row r="25" spans="1:8">
       <c r="A25" t="s">
         <v>45</v>
       </c>
       <c r="B25" t="s">
         <v>14</v>
       </c>
       <c r="C25" t="s">
         <v>27</v>
       </c>
       <c r="D25" t="s">
         <v>21</v>
       </c>
       <c r="E25" t="s">
         <v>17</v>
       </c>
       <c r="F25">
         <v>2024</v>
       </c>
       <c r="G25" t="s">
         <v>22</v>
       </c>
       <c r="H25" t="s">
-        <v>31</v>
+        <v>12</v>
       </c>
     </row>
     <row r="26" spans="1:8">
       <c r="A26" t="s">
         <v>45</v>
       </c>
       <c r="B26" t="s">
         <v>14</v>
       </c>
       <c r="C26" t="s">
         <v>27</v>
       </c>
       <c r="D26" t="s">
         <v>21</v>
       </c>
       <c r="E26" t="s">
         <v>17</v>
       </c>
       <c r="F26">
         <v>2024</v>
       </c>
       <c r="G26" t="s">
         <v>22</v>
       </c>
       <c r="H26" t="s">
-        <v>12</v>
+        <v>34</v>
       </c>
     </row>
     <row r="27" spans="1:8">
       <c r="A27" t="s">
         <v>46</v>
       </c>
       <c r="B27" t="s">
         <v>47</v>
       </c>
       <c r="C27" t="s">
         <v>20</v>
       </c>
       <c r="D27" t="s">
         <v>21</v>
       </c>
       <c r="E27" t="s">
         <v>17</v>
       </c>
       <c r="F27">
         <v>2024</v>
       </c>
       <c r="G27" t="s">
         <v>22</v>
       </c>
       <c r="H27" t="s">
@@ -1664,175 +1664,175 @@
       </c>
     </row>
     <row r="28" spans="1:8">
       <c r="A28" t="s">
         <v>49</v>
       </c>
       <c r="B28" t="s">
         <v>14</v>
       </c>
       <c r="C28" t="s">
         <v>24</v>
       </c>
       <c r="D28" t="s">
         <v>21</v>
       </c>
       <c r="E28" t="s">
         <v>17</v>
       </c>
       <c r="F28">
         <v>2024</v>
       </c>
       <c r="G28" t="s">
         <v>22</v>
       </c>
       <c r="H28" t="s">
-        <v>50</v>
+        <v>43</v>
       </c>
     </row>
     <row r="29" spans="1:8">
       <c r="A29" t="s">
         <v>49</v>
       </c>
       <c r="B29" t="s">
         <v>14</v>
       </c>
       <c r="C29" t="s">
         <v>24</v>
       </c>
       <c r="D29" t="s">
         <v>21</v>
       </c>
       <c r="E29" t="s">
         <v>17</v>
       </c>
       <c r="F29">
         <v>2024</v>
       </c>
       <c r="G29" t="s">
         <v>22</v>
       </c>
       <c r="H29" t="s">
-        <v>12</v>
+        <v>50</v>
       </c>
     </row>
     <row r="30" spans="1:8">
       <c r="A30" t="s">
         <v>49</v>
       </c>
       <c r="B30" t="s">
         <v>14</v>
       </c>
       <c r="C30" t="s">
         <v>24</v>
       </c>
       <c r="D30" t="s">
         <v>21</v>
       </c>
       <c r="E30" t="s">
         <v>17</v>
       </c>
       <c r="F30">
         <v>2024</v>
       </c>
       <c r="G30" t="s">
         <v>22</v>
       </c>
       <c r="H30" t="s">
-        <v>41</v>
+        <v>44</v>
       </c>
     </row>
     <row r="31" spans="1:8">
       <c r="A31" t="s">
         <v>49</v>
       </c>
       <c r="B31" t="s">
         <v>14</v>
       </c>
       <c r="C31" t="s">
         <v>24</v>
       </c>
       <c r="D31" t="s">
         <v>21</v>
       </c>
       <c r="E31" t="s">
         <v>17</v>
       </c>
       <c r="F31">
         <v>2024</v>
       </c>
       <c r="G31" t="s">
         <v>22</v>
       </c>
       <c r="H31" t="s">
-        <v>43</v>
+        <v>12</v>
       </c>
     </row>
     <row r="32" spans="1:8">
       <c r="A32" t="s">
         <v>51</v>
       </c>
       <c r="B32" t="s">
         <v>52</v>
       </c>
       <c r="C32"/>
       <c r="D32"/>
       <c r="E32" t="s">
         <v>25</v>
       </c>
       <c r="F32">
         <v>2023</v>
       </c>
       <c r="G32"/>
       <c r="H32" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="33" spans="1:8">
       <c r="A33" t="s">
         <v>53</v>
       </c>
       <c r="B33" t="s">
         <v>54</v>
       </c>
       <c r="C33" t="s">
         <v>15</v>
       </c>
       <c r="D33" t="s">
         <v>16</v>
       </c>
       <c r="E33" t="s">
         <v>17</v>
       </c>
       <c r="F33">
         <v>2022</v>
       </c>
       <c r="G33" t="s">
         <v>22</v>
       </c>
       <c r="H33" t="s">
-        <v>41</v>
+        <v>43</v>
       </c>
     </row>
     <row r="34" spans="1:8">
       <c r="A34" t="s">
         <v>53</v>
       </c>
       <c r="B34" t="s">
         <v>54</v>
       </c>
       <c r="C34" t="s">
         <v>15</v>
       </c>
       <c r="D34" t="s">
         <v>16</v>
       </c>
       <c r="E34" t="s">
         <v>17</v>
       </c>
       <c r="F34">
         <v>2022</v>
       </c>
       <c r="G34" t="s">
         <v>22</v>
       </c>
       <c r="H34" t="s">
@@ -1840,125 +1840,125 @@
       </c>
     </row>
     <row r="35" spans="1:8">
       <c r="A35" t="s">
         <v>53</v>
       </c>
       <c r="B35" t="s">
         <v>54</v>
       </c>
       <c r="C35" t="s">
         <v>15</v>
       </c>
       <c r="D35" t="s">
         <v>16</v>
       </c>
       <c r="E35" t="s">
         <v>17</v>
       </c>
       <c r="F35">
         <v>2022</v>
       </c>
       <c r="G35" t="s">
         <v>22</v>
       </c>
       <c r="H35" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
     </row>
     <row r="36" spans="1:8">
       <c r="A36" t="s">
         <v>53</v>
       </c>
       <c r="B36" t="s">
         <v>54</v>
       </c>
       <c r="C36" t="s">
         <v>15</v>
       </c>
       <c r="D36" t="s">
         <v>16</v>
       </c>
       <c r="E36" t="s">
         <v>17</v>
       </c>
       <c r="F36">
         <v>2022</v>
       </c>
       <c r="G36" t="s">
         <v>22</v>
       </c>
       <c r="H36" t="s">
         <v>42</v>
       </c>
     </row>
     <row r="37" spans="1:8">
       <c r="A37" t="s">
         <v>55</v>
       </c>
       <c r="B37" t="s">
         <v>56</v>
       </c>
       <c r="C37" t="s">
         <v>24</v>
       </c>
       <c r="D37" t="s">
         <v>21</v>
       </c>
       <c r="E37" t="s">
         <v>17</v>
       </c>
       <c r="F37">
         <v>2020</v>
       </c>
       <c r="G37"/>
       <c r="H37" t="s">
-        <v>35</v>
+        <v>31</v>
       </c>
     </row>
     <row r="38" spans="1:8">
       <c r="A38" t="s">
         <v>57</v>
       </c>
       <c r="B38" t="s">
         <v>58</v>
       </c>
       <c r="C38" t="s">
         <v>24</v>
       </c>
       <c r="D38" t="s">
         <v>21</v>
       </c>
       <c r="E38" t="s">
         <v>17</v>
       </c>
       <c r="F38">
         <v>2019</v>
       </c>
       <c r="G38"/>
       <c r="H38" t="s">
-        <v>35</v>
+        <v>31</v>
       </c>
     </row>
     <row r="39" spans="1:8">
       <c r="A39" t="s">
         <v>59</v>
       </c>
       <c r="B39" t="s">
         <v>60</v>
       </c>
       <c r="C39" t="s">
         <v>61</v>
       </c>
       <c r="D39" t="s">
         <v>62</v>
       </c>
       <c r="E39" t="s">
         <v>17</v>
       </c>
       <c r="F39">
         <v>2017</v>
       </c>
       <c r="G39" t="s">
         <v>22</v>
       </c>
       <c r="H39"/>
@@ -2298,121 +2298,121 @@
       <c r="H53" t="s">
         <v>48</v>
       </c>
     </row>
     <row r="54" spans="1:8">
       <c r="A54" t="s">
         <v>93</v>
       </c>
       <c r="B54" t="s">
         <v>94</v>
       </c>
       <c r="C54" t="s">
         <v>95</v>
       </c>
       <c r="D54" t="s">
         <v>21</v>
       </c>
       <c r="E54" t="s">
         <v>17</v>
       </c>
       <c r="F54">
         <v>2012</v>
       </c>
       <c r="G54"/>
       <c r="H54" t="s">
-        <v>31</v>
+        <v>34</v>
       </c>
     </row>
     <row r="55" spans="1:8">
       <c r="A55" t="s">
         <v>96</v>
       </c>
       <c r="B55" t="s">
         <v>97</v>
       </c>
       <c r="C55" t="s">
         <v>27</v>
       </c>
       <c r="D55" t="s">
         <v>21</v>
       </c>
       <c r="E55" t="s">
         <v>17</v>
       </c>
       <c r="F55">
         <v>2012</v>
       </c>
       <c r="G55"/>
       <c r="H55" t="s">
-        <v>31</v>
+        <v>34</v>
       </c>
     </row>
     <row r="56" spans="1:8">
       <c r="A56" t="s">
         <v>98</v>
       </c>
       <c r="B56" t="s">
         <v>99</v>
       </c>
       <c r="C56" t="s">
         <v>24</v>
       </c>
       <c r="D56" t="s">
         <v>21</v>
       </c>
       <c r="E56" t="s">
         <v>17</v>
       </c>
       <c r="F56">
         <v>2012</v>
       </c>
       <c r="G56"/>
       <c r="H56" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="57" spans="1:8">
       <c r="A57" t="s">
         <v>100</v>
       </c>
       <c r="B57" t="s">
         <v>101</v>
       </c>
       <c r="C57"/>
       <c r="D57" t="s">
         <v>30</v>
       </c>
       <c r="E57" t="s">
         <v>25</v>
       </c>
       <c r="F57">
         <v>2011</v>
       </c>
       <c r="G57"/>
       <c r="H57" t="s">
-        <v>31</v>
+        <v>34</v>
       </c>
     </row>
     <row r="58" spans="1:8">
       <c r="A58" t="s">
         <v>102</v>
       </c>
       <c r="B58" t="s">
         <v>103</v>
       </c>
       <c r="C58" t="s">
         <v>95</v>
       </c>
       <c r="D58" t="s">
         <v>21</v>
       </c>
       <c r="E58" t="s">
         <v>17</v>
       </c>
       <c r="F58">
         <v>2011</v>
       </c>
       <c r="G58"/>
       <c r="H58" t="s">
         <v>12</v>
       </c>
@@ -2440,99 +2440,99 @@
       <c r="H59" t="s">
         <v>48</v>
       </c>
     </row>
     <row r="60" spans="1:8">
       <c r="A60" t="s">
         <v>106</v>
       </c>
       <c r="B60" t="s">
         <v>107</v>
       </c>
       <c r="C60" t="s">
         <v>27</v>
       </c>
       <c r="D60" t="s">
         <v>21</v>
       </c>
       <c r="E60" t="s">
         <v>17</v>
       </c>
       <c r="F60">
         <v>2011</v>
       </c>
       <c r="G60"/>
       <c r="H60" t="s">
-        <v>31</v>
+        <v>34</v>
       </c>
     </row>
     <row r="61" spans="1:8">
       <c r="A61" t="s">
         <v>108</v>
       </c>
       <c r="B61" t="s">
         <v>109</v>
       </c>
       <c r="C61" t="s">
         <v>95</v>
       </c>
       <c r="D61" t="s">
         <v>21</v>
       </c>
       <c r="E61" t="s">
         <v>17</v>
       </c>
       <c r="F61">
         <v>2011</v>
       </c>
       <c r="G61"/>
       <c r="H61" t="s">
-        <v>33</v>
+        <v>36</v>
       </c>
     </row>
     <row r="62" spans="1:8">
       <c r="A62" t="s">
         <v>110</v>
       </c>
       <c r="B62" t="s">
         <v>111</v>
       </c>
       <c r="C62" t="s">
         <v>95</v>
       </c>
       <c r="D62" t="s">
         <v>21</v>
       </c>
       <c r="E62" t="s">
         <v>17</v>
       </c>
       <c r="F62">
         <v>2011</v>
       </c>
       <c r="G62"/>
       <c r="H62" t="s">
-        <v>33</v>
+        <v>36</v>
       </c>
     </row>
     <row r="63" spans="1:8">
       <c r="A63" t="s">
         <v>112</v>
       </c>
       <c r="B63" t="s">
         <v>113</v>
       </c>
       <c r="C63"/>
       <c r="D63" t="s">
         <v>30</v>
       </c>
       <c r="E63" t="s">
         <v>25</v>
       </c>
       <c r="F63">
         <v>2010</v>
       </c>
       <c r="G63"/>
       <c r="H63" t="s">
         <v>48</v>
       </c>
     </row>
     <row r="64" spans="1:8">
@@ -2558,97 +2558,97 @@
       <c r="H64" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="65" spans="1:8">
       <c r="A65" t="s">
         <v>116</v>
       </c>
       <c r="B65" t="s">
         <v>117</v>
       </c>
       <c r="C65" t="s">
         <v>24</v>
       </c>
       <c r="D65" t="s">
         <v>21</v>
       </c>
       <c r="E65" t="s">
         <v>17</v>
       </c>
       <c r="F65">
         <v>2010</v>
       </c>
       <c r="G65"/>
       <c r="H65" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
     </row>
     <row r="66" spans="1:8">
       <c r="A66" t="s">
         <v>118</v>
       </c>
       <c r="B66" t="s">
         <v>119</v>
       </c>
       <c r="C66" t="s">
         <v>15</v>
       </c>
       <c r="D66" t="s">
         <v>16</v>
       </c>
       <c r="E66" t="s">
         <v>17</v>
       </c>
       <c r="F66">
         <v>2010</v>
       </c>
       <c r="G66"/>
       <c r="H66" t="s">
         <v>48</v>
       </c>
     </row>
     <row r="67" spans="1:8">
       <c r="A67" t="s">
         <v>120</v>
       </c>
       <c r="B67" t="s">
         <v>121</v>
       </c>
       <c r="C67"/>
       <c r="D67" t="s">
         <v>30</v>
       </c>
       <c r="E67" t="s">
         <v>25</v>
       </c>
       <c r="F67">
         <v>2009</v>
       </c>
       <c r="G67"/>
       <c r="H67" t="s">
-        <v>35</v>
+        <v>31</v>
       </c>
     </row>
     <row r="68" spans="1:8">
       <c r="A68" t="s">
         <v>122</v>
       </c>
       <c r="B68" t="s">
         <v>123</v>
       </c>
       <c r="C68" t="s">
         <v>95</v>
       </c>
       <c r="D68" t="s">
         <v>21</v>
       </c>
       <c r="E68" t="s">
         <v>17</v>
       </c>
       <c r="F68">
         <v>2009</v>
       </c>
       <c r="G68"/>
       <c r="H68" t="s">
         <v>124</v>
       </c>
@@ -2836,51 +2836,51 @@
       </c>
       <c r="G76"/>
       <c r="H76" t="s">
         <v>124</v>
       </c>
     </row>
     <row r="77" spans="1:8">
       <c r="A77" t="s">
         <v>145</v>
       </c>
       <c r="B77" t="s">
         <v>146</v>
       </c>
       <c r="C77"/>
       <c r="D77" t="s">
         <v>30</v>
       </c>
       <c r="E77" t="s">
         <v>25</v>
       </c>
       <c r="F77">
         <v>2006</v>
       </c>
       <c r="G77"/>
       <c r="H77" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
     </row>
     <row r="78" spans="1:8">
       <c r="A78" t="s">
         <v>147</v>
       </c>
       <c r="B78" t="s">
         <v>148</v>
       </c>
       <c r="C78"/>
       <c r="D78" t="s">
         <v>30</v>
       </c>
       <c r="E78" t="s">
         <v>25</v>
       </c>
       <c r="F78">
         <v>2006</v>
       </c>
       <c r="G78"/>
       <c r="H78" t="s">
         <v>142</v>
       </c>
     </row>
     <row r="79" spans="1:8">
@@ -2904,287 +2904,287 @@
       <c r="H79" t="s">
         <v>90</v>
       </c>
     </row>
     <row r="80" spans="1:8">
       <c r="A80" t="s">
         <v>151</v>
       </c>
       <c r="B80" t="s">
         <v>152</v>
       </c>
       <c r="C80" t="s">
         <v>24</v>
       </c>
       <c r="D80" t="s">
         <v>21</v>
       </c>
       <c r="E80" t="s">
         <v>17</v>
       </c>
       <c r="F80">
         <v>2006</v>
       </c>
       <c r="G80"/>
       <c r="H80" t="s">
-        <v>33</v>
+        <v>36</v>
       </c>
     </row>
     <row r="81" spans="1:8">
       <c r="A81" t="s">
         <v>153</v>
       </c>
       <c r="B81" t="s">
         <v>154</v>
       </c>
       <c r="C81" t="s">
         <v>24</v>
       </c>
       <c r="D81" t="s">
         <v>21</v>
       </c>
       <c r="E81" t="s">
         <v>17</v>
       </c>
       <c r="F81">
         <v>2006</v>
       </c>
       <c r="G81"/>
       <c r="H81" t="s">
-        <v>33</v>
+        <v>36</v>
       </c>
     </row>
     <row r="82" spans="1:8">
       <c r="A82" t="s">
         <v>155</v>
       </c>
       <c r="B82" t="s">
         <v>156</v>
       </c>
       <c r="C82" t="s">
         <v>24</v>
       </c>
       <c r="D82" t="s">
         <v>21</v>
       </c>
       <c r="E82" t="s">
         <v>17</v>
       </c>
       <c r="F82">
         <v>2006</v>
       </c>
       <c r="G82"/>
       <c r="H82" t="s">
-        <v>33</v>
+        <v>36</v>
       </c>
     </row>
     <row r="83" spans="1:8">
       <c r="A83" t="s">
         <v>157</v>
       </c>
       <c r="B83" t="s">
         <v>158</v>
       </c>
       <c r="C83" t="s">
         <v>24</v>
       </c>
       <c r="D83" t="s">
         <v>21</v>
       </c>
       <c r="E83" t="s">
         <v>17</v>
       </c>
       <c r="F83">
         <v>2006</v>
       </c>
       <c r="G83"/>
       <c r="H83" t="s">
-        <v>33</v>
+        <v>36</v>
       </c>
     </row>
     <row r="84" spans="1:8">
       <c r="A84" t="s">
         <v>159</v>
       </c>
       <c r="B84" t="s">
         <v>160</v>
       </c>
       <c r="C84" t="s">
         <v>24</v>
       </c>
       <c r="D84" t="s">
         <v>21</v>
       </c>
       <c r="E84" t="s">
         <v>17</v>
       </c>
       <c r="F84">
         <v>2006</v>
       </c>
       <c r="G84"/>
       <c r="H84" t="s">
-        <v>33</v>
+        <v>36</v>
       </c>
     </row>
     <row r="85" spans="1:8">
       <c r="A85" t="s">
         <v>161</v>
       </c>
       <c r="B85" t="s">
         <v>162</v>
       </c>
       <c r="C85" t="s">
         <v>24</v>
       </c>
       <c r="D85" t="s">
         <v>21</v>
       </c>
       <c r="E85" t="s">
         <v>17</v>
       </c>
       <c r="F85">
         <v>2006</v>
       </c>
       <c r="G85"/>
       <c r="H85" t="s">
-        <v>33</v>
+        <v>36</v>
       </c>
     </row>
     <row r="86" spans="1:8">
       <c r="A86" t="s">
         <v>163</v>
       </c>
       <c r="B86" t="s">
         <v>164</v>
       </c>
       <c r="C86"/>
       <c r="D86" t="s">
         <v>30</v>
       </c>
       <c r="E86" t="s">
         <v>25</v>
       </c>
       <c r="F86">
         <v>2005</v>
       </c>
       <c r="G86"/>
       <c r="H86" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="87" spans="1:8">
       <c r="A87" t="s">
         <v>165</v>
       </c>
       <c r="B87" t="s">
         <v>166</v>
       </c>
       <c r="C87" t="s">
         <v>24</v>
       </c>
       <c r="D87" t="s">
         <v>21</v>
       </c>
       <c r="E87" t="s">
         <v>17</v>
       </c>
       <c r="F87">
         <v>2005</v>
       </c>
       <c r="G87"/>
       <c r="H87" t="s">
-        <v>33</v>
+        <v>36</v>
       </c>
     </row>
     <row r="88" spans="1:8">
       <c r="A88" t="s">
         <v>167</v>
       </c>
       <c r="B88" t="s">
         <v>168</v>
       </c>
       <c r="C88" t="s">
         <v>24</v>
       </c>
       <c r="D88" t="s">
         <v>21</v>
       </c>
       <c r="E88" t="s">
         <v>17</v>
       </c>
       <c r="F88">
         <v>2005</v>
       </c>
       <c r="G88"/>
       <c r="H88" t="s">
-        <v>33</v>
+        <v>36</v>
       </c>
     </row>
     <row r="89" spans="1:8">
       <c r="A89" t="s">
         <v>169</v>
       </c>
       <c r="B89" t="s">
         <v>170</v>
       </c>
       <c r="C89" t="s">
         <v>24</v>
       </c>
       <c r="D89" t="s">
         <v>21</v>
       </c>
       <c r="E89" t="s">
         <v>17</v>
       </c>
       <c r="F89">
         <v>2005</v>
       </c>
       <c r="G89"/>
       <c r="H89" t="s">
-        <v>33</v>
+        <v>36</v>
       </c>
     </row>
     <row r="90" spans="1:8">
       <c r="A90" t="s">
         <v>171</v>
       </c>
       <c r="B90" t="s">
         <v>172</v>
       </c>
       <c r="C90"/>
       <c r="D90" t="s">
         <v>30</v>
       </c>
       <c r="E90" t="s">
         <v>25</v>
       </c>
       <c r="F90">
         <v>2004</v>
       </c>
       <c r="G90"/>
       <c r="H90" t="s">
-        <v>35</v>
+        <v>31</v>
       </c>
     </row>
     <row r="91" spans="1:8">
       <c r="A91" t="s">
         <v>173</v>
       </c>
       <c r="B91" t="s">
         <v>174</v>
       </c>
       <c r="C91" t="s">
         <v>27</v>
       </c>
       <c r="D91" t="s">
         <v>21</v>
       </c>
       <c r="E91" t="s">
         <v>17</v>
       </c>
       <c r="F91">
         <v>2004</v>
       </c>
       <c r="G91"/>
       <c r="H91" t="s">
         <v>12</v>
       </c>
@@ -3236,51 +3236,51 @@
       <c r="H93" t="s">
         <v>124</v>
       </c>
     </row>
     <row r="94" spans="1:8">
       <c r="A94" t="s">
         <v>179</v>
       </c>
       <c r="B94" t="s">
         <v>180</v>
       </c>
       <c r="C94" t="s">
         <v>95</v>
       </c>
       <c r="D94" t="s">
         <v>21</v>
       </c>
       <c r="E94" t="s">
         <v>17</v>
       </c>
       <c r="F94">
         <v>2003</v>
       </c>
       <c r="G94"/>
       <c r="H94" t="s">
-        <v>33</v>
+        <v>36</v>
       </c>
     </row>
     <row r="95" spans="1:8">
       <c r="A95" t="s">
         <v>181</v>
       </c>
       <c r="B95" t="s">
         <v>182</v>
       </c>
       <c r="C95" t="s">
         <v>27</v>
       </c>
       <c r="D95" t="s">
         <v>21</v>
       </c>
       <c r="E95" t="s">
         <v>17</v>
       </c>
       <c r="F95">
         <v>2002</v>
       </c>
       <c r="G95"/>
       <c r="H95" t="s">
         <v>183</v>
       </c>
@@ -3308,193 +3308,193 @@
       <c r="H96" t="s">
         <v>183</v>
       </c>
     </row>
     <row r="97" spans="1:8">
       <c r="A97" t="s">
         <v>186</v>
       </c>
       <c r="B97" t="s">
         <v>187</v>
       </c>
       <c r="C97" t="s">
         <v>95</v>
       </c>
       <c r="D97" t="s">
         <v>21</v>
       </c>
       <c r="E97" t="s">
         <v>17</v>
       </c>
       <c r="F97">
         <v>2002</v>
       </c>
       <c r="G97"/>
       <c r="H97" t="s">
-        <v>33</v>
+        <v>36</v>
       </c>
     </row>
     <row r="98" spans="1:8">
       <c r="A98" t="s">
         <v>188</v>
       </c>
       <c r="B98" t="s">
         <v>189</v>
       </c>
       <c r="C98" t="s">
         <v>24</v>
       </c>
       <c r="D98" t="s">
         <v>21</v>
       </c>
       <c r="E98" t="s">
         <v>17</v>
       </c>
       <c r="F98">
         <v>2002</v>
       </c>
       <c r="G98"/>
       <c r="H98" t="s">
-        <v>33</v>
+        <v>36</v>
       </c>
     </row>
     <row r="99" spans="1:8">
       <c r="A99" t="s">
         <v>190</v>
       </c>
       <c r="B99" t="s">
         <v>191</v>
       </c>
       <c r="C99" t="s">
         <v>95</v>
       </c>
       <c r="D99" t="s">
         <v>21</v>
       </c>
       <c r="E99" t="s">
         <v>17</v>
       </c>
       <c r="F99">
         <v>2001</v>
       </c>
       <c r="G99"/>
       <c r="H99" t="s">
-        <v>33</v>
+        <v>36</v>
       </c>
     </row>
     <row r="100" spans="1:8">
       <c r="A100" t="s">
         <v>192</v>
       </c>
       <c r="B100" t="s">
         <v>193</v>
       </c>
       <c r="C100" t="s">
         <v>95</v>
       </c>
       <c r="D100" t="s">
         <v>21</v>
       </c>
       <c r="E100" t="s">
         <v>17</v>
       </c>
       <c r="F100">
         <v>2000</v>
       </c>
       <c r="G100"/>
       <c r="H100" t="s">
-        <v>33</v>
+        <v>36</v>
       </c>
     </row>
     <row r="101" spans="1:8">
       <c r="A101" t="s">
         <v>194</v>
       </c>
       <c r="B101" t="s">
         <v>195</v>
       </c>
       <c r="C101"/>
       <c r="D101" t="s">
         <v>30</v>
       </c>
       <c r="E101" t="s">
         <v>25</v>
       </c>
       <c r="F101">
         <v>1999</v>
       </c>
       <c r="G101"/>
       <c r="H101" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="102" spans="1:8">
       <c r="A102" t="s">
         <v>196</v>
       </c>
       <c r="B102" t="s">
         <v>197</v>
       </c>
       <c r="C102" t="s">
         <v>27</v>
       </c>
       <c r="D102" t="s">
         <v>21</v>
       </c>
       <c r="E102" t="s">
         <v>17</v>
       </c>
       <c r="F102">
         <v>1999</v>
       </c>
       <c r="G102"/>
       <c r="H102" t="s">
-        <v>33</v>
+        <v>36</v>
       </c>
     </row>
     <row r="103" spans="1:8">
       <c r="A103" t="s">
         <v>198</v>
       </c>
       <c r="B103" t="s">
         <v>199</v>
       </c>
       <c r="C103" t="s">
         <v>95</v>
       </c>
       <c r="D103" t="s">
         <v>21</v>
       </c>
       <c r="E103" t="s">
         <v>17</v>
       </c>
       <c r="F103">
         <v>1995</v>
       </c>
       <c r="G103"/>
       <c r="H103" t="s">
-        <v>33</v>
+        <v>36</v>
       </c>
     </row>
     <row r="104" spans="1:8">
       <c r="A104" t="s">
         <v>200</v>
       </c>
       <c r="B104" t="s">
         <v>201</v>
       </c>
       <c r="C104"/>
       <c r="D104" t="s">
         <v>30</v>
       </c>
       <c r="E104" t="s">
         <v>25</v>
       </c>
       <c r="F104">
         <v>1993</v>
       </c>
       <c r="G104"/>
       <c r="H104" t="s">
         <v>142</v>
       </c>
     </row>
     <row r="105" spans="1:8">
@@ -3516,51 +3516,51 @@
       </c>
       <c r="G105"/>
       <c r="H105" t="s">
         <v>142</v>
       </c>
     </row>
     <row r="106" spans="1:8">
       <c r="A106" t="s">
         <v>204</v>
       </c>
       <c r="B106" t="s">
         <v>205</v>
       </c>
       <c r="C106"/>
       <c r="D106" t="s">
         <v>30</v>
       </c>
       <c r="E106" t="s">
         <v>25</v>
       </c>
       <c r="F106">
         <v>1991</v>
       </c>
       <c r="G106"/>
       <c r="H106" t="s">
-        <v>35</v>
+        <v>31</v>
       </c>
     </row>
     <row r="107" spans="1:8">
       <c r="A107" t="s">
         <v>206</v>
       </c>
       <c r="B107" t="s">
         <v>207</v>
       </c>
       <c r="C107"/>
       <c r="D107"/>
       <c r="E107"/>
       <c r="F107"/>
       <c r="G107"/>
       <c r="H107" t="s">
         <v>90</v>
       </c>
     </row>
     <row r="108" spans="1:8">
       <c r="A108" t="s">
         <v>208</v>
       </c>
       <c r="B108" t="s">
         <v>209</v>
       </c>