--- v0 (2025-10-27)
+++ v1 (2025-12-12)
@@ -83,90 +83,90 @@
   <si>
     <t>https://www.google.com/test</t>
   </si>
   <si>
     <t>Entidades locales</t>
   </si>
   <si>
     <t>Andalucía</t>
   </si>
   <si>
     <t>sg5</t>
   </si>
   <si>
     <t>Orden</t>
   </si>
   <si>
     <t>Prueba de Legislación con Nivel de Administración Nacional.</t>
   </si>
   <si>
     <t>https://www.google.com/testing/branch</t>
   </si>
   <si>
     <t>Leyes autonómicas</t>
   </si>
   <si>
+    <t>Extremadura</t>
+  </si>
+  <si>
+    <t>Ciudad Autónoma de Ceuta</t>
+  </si>
+  <si>
     <t>Canarias</t>
   </si>
   <si>
+    <t>Ciudad Autónoma de Melilla</t>
+  </si>
+  <si>
+    <t>Comunidad de Madrid</t>
+  </si>
+  <si>
     <t>Región de Murcia</t>
   </si>
   <si>
     <t>AGE</t>
   </si>
   <si>
-    <t>Ciudad Autónoma de Ceuta</t>
-[...10 lines deleted...]
-  <si>
     <t>Pruebas para saber si el campo Norma puede usar / , ; y : .</t>
   </si>
   <si>
     <t>https://www.google.com/test/branch</t>
   </si>
   <si>
     <t>Pruebas Normas con Unificación- Detalles 17/12/2024 - Hora: 09:17:00. Prueba de funcionamiento; Correcto/Funcionando con Modificación  17/12/2024 - Hora: 09:19:00..</t>
   </si>
   <si>
+    <t>Cataluña</t>
+  </si>
+  <si>
+    <t>Extra-Regio</t>
+  </si>
+  <si>
     <t>Cantabria</t>
   </si>
   <si>
-    <t>Cataluña</t>
-[...1 lines deleted...]
-  <si>
     <t>Illes Balears</t>
-  </si>
-[...1 lines deleted...]
-    <t>Extra-Regio</t>
   </si>
   <si>
     <t>sg4</t>
   </si>
   <si>
     <t>https://www.google.com/testsg4</t>
   </si>
   <si>
     <t>Orden TED/339/2023, de 30 de marzo, por la que se modifica el anexo del Real Decreto 139/2011, de 4 de febrero, para el desarrollo del Listado de Especies Silvestres en Régimen de Protección Especial y del Catálogo Español de Especies Amenazadas, y el anexo del Real Decreto 630/2013, de 2 de agosto, por el que se regula el Catálogo Español de Especies Exóticas Invasoras.. BOE 83, de 7 de abril de 2023</t>
   </si>
   <si>
     <t>https://www.boe.es/eli/es/o/2023/03/30/ted339</t>
   </si>
   <si>
     <t>Orden (orden Ministerial, Ordenes de las Comisiones delegadas del Gobierno)</t>
   </si>
   <si>
     <t>Gobierno</t>
   </si>
   <si>
     <t>Reglamentos (Gobierno, Autonómico, Entidades locales)</t>
   </si>
   <si>
     <t>Reglamento de Ejecución (UE) 2022/1203 de la Comisión de 12 de julio de 2022 por el que se modifica el Reglamento de Ejecución (UE) 2016/1141 con el fin de actualizar la lista de especies exóticas invasoras preocupantes para la Unión. DOUE 186, de 13 de julio de 2022</t>
   </si>
@@ -1130,123 +1130,123 @@
       <c r="H7" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="8" spans="1:8">
       <c r="A8" t="s">
         <v>20</v>
       </c>
       <c r="B8" t="s">
         <v>21</v>
       </c>
       <c r="C8"/>
       <c r="D8" t="s">
         <v>22</v>
       </c>
       <c r="E8" t="s">
         <v>12</v>
       </c>
       <c r="F8">
         <v>2024</v>
       </c>
       <c r="G8" t="s">
         <v>13</v>
       </c>
       <c r="H8" t="s">
-        <v>17</v>
+        <v>26</v>
       </c>
     </row>
     <row r="9" spans="1:8">
       <c r="A9" t="s">
         <v>20</v>
       </c>
       <c r="B9" t="s">
         <v>21</v>
       </c>
       <c r="C9"/>
       <c r="D9" t="s">
         <v>22</v>
       </c>
       <c r="E9" t="s">
         <v>12</v>
       </c>
       <c r="F9">
         <v>2024</v>
       </c>
       <c r="G9" t="s">
         <v>13</v>
       </c>
       <c r="H9" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
     </row>
     <row r="10" spans="1:8">
       <c r="A10" t="s">
         <v>20</v>
       </c>
       <c r="B10" t="s">
         <v>21</v>
       </c>
       <c r="C10"/>
       <c r="D10" t="s">
         <v>22</v>
       </c>
       <c r="E10" t="s">
         <v>12</v>
       </c>
       <c r="F10">
         <v>2024</v>
       </c>
       <c r="G10" t="s">
         <v>13</v>
       </c>
       <c r="H10" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
     </row>
     <row r="11" spans="1:8">
       <c r="A11" t="s">
         <v>20</v>
       </c>
       <c r="B11" t="s">
         <v>21</v>
       </c>
       <c r="C11"/>
       <c r="D11" t="s">
         <v>22</v>
       </c>
       <c r="E11" t="s">
         <v>12</v>
       </c>
       <c r="F11">
         <v>2024</v>
       </c>
       <c r="G11" t="s">
         <v>13</v>
       </c>
       <c r="H11" t="s">
-        <v>28</v>
+        <v>17</v>
       </c>
     </row>
     <row r="12" spans="1:8">
       <c r="A12" t="s">
         <v>20</v>
       </c>
       <c r="B12" t="s">
         <v>21</v>
       </c>
       <c r="C12"/>
       <c r="D12" t="s">
         <v>22</v>
       </c>
       <c r="E12" t="s">
         <v>12</v>
       </c>
       <c r="F12">
         <v>2024</v>
       </c>
       <c r="G12" t="s">
         <v>13</v>
       </c>
       <c r="H12" t="s">
         <v>29</v>
       </c>
@@ -1268,171 +1268,171 @@
       <c r="F13">
         <v>2024</v>
       </c>
       <c r="G13"/>
       <c r="H13" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="14" spans="1:8">
       <c r="A14" t="s">
         <v>32</v>
       </c>
       <c r="B14" t="s">
         <v>21</v>
       </c>
       <c r="C14"/>
       <c r="D14"/>
       <c r="E14" t="s">
         <v>12</v>
       </c>
       <c r="F14">
         <v>2024</v>
       </c>
       <c r="G14"/>
       <c r="H14" t="s">
-        <v>33</v>
+        <v>27</v>
       </c>
     </row>
     <row r="15" spans="1:8">
       <c r="A15" t="s">
         <v>32</v>
       </c>
       <c r="B15" t="s">
         <v>21</v>
       </c>
       <c r="C15"/>
       <c r="D15"/>
       <c r="E15" t="s">
         <v>12</v>
       </c>
       <c r="F15">
         <v>2024</v>
       </c>
       <c r="G15"/>
       <c r="H15" t="s">
-        <v>34</v>
+        <v>29</v>
       </c>
     </row>
     <row r="16" spans="1:8">
       <c r="A16" t="s">
         <v>32</v>
       </c>
       <c r="B16" t="s">
         <v>21</v>
       </c>
       <c r="C16"/>
       <c r="D16"/>
       <c r="E16" t="s">
         <v>12</v>
       </c>
       <c r="F16">
         <v>2024</v>
       </c>
       <c r="G16"/>
       <c r="H16" t="s">
-        <v>28</v>
+        <v>33</v>
       </c>
     </row>
     <row r="17" spans="1:8">
       <c r="A17" t="s">
         <v>32</v>
       </c>
       <c r="B17" t="s">
         <v>21</v>
       </c>
       <c r="C17"/>
       <c r="D17"/>
       <c r="E17" t="s">
         <v>12</v>
       </c>
       <c r="F17">
         <v>2024</v>
       </c>
       <c r="G17"/>
       <c r="H17" t="s">
-        <v>35</v>
+        <v>34</v>
       </c>
     </row>
     <row r="18" spans="1:8">
       <c r="A18" t="s">
         <v>32</v>
       </c>
       <c r="B18" t="s">
         <v>21</v>
       </c>
       <c r="C18"/>
       <c r="D18"/>
       <c r="E18" t="s">
         <v>12</v>
       </c>
       <c r="F18">
         <v>2024</v>
       </c>
       <c r="G18"/>
       <c r="H18" t="s">
-        <v>36</v>
+        <v>17</v>
       </c>
     </row>
     <row r="19" spans="1:8">
       <c r="A19" t="s">
         <v>32</v>
       </c>
       <c r="B19" t="s">
         <v>21</v>
       </c>
       <c r="C19"/>
       <c r="D19"/>
       <c r="E19" t="s">
         <v>12</v>
       </c>
       <c r="F19">
         <v>2024</v>
       </c>
       <c r="G19"/>
       <c r="H19" t="s">
-        <v>25</v>
+        <v>35</v>
       </c>
     </row>
     <row r="20" spans="1:8">
       <c r="A20" t="s">
         <v>32</v>
       </c>
       <c r="B20" t="s">
         <v>21</v>
       </c>
       <c r="C20"/>
       <c r="D20"/>
       <c r="E20" t="s">
         <v>12</v>
       </c>
       <c r="F20">
         <v>2024</v>
       </c>
       <c r="G20"/>
       <c r="H20" t="s">
-        <v>17</v>
+        <v>36</v>
       </c>
     </row>
     <row r="21" spans="1:8">
       <c r="A21" t="s">
         <v>37</v>
       </c>
       <c r="B21" t="s">
         <v>38</v>
       </c>
       <c r="C21"/>
       <c r="D21"/>
       <c r="E21" t="s">
         <v>12</v>
       </c>
       <c r="F21">
         <v>2023</v>
       </c>
       <c r="G21"/>
       <c r="H21" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="22" spans="1:8">
       <c r="A22" t="s">
         <v>39</v>
@@ -1846,51 +1846,51 @@
       <c r="H39" t="s">
         <v>84</v>
       </c>
     </row>
     <row r="40" spans="1:8">
       <c r="A40" t="s">
         <v>85</v>
       </c>
       <c r="B40" t="s">
         <v>86</v>
       </c>
       <c r="C40" t="s">
         <v>19</v>
       </c>
       <c r="D40" t="s">
         <v>50</v>
       </c>
       <c r="E40" t="s">
         <v>43</v>
       </c>
       <c r="F40">
         <v>2013</v>
       </c>
       <c r="G40"/>
       <c r="H40" t="s">
-        <v>29</v>
+        <v>23</v>
       </c>
     </row>
     <row r="41" spans="1:8">
       <c r="A41" t="s">
         <v>87</v>
       </c>
       <c r="B41" t="s">
         <v>88</v>
       </c>
       <c r="C41" t="s">
         <v>19</v>
       </c>
       <c r="D41" t="s">
         <v>50</v>
       </c>
       <c r="E41" t="s">
         <v>43</v>
       </c>
       <c r="F41">
         <v>2013</v>
       </c>
       <c r="G41"/>
       <c r="H41" t="s">
         <v>89</v>
       </c>
@@ -1990,99 +1990,99 @@
       <c r="H45" t="s">
         <v>97</v>
       </c>
     </row>
     <row r="46" spans="1:8">
       <c r="A46" t="s">
         <v>100</v>
       </c>
       <c r="B46" t="s">
         <v>101</v>
       </c>
       <c r="C46" t="s">
         <v>19</v>
       </c>
       <c r="D46" t="s">
         <v>50</v>
       </c>
       <c r="E46" t="s">
         <v>43</v>
       </c>
       <c r="F46">
         <v>2012</v>
       </c>
       <c r="G46"/>
       <c r="H46" t="s">
-        <v>29</v>
+        <v>23</v>
       </c>
     </row>
     <row r="47" spans="1:8">
       <c r="A47" t="s">
         <v>102</v>
       </c>
       <c r="B47" t="s">
         <v>103</v>
       </c>
       <c r="C47" t="s">
         <v>19</v>
       </c>
       <c r="D47" t="s">
         <v>50</v>
       </c>
       <c r="E47" t="s">
         <v>43</v>
       </c>
       <c r="F47">
         <v>2012</v>
       </c>
       <c r="G47"/>
       <c r="H47" t="s">
-        <v>29</v>
+        <v>23</v>
       </c>
     </row>
     <row r="48" spans="1:8">
       <c r="A48" t="s">
         <v>104</v>
       </c>
       <c r="B48" t="s">
         <v>105</v>
       </c>
       <c r="C48" t="s">
         <v>96</v>
       </c>
       <c r="D48" t="s">
         <v>50</v>
       </c>
       <c r="E48" t="s">
         <v>43</v>
       </c>
       <c r="F48">
         <v>2012</v>
       </c>
       <c r="G48"/>
       <c r="H48" t="s">
-        <v>24</v>
+        <v>28</v>
       </c>
     </row>
     <row r="49" spans="1:8">
       <c r="A49" t="s">
         <v>106</v>
       </c>
       <c r="B49" t="s">
         <v>107</v>
       </c>
       <c r="C49" t="s">
         <v>19</v>
       </c>
       <c r="D49" t="s">
         <v>50</v>
       </c>
       <c r="E49" t="s">
         <v>43</v>
       </c>
       <c r="F49">
         <v>2012</v>
       </c>
       <c r="G49"/>
       <c r="H49" t="s">
         <v>89</v>
       </c>
@@ -2134,219 +2134,219 @@
         <v>13</v>
       </c>
       <c r="H51"/>
     </row>
     <row r="52" spans="1:8">
       <c r="A52" t="s">
         <v>112</v>
       </c>
       <c r="B52" t="s">
         <v>113</v>
       </c>
       <c r="C52" t="s">
         <v>19</v>
       </c>
       <c r="D52" t="s">
         <v>50</v>
       </c>
       <c r="E52" t="s">
         <v>43</v>
       </c>
       <c r="F52">
         <v>2011</v>
       </c>
       <c r="G52"/>
       <c r="H52" t="s">
-        <v>24</v>
+        <v>28</v>
       </c>
     </row>
     <row r="53" spans="1:8">
       <c r="A53" t="s">
         <v>114</v>
       </c>
       <c r="B53" t="s">
         <v>115</v>
       </c>
       <c r="C53" t="s">
         <v>96</v>
       </c>
       <c r="D53" t="s">
         <v>50</v>
       </c>
       <c r="E53" t="s">
         <v>43</v>
       </c>
       <c r="F53">
         <v>2011</v>
       </c>
       <c r="G53"/>
       <c r="H53" t="s">
-        <v>29</v>
+        <v>23</v>
       </c>
     </row>
     <row r="54" spans="1:8">
       <c r="A54" t="s">
         <v>116</v>
       </c>
       <c r="B54" t="s">
         <v>117</v>
       </c>
       <c r="C54" t="s">
         <v>19</v>
       </c>
       <c r="D54" t="s">
         <v>50</v>
       </c>
       <c r="E54" t="s">
         <v>43</v>
       </c>
       <c r="F54">
         <v>2011</v>
       </c>
       <c r="G54"/>
       <c r="H54" t="s">
-        <v>24</v>
+        <v>28</v>
       </c>
     </row>
     <row r="55" spans="1:8">
       <c r="A55" t="s">
         <v>118</v>
       </c>
       <c r="B55" t="s">
         <v>119</v>
       </c>
       <c r="C55" t="s">
         <v>19</v>
       </c>
       <c r="D55" t="s">
         <v>50</v>
       </c>
       <c r="E55" t="s">
         <v>43</v>
       </c>
       <c r="F55">
         <v>2010</v>
       </c>
       <c r="G55"/>
       <c r="H55" t="s">
         <v>120</v>
       </c>
     </row>
     <row r="56" spans="1:8">
       <c r="A56" t="s">
         <v>121</v>
       </c>
       <c r="B56" t="s">
         <v>122</v>
       </c>
       <c r="C56" t="s">
         <v>19</v>
       </c>
       <c r="D56" t="s">
         <v>50</v>
       </c>
       <c r="E56" t="s">
         <v>43</v>
       </c>
       <c r="F56">
         <v>2010</v>
       </c>
       <c r="G56"/>
       <c r="H56" t="s">
-        <v>24</v>
+        <v>28</v>
       </c>
     </row>
     <row r="57" spans="1:8">
       <c r="A57" t="s">
         <v>123</v>
       </c>
       <c r="B57" t="s">
         <v>124</v>
       </c>
       <c r="C57" t="s">
         <v>19</v>
       </c>
       <c r="D57" t="s">
         <v>50</v>
       </c>
       <c r="E57" t="s">
         <v>43</v>
       </c>
       <c r="F57">
         <v>2009</v>
       </c>
       <c r="G57"/>
       <c r="H57" t="s">
-        <v>23</v>
+        <v>25</v>
       </c>
     </row>
     <row r="58" spans="1:8">
       <c r="A58" t="s">
         <v>125</v>
       </c>
       <c r="B58" t="s">
         <v>126</v>
       </c>
       <c r="C58" t="s">
         <v>19</v>
       </c>
       <c r="D58" t="s">
         <v>50</v>
       </c>
       <c r="E58" t="s">
         <v>43</v>
       </c>
       <c r="F58">
         <v>2009</v>
       </c>
       <c r="G58"/>
       <c r="H58" t="s">
         <v>120</v>
       </c>
     </row>
     <row r="59" spans="1:8">
       <c r="A59" t="s">
         <v>127</v>
       </c>
       <c r="B59" t="s">
         <v>128</v>
       </c>
       <c r="C59" t="s">
         <v>96</v>
       </c>
       <c r="D59" t="s">
         <v>50</v>
       </c>
       <c r="E59" t="s">
         <v>43</v>
       </c>
       <c r="F59">
         <v>2009</v>
       </c>
       <c r="G59"/>
       <c r="H59" t="s">
-        <v>28</v>
+        <v>27</v>
       </c>
     </row>
     <row r="60" spans="1:8">
       <c r="A60" t="s">
         <v>129</v>
       </c>
       <c r="B60" t="s">
         <v>130</v>
       </c>
       <c r="C60" t="s">
         <v>96</v>
       </c>
       <c r="D60" t="s">
         <v>50</v>
       </c>
       <c r="E60" t="s">
         <v>43</v>
       </c>
       <c r="F60">
         <v>2009</v>
       </c>
       <c r="G60"/>
       <c r="H60" t="s">
         <v>84</v>
       </c>
@@ -2420,51 +2420,51 @@
       <c r="H63" t="s">
         <v>89</v>
       </c>
     </row>
     <row r="64" spans="1:8">
       <c r="A64" t="s">
         <v>137</v>
       </c>
       <c r="B64" t="s">
         <v>138</v>
       </c>
       <c r="C64" t="s">
         <v>19</v>
       </c>
       <c r="D64" t="s">
         <v>50</v>
       </c>
       <c r="E64" t="s">
         <v>43</v>
       </c>
       <c r="F64">
         <v>2008</v>
       </c>
       <c r="G64"/>
       <c r="H64" t="s">
-        <v>23</v>
+        <v>25</v>
       </c>
     </row>
     <row r="65" spans="1:8">
       <c r="A65" t="s">
         <v>139</v>
       </c>
       <c r="B65" t="s">
         <v>140</v>
       </c>
       <c r="C65" t="s">
         <v>41</v>
       </c>
       <c r="D65" t="s">
         <v>42</v>
       </c>
       <c r="E65" t="s">
         <v>43</v>
       </c>
       <c r="F65">
         <v>2008</v>
       </c>
       <c r="G65" t="s">
         <v>13</v>
       </c>
       <c r="H65"/>
@@ -2490,51 +2490,51 @@
         <v>13</v>
       </c>
       <c r="H66"/>
     </row>
     <row r="67" spans="1:8">
       <c r="A67" t="s">
         <v>144</v>
       </c>
       <c r="B67" t="s">
         <v>145</v>
       </c>
       <c r="C67" t="s">
         <v>96</v>
       </c>
       <c r="D67" t="s">
         <v>50</v>
       </c>
       <c r="E67" t="s">
         <v>43</v>
       </c>
       <c r="F67">
         <v>2007</v>
       </c>
       <c r="G67"/>
       <c r="H67" t="s">
-        <v>33</v>
+        <v>35</v>
       </c>
     </row>
     <row r="68" spans="1:8">
       <c r="A68" t="s">
         <v>146</v>
       </c>
       <c r="B68" t="s">
         <v>147</v>
       </c>
       <c r="C68" t="s">
         <v>96</v>
       </c>
       <c r="D68" t="s">
         <v>50</v>
       </c>
       <c r="E68" t="s">
         <v>43</v>
       </c>
       <c r="F68">
         <v>2007</v>
       </c>
       <c r="G68"/>
       <c r="H68" t="s">
         <v>89</v>
       </c>
@@ -2562,73 +2562,73 @@
       <c r="H69" t="s">
         <v>84</v>
       </c>
     </row>
     <row r="70" spans="1:8">
       <c r="A70" t="s">
         <v>150</v>
       </c>
       <c r="B70" t="s">
         <v>151</v>
       </c>
       <c r="C70" t="s">
         <v>96</v>
       </c>
       <c r="D70" t="s">
         <v>50</v>
       </c>
       <c r="E70" t="s">
         <v>43</v>
       </c>
       <c r="F70">
         <v>2007</v>
       </c>
       <c r="G70"/>
       <c r="H70" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
     </row>
     <row r="71" spans="1:8">
       <c r="A71" t="s">
         <v>152</v>
       </c>
       <c r="B71" t="s">
         <v>153</v>
       </c>
       <c r="C71"/>
       <c r="D71" t="s">
         <v>22</v>
       </c>
       <c r="E71" t="s">
         <v>12</v>
       </c>
       <c r="F71">
         <v>2006</v>
       </c>
       <c r="G71"/>
       <c r="H71" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
     </row>
     <row r="72" spans="1:8">
       <c r="A72" t="s">
         <v>154</v>
       </c>
       <c r="B72" t="s">
         <v>155</v>
       </c>
       <c r="C72" t="s">
         <v>96</v>
       </c>
       <c r="D72" t="s">
         <v>50</v>
       </c>
       <c r="E72" t="s">
         <v>43</v>
       </c>
       <c r="F72">
         <v>2006</v>
       </c>
       <c r="G72"/>
       <c r="H72" t="s">
         <v>89</v>
       </c>
@@ -2656,123 +2656,123 @@
       <c r="H73" t="s">
         <v>158</v>
       </c>
     </row>
     <row r="74" spans="1:8">
       <c r="A74" t="s">
         <v>159</v>
       </c>
       <c r="B74" t="s">
         <v>160</v>
       </c>
       <c r="C74" t="s">
         <v>19</v>
       </c>
       <c r="D74" t="s">
         <v>50</v>
       </c>
       <c r="E74" t="s">
         <v>43</v>
       </c>
       <c r="F74">
         <v>2005</v>
       </c>
       <c r="G74"/>
       <c r="H74" t="s">
-        <v>24</v>
+        <v>28</v>
       </c>
     </row>
     <row r="75" spans="1:8">
       <c r="A75" t="s">
         <v>161</v>
       </c>
       <c r="B75" t="s">
         <v>162</v>
       </c>
       <c r="C75" t="s">
         <v>96</v>
       </c>
       <c r="D75" t="s">
         <v>50</v>
       </c>
       <c r="E75" t="s">
         <v>43</v>
       </c>
       <c r="F75">
         <v>2004</v>
       </c>
       <c r="G75"/>
       <c r="H75" t="s">
         <v>89</v>
       </c>
     </row>
     <row r="76" spans="1:8">
       <c r="A76" t="s">
         <v>163</v>
       </c>
       <c r="B76" t="s">
         <v>164</v>
       </c>
       <c r="C76" t="s">
         <v>96</v>
       </c>
       <c r="D76" t="s">
         <v>50</v>
       </c>
       <c r="E76" t="s">
         <v>43</v>
       </c>
       <c r="F76">
         <v>2003</v>
       </c>
       <c r="G76"/>
       <c r="H76" t="s">
-        <v>23</v>
+        <v>25</v>
       </c>
     </row>
     <row r="77" spans="1:8">
       <c r="A77" t="s">
         <v>165</v>
       </c>
       <c r="B77" t="s">
         <v>166</v>
       </c>
       <c r="C77" t="s">
         <v>19</v>
       </c>
       <c r="D77" t="s">
         <v>50</v>
       </c>
       <c r="E77" t="s">
         <v>43</v>
       </c>
       <c r="F77">
         <v>2003</v>
       </c>
       <c r="G77"/>
       <c r="H77" t="s">
-        <v>24</v>
+        <v>28</v>
       </c>
     </row>
     <row r="78" spans="1:8">
       <c r="A78" t="s">
         <v>167</v>
       </c>
       <c r="B78" t="s">
         <v>168</v>
       </c>
       <c r="C78" t="s">
         <v>19</v>
       </c>
       <c r="D78" t="s">
         <v>50</v>
       </c>
       <c r="E78" t="s">
         <v>43</v>
       </c>
       <c r="F78">
         <v>2002</v>
       </c>
       <c r="G78"/>
       <c r="H78" t="s">
         <v>120</v>
       </c>
@@ -2800,73 +2800,73 @@
       <c r="H79" t="s">
         <v>89</v>
       </c>
     </row>
     <row r="80" spans="1:8">
       <c r="A80" t="s">
         <v>171</v>
       </c>
       <c r="B80" t="s">
         <v>172</v>
       </c>
       <c r="C80" t="s">
         <v>96</v>
       </c>
       <c r="D80" t="s">
         <v>50</v>
       </c>
       <c r="E80" t="s">
         <v>43</v>
       </c>
       <c r="F80">
         <v>1999</v>
       </c>
       <c r="G80"/>
       <c r="H80" t="s">
-        <v>28</v>
+        <v>27</v>
       </c>
     </row>
     <row r="81" spans="1:8">
       <c r="A81" t="s">
         <v>173</v>
       </c>
       <c r="B81" t="s">
         <v>174</v>
       </c>
       <c r="C81"/>
       <c r="D81" t="s">
         <v>22</v>
       </c>
       <c r="E81" t="s">
         <v>12</v>
       </c>
       <c r="F81">
         <v>1998</v>
       </c>
       <c r="G81"/>
       <c r="H81" t="s">
-        <v>23</v>
+        <v>25</v>
       </c>
     </row>
     <row r="82" spans="1:8">
       <c r="A82" t="s">
         <v>175</v>
       </c>
       <c r="B82" t="s">
         <v>176</v>
       </c>
       <c r="C82" t="s">
         <v>96</v>
       </c>
       <c r="D82" t="s">
         <v>50</v>
       </c>
       <c r="E82" t="s">
         <v>43</v>
       </c>
       <c r="F82">
         <v>1998</v>
       </c>
       <c r="G82"/>
       <c r="H82" t="s">
         <v>89</v>
       </c>