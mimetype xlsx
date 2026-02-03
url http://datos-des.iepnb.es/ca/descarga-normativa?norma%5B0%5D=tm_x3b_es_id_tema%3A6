--- v1 (2025-12-12)
+++ v2 (2026-02-03)
@@ -12,506 +12,443 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="normativa" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="186">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="165">
   <si>
     <t>Nombre</t>
   </si>
   <si>
     <t>Enlace</t>
   </si>
   <si>
     <t>Rango norma inferior</t>
   </si>
   <si>
     <t>Rango norma intermedia</t>
   </si>
   <si>
     <t>Rango norma superior</t>
   </si>
   <si>
     <t>Año</t>
   </si>
   <si>
     <t>Ámbito geográfico político</t>
   </si>
   <si>
     <t>Comunidad Autónoma</t>
   </si>
   <si>
-    <t>Nueva Norma 2 Tomás</t>
-[...2 lines deleted...]
-    <t>https://www.google.com/</t>
+    <t>Orden TED/339/2023, de 30 de marzo, por la que se modifica el anexo del Real Decreto 139/2011, de 4 de febrero, para el desarrollo del Listado de Especies Silvestres en Régimen de Protección Especial y del Catálogo Español de Especies Amenazadas, y el anexo del Real Decreto 630/2013, de 2 de agosto, por el que se regula el Catálogo Español de Especies Exóticas Invasoras.. BOE 83, de 7 de abril de 2023</t>
+  </si>
+  <si>
+    <t>https://www.boe.es/eli/es/o/2023/03/30/ted339</t>
+  </si>
+  <si>
+    <t>Orden (orden Ministerial, Ordenes de las Comisiones delegadas del Gobierno)</t>
+  </si>
+  <si>
+    <t>Gobierno</t>
+  </si>
+  <si>
+    <t>Reglamentos (Gobierno, Autonómico, Entidades locales)</t>
+  </si>
+  <si>
+    <t>Nacional</t>
+  </si>
+  <si>
+    <t>Reglamento de Ejecución (UE) 2022/1203 de la Comisión de 12 de julio de 2022 por el que se modifica el Reglamento de Ejecución (UE) 2016/1141 con el fin de actualizar la lista de especies exóticas invasoras preocupantes para la Unión. DOUE 186, de 13 de julio de 2022</t>
+  </si>
+  <si>
+    <t>https://www.boe.es/buscar/doc.php?id=DOUE-L-2022-81053</t>
+  </si>
+  <si>
+    <t>Reglamentos</t>
+  </si>
+  <si>
+    <t>Normativa Comunitaria</t>
+  </si>
+  <si>
+    <t>Internacional</t>
+  </si>
+  <si>
+    <t>Orden de 29 de abril de 2021 por la que se aprueba el protocolo para el control y/o erradicación del galápago de Florida (Trachemys scripta) en Extremadura.</t>
+  </si>
+  <si>
+    <t>https://doe.juntaex.es/eli/es-ex/o/2021/04/29/(1)/dof/spa/pdf</t>
+  </si>
+  <si>
+    <t>Orden</t>
+  </si>
+  <si>
+    <t>Autonómico</t>
+  </si>
+  <si>
+    <t>Orden de 29 de abril de 2021 por la que se aprueba el protocolo para el control y/o erradicación de Acacia dealbata (Mimosa) y Ailanthus altissima (Ailanto) en Extremadura.</t>
+  </si>
+  <si>
+    <t>https://doe.juntaex.es/pdfs/doe/2021/870o/21050067.pdf</t>
+  </si>
+  <si>
+    <t>Orden de 29 de abril de 2021 por la que se aprueba el protocolo para el control y/o erradicación del avispón asiático (Vespa velutina) en Extremadura</t>
+  </si>
+  <si>
+    <t>https://doe.juntaex.es/eli/es-ex/o/2021/04/29/(3)/dof/spa/pdf</t>
+  </si>
+  <si>
+    <t>Orden TED/1126/2020, de 20 de noviembre, por la que se modifica el Anexo del Real Decreto 139/2011, de 4 de febrero, para el desarrollo del Listado de Especies Silvestres en Régimen de Protección Especial y del Catálogo Español de Especies Amenazadas, y el Anexo del Real Decreto 630/2013, de 2 de agosto, por el que se regula el Catálogo Español de Especies Exóticas Invasoras. BOE 314, de 1 de diciembre de 2020</t>
+  </si>
+  <si>
+    <t>https://www.boe.es/eli/es/o/2020/11/20/ted1126</t>
+  </si>
+  <si>
+    <t>Reglamento de Ejecución (UE) 2019/1262 de la Comisión, de 25 de julio de 2019, por el que se modifica el Reglamento de Ejecución (UE) 2016/1141 con el fin de actualizar la lista de especies exóticas invasoras preocupantes para la Unión. DOUE L199/1 de 26 de julio de 2019</t>
+  </si>
+  <si>
+    <t>https://www.boe.es/doue/2019/199/L00001-00004.pdf</t>
+  </si>
+  <si>
+    <t>Real Decreto 216/2019, de 29 de marzo, por el que se aprueba la lista de especies exóticas invasoras preocupantes para la reg. ultraperiférica de las islas Canarias y por el que se modifica el RD 630/2013, de 2 de agosto, por el que se regula el Catálogo español de especies exóticas invasoras. BOE nº 77, de 30/03/2019.</t>
+  </si>
+  <si>
+    <t>https://www.boe.es/eli/es/rd/2019/03/29/216/con</t>
+  </si>
+  <si>
+    <t>Real Decreto</t>
+  </si>
+  <si>
+    <t>Orden 3/2019, de 26 de septiembre, de la Conselleria de Agricultura, Desarrollo Rural, Emergencia Climática y Transición Ecológica, por la que se aprueban los planes de control de la carpa en el Parque Natural de L’Albufera y el Parque Natural de El Hondo, y el plan de control del cangrejo rojo americano en el Parque Natural de L’Albufera.</t>
+  </si>
+  <si>
+    <t>https://dogv.gva.es/datos/2019/10/22/pdf/2019_9273.pdf</t>
+  </si>
+  <si>
+    <t>Resolución de 16 de febrero de 2018, por la que se aprueba el Plan de Actuación para la Detección y Control del Avispón Asiático (Vespa velutina nigrithorax) en el Principado de Asturias.</t>
+  </si>
+  <si>
+    <t>https://sede.asturias.es/ast/bopa-disposiciones?p_p_id=pa_sede_bopa_web_portlet_SedeBopaDispositionWeb&amp;p_p_lifecycle=0&amp;_pa_sede_bopa_web_portlet_SedeBopaDispositionWeb_mvcRenderCommandName=%2Fdisposition%2Fdetail&amp;p_r_p_dispositionText=2020-06353&amp;p_r_p_dispositionReference=2020-06353&amp;p_r_p_dispositionDate=10%2F08%2F2020</t>
   </si>
   <si>
     <t>Resolución</t>
   </si>
   <si>
-    <t>Reglamentos</t>
+    <t>Resolución de 8 de febrero de 2018, por la que se declara en el territorio del Principado de Asturias la existencia del organismo nocivo “picudo rojo de las palmeras” y se adoptan diversas medidas para su erradicación y control.</t>
+  </si>
+  <si>
+    <t>https://www.asturias.es/webasturias/GOBIERNO/ACTUALIDAD/pdfs/2018/2018_02_22_resolucion.pdf</t>
+  </si>
+  <si>
+    <t>Reglamento de Ejecución (UE) 2017/1263 de la Comisión, de 12 de julio de 2017, por el que se actualiza la lista de especies exóticas invasoras preocupantes para la Unión establecida por el Reglamento de Ejecución (UE) 2016/1141. DOUE 182, de 13 de julio de 2017.</t>
+  </si>
+  <si>
+    <t>https://www.boe.es/buscar/doc.php?id=DOUE-L-2017-81390</t>
+  </si>
+  <si>
+    <t>Reglamento de Ejecución (UE) 2016/1141 de la Comisión, de 13 de julio de 2016, por el que se adopta una lista de especies exóticas invasoras preocupantes para la Unión de conformidad con el Reglamento (UE) nº1143/2014 del Parlamento Europeo y del Consejo. DOUE 189, de 14 de julio de 2016</t>
+  </si>
+  <si>
+    <t>https://www.boe.es/buscar/doc.php?id=DOUE-L-2016-81269</t>
+  </si>
+  <si>
+    <t>Sentencia de 16 de marzo de 2016, de la Sala Tercera del Tribunal Supremo, que anula los siguientes extremos del Real Decreto 630/2013, de 2 de agosto, que regula el Catálogo español de especies exóticas invasoras. BOE 146, de 17 de junio de 2016</t>
+  </si>
+  <si>
+    <t>https://www.boe.es/boe/dias/2016/06/17/pdfs/BOE-A-2016-5901.pdf</t>
+  </si>
+  <si>
+    <t>Resolución de 25 de octubre de 2016, de la Dirección General de Medio Ambiente, por la que se aprueba el Plan de control de poblaciones de las especies cangrejo rojo (Procambarus clarkii) y cangrejo señal (Pacifastacus leniusculus), en Extremadura</t>
+  </si>
+  <si>
+    <t>https://doe.juntaex.es/pdfs/doe/2016/2200o/16061720.pdf</t>
+  </si>
+  <si>
+    <t>Orden de 3 de agosto de 2016, por la que se aprueba el Plan de Control del Cangrejo Rojo (Procambarus clarkii) en las Marismas del Guadalquivir (BOJA 152 de 09/08/2016)</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/boja/2016/152/8</t>
+  </si>
+  <si>
+    <t>Sentencia de 21 de enero de 2015, de la Sala Tercera del Tribunal Supremo, por la que se anula la inclusión en el Anexo del Real Decreto 630/2013, de 2 de agosto, por el que se regula el Catálogo español de especies exóticas invasoras, de la especie de flora Nicotiana glauca Graham o tabaco moruno. BOE nº 119, de 19 de mayo de 2015.</t>
+  </si>
+  <si>
+    <t>https://www.boe.es/buscar/doc.php?id=BOE-A-2015-5485</t>
+  </si>
+  <si>
+    <t>Orden 10/2014, de 26 de mayo, por la que se modifican los anexos del Decreto 213/2009, de 20 de noviembre, del Consell, por el que se aprueban medidas para el control de especies exóticas invasoras en la Comunitat Valenciana, y se regulan las condiciones. DOGV 7292 de 10 de junio de 2014</t>
+  </si>
+  <si>
+    <t>https://dogv.gva.es/es/eli/es-vc/o/2014/05/26/10/</t>
+  </si>
+  <si>
+    <t>Orden de 23 de mayo de 2013 por la que se establece la época de peligro alto de incendios forestales del Plan INFOEX durante el año 2013. DOE 102 de 29 de mayo de 2013</t>
+  </si>
+  <si>
+    <t>http://doe.juntaex.es/pdfs/doe/2013/1020o/13050121.pdf</t>
+  </si>
+  <si>
+    <t>Extremadura</t>
+  </si>
+  <si>
+    <t>Orden FYM/510/2013, de 25 de junio, por la que se regula el uso del fuego y se establecen medidas preventivas para la lucha contra los incendios forestales en Castilla y León. BOCyL 122 de 27 de junio de 2013</t>
+  </si>
+  <si>
+    <t>https://bocyl.jcyl.es/boletines/2013/06/27/pdf/BOCYL-D-27062013-2.pdf</t>
+  </si>
+  <si>
+    <t>Castilla y León</t>
+  </si>
+  <si>
+    <t>Orden FYM/511/2013, de 26 de junio, por la que se fija la época de peligro alto de incendios forestales en la Comunidad de Castilla y León. BOCyL 123 de 28 de junio de 2013</t>
+  </si>
+  <si>
+    <t>https://bocyl.jcyl.es/boletines/2013/06/28/pdf/BOCYL-D-28062013-1.pdf</t>
+  </si>
+  <si>
+    <t>Real Decreto 630/2013, de 2 de agosto, por el que se regula el Catálogo español de especies exóticas invasoras. BOE 185 de 3 de agosto de 2013</t>
+  </si>
+  <si>
+    <t>https://www.boe.es/eli/es/rd/2013/08/02/630</t>
+  </si>
+  <si>
+    <t>Decreto 159/2012, de 19 de junio, del Gobierno de Aragón por el que regulan los senderos de Aragón que revisten la condición de recursos turísticos. BOA 126 de 29/06/2012</t>
+  </si>
+  <si>
+    <t>https://www.boa.aragon.es/cgi-bin/EBOA/BRSCGI?CMD=VEROBJ&amp;MLKOB=678204720606</t>
+  </si>
+  <si>
+    <t>Decreto</t>
+  </si>
+  <si>
+    <t>Aragón</t>
+  </si>
+  <si>
+    <t>Orden de 20 de febrero de 2012, del Consejero de Agricultura, Ganadería y Medio Ambiente, sobre prevención y lucha contra los incendios forestales en la Comunidad Autónoma de Aragón para la campaña 2012/2013. BOA 41 de 29 de febrero de 2012</t>
+  </si>
+  <si>
+    <t>https://www.boa.aragon.es/cgi-bin/EBOA/BRSCGI?CMD=VEROBJ&amp;MLKOB=651794454141</t>
+  </si>
+  <si>
+    <t>Orden de 11 de mayo de 2012 por la que se establecen las condiciones para desarrollar, como medio de prevención de incendios forestales y eliminación de la vegetación en competencia con la forestación, determinadas actividades puntuales de pastoreo ovino en las superficies acogidas a las ayudas a la forestación de tierras agrícolas en Extremadura. DOE 93 de 16 de mayo de 2012</t>
+  </si>
+  <si>
+    <t>https://doe.juntaex.es/pdfs/doe/2012/930o/12050093.pdf</t>
+  </si>
+  <si>
+    <t>Orden de 22 de mayo de 2012 por la que se establece la época de peligro alto de incendios forestales y otras regulaciones del Plan INFOEX durante el año 2012. DOE 101 de 28 de mayo de 2012</t>
+  </si>
+  <si>
+    <t>https://doe.juntaex.es/pdfs/doe/2012/1010o/12050107.pdf</t>
+  </si>
+  <si>
+    <t>Decreto 89/2012, de 28 de junio, por el que se establecen Normas adicionales aplicables a las instalaciones eléctricas aéreas de alta tensión con objeto de proteger la avifauna y atenuar los impactos ambientales. BORM 151, 2/07/2012</t>
+  </si>
+  <si>
+    <t>https://www.borm.es/eli/es-mc/d/2012/6/28/89/dof/spa/html</t>
+  </si>
+  <si>
+    <t>Región de Murcia</t>
+  </si>
+  <si>
+    <t>Orden FYM/988/2012, de 2 de noviembre, por la que se disponen diversas actuaciones relativas a la extracción de la madera en la zona afectada por los incendios forestales en varios municipios de la provincia de León. BCyL 227 26 de noviembre de 2012</t>
+  </si>
+  <si>
+    <t>https://bocyl.jcyl.es/boletines/2012/11/26/pdf/BOCYL-D-26112012-10.pdf</t>
+  </si>
+  <si>
+    <t>Decreto 118/2011, de 31 de mayo, del Gobierno de Aragón, por el que se aprueba el Plan Especial de Protección Civil de Emergencias por Incendios Forestales (Procinfo). BOA 111 de 08/06/2011</t>
+  </si>
+  <si>
+    <t>https://www.boa.aragon.es/cgi-bin/EBOA/BRSCGI?CMD=VEROBJ&amp;MLKOB=602557320707</t>
+  </si>
+  <si>
+    <t>Real Decreto 1628/2011, de 14 de noviembre, por el que se regula el listado y catálogo español de especies exóticas invasoras. BOE 298 de 12 de diciembre de 2011</t>
+  </si>
+  <si>
+    <t>https://www.boe.es/eli/es/rd/2011/11/14/1628</t>
+  </si>
+  <si>
+    <t>Orden de 18 de abril de 2011, de la Consejería de Agricultura y Agua, por la que se establecen las bases reguladoras de las ayudas para el sector forestal, para la mitigación de la desertificación y la prevención de incendios forestales en montes privados de la Región de Murcia. (BORM nº 97, 29/04/2011)</t>
+  </si>
+  <si>
+    <t>https://www.borm.es/eli/es-mc/o/2011/4/18/(3)/dof/spa/html</t>
+  </si>
+  <si>
+    <t>Decreto 81/2011, de 20 de mayo, por el que se aprueba el Reglamento de autorizaciones y comunicación ambiental de la Comunidad Autónoma de Extremadura. DOE 100 de 26 de mayo de 2011</t>
+  </si>
+  <si>
+    <t>https://doe.juntaex.es/eli/es-ex/d/2011/05/20/81/dof/spa/pdf</t>
+  </si>
+  <si>
+    <t>Orden de 25 de enero de 2011 de la Consejería de Agricultura y Agua, por la que se modifica la Orden de 24 de mayo de 2010, de la Consejería de Agricultura y Agua, sobre Medidas de Prevención de Incendios Forestales en la Región de Murcia para el año 2010. (BORM nº27, 03/02/2011).</t>
+  </si>
+  <si>
+    <t>http://www.borm.es/borm/vista/busqueda/ver_Anuncio_html.jsf?fecha=03022011&amp;numero=1539&amp;origen=sum</t>
+  </si>
+  <si>
+    <t>Orden de 22/12/2010, de la Consejería de Agricultura y Medio Ambiente, por la que se declaran especies exóticas de carácter invasor las especies pez gato negro (Ameiurus melas Rafinesque, 1820) y pez gato punteado (Ictalurus punctatus, Rafinesque, 1818), y se establecen medidas para su control. DOCM 8 de 13 de enero de 2011</t>
+  </si>
+  <si>
+    <t>http://docm.jccm.es/docm/eli/es-cm/o/2010/12/22/(2)</t>
+  </si>
+  <si>
+    <t>Castilla-La Mancha</t>
+  </si>
+  <si>
+    <t>Orden de 24 de mayo de 2010, de la Consejería de Agricultura y Agua, sobre medidas de prevención de incendios forestales en la Región de Murcia para el año 2010. BORM  121, de 28/05/2010</t>
+  </si>
+  <si>
+    <t>https://www.borm.es/services/Anuncio/ano/2010/numero/9476/pdf?id=402857</t>
+  </si>
+  <si>
+    <t>Orden de 17 de agosto de 2009, por la que se crea y regula el fichero automatizado "Registro Canario de Infractores de Caza (RCICAZA)". BOC 169, de 31 de Agosto de 2009</t>
+  </si>
+  <si>
+    <t>http://www.gobcan.es/boc/2009/169/001.html</t>
+  </si>
+  <si>
+    <t>Canarias</t>
+  </si>
+  <si>
+    <t>Orden de 14 de enero de 2009, de la Consejería de Agricultura y Desarrollo Rural, por la que se declaran especies exóticas de carácter invasor las especies cangrejo rojo (Procambarus clarkii (Girad, 1852)), cangrejo señal (Pacifasciatus leniusculus (Dana, 1852)) y siluro (Silurus glanis Linnaeus, 1758), y se establecen medidas para su control.</t>
+  </si>
+  <si>
+    <t>http://docm.jccm.es/docm/eli/es-cm/o/2009/01/14/(1)</t>
+  </si>
+  <si>
+    <t>Decreto 58/2009, de 4 de junio, del Consejo de Gobierno, por el que se aprueba el Plan de Protección Civil de Emergencia por Incendios Forestales en la Comunidad de Madrid (INFOMA)</t>
+  </si>
+  <si>
+    <t>https://gestiona.comunidad.madrid/wleg_pub/secure/Normativas/listadoNormativas.jsf#no-back-button</t>
+  </si>
+  <si>
+    <t>Comunidad de Madrid</t>
+  </si>
+  <si>
+    <t>Decreto 213/2009, de 20 de noviembre, del Consell, por el que se aprueban medidas para el control de especies exóticas invasoras en la Comunitat Valenciana. DOGV 6151 de 24/11/2009</t>
+  </si>
+  <si>
+    <t>https://dogv.gva.es/datos/2009/11/24/pdf/2009_13396.pdf</t>
+  </si>
+  <si>
+    <t>Comunidad Valenciana</t>
+  </si>
+  <si>
+    <t>Decreto 213/2009, de 20 de noviembre, del Consell, por el que se aprueban medidas para el control de especies exóticas invasoras en la Comunitat Valenciana. DOGV 6151 de 24 de noviembre de 2009</t>
+  </si>
+  <si>
+    <t>https://dogv.gva.es/auto/dogv/docvpub/rlgv/2009/D_2009_213_ca_O_2014_010.pdf</t>
+  </si>
+  <si>
+    <t>DECRETO 268/2009, de 28 de diciembre, por el que se adoptan medidas fitosanitarias para la erradicación y control del nematodo de la madera del pino Bursaphelenchus xylophilus (Steiner et Buhrer) Nickle et al., se regulan las indemnizaciones derivadas de la adopción de estas medidas y se dictan sus normas de aplicación para el año 2009 en la Comunidad Autónoma de Extremadura.</t>
+  </si>
+  <si>
+    <t>https://doe.juntaex.es/pdfs/doe/2009/2480o/09040296.pdf</t>
+  </si>
+  <si>
+    <t>Ley 9/2008, de 9 de diciembre, de modificación de la Ley 6/1992, de 18 de diciembre, de Protección de los Ecosistemas Acuáticos y de Regulación de la Pesca en Castilla y León. BOCyL 249 de 26 de diciembre de 2008</t>
+  </si>
+  <si>
+    <t>https://www.boe.es/eli/es-cl/l/2008/12/09/9</t>
+  </si>
+  <si>
+    <t>Leyes autonómicas</t>
   </si>
   <si>
     <t>Normas con rango de Ley</t>
   </si>
   <si>
-    <t>Nacional</t>
-[...62 lines deleted...]
-    <t>Extra-Regio</t>
+    <t>Orden de 22 de abril de 2008, por la que se regula la inscripción en el Registro Canario de Infractores de Caza. BOC 89 de 5 de mayo de 2008</t>
+  </si>
+  <si>
+    <t>http://www.gobiernodecanarias.org/boc/2008/089/003.html</t>
+  </si>
+  <si>
+    <t>Orden ARM/2444/2008, de 12 de agosto, por la que se aprueba el Programa de Acción Nacional de Lucha contra la Desertificación en cumplimiento de la Convención de Naciones Unidas de Lucha contra la Desertificación. BOE 200, de 19 de agosto de 2008</t>
+  </si>
+  <si>
+    <t>https://www.boe.es/eli/es/o/2008/08/12/arm2444</t>
+  </si>
+  <si>
+    <t>Ley 34/2007, de 15 de noviembre, de calidad del aire y protección de la atmósfera. BOE 275, de 16 de noviembre de 2007</t>
+  </si>
+  <si>
+    <t>https://www.boe.es/eli/es/l/2007/11/15/34</t>
+  </si>
+  <si>
+    <t>Leyes Ordinarias de ámbito estatal, Reales Decretos Legislativos, Real Decreto Ley</t>
+  </si>
+  <si>
+    <t>Decreto 16/2007, de 15 de febrero, por el que se aprueba el Plan Especial de Protección Civil de la CCAA de Cantabria sobre Incendios Forestales. BOC 64 de 30 de marzo de 2007</t>
+  </si>
+  <si>
+    <t>https://boc.cantabria.es/boces/verAnuncioAction.do?idAnuBlob=113477</t>
   </si>
   <si>
     <t>Cantabria</t>
   </si>
   <si>
+    <t>Decreto 113/2007, de 22 de noviembre, por el que se modifica el Decreto 89/2004, de 29 de julio, por el que se establece el Operativo de lucha contra incendios forestales en Castilla y León y se regula el sistema de guardias. BOCyL 231 de 28/11/2007</t>
+  </si>
+  <si>
+    <t>https://bocyl.jcyl.es/boletines/2007/11/28/pdf/BOCYL-D-28112007-2.pdf</t>
+  </si>
+  <si>
+    <t>Orden de 30 de mayo de 2007, de la Conselleria de Territorio y Vivienda, por la que se aprueba un programa de actuaciones para el control de mejillón cebra en la Comunitat Valenciana. DOCV 5552, de 10 de julio de 2007</t>
+  </si>
+  <si>
+    <t>https://dogv.gva.es/datos/2007/07/10/pdf/2007_8980.pdf</t>
+  </si>
+  <si>
+    <t>Decreto 125/2007, de 5 de octubre, por el que se dictan Normas sobre el uso del fuego y se regula el ejercicio de determinadas actividades susceptibles de incrementar el riesgo de incendio forestal. BOIB 153 de 11/10/2007</t>
+  </si>
+  <si>
+    <t>http://boib.caib.es/pdf/2007153/mp56.pdf</t>
+  </si>
+  <si>
     <t>Illes Balears</t>
-  </si>
-[...343 lines deleted...]
-    <t>http://boib.caib.es/pdf/2007153/mp56.pdf</t>
   </si>
   <si>
     <t>Ley 6/2006, de 12 de abril, balear de caza y pesca fluvial. BOIB 61 de 27/04/2006</t>
   </si>
   <si>
     <t>https://www.boe.es/eli/es-ib/l/2006/04/12/6</t>
   </si>
   <si>
     <t>Decreto 65/2006, de 14 de septiembre, por el que se actualiza la cuantía de las sanciones a imponer por la comisión de las infracciones tipificadas en la Ley 4/1996, de 12 de julio, de Caza de Castilla y León. BOCyL 182, de 20 de septiembre de 2006</t>
   </si>
   <si>
     <t>https://bocyl.jcyl.es/boletines/2006/09/20/pdf/BOCYL-D-20092006-2.pdf</t>
   </si>
   <si>
     <t>Decreto 58/2005, de 9 de septiembre de 2005, por el que se aprueba el Plan Especial de Protección Civil de Emergencia por Incendios Forestales en la Comunidad Autónoma de La Rioja (INFOCAR). BOR 123 de 15 de Septiembre de 2005</t>
   </si>
   <si>
     <t>https://web.larioja.org/bor-portada/borAnuncio?n=658965-1-HTML-342359-X</t>
   </si>
   <si>
     <t>La Rioja</t>
   </si>
   <si>
     <t>Orden de la Consejería de Industria y Medio Ambiente por la que se aprueba el protocolo de actuaciones a seguir por la Dirección General del Medio Natural, en caso de uso ilegal de cebos envenenados en el medio natural. BORM 249, de 28 de octubre de 2005.</t>
   </si>
@@ -917,2070 +854,1608 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:H86"/>
+  <dimension ref="A1:H66"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="488.309" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="378.622" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="89.55" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="97.833" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="63.556" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="31.707" bestFit="true" customWidth="true" style="0"/>
-    <col min="8" max="8" width="31.707" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="24.708" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2" spans="1:8">
       <c r="A2" t="s">
         <v>8</v>
       </c>
       <c r="B2" t="s">
         <v>9</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
         <v>12</v>
       </c>
       <c r="F2">
-        <v>2024</v>
+        <v>2023</v>
       </c>
       <c r="G2" t="s">
         <v>13</v>
       </c>
       <c r="H2"/>
     </row>
     <row r="3" spans="1:8">
       <c r="A3" t="s">
         <v>14</v>
       </c>
       <c r="B3" t="s">
         <v>15</v>
       </c>
-      <c r="C3" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="C3"/>
       <c r="D3" t="s">
         <v>16</v>
       </c>
       <c r="E3" t="s">
-        <v>12</v>
+        <v>17</v>
       </c>
       <c r="F3">
-        <v>2024</v>
+        <v>2022</v>
       </c>
       <c r="G3" t="s">
-        <v>13</v>
-[...3 lines deleted...]
-      </c>
+        <v>18</v>
+      </c>
+      <c r="H3"/>
     </row>
     <row r="4" spans="1:8">
       <c r="A4" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="B4" t="s">
-        <v>9</v>
+        <v>20</v>
       </c>
       <c r="C4" t="s">
-        <v>19</v>
+        <v>21</v>
       </c>
       <c r="D4" t="s">
-        <v>16</v>
+        <v>22</v>
       </c>
       <c r="E4" t="s">
         <v>12</v>
       </c>
       <c r="F4">
-        <v>2024</v>
-[...6 lines deleted...]
-      </c>
+        <v>2021</v>
+      </c>
+      <c r="G4"/>
+      <c r="H4"/>
     </row>
     <row r="5" spans="1:8">
       <c r="A5" t="s">
-        <v>20</v>
+        <v>23</v>
       </c>
       <c r="B5" t="s">
+        <v>24</v>
+      </c>
+      <c r="C5" t="s">
         <v>21</v>
       </c>
-      <c r="C5"/>
       <c r="D5" t="s">
         <v>22</v>
       </c>
       <c r="E5" t="s">
         <v>12</v>
       </c>
       <c r="F5">
-        <v>2024</v>
-[...6 lines deleted...]
-      </c>
+        <v>2021</v>
+      </c>
+      <c r="G5"/>
+      <c r="H5"/>
     </row>
     <row r="6" spans="1:8">
       <c r="A6" t="s">
-        <v>20</v>
+        <v>25</v>
       </c>
       <c r="B6" t="s">
+        <v>26</v>
+      </c>
+      <c r="C6" t="s">
         <v>21</v>
       </c>
-      <c r="C6"/>
       <c r="D6" t="s">
         <v>22</v>
       </c>
       <c r="E6" t="s">
         <v>12</v>
       </c>
       <c r="F6">
-        <v>2024</v>
-[...6 lines deleted...]
-      </c>
+        <v>2021</v>
+      </c>
+      <c r="G6"/>
+      <c r="H6"/>
     </row>
     <row r="7" spans="1:8">
       <c r="A7" t="s">
-        <v>20</v>
+        <v>27</v>
       </c>
       <c r="B7" t="s">
-        <v>21</v>
-[...1 lines deleted...]
-      <c r="C7"/>
+        <v>28</v>
+      </c>
+      <c r="C7" t="s">
+        <v>10</v>
+      </c>
       <c r="D7" t="s">
-        <v>22</v>
+        <v>11</v>
       </c>
       <c r="E7" t="s">
         <v>12</v>
       </c>
       <c r="F7">
-        <v>2024</v>
+        <v>2020</v>
       </c>
       <c r="G7" t="s">
         <v>13</v>
       </c>
-      <c r="H7" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H7"/>
     </row>
     <row r="8" spans="1:8">
       <c r="A8" t="s">
-        <v>20</v>
+        <v>29</v>
       </c>
       <c r="B8" t="s">
-        <v>21</v>
+        <v>30</v>
       </c>
       <c r="C8"/>
       <c r="D8" t="s">
-        <v>22</v>
+        <v>16</v>
       </c>
       <c r="E8" t="s">
-        <v>12</v>
+        <v>17</v>
       </c>
       <c r="F8">
-        <v>2024</v>
+        <v>2019</v>
       </c>
       <c r="G8" t="s">
-        <v>13</v>
-[...3 lines deleted...]
-      </c>
+        <v>18</v>
+      </c>
+      <c r="H8"/>
     </row>
     <row r="9" spans="1:8">
       <c r="A9" t="s">
-        <v>20</v>
+        <v>31</v>
       </c>
       <c r="B9" t="s">
-        <v>21</v>
-[...1 lines deleted...]
-      <c r="C9"/>
+        <v>32</v>
+      </c>
+      <c r="C9" t="s">
+        <v>33</v>
+      </c>
       <c r="D9" t="s">
-        <v>22</v>
+        <v>11</v>
       </c>
       <c r="E9" t="s">
         <v>12</v>
       </c>
       <c r="F9">
-        <v>2024</v>
+        <v>2019</v>
       </c>
       <c r="G9" t="s">
         <v>13</v>
       </c>
-      <c r="H9" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H9"/>
     </row>
     <row r="10" spans="1:8">
       <c r="A10" t="s">
-        <v>20</v>
+        <v>34</v>
       </c>
       <c r="B10" t="s">
+        <v>35</v>
+      </c>
+      <c r="C10" t="s">
         <v>21</v>
       </c>
-      <c r="C10"/>
       <c r="D10" t="s">
         <v>22</v>
       </c>
       <c r="E10" t="s">
         <v>12</v>
       </c>
       <c r="F10">
-        <v>2024</v>
-[...6 lines deleted...]
-      </c>
+        <v>2019</v>
+      </c>
+      <c r="G10"/>
+      <c r="H10"/>
     </row>
     <row r="11" spans="1:8">
       <c r="A11" t="s">
-        <v>20</v>
+        <v>36</v>
       </c>
       <c r="B11" t="s">
-        <v>21</v>
-[...1 lines deleted...]
-      <c r="C11"/>
+        <v>37</v>
+      </c>
+      <c r="C11" t="s">
+        <v>38</v>
+      </c>
       <c r="D11" t="s">
         <v>22</v>
       </c>
       <c r="E11" t="s">
         <v>12</v>
       </c>
       <c r="F11">
-        <v>2024</v>
-[...6 lines deleted...]
-      </c>
+        <v>2018</v>
+      </c>
+      <c r="G11"/>
+      <c r="H11"/>
     </row>
     <row r="12" spans="1:8">
       <c r="A12" t="s">
-        <v>20</v>
+        <v>39</v>
       </c>
       <c r="B12" t="s">
-        <v>21</v>
-[...1 lines deleted...]
-      <c r="C12"/>
+        <v>40</v>
+      </c>
+      <c r="C12" t="s">
+        <v>38</v>
+      </c>
       <c r="D12" t="s">
         <v>22</v>
       </c>
       <c r="E12" t="s">
         <v>12</v>
       </c>
       <c r="F12">
-        <v>2024</v>
-[...6 lines deleted...]
-      </c>
+        <v>2018</v>
+      </c>
+      <c r="G12"/>
+      <c r="H12"/>
     </row>
     <row r="13" spans="1:8">
       <c r="A13" t="s">
-        <v>30</v>
+        <v>41</v>
       </c>
       <c r="B13" t="s">
-        <v>31</v>
+        <v>42</v>
       </c>
       <c r="C13"/>
       <c r="D13" t="s">
-        <v>22</v>
+        <v>16</v>
       </c>
       <c r="E13" t="s">
-        <v>12</v>
+        <v>17</v>
       </c>
       <c r="F13">
-        <v>2024</v>
-[...4 lines deleted...]
-      </c>
+        <v>2017</v>
+      </c>
+      <c r="G13" t="s">
+        <v>18</v>
+      </c>
+      <c r="H13"/>
     </row>
     <row r="14" spans="1:8">
       <c r="A14" t="s">
-        <v>32</v>
+        <v>43</v>
       </c>
       <c r="B14" t="s">
-        <v>21</v>
+        <v>44</v>
       </c>
       <c r="C14"/>
-      <c r="D14"/>
+      <c r="D14" t="s">
+        <v>16</v>
+      </c>
       <c r="E14" t="s">
-        <v>12</v>
+        <v>17</v>
       </c>
       <c r="F14">
-        <v>2024</v>
-[...4 lines deleted...]
-      </c>
+        <v>2016</v>
+      </c>
+      <c r="G14" t="s">
+        <v>18</v>
+      </c>
+      <c r="H14"/>
     </row>
     <row r="15" spans="1:8">
       <c r="A15" t="s">
-        <v>32</v>
+        <v>45</v>
       </c>
       <c r="B15" t="s">
-        <v>21</v>
-[...2 lines deleted...]
-      <c r="D15"/>
+        <v>46</v>
+      </c>
+      <c r="C15" t="s">
+        <v>33</v>
+      </c>
+      <c r="D15" t="s">
+        <v>11</v>
+      </c>
       <c r="E15" t="s">
         <v>12</v>
       </c>
       <c r="F15">
-        <v>2024</v>
-[...4 lines deleted...]
-      </c>
+        <v>2016</v>
+      </c>
+      <c r="G15" t="s">
+        <v>13</v>
+      </c>
+      <c r="H15"/>
     </row>
     <row r="16" spans="1:8">
       <c r="A16" t="s">
-        <v>32</v>
+        <v>47</v>
       </c>
       <c r="B16" t="s">
-        <v>21</v>
-[...2 lines deleted...]
-      <c r="D16"/>
+        <v>48</v>
+      </c>
+      <c r="C16" t="s">
+        <v>38</v>
+      </c>
+      <c r="D16" t="s">
+        <v>22</v>
+      </c>
       <c r="E16" t="s">
         <v>12</v>
       </c>
       <c r="F16">
-        <v>2024</v>
+        <v>2016</v>
       </c>
       <c r="G16"/>
-      <c r="H16" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H16"/>
     </row>
     <row r="17" spans="1:8">
       <c r="A17" t="s">
-        <v>32</v>
+        <v>49</v>
       </c>
       <c r="B17" t="s">
+        <v>50</v>
+      </c>
+      <c r="C17" t="s">
         <v>21</v>
       </c>
-      <c r="C17"/>
-      <c r="D17"/>
+      <c r="D17" t="s">
+        <v>22</v>
+      </c>
       <c r="E17" t="s">
         <v>12</v>
       </c>
       <c r="F17">
-        <v>2024</v>
+        <v>2016</v>
       </c>
       <c r="G17"/>
-      <c r="H17" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H17"/>
     </row>
     <row r="18" spans="1:8">
       <c r="A18" t="s">
-        <v>32</v>
+        <v>51</v>
       </c>
       <c r="B18" t="s">
-        <v>21</v>
-[...2 lines deleted...]
-      <c r="D18"/>
+        <v>52</v>
+      </c>
+      <c r="C18" t="s">
+        <v>33</v>
+      </c>
+      <c r="D18" t="s">
+        <v>11</v>
+      </c>
       <c r="E18" t="s">
         <v>12</v>
       </c>
       <c r="F18">
-        <v>2024</v>
-[...4 lines deleted...]
-      </c>
+        <v>2015</v>
+      </c>
+      <c r="G18" t="s">
+        <v>13</v>
+      </c>
+      <c r="H18"/>
     </row>
     <row r="19" spans="1:8">
       <c r="A19" t="s">
-        <v>32</v>
+        <v>53</v>
       </c>
       <c r="B19" t="s">
+        <v>54</v>
+      </c>
+      <c r="C19" t="s">
         <v>21</v>
       </c>
-      <c r="C19"/>
-      <c r="D19"/>
+      <c r="D19" t="s">
+        <v>22</v>
+      </c>
       <c r="E19" t="s">
         <v>12</v>
       </c>
       <c r="F19">
-        <v>2024</v>
+        <v>2014</v>
       </c>
       <c r="G19"/>
-      <c r="H19" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H19"/>
     </row>
     <row r="20" spans="1:8">
       <c r="A20" t="s">
-        <v>32</v>
+        <v>55</v>
       </c>
       <c r="B20" t="s">
+        <v>56</v>
+      </c>
+      <c r="C20" t="s">
         <v>21</v>
       </c>
-      <c r="C20"/>
-      <c r="D20"/>
+      <c r="D20" t="s">
+        <v>22</v>
+      </c>
       <c r="E20" t="s">
         <v>12</v>
       </c>
       <c r="F20">
-        <v>2024</v>
+        <v>2013</v>
       </c>
       <c r="G20"/>
       <c r="H20" t="s">
-        <v>36</v>
+        <v>57</v>
       </c>
     </row>
     <row r="21" spans="1:8">
       <c r="A21" t="s">
-        <v>37</v>
+        <v>58</v>
       </c>
       <c r="B21" t="s">
-        <v>38</v>
-[...2 lines deleted...]
-      <c r="D21"/>
+        <v>59</v>
+      </c>
+      <c r="C21" t="s">
+        <v>21</v>
+      </c>
+      <c r="D21" t="s">
+        <v>22</v>
+      </c>
       <c r="E21" t="s">
         <v>12</v>
       </c>
       <c r="F21">
-        <v>2023</v>
+        <v>2013</v>
       </c>
       <c r="G21"/>
       <c r="H21" t="s">
-        <v>17</v>
+        <v>60</v>
       </c>
     </row>
     <row r="22" spans="1:8">
       <c r="A22" t="s">
-        <v>39</v>
+        <v>61</v>
       </c>
       <c r="B22" t="s">
-        <v>40</v>
+        <v>62</v>
       </c>
       <c r="C22" t="s">
-        <v>41</v>
+        <v>21</v>
       </c>
       <c r="D22" t="s">
-        <v>42</v>
+        <v>22</v>
       </c>
       <c r="E22" t="s">
-        <v>43</v>
+        <v>12</v>
       </c>
       <c r="F22">
-        <v>2023</v>
-[...4 lines deleted...]
-      <c r="H22"/>
+        <v>2013</v>
+      </c>
+      <c r="G22"/>
+      <c r="H22" t="s">
+        <v>60</v>
+      </c>
     </row>
     <row r="23" spans="1:8">
       <c r="A23" t="s">
-        <v>44</v>
+        <v>63</v>
       </c>
       <c r="B23" t="s">
-        <v>45</v>
-[...1 lines deleted...]
-      <c r="C23"/>
+        <v>64</v>
+      </c>
+      <c r="C23" t="s">
+        <v>33</v>
+      </c>
       <c r="D23" t="s">
         <v>11</v>
       </c>
       <c r="E23" t="s">
-        <v>46</v>
+        <v>12</v>
       </c>
       <c r="F23">
-        <v>2022</v>
+        <v>2013</v>
       </c>
       <c r="G23" t="s">
-        <v>47</v>
+        <v>13</v>
       </c>
       <c r="H23"/>
     </row>
     <row r="24" spans="1:8">
       <c r="A24" t="s">
-        <v>48</v>
+        <v>65</v>
       </c>
       <c r="B24" t="s">
-        <v>49</v>
+        <v>66</v>
       </c>
       <c r="C24" t="s">
-        <v>19</v>
+        <v>67</v>
       </c>
       <c r="D24" t="s">
-        <v>50</v>
+        <v>22</v>
       </c>
       <c r="E24" t="s">
-        <v>43</v>
+        <v>12</v>
       </c>
       <c r="F24">
-        <v>2021</v>
+        <v>2012</v>
       </c>
       <c r="G24"/>
-      <c r="H24"/>
+      <c r="H24" t="s">
+        <v>68</v>
+      </c>
     </row>
     <row r="25" spans="1:8">
       <c r="A25" t="s">
-        <v>51</v>
+        <v>69</v>
       </c>
       <c r="B25" t="s">
-        <v>52</v>
+        <v>70</v>
       </c>
       <c r="C25" t="s">
-        <v>19</v>
+        <v>21</v>
       </c>
       <c r="D25" t="s">
-        <v>50</v>
+        <v>22</v>
       </c>
       <c r="E25" t="s">
-        <v>43</v>
+        <v>12</v>
       </c>
       <c r="F25">
-        <v>2021</v>
+        <v>2012</v>
       </c>
       <c r="G25"/>
       <c r="H25" t="s">
-        <v>53</v>
+        <v>68</v>
       </c>
     </row>
     <row r="26" spans="1:8">
       <c r="A26" t="s">
-        <v>54</v>
+        <v>71</v>
       </c>
       <c r="B26" t="s">
-        <v>55</v>
+        <v>72</v>
       </c>
       <c r="C26" t="s">
-        <v>19</v>
+        <v>21</v>
       </c>
       <c r="D26" t="s">
-        <v>50</v>
+        <v>22</v>
       </c>
       <c r="E26" t="s">
-        <v>43</v>
+        <v>12</v>
       </c>
       <c r="F26">
-        <v>2021</v>
+        <v>2012</v>
       </c>
       <c r="G26"/>
-      <c r="H26"/>
+      <c r="H26" t="s">
+        <v>57</v>
+      </c>
     </row>
     <row r="27" spans="1:8">
       <c r="A27" t="s">
-        <v>56</v>
+        <v>73</v>
       </c>
       <c r="B27" t="s">
+        <v>74</v>
+      </c>
+      <c r="C27" t="s">
+        <v>21</v>
+      </c>
+      <c r="D27" t="s">
+        <v>22</v>
+      </c>
+      <c r="E27" t="s">
+        <v>12</v>
+      </c>
+      <c r="F27">
+        <v>2012</v>
+      </c>
+      <c r="G27"/>
+      <c r="H27" t="s">
         <v>57</v>
       </c>
-      <c r="C27" t="s">
-[...14 lines deleted...]
-      <c r="H27"/>
     </row>
     <row r="28" spans="1:8">
       <c r="A28" t="s">
-        <v>58</v>
+        <v>75</v>
       </c>
       <c r="B28" t="s">
-        <v>59</v>
-[...1 lines deleted...]
-      <c r="C28"/>
+        <v>76</v>
+      </c>
+      <c r="C28" t="s">
+        <v>67</v>
+      </c>
       <c r="D28" t="s">
-        <v>11</v>
+        <v>22</v>
       </c>
       <c r="E28" t="s">
-        <v>46</v>
+        <v>12</v>
       </c>
       <c r="F28">
-        <v>2019</v>
-[...4 lines deleted...]
-      <c r="H28"/>
+        <v>2012</v>
+      </c>
+      <c r="G28"/>
+      <c r="H28" t="s">
+        <v>77</v>
+      </c>
     </row>
     <row r="29" spans="1:8">
       <c r="A29" t="s">
+        <v>78</v>
+      </c>
+      <c r="B29" t="s">
+        <v>79</v>
+      </c>
+      <c r="C29" t="s">
+        <v>21</v>
+      </c>
+      <c r="D29" t="s">
+        <v>22</v>
+      </c>
+      <c r="E29" t="s">
+        <v>12</v>
+      </c>
+      <c r="F29">
+        <v>2012</v>
+      </c>
+      <c r="G29"/>
+      <c r="H29" t="s">
         <v>60</v>
       </c>
-      <c r="B29" t="s">
-[...17 lines deleted...]
-      <c r="H29"/>
     </row>
     <row r="30" spans="1:8">
       <c r="A30" t="s">
-        <v>63</v>
+        <v>80</v>
       </c>
       <c r="B30" t="s">
-        <v>64</v>
+        <v>81</v>
       </c>
       <c r="C30" t="s">
-        <v>19</v>
+        <v>67</v>
       </c>
       <c r="D30" t="s">
-        <v>50</v>
+        <v>22</v>
       </c>
       <c r="E30" t="s">
-        <v>43</v>
+        <v>12</v>
       </c>
       <c r="F30">
-        <v>2019</v>
+        <v>2011</v>
       </c>
       <c r="G30"/>
       <c r="H30" t="s">
-        <v>17</v>
+        <v>68</v>
       </c>
     </row>
     <row r="31" spans="1:8">
       <c r="A31" t="s">
-        <v>65</v>
+        <v>82</v>
       </c>
       <c r="B31" t="s">
-        <v>66</v>
+        <v>83</v>
       </c>
       <c r="C31" t="s">
-        <v>10</v>
+        <v>33</v>
       </c>
       <c r="D31" t="s">
-        <v>50</v>
+        <v>11</v>
       </c>
       <c r="E31" t="s">
-        <v>43</v>
+        <v>12</v>
       </c>
       <c r="F31">
-        <v>2018</v>
-[...1 lines deleted...]
-      <c r="G31"/>
+        <v>2011</v>
+      </c>
+      <c r="G31" t="s">
+        <v>13</v>
+      </c>
       <c r="H31"/>
     </row>
     <row r="32" spans="1:8">
       <c r="A32" t="s">
-        <v>67</v>
+        <v>84</v>
       </c>
       <c r="B32" t="s">
-        <v>68</v>
+        <v>85</v>
       </c>
       <c r="C32" t="s">
-        <v>10</v>
+        <v>21</v>
       </c>
       <c r="D32" t="s">
-        <v>50</v>
+        <v>22</v>
       </c>
       <c r="E32" t="s">
-        <v>43</v>
+        <v>12</v>
       </c>
       <c r="F32">
-        <v>2018</v>
+        <v>2011</v>
       </c>
       <c r="G32"/>
-      <c r="H32"/>
+      <c r="H32" t="s">
+        <v>77</v>
+      </c>
     </row>
     <row r="33" spans="1:8">
       <c r="A33" t="s">
-        <v>69</v>
+        <v>86</v>
       </c>
       <c r="B33" t="s">
-        <v>70</v>
-[...1 lines deleted...]
-      <c r="C33"/>
+        <v>87</v>
+      </c>
+      <c r="C33" t="s">
+        <v>67</v>
+      </c>
       <c r="D33" t="s">
-        <v>11</v>
+        <v>22</v>
       </c>
       <c r="E33" t="s">
-        <v>46</v>
+        <v>12</v>
       </c>
       <c r="F33">
-        <v>2017</v>
-[...4 lines deleted...]
-      <c r="H33"/>
+        <v>2011</v>
+      </c>
+      <c r="G33"/>
+      <c r="H33" t="s">
+        <v>57</v>
+      </c>
     </row>
     <row r="34" spans="1:8">
       <c r="A34" t="s">
-        <v>71</v>
+        <v>88</v>
       </c>
       <c r="B34" t="s">
-        <v>72</v>
-[...1 lines deleted...]
-      <c r="C34"/>
+        <v>89</v>
+      </c>
+      <c r="C34" t="s">
+        <v>21</v>
+      </c>
       <c r="D34" t="s">
-        <v>11</v>
+        <v>22</v>
       </c>
       <c r="E34" t="s">
-        <v>46</v>
+        <v>12</v>
       </c>
       <c r="F34">
-        <v>2016</v>
-[...4 lines deleted...]
-      <c r="H34"/>
+        <v>2011</v>
+      </c>
+      <c r="G34"/>
+      <c r="H34" t="s">
+        <v>77</v>
+      </c>
     </row>
     <row r="35" spans="1:8">
       <c r="A35" t="s">
-        <v>73</v>
+        <v>90</v>
       </c>
       <c r="B35" t="s">
-        <v>74</v>
+        <v>91</v>
       </c>
       <c r="C35" t="s">
-        <v>62</v>
+        <v>21</v>
       </c>
       <c r="D35" t="s">
-        <v>42</v>
+        <v>22</v>
       </c>
       <c r="E35" t="s">
-        <v>43</v>
+        <v>12</v>
       </c>
       <c r="F35">
-        <v>2016</v>
-[...4 lines deleted...]
-      <c r="H35"/>
+        <v>2010</v>
+      </c>
+      <c r="G35"/>
+      <c r="H35" t="s">
+        <v>92</v>
+      </c>
     </row>
     <row r="36" spans="1:8">
       <c r="A36" t="s">
-        <v>75</v>
+        <v>93</v>
       </c>
       <c r="B36" t="s">
-        <v>76</v>
+        <v>94</v>
       </c>
       <c r="C36" t="s">
-        <v>10</v>
+        <v>21</v>
       </c>
       <c r="D36" t="s">
-        <v>50</v>
+        <v>22</v>
       </c>
       <c r="E36" t="s">
-        <v>43</v>
+        <v>12</v>
       </c>
       <c r="F36">
-        <v>2016</v>
+        <v>2010</v>
       </c>
       <c r="G36"/>
-      <c r="H36"/>
+      <c r="H36" t="s">
+        <v>77</v>
+      </c>
     </row>
     <row r="37" spans="1:8">
       <c r="A37" t="s">
-        <v>77</v>
+        <v>95</v>
       </c>
       <c r="B37" t="s">
-        <v>78</v>
+        <v>96</v>
       </c>
       <c r="C37" t="s">
-        <v>19</v>
+        <v>21</v>
       </c>
       <c r="D37" t="s">
-        <v>50</v>
+        <v>22</v>
       </c>
       <c r="E37" t="s">
-        <v>43</v>
+        <v>12</v>
       </c>
       <c r="F37">
-        <v>2016</v>
+        <v>2009</v>
       </c>
       <c r="G37"/>
       <c r="H37" t="s">
-        <v>79</v>
+        <v>97</v>
       </c>
     </row>
     <row r="38" spans="1:8">
       <c r="A38" t="s">
-        <v>80</v>
+        <v>98</v>
       </c>
       <c r="B38" t="s">
-        <v>81</v>
+        <v>99</v>
       </c>
       <c r="C38" t="s">
-        <v>62</v>
+        <v>21</v>
       </c>
       <c r="D38" t="s">
-        <v>42</v>
+        <v>22</v>
       </c>
       <c r="E38" t="s">
-        <v>43</v>
+        <v>12</v>
       </c>
       <c r="F38">
-        <v>2015</v>
-[...4 lines deleted...]
-      <c r="H38"/>
+        <v>2009</v>
+      </c>
+      <c r="G38"/>
+      <c r="H38" t="s">
+        <v>92</v>
+      </c>
     </row>
     <row r="39" spans="1:8">
       <c r="A39" t="s">
-        <v>82</v>
+        <v>100</v>
       </c>
       <c r="B39" t="s">
-        <v>83</v>
+        <v>101</v>
       </c>
       <c r="C39" t="s">
-        <v>19</v>
+        <v>67</v>
       </c>
       <c r="D39" t="s">
-        <v>50</v>
+        <v>22</v>
       </c>
       <c r="E39" t="s">
-        <v>43</v>
+        <v>12</v>
       </c>
       <c r="F39">
-        <v>2014</v>
+        <v>2009</v>
       </c>
       <c r="G39"/>
       <c r="H39" t="s">
-        <v>84</v>
+        <v>102</v>
       </c>
     </row>
     <row r="40" spans="1:8">
       <c r="A40" t="s">
-        <v>85</v>
+        <v>103</v>
       </c>
       <c r="B40" t="s">
-        <v>86</v>
+        <v>104</v>
       </c>
       <c r="C40" t="s">
-        <v>19</v>
+        <v>67</v>
       </c>
       <c r="D40" t="s">
-        <v>50</v>
+        <v>22</v>
       </c>
       <c r="E40" t="s">
-        <v>43</v>
+        <v>12</v>
       </c>
       <c r="F40">
-        <v>2013</v>
+        <v>2009</v>
       </c>
       <c r="G40"/>
       <c r="H40" t="s">
-        <v>23</v>
+        <v>105</v>
       </c>
     </row>
     <row r="41" spans="1:8">
       <c r="A41" t="s">
-        <v>87</v>
+        <v>106</v>
       </c>
       <c r="B41" t="s">
-        <v>88</v>
+        <v>107</v>
       </c>
       <c r="C41" t="s">
-        <v>19</v>
+        <v>67</v>
       </c>
       <c r="D41" t="s">
-        <v>50</v>
+        <v>22</v>
       </c>
       <c r="E41" t="s">
-        <v>43</v>
+        <v>12</v>
       </c>
       <c r="F41">
-        <v>2013</v>
+        <v>2009</v>
       </c>
       <c r="G41"/>
-      <c r="H41" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H41"/>
     </row>
     <row r="42" spans="1:8">
       <c r="A42" t="s">
-        <v>90</v>
+        <v>108</v>
       </c>
       <c r="B42" t="s">
-        <v>91</v>
+        <v>109</v>
       </c>
       <c r="C42" t="s">
-        <v>19</v>
+        <v>67</v>
       </c>
       <c r="D42" t="s">
-        <v>50</v>
+        <v>22</v>
       </c>
       <c r="E42" t="s">
-        <v>43</v>
+        <v>12</v>
       </c>
       <c r="F42">
-        <v>2013</v>
+        <v>2009</v>
       </c>
       <c r="G42"/>
-      <c r="H42" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H42"/>
     </row>
     <row r="43" spans="1:8">
       <c r="A43" t="s">
-        <v>92</v>
+        <v>110</v>
       </c>
       <c r="B43" t="s">
-        <v>93</v>
-[...3 lines deleted...]
-      </c>
+        <v>111</v>
+      </c>
+      <c r="C43"/>
       <c r="D43" t="s">
-        <v>42</v>
+        <v>112</v>
       </c>
       <c r="E43" t="s">
-        <v>43</v>
+        <v>113</v>
       </c>
       <c r="F43">
-        <v>2013</v>
-[...4 lines deleted...]
-      <c r="H43"/>
+        <v>2008</v>
+      </c>
+      <c r="G43"/>
+      <c r="H43" t="s">
+        <v>60</v>
+      </c>
     </row>
     <row r="44" spans="1:8">
       <c r="A44" t="s">
-        <v>94</v>
+        <v>114</v>
       </c>
       <c r="B44" t="s">
-        <v>95</v>
+        <v>115</v>
       </c>
       <c r="C44" t="s">
-        <v>96</v>
+        <v>21</v>
       </c>
       <c r="D44" t="s">
-        <v>50</v>
+        <v>22</v>
       </c>
       <c r="E44" t="s">
-        <v>43</v>
+        <v>12</v>
       </c>
       <c r="F44">
-        <v>2012</v>
+        <v>2008</v>
       </c>
       <c r="G44"/>
       <c r="H44" t="s">
         <v>97</v>
       </c>
     </row>
     <row r="45" spans="1:8">
       <c r="A45" t="s">
-        <v>98</v>
+        <v>116</v>
       </c>
       <c r="B45" t="s">
-        <v>99</v>
+        <v>117</v>
       </c>
       <c r="C45" t="s">
-        <v>19</v>
+        <v>10</v>
       </c>
       <c r="D45" t="s">
-        <v>50</v>
+        <v>11</v>
       </c>
       <c r="E45" t="s">
-        <v>43</v>
+        <v>12</v>
       </c>
       <c r="F45">
-        <v>2012</v>
-[...4 lines deleted...]
-      </c>
+        <v>2008</v>
+      </c>
+      <c r="G45" t="s">
+        <v>13</v>
+      </c>
+      <c r="H45"/>
     </row>
     <row r="46" spans="1:8">
       <c r="A46" t="s">
-        <v>100</v>
+        <v>118</v>
       </c>
       <c r="B46" t="s">
-        <v>101</v>
-[...3 lines deleted...]
-      </c>
+        <v>119</v>
+      </c>
+      <c r="C46"/>
       <c r="D46" t="s">
-        <v>50</v>
+        <v>120</v>
       </c>
       <c r="E46" t="s">
-        <v>43</v>
+        <v>113</v>
       </c>
       <c r="F46">
-        <v>2012</v>
-[...4 lines deleted...]
-      </c>
+        <v>2007</v>
+      </c>
+      <c r="G46" t="s">
+        <v>13</v>
+      </c>
+      <c r="H46"/>
     </row>
     <row r="47" spans="1:8">
       <c r="A47" t="s">
-        <v>102</v>
+        <v>121</v>
       </c>
       <c r="B47" t="s">
-        <v>103</v>
+        <v>122</v>
       </c>
       <c r="C47" t="s">
-        <v>19</v>
+        <v>67</v>
       </c>
       <c r="D47" t="s">
-        <v>50</v>
+        <v>22</v>
       </c>
       <c r="E47" t="s">
-        <v>43</v>
+        <v>12</v>
       </c>
       <c r="F47">
-        <v>2012</v>
+        <v>2007</v>
       </c>
       <c r="G47"/>
       <c r="H47" t="s">
-        <v>23</v>
+        <v>123</v>
       </c>
     </row>
     <row r="48" spans="1:8">
       <c r="A48" t="s">
-        <v>104</v>
+        <v>124</v>
       </c>
       <c r="B48" t="s">
-        <v>105</v>
+        <v>125</v>
       </c>
       <c r="C48" t="s">
-        <v>96</v>
+        <v>67</v>
       </c>
       <c r="D48" t="s">
-        <v>50</v>
+        <v>22</v>
       </c>
       <c r="E48" t="s">
-        <v>43</v>
+        <v>12</v>
       </c>
       <c r="F48">
-        <v>2012</v>
+        <v>2007</v>
       </c>
       <c r="G48"/>
       <c r="H48" t="s">
-        <v>28</v>
+        <v>60</v>
       </c>
     </row>
     <row r="49" spans="1:8">
       <c r="A49" t="s">
-        <v>106</v>
+        <v>126</v>
       </c>
       <c r="B49" t="s">
-        <v>107</v>
+        <v>127</v>
       </c>
       <c r="C49" t="s">
-        <v>19</v>
+        <v>21</v>
       </c>
       <c r="D49" t="s">
-        <v>50</v>
+        <v>22</v>
       </c>
       <c r="E49" t="s">
-        <v>43</v>
+        <v>12</v>
       </c>
       <c r="F49">
-        <v>2012</v>
+        <v>2007</v>
       </c>
       <c r="G49"/>
       <c r="H49" t="s">
-        <v>89</v>
+        <v>105</v>
       </c>
     </row>
     <row r="50" spans="1:8">
       <c r="A50" t="s">
-        <v>108</v>
+        <v>128</v>
       </c>
       <c r="B50" t="s">
-        <v>109</v>
+        <v>129</v>
       </c>
       <c r="C50" t="s">
-        <v>96</v>
+        <v>67</v>
       </c>
       <c r="D50" t="s">
-        <v>50</v>
+        <v>22</v>
       </c>
       <c r="E50" t="s">
-        <v>43</v>
+        <v>12</v>
       </c>
       <c r="F50">
-        <v>2011</v>
+        <v>2007</v>
       </c>
       <c r="G50"/>
       <c r="H50" t="s">
-        <v>97</v>
+        <v>130</v>
       </c>
     </row>
     <row r="51" spans="1:8">
       <c r="A51" t="s">
-        <v>110</v>
+        <v>131</v>
       </c>
       <c r="B51" t="s">
-        <v>111</v>
-[...3 lines deleted...]
-      </c>
+        <v>132</v>
+      </c>
+      <c r="C51"/>
       <c r="D51" t="s">
-        <v>42</v>
+        <v>112</v>
       </c>
       <c r="E51" t="s">
-        <v>43</v>
+        <v>113</v>
       </c>
       <c r="F51">
-        <v>2011</v>
-[...4 lines deleted...]
-      <c r="H51"/>
+        <v>2006</v>
+      </c>
+      <c r="G51"/>
+      <c r="H51" t="s">
+        <v>130</v>
+      </c>
     </row>
     <row r="52" spans="1:8">
       <c r="A52" t="s">
-        <v>112</v>
+        <v>133</v>
       </c>
       <c r="B52" t="s">
-        <v>113</v>
+        <v>134</v>
       </c>
       <c r="C52" t="s">
-        <v>19</v>
+        <v>67</v>
       </c>
       <c r="D52" t="s">
-        <v>50</v>
+        <v>22</v>
       </c>
       <c r="E52" t="s">
-        <v>43</v>
+        <v>12</v>
       </c>
       <c r="F52">
-        <v>2011</v>
+        <v>2006</v>
       </c>
       <c r="G52"/>
       <c r="H52" t="s">
-        <v>28</v>
+        <v>60</v>
       </c>
     </row>
     <row r="53" spans="1:8">
       <c r="A53" t="s">
-        <v>114</v>
+        <v>135</v>
       </c>
       <c r="B53" t="s">
-        <v>115</v>
+        <v>136</v>
       </c>
       <c r="C53" t="s">
-        <v>96</v>
+        <v>67</v>
       </c>
       <c r="D53" t="s">
-        <v>50</v>
+        <v>22</v>
       </c>
       <c r="E53" t="s">
-        <v>43</v>
+        <v>12</v>
       </c>
       <c r="F53">
-        <v>2011</v>
+        <v>2005</v>
       </c>
       <c r="G53"/>
       <c r="H53" t="s">
-        <v>23</v>
+        <v>137</v>
       </c>
     </row>
     <row r="54" spans="1:8">
       <c r="A54" t="s">
-        <v>116</v>
+        <v>138</v>
       </c>
       <c r="B54" t="s">
-        <v>117</v>
+        <v>139</v>
       </c>
       <c r="C54" t="s">
-        <v>19</v>
+        <v>21</v>
       </c>
       <c r="D54" t="s">
-        <v>50</v>
+        <v>22</v>
       </c>
       <c r="E54" t="s">
-        <v>43</v>
+        <v>12</v>
       </c>
       <c r="F54">
-        <v>2011</v>
+        <v>2005</v>
       </c>
       <c r="G54"/>
       <c r="H54" t="s">
-        <v>28</v>
+        <v>77</v>
       </c>
     </row>
     <row r="55" spans="1:8">
       <c r="A55" t="s">
-        <v>118</v>
+        <v>140</v>
       </c>
       <c r="B55" t="s">
-        <v>119</v>
+        <v>141</v>
       </c>
       <c r="C55" t="s">
-        <v>19</v>
+        <v>67</v>
       </c>
       <c r="D55" t="s">
-        <v>50</v>
+        <v>22</v>
       </c>
       <c r="E55" t="s">
-        <v>43</v>
+        <v>12</v>
       </c>
       <c r="F55">
-        <v>2010</v>
+        <v>2004</v>
       </c>
       <c r="G55"/>
       <c r="H55" t="s">
-        <v>120</v>
+        <v>60</v>
       </c>
     </row>
     <row r="56" spans="1:8">
       <c r="A56" t="s">
-        <v>121</v>
+        <v>142</v>
       </c>
       <c r="B56" t="s">
-        <v>122</v>
+        <v>143</v>
       </c>
       <c r="C56" t="s">
-        <v>19</v>
+        <v>67</v>
       </c>
       <c r="D56" t="s">
-        <v>50</v>
+        <v>22</v>
       </c>
       <c r="E56" t="s">
-        <v>43</v>
+        <v>12</v>
       </c>
       <c r="F56">
-        <v>2010</v>
+        <v>2003</v>
       </c>
       <c r="G56"/>
       <c r="H56" t="s">
-        <v>28</v>
+        <v>97</v>
       </c>
     </row>
     <row r="57" spans="1:8">
       <c r="A57" t="s">
-        <v>123</v>
+        <v>144</v>
       </c>
       <c r="B57" t="s">
-        <v>124</v>
+        <v>145</v>
       </c>
       <c r="C57" t="s">
-        <v>19</v>
+        <v>21</v>
       </c>
       <c r="D57" t="s">
-        <v>50</v>
+        <v>22</v>
       </c>
       <c r="E57" t="s">
-        <v>43</v>
+        <v>12</v>
       </c>
       <c r="F57">
-        <v>2009</v>
+        <v>2003</v>
       </c>
       <c r="G57"/>
       <c r="H57" t="s">
-        <v>25</v>
+        <v>77</v>
       </c>
     </row>
     <row r="58" spans="1:8">
       <c r="A58" t="s">
-        <v>125</v>
+        <v>146</v>
       </c>
       <c r="B58" t="s">
-        <v>126</v>
+        <v>147</v>
       </c>
       <c r="C58" t="s">
-        <v>19</v>
+        <v>21</v>
       </c>
       <c r="D58" t="s">
-        <v>50</v>
+        <v>22</v>
       </c>
       <c r="E58" t="s">
-        <v>43</v>
+        <v>12</v>
       </c>
       <c r="F58">
-        <v>2009</v>
+        <v>2002</v>
       </c>
       <c r="G58"/>
       <c r="H58" t="s">
-        <v>120</v>
+        <v>92</v>
       </c>
     </row>
     <row r="59" spans="1:8">
       <c r="A59" t="s">
-        <v>127</v>
+        <v>148</v>
       </c>
       <c r="B59" t="s">
-        <v>128</v>
+        <v>149</v>
       </c>
       <c r="C59" t="s">
-        <v>96</v>
+        <v>67</v>
       </c>
       <c r="D59" t="s">
-        <v>50</v>
+        <v>22</v>
       </c>
       <c r="E59" t="s">
-        <v>43</v>
+        <v>12</v>
       </c>
       <c r="F59">
-        <v>2009</v>
+        <v>1999</v>
       </c>
       <c r="G59"/>
       <c r="H59" t="s">
-        <v>27</v>
+        <v>60</v>
       </c>
     </row>
     <row r="60" spans="1:8">
       <c r="A60" t="s">
-        <v>129</v>
+        <v>150</v>
       </c>
       <c r="B60" t="s">
-        <v>130</v>
+        <v>151</v>
       </c>
       <c r="C60" t="s">
-        <v>96</v>
+        <v>67</v>
       </c>
       <c r="D60" t="s">
-        <v>50</v>
+        <v>22</v>
       </c>
       <c r="E60" t="s">
-        <v>43</v>
+        <v>12</v>
       </c>
       <c r="F60">
-        <v>2009</v>
+        <v>1999</v>
       </c>
       <c r="G60"/>
       <c r="H60" t="s">
-        <v>84</v>
+        <v>102</v>
       </c>
     </row>
     <row r="61" spans="1:8">
       <c r="A61" t="s">
-        <v>131</v>
+        <v>152</v>
       </c>
       <c r="B61" t="s">
-        <v>132</v>
-[...3 lines deleted...]
-      </c>
+        <v>153</v>
+      </c>
+      <c r="C61"/>
       <c r="D61" t="s">
-        <v>50</v>
+        <v>112</v>
       </c>
       <c r="E61" t="s">
-        <v>43</v>
+        <v>113</v>
       </c>
       <c r="F61">
-        <v>2009</v>
+        <v>1998</v>
       </c>
       <c r="G61"/>
       <c r="H61" t="s">
-        <v>84</v>
+        <v>97</v>
       </c>
     </row>
     <row r="62" spans="1:8">
       <c r="A62" t="s">
-        <v>133</v>
+        <v>154</v>
       </c>
       <c r="B62" t="s">
-        <v>134</v>
+        <v>155</v>
       </c>
       <c r="C62" t="s">
-        <v>96</v>
+        <v>67</v>
       </c>
       <c r="D62" t="s">
-        <v>50</v>
+        <v>22</v>
       </c>
       <c r="E62" t="s">
-        <v>43</v>
+        <v>12</v>
       </c>
       <c r="F62">
-        <v>2009</v>
+        <v>1998</v>
       </c>
       <c r="G62"/>
       <c r="H62" t="s">
-        <v>53</v>
+        <v>60</v>
       </c>
     </row>
     <row r="63" spans="1:8">
       <c r="A63" t="s">
-        <v>135</v>
+        <v>156</v>
       </c>
       <c r="B63" t="s">
-        <v>136</v>
+        <v>157</v>
       </c>
       <c r="C63"/>
-      <c r="D63" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="D63"/>
       <c r="E63" t="s">
-        <v>12</v>
+        <v>158</v>
       </c>
       <c r="F63">
-        <v>2008</v>
-[...4 lines deleted...]
-      </c>
+        <v>1994</v>
+      </c>
+      <c r="G63" t="s">
+        <v>18</v>
+      </c>
+      <c r="H63"/>
     </row>
     <row r="64" spans="1:8">
       <c r="A64" t="s">
-        <v>137</v>
+        <v>159</v>
       </c>
       <c r="B64" t="s">
-        <v>138</v>
+        <v>160</v>
       </c>
       <c r="C64" t="s">
-        <v>19</v>
+        <v>38</v>
       </c>
       <c r="D64" t="s">
-        <v>50</v>
+        <v>22</v>
       </c>
       <c r="E64" t="s">
-        <v>43</v>
+        <v>12</v>
       </c>
       <c r="F64">
-        <v>2008</v>
+        <v>1994</v>
       </c>
       <c r="G64"/>
       <c r="H64" t="s">
-        <v>25</v>
+        <v>92</v>
       </c>
     </row>
     <row r="65" spans="1:8">
       <c r="A65" t="s">
-        <v>139</v>
+        <v>161</v>
       </c>
       <c r="B65" t="s">
-        <v>140</v>
-[...3 lines deleted...]
-      </c>
+        <v>162</v>
+      </c>
+      <c r="C65"/>
       <c r="D65" t="s">
-        <v>42</v>
+        <v>112</v>
       </c>
       <c r="E65" t="s">
-        <v>43</v>
+        <v>113</v>
       </c>
       <c r="F65">
-        <v>2008</v>
-[...4 lines deleted...]
-      <c r="H65"/>
+        <v>1992</v>
+      </c>
+      <c r="G65"/>
+      <c r="H65" t="s">
+        <v>60</v>
+      </c>
     </row>
     <row r="66" spans="1:8">
       <c r="A66" t="s">
-        <v>141</v>
+        <v>163</v>
       </c>
       <c r="B66" t="s">
-        <v>142</v>
-[...1 lines deleted...]
-      <c r="C66"/>
+        <v>164</v>
+      </c>
+      <c r="C66" t="s">
+        <v>67</v>
+      </c>
       <c r="D66" t="s">
-        <v>143</v>
+        <v>22</v>
       </c>
       <c r="E66" t="s">
         <v>12</v>
       </c>
       <c r="F66">
-        <v>2007</v>
-[...468 lines deleted...]
-      <c r="F86">
         <v>1985</v>
       </c>
-      <c r="G86"/>
-[...1 lines deleted...]
-        <v>89</v>
+      <c r="G66"/>
+      <c r="H66" t="s">
+        <v>60</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">