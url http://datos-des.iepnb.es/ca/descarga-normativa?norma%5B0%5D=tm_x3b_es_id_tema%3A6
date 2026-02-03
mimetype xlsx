--- v2 (2026-02-03)
+++ v3 (2026-02-03)
@@ -12,226 +12,313 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="normativa" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="165">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="186">
   <si>
     <t>Nombre</t>
   </si>
   <si>
     <t>Enlace</t>
   </si>
   <si>
     <t>Rango norma inferior</t>
   </si>
   <si>
     <t>Rango norma intermedia</t>
   </si>
   <si>
     <t>Rango norma superior</t>
   </si>
   <si>
     <t>Año</t>
   </si>
   <si>
     <t>Ámbito geográfico político</t>
   </si>
   <si>
     <t>Comunidad Autónoma</t>
   </si>
   <si>
+    <t>Nueva Norma 2 Tomás</t>
+  </si>
+  <si>
+    <t>https://www.google.com/</t>
+  </si>
+  <si>
+    <t>Resolución</t>
+  </si>
+  <si>
+    <t>Reglamentos</t>
+  </si>
+  <si>
+    <t>Normas con rango de Ley</t>
+  </si>
+  <si>
+    <t>Nacional</t>
+  </si>
+  <si>
+    <t>sg2</t>
+  </si>
+  <si>
+    <t>https://www.google.com/test</t>
+  </si>
+  <si>
+    <t>Entidades locales</t>
+  </si>
+  <si>
+    <t>Andalucía</t>
+  </si>
+  <si>
+    <t>sg5</t>
+  </si>
+  <si>
+    <t>Orden</t>
+  </si>
+  <si>
+    <t>Prueba de Legislación con Nivel de Administración Nacional.</t>
+  </si>
+  <si>
+    <t>https://www.google.com/testing/branch</t>
+  </si>
+  <si>
+    <t>Leyes autonómicas</t>
+  </si>
+  <si>
+    <t>Comunidad de Madrid</t>
+  </si>
+  <si>
+    <t>Ciudad Autónoma de Melilla</t>
+  </si>
+  <si>
+    <t>Ciudad Autónoma de Ceuta</t>
+  </si>
+  <si>
+    <t>Extremadura</t>
+  </si>
+  <si>
+    <t>AGE</t>
+  </si>
+  <si>
+    <t>Canarias</t>
+  </si>
+  <si>
+    <t>Región de Murcia</t>
+  </si>
+  <si>
+    <t>Pruebas para saber si el campo Norma puede usar / , ; y : .</t>
+  </si>
+  <si>
+    <t>https://www.google.com/test/branch</t>
+  </si>
+  <si>
+    <t>Pruebas Normas con Unificación- Detalles 17/12/2024 - Hora: 09:17:00. Prueba de funcionamiento; Correcto/Funcionando con Modificación  17/12/2024 - Hora: 09:19:00..</t>
+  </si>
+  <si>
+    <t>Illes Balears</t>
+  </si>
+  <si>
+    <t>Extra-Regio</t>
+  </si>
+  <si>
+    <t>Cataluña</t>
+  </si>
+  <si>
+    <t>Cantabria</t>
+  </si>
+  <si>
+    <t>sg4</t>
+  </si>
+  <si>
+    <t>https://www.google.com/testsg4</t>
+  </si>
+  <si>
     <t>Orden TED/339/2023, de 30 de marzo, por la que se modifica el anexo del Real Decreto 139/2011, de 4 de febrero, para el desarrollo del Listado de Especies Silvestres en Régimen de Protección Especial y del Catálogo Español de Especies Amenazadas, y el anexo del Real Decreto 630/2013, de 2 de agosto, por el que se regula el Catálogo Español de Especies Exóticas Invasoras.. BOE 83, de 7 de abril de 2023</t>
   </si>
   <si>
     <t>https://www.boe.es/eli/es/o/2023/03/30/ted339</t>
   </si>
   <si>
     <t>Orden (orden Ministerial, Ordenes de las Comisiones delegadas del Gobierno)</t>
   </si>
   <si>
     <t>Gobierno</t>
   </si>
   <si>
     <t>Reglamentos (Gobierno, Autonómico, Entidades locales)</t>
   </si>
   <si>
-    <t>Nacional</t>
-[...1 lines deleted...]
-  <si>
     <t>Reglamento de Ejecución (UE) 2022/1203 de la Comisión de 12 de julio de 2022 por el que se modifica el Reglamento de Ejecución (UE) 2016/1141 con el fin de actualizar la lista de especies exóticas invasoras preocupantes para la Unión. DOUE 186, de 13 de julio de 2022</t>
   </si>
   <si>
     <t>https://www.boe.es/buscar/doc.php?id=DOUE-L-2022-81053</t>
   </si>
   <si>
-    <t>Reglamentos</t>
-[...1 lines deleted...]
-  <si>
     <t>Normativa Comunitaria</t>
   </si>
   <si>
     <t>Internacional</t>
   </si>
   <si>
     <t>Orden de 29 de abril de 2021 por la que se aprueba el protocolo para el control y/o erradicación del galápago de Florida (Trachemys scripta) en Extremadura.</t>
   </si>
   <si>
     <t>https://doe.juntaex.es/eli/es-ex/o/2021/04/29/(1)/dof/spa/pdf</t>
   </si>
   <si>
-    <t>Orden</t>
-[...1 lines deleted...]
-  <si>
     <t>Autonómico</t>
   </si>
   <si>
     <t>Orden de 29 de abril de 2021 por la que se aprueba el protocolo para el control y/o erradicación de Acacia dealbata (Mimosa) y Ailanthus altissima (Ailanto) en Extremadura.</t>
   </si>
   <si>
     <t>https://doe.juntaex.es/pdfs/doe/2021/870o/21050067.pdf</t>
   </si>
   <si>
+    <t>Galicia</t>
+  </si>
+  <si>
     <t>Orden de 29 de abril de 2021 por la que se aprueba el protocolo para el control y/o erradicación del avispón asiático (Vespa velutina) en Extremadura</t>
   </si>
   <si>
     <t>https://doe.juntaex.es/eli/es-ex/o/2021/04/29/(3)/dof/spa/pdf</t>
   </si>
   <si>
     <t>Orden TED/1126/2020, de 20 de noviembre, por la que se modifica el Anexo del Real Decreto 139/2011, de 4 de febrero, para el desarrollo del Listado de Especies Silvestres en Régimen de Protección Especial y del Catálogo Español de Especies Amenazadas, y el Anexo del Real Decreto 630/2013, de 2 de agosto, por el que se regula el Catálogo Español de Especies Exóticas Invasoras. BOE 314, de 1 de diciembre de 2020</t>
   </si>
   <si>
     <t>https://www.boe.es/eli/es/o/2020/11/20/ted1126</t>
   </si>
   <si>
     <t>Reglamento de Ejecución (UE) 2019/1262 de la Comisión, de 25 de julio de 2019, por el que se modifica el Reglamento de Ejecución (UE) 2016/1141 con el fin de actualizar la lista de especies exóticas invasoras preocupantes para la Unión. DOUE L199/1 de 26 de julio de 2019</t>
   </si>
   <si>
     <t>https://www.boe.es/doue/2019/199/L00001-00004.pdf</t>
   </si>
   <si>
     <t>Real Decreto 216/2019, de 29 de marzo, por el que se aprueba la lista de especies exóticas invasoras preocupantes para la reg. ultraperiférica de las islas Canarias y por el que se modifica el RD 630/2013, de 2 de agosto, por el que se regula el Catálogo español de especies exóticas invasoras. BOE nº 77, de 30/03/2019.</t>
   </si>
   <si>
     <t>https://www.boe.es/eli/es/rd/2019/03/29/216/con</t>
   </si>
   <si>
     <t>Real Decreto</t>
   </si>
   <si>
     <t>Orden 3/2019, de 26 de septiembre, de la Conselleria de Agricultura, Desarrollo Rural, Emergencia Climática y Transición Ecológica, por la que se aprueban los planes de control de la carpa en el Parque Natural de L’Albufera y el Parque Natural de El Hondo, y el plan de control del cangrejo rojo americano en el Parque Natural de L’Albufera.</t>
   </si>
   <si>
     <t>https://dogv.gva.es/datos/2019/10/22/pdf/2019_9273.pdf</t>
   </si>
   <si>
     <t>Resolución de 16 de febrero de 2018, por la que se aprueba el Plan de Actuación para la Detección y Control del Avispón Asiático (Vespa velutina nigrithorax) en el Principado de Asturias.</t>
   </si>
   <si>
     <t>https://sede.asturias.es/ast/bopa-disposiciones?p_p_id=pa_sede_bopa_web_portlet_SedeBopaDispositionWeb&amp;p_p_lifecycle=0&amp;_pa_sede_bopa_web_portlet_SedeBopaDispositionWeb_mvcRenderCommandName=%2Fdisposition%2Fdetail&amp;p_r_p_dispositionText=2020-06353&amp;p_r_p_dispositionReference=2020-06353&amp;p_r_p_dispositionDate=10%2F08%2F2020</t>
   </si>
   <si>
-    <t>Resolución</t>
-[...1 lines deleted...]
-  <si>
     <t>Resolución de 8 de febrero de 2018, por la que se declara en el territorio del Principado de Asturias la existencia del organismo nocivo “picudo rojo de las palmeras” y se adoptan diversas medidas para su erradicación y control.</t>
   </si>
   <si>
     <t>https://www.asturias.es/webasturias/GOBIERNO/ACTUALIDAD/pdfs/2018/2018_02_22_resolucion.pdf</t>
   </si>
   <si>
     <t>Reglamento de Ejecución (UE) 2017/1263 de la Comisión, de 12 de julio de 2017, por el que se actualiza la lista de especies exóticas invasoras preocupantes para la Unión establecida por el Reglamento de Ejecución (UE) 2016/1141. DOUE 182, de 13 de julio de 2017.</t>
   </si>
   <si>
     <t>https://www.boe.es/buscar/doc.php?id=DOUE-L-2017-81390</t>
   </si>
   <si>
     <t>Reglamento de Ejecución (UE) 2016/1141 de la Comisión, de 13 de julio de 2016, por el que se adopta una lista de especies exóticas invasoras preocupantes para la Unión de conformidad con el Reglamento (UE) nº1143/2014 del Parlamento Europeo y del Consejo. DOUE 189, de 14 de julio de 2016</t>
   </si>
   <si>
     <t>https://www.boe.es/buscar/doc.php?id=DOUE-L-2016-81269</t>
   </si>
   <si>
     <t>Sentencia de 16 de marzo de 2016, de la Sala Tercera del Tribunal Supremo, que anula los siguientes extremos del Real Decreto 630/2013, de 2 de agosto, que regula el Catálogo español de especies exóticas invasoras. BOE 146, de 17 de junio de 2016</t>
   </si>
   <si>
     <t>https://www.boe.es/boe/dias/2016/06/17/pdfs/BOE-A-2016-5901.pdf</t>
   </si>
   <si>
     <t>Resolución de 25 de octubre de 2016, de la Dirección General de Medio Ambiente, por la que se aprueba el Plan de control de poblaciones de las especies cangrejo rojo (Procambarus clarkii) y cangrejo señal (Pacifastacus leniusculus), en Extremadura</t>
   </si>
   <si>
     <t>https://doe.juntaex.es/pdfs/doe/2016/2200o/16061720.pdf</t>
   </si>
   <si>
     <t>Orden de 3 de agosto de 2016, por la que se aprueba el Plan de Control del Cangrejo Rojo (Procambarus clarkii) en las Marismas del Guadalquivir (BOJA 152 de 09/08/2016)</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/boja/2016/152/8</t>
   </si>
   <si>
+    <t>País Vasco</t>
+  </si>
+  <si>
     <t>Sentencia de 21 de enero de 2015, de la Sala Tercera del Tribunal Supremo, por la que se anula la inclusión en el Anexo del Real Decreto 630/2013, de 2 de agosto, por el que se regula el Catálogo español de especies exóticas invasoras, de la especie de flora Nicotiana glauca Graham o tabaco moruno. BOE nº 119, de 19 de mayo de 2015.</t>
   </si>
   <si>
     <t>https://www.boe.es/buscar/doc.php?id=BOE-A-2015-5485</t>
   </si>
   <si>
     <t>Orden 10/2014, de 26 de mayo, por la que se modifican los anexos del Decreto 213/2009, de 20 de noviembre, del Consell, por el que se aprueban medidas para el control de especies exóticas invasoras en la Comunitat Valenciana, y se regulan las condiciones. DOGV 7292 de 10 de junio de 2014</t>
   </si>
   <si>
     <t>https://dogv.gva.es/es/eli/es-vc/o/2014/05/26/10/</t>
   </si>
   <si>
+    <t>Comunidad Valenciana</t>
+  </si>
+  <si>
     <t>Orden de 23 de mayo de 2013 por la que se establece la época de peligro alto de incendios forestales del Plan INFOEX durante el año 2013. DOE 102 de 29 de mayo de 2013</t>
   </si>
   <si>
     <t>http://doe.juntaex.es/pdfs/doe/2013/1020o/13050121.pdf</t>
   </si>
   <si>
-    <t>Extremadura</t>
-[...1 lines deleted...]
-  <si>
     <t>Orden FYM/510/2013, de 25 de junio, por la que se regula el uso del fuego y se establecen medidas preventivas para la lucha contra los incendios forestales en Castilla y León. BOCyL 122 de 27 de junio de 2013</t>
   </si>
   <si>
     <t>https://bocyl.jcyl.es/boletines/2013/06/27/pdf/BOCYL-D-27062013-2.pdf</t>
   </si>
   <si>
     <t>Castilla y León</t>
   </si>
   <si>
     <t>Orden FYM/511/2013, de 26 de junio, por la que se fija la época de peligro alto de incendios forestales en la Comunidad de Castilla y León. BOCyL 123 de 28 de junio de 2013</t>
   </si>
   <si>
     <t>https://bocyl.jcyl.es/boletines/2013/06/28/pdf/BOCYL-D-28062013-1.pdf</t>
   </si>
   <si>
     <t>Real Decreto 630/2013, de 2 de agosto, por el que se regula el Catálogo español de especies exóticas invasoras. BOE 185 de 3 de agosto de 2013</t>
   </si>
   <si>
     <t>https://www.boe.es/eli/es/rd/2013/08/02/630</t>
   </si>
   <si>
     <t>Decreto 159/2012, de 19 de junio, del Gobierno de Aragón por el que regulan los senderos de Aragón que revisten la condición de recursos turísticos. BOA 126 de 29/06/2012</t>
   </si>
   <si>
     <t>https://www.boa.aragon.es/cgi-bin/EBOA/BRSCGI?CMD=VEROBJ&amp;MLKOB=678204720606</t>
@@ -245,53 +332,50 @@
   <si>
     <t>Orden de 20 de febrero de 2012, del Consejero de Agricultura, Ganadería y Medio Ambiente, sobre prevención y lucha contra los incendios forestales en la Comunidad Autónoma de Aragón para la campaña 2012/2013. BOA 41 de 29 de febrero de 2012</t>
   </si>
   <si>
     <t>https://www.boa.aragon.es/cgi-bin/EBOA/BRSCGI?CMD=VEROBJ&amp;MLKOB=651794454141</t>
   </si>
   <si>
     <t>Orden de 11 de mayo de 2012 por la que se establecen las condiciones para desarrollar, como medio de prevención de incendios forestales y eliminación de la vegetación en competencia con la forestación, determinadas actividades puntuales de pastoreo ovino en las superficies acogidas a las ayudas a la forestación de tierras agrícolas en Extremadura. DOE 93 de 16 de mayo de 2012</t>
   </si>
   <si>
     <t>https://doe.juntaex.es/pdfs/doe/2012/930o/12050093.pdf</t>
   </si>
   <si>
     <t>Orden de 22 de mayo de 2012 por la que se establece la época de peligro alto de incendios forestales y otras regulaciones del Plan INFOEX durante el año 2012. DOE 101 de 28 de mayo de 2012</t>
   </si>
   <si>
     <t>https://doe.juntaex.es/pdfs/doe/2012/1010o/12050107.pdf</t>
   </si>
   <si>
     <t>Decreto 89/2012, de 28 de junio, por el que se establecen Normas adicionales aplicables a las instalaciones eléctricas aéreas de alta tensión con objeto de proteger la avifauna y atenuar los impactos ambientales. BORM 151, 2/07/2012</t>
   </si>
   <si>
     <t>https://www.borm.es/eli/es-mc/d/2012/6/28/89/dof/spa/html</t>
   </si>
   <si>
-    <t>Región de Murcia</t>
-[...1 lines deleted...]
-  <si>
     <t>Orden FYM/988/2012, de 2 de noviembre, por la que se disponen diversas actuaciones relativas a la extracción de la madera en la zona afectada por los incendios forestales en varios municipios de la provincia de León. BCyL 227 26 de noviembre de 2012</t>
   </si>
   <si>
     <t>https://bocyl.jcyl.es/boletines/2012/11/26/pdf/BOCYL-D-26112012-10.pdf</t>
   </si>
   <si>
     <t>Decreto 118/2011, de 31 de mayo, del Gobierno de Aragón, por el que se aprueba el Plan Especial de Protección Civil de Emergencias por Incendios Forestales (Procinfo). BOA 111 de 08/06/2011</t>
   </si>
   <si>
     <t>https://www.boa.aragon.es/cgi-bin/EBOA/BRSCGI?CMD=VEROBJ&amp;MLKOB=602557320707</t>
   </si>
   <si>
     <t>Real Decreto 1628/2011, de 14 de noviembre, por el que se regula el listado y catálogo español de especies exóticas invasoras. BOE 298 de 12 de diciembre de 2011</t>
   </si>
   <si>
     <t>https://www.boe.es/eli/es/rd/2011/11/14/1628</t>
   </si>
   <si>
     <t>Orden de 18 de abril de 2011, de la Consejería de Agricultura y Agua, por la que se establecen las bases reguladoras de las ayudas para el sector forestal, para la mitigación de la desertificación y la prevención de incendios forestales en montes privados de la Región de Murcia. (BORM nº 97, 29/04/2011)</t>
   </si>
   <si>
     <t>https://www.borm.es/eli/es-mc/o/2011/4/18/(3)/dof/spa/html</t>
   </si>
   <si>
     <t>Decreto 81/2011, de 20 de mayo, por el que se aprueba el Reglamento de autorizaciones y comunicación ambiental de la Comunidad Autónoma de Extremadura. DOE 100 de 26 de mayo de 2011</t>
@@ -305,150 +389,129 @@
   <si>
     <t>http://www.borm.es/borm/vista/busqueda/ver_Anuncio_html.jsf?fecha=03022011&amp;numero=1539&amp;origen=sum</t>
   </si>
   <si>
     <t>Orden de 22/12/2010, de la Consejería de Agricultura y Medio Ambiente, por la que se declaran especies exóticas de carácter invasor las especies pez gato negro (Ameiurus melas Rafinesque, 1820) y pez gato punteado (Ictalurus punctatus, Rafinesque, 1818), y se establecen medidas para su control. DOCM 8 de 13 de enero de 2011</t>
   </si>
   <si>
     <t>http://docm.jccm.es/docm/eli/es-cm/o/2010/12/22/(2)</t>
   </si>
   <si>
     <t>Castilla-La Mancha</t>
   </si>
   <si>
     <t>Orden de 24 de mayo de 2010, de la Consejería de Agricultura y Agua, sobre medidas de prevención de incendios forestales en la Región de Murcia para el año 2010. BORM  121, de 28/05/2010</t>
   </si>
   <si>
     <t>https://www.borm.es/services/Anuncio/ano/2010/numero/9476/pdf?id=402857</t>
   </si>
   <si>
     <t>Orden de 17 de agosto de 2009, por la que se crea y regula el fichero automatizado "Registro Canario de Infractores de Caza (RCICAZA)". BOC 169, de 31 de Agosto de 2009</t>
   </si>
   <si>
     <t>http://www.gobcan.es/boc/2009/169/001.html</t>
   </si>
   <si>
-    <t>Canarias</t>
-[...1 lines deleted...]
-  <si>
     <t>Orden de 14 de enero de 2009, de la Consejería de Agricultura y Desarrollo Rural, por la que se declaran especies exóticas de carácter invasor las especies cangrejo rojo (Procambarus clarkii (Girad, 1852)), cangrejo señal (Pacifasciatus leniusculus (Dana, 1852)) y siluro (Silurus glanis Linnaeus, 1758), y se establecen medidas para su control.</t>
   </si>
   <si>
     <t>http://docm.jccm.es/docm/eli/es-cm/o/2009/01/14/(1)</t>
   </si>
   <si>
     <t>Decreto 58/2009, de 4 de junio, del Consejo de Gobierno, por el que se aprueba el Plan de Protección Civil de Emergencia por Incendios Forestales en la Comunidad de Madrid (INFOMA)</t>
   </si>
   <si>
     <t>https://gestiona.comunidad.madrid/wleg_pub/secure/Normativas/listadoNormativas.jsf#no-back-button</t>
   </si>
   <si>
-    <t>Comunidad de Madrid</t>
-[...1 lines deleted...]
-  <si>
     <t>Decreto 213/2009, de 20 de noviembre, del Consell, por el que se aprueban medidas para el control de especies exóticas invasoras en la Comunitat Valenciana. DOGV 6151 de 24/11/2009</t>
   </si>
   <si>
     <t>https://dogv.gva.es/datos/2009/11/24/pdf/2009_13396.pdf</t>
   </si>
   <si>
-    <t>Comunidad Valenciana</t>
-[...1 lines deleted...]
-  <si>
     <t>Decreto 213/2009, de 20 de noviembre, del Consell, por el que se aprueban medidas para el control de especies exóticas invasoras en la Comunitat Valenciana. DOGV 6151 de 24 de noviembre de 2009</t>
   </si>
   <si>
     <t>https://dogv.gva.es/auto/dogv/docvpub/rlgv/2009/D_2009_213_ca_O_2014_010.pdf</t>
   </si>
   <si>
     <t>DECRETO 268/2009, de 28 de diciembre, por el que se adoptan medidas fitosanitarias para la erradicación y control del nematodo de la madera del pino Bursaphelenchus xylophilus (Steiner et Buhrer) Nickle et al., se regulan las indemnizaciones derivadas de la adopción de estas medidas y se dictan sus normas de aplicación para el año 2009 en la Comunidad Autónoma de Extremadura.</t>
   </si>
   <si>
     <t>https://doe.juntaex.es/pdfs/doe/2009/2480o/09040296.pdf</t>
   </si>
   <si>
     <t>Ley 9/2008, de 9 de diciembre, de modificación de la Ley 6/1992, de 18 de diciembre, de Protección de los Ecosistemas Acuáticos y de Regulación de la Pesca en Castilla y León. BOCyL 249 de 26 de diciembre de 2008</t>
   </si>
   <si>
     <t>https://www.boe.es/eli/es-cl/l/2008/12/09/9</t>
   </si>
   <si>
-    <t>Leyes autonómicas</t>
-[...4 lines deleted...]
-  <si>
     <t>Orden de 22 de abril de 2008, por la que se regula la inscripción en el Registro Canario de Infractores de Caza. BOC 89 de 5 de mayo de 2008</t>
   </si>
   <si>
     <t>http://www.gobiernodecanarias.org/boc/2008/089/003.html</t>
   </si>
   <si>
     <t>Orden ARM/2444/2008, de 12 de agosto, por la que se aprueba el Programa de Acción Nacional de Lucha contra la Desertificación en cumplimiento de la Convención de Naciones Unidas de Lucha contra la Desertificación. BOE 200, de 19 de agosto de 2008</t>
   </si>
   <si>
     <t>https://www.boe.es/eli/es/o/2008/08/12/arm2444</t>
   </si>
   <si>
     <t>Ley 34/2007, de 15 de noviembre, de calidad del aire y protección de la atmósfera. BOE 275, de 16 de noviembre de 2007</t>
   </si>
   <si>
     <t>https://www.boe.es/eli/es/l/2007/11/15/34</t>
   </si>
   <si>
     <t>Leyes Ordinarias de ámbito estatal, Reales Decretos Legislativos, Real Decreto Ley</t>
   </si>
   <si>
     <t>Decreto 16/2007, de 15 de febrero, por el que se aprueba el Plan Especial de Protección Civil de la CCAA de Cantabria sobre Incendios Forestales. BOC 64 de 30 de marzo de 2007</t>
   </si>
   <si>
     <t>https://boc.cantabria.es/boces/verAnuncioAction.do?idAnuBlob=113477</t>
   </si>
   <si>
-    <t>Cantabria</t>
-[...1 lines deleted...]
-  <si>
     <t>Decreto 113/2007, de 22 de noviembre, por el que se modifica el Decreto 89/2004, de 29 de julio, por el que se establece el Operativo de lucha contra incendios forestales en Castilla y León y se regula el sistema de guardias. BOCyL 231 de 28/11/2007</t>
   </si>
   <si>
     <t>https://bocyl.jcyl.es/boletines/2007/11/28/pdf/BOCYL-D-28112007-2.pdf</t>
   </si>
   <si>
     <t>Orden de 30 de mayo de 2007, de la Conselleria de Territorio y Vivienda, por la que se aprueba un programa de actuaciones para el control de mejillón cebra en la Comunitat Valenciana. DOCV 5552, de 10 de julio de 2007</t>
   </si>
   <si>
     <t>https://dogv.gva.es/datos/2007/07/10/pdf/2007_8980.pdf</t>
   </si>
   <si>
     <t>Decreto 125/2007, de 5 de octubre, por el que se dictan Normas sobre el uso del fuego y se regula el ejercicio de determinadas actividades susceptibles de incrementar el riesgo de incendio forestal. BOIB 153 de 11/10/2007</t>
   </si>
   <si>
     <t>http://boib.caib.es/pdf/2007153/mp56.pdf</t>
-  </si>
-[...1 lines deleted...]
-    <t>Illes Balears</t>
   </si>
   <si>
     <t>Ley 6/2006, de 12 de abril, balear de caza y pesca fluvial. BOIB 61 de 27/04/2006</t>
   </si>
   <si>
     <t>https://www.boe.es/eli/es-ib/l/2006/04/12/6</t>
   </si>
   <si>
     <t>Decreto 65/2006, de 14 de septiembre, por el que se actualiza la cuantía de las sanciones a imponer por la comisión de las infracciones tipificadas en la Ley 4/1996, de 12 de julio, de Caza de Castilla y León. BOCyL 182, de 20 de septiembre de 2006</t>
   </si>
   <si>
     <t>https://bocyl.jcyl.es/boletines/2006/09/20/pdf/BOCYL-D-20092006-2.pdf</t>
   </si>
   <si>
     <t>Decreto 58/2005, de 9 de septiembre de 2005, por el que se aprueba el Plan Especial de Protección Civil de Emergencia por Incendios Forestales en la Comunidad Autónoma de La Rioja (INFOCAR). BOR 123 de 15 de Septiembre de 2005</t>
   </si>
   <si>
     <t>https://web.larioja.org/bor-portada/borAnuncio?n=658965-1-HTML-342359-X</t>
   </si>
   <si>
     <t>La Rioja</t>
   </si>
   <si>
     <t>Orden de la Consejería de Industria y Medio Ambiente por la que se aprueba el protocolo de actuaciones a seguir por la Dirección General del Medio Natural, en caso de uso ilegal de cebos envenenados en el medio natural. BORM 249, de 28 de octubre de 2005.</t>
   </si>
@@ -854,1608 +917,2070 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:H66"/>
+  <dimension ref="A1:H86"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="488.309" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="378.622" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="89.55" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="97.833" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="63.556" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="31.707" bestFit="true" customWidth="true" style="0"/>
-    <col min="8" max="8" width="24.708" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="31.707" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2" spans="1:8">
       <c r="A2" t="s">
         <v>8</v>
       </c>
       <c r="B2" t="s">
         <v>9</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
         <v>12</v>
       </c>
       <c r="F2">
-        <v>2023</v>
+        <v>2024</v>
       </c>
       <c r="G2" t="s">
         <v>13</v>
       </c>
       <c r="H2"/>
     </row>
     <row r="3" spans="1:8">
       <c r="A3" t="s">
         <v>14</v>
       </c>
       <c r="B3" t="s">
         <v>15</v>
       </c>
-      <c r="C3"/>
+      <c r="C3" t="s">
+        <v>10</v>
+      </c>
       <c r="D3" t="s">
         <v>16</v>
       </c>
       <c r="E3" t="s">
+        <v>12</v>
+      </c>
+      <c r="F3">
+        <v>2024</v>
+      </c>
+      <c r="G3" t="s">
+        <v>13</v>
+      </c>
+      <c r="H3" t="s">
         <v>17</v>
       </c>
-      <c r="F3">
-[...5 lines deleted...]
-      <c r="H3"/>
     </row>
     <row r="4" spans="1:8">
       <c r="A4" t="s">
+        <v>18</v>
+      </c>
+      <c r="B4" t="s">
+        <v>9</v>
+      </c>
+      <c r="C4" t="s">
         <v>19</v>
       </c>
-      <c r="B4" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D4" t="s">
-        <v>22</v>
+        <v>16</v>
       </c>
       <c r="E4" t="s">
         <v>12</v>
       </c>
       <c r="F4">
-        <v>2021</v>
-[...2 lines deleted...]
-      <c r="H4"/>
+        <v>2024</v>
+      </c>
+      <c r="G4" t="s">
+        <v>13</v>
+      </c>
+      <c r="H4" t="s">
+        <v>17</v>
+      </c>
     </row>
     <row r="5" spans="1:8">
       <c r="A5" t="s">
-        <v>23</v>
+        <v>20</v>
       </c>
       <c r="B5" t="s">
-        <v>24</v>
-[...1 lines deleted...]
-      <c r="C5" t="s">
         <v>21</v>
       </c>
+      <c r="C5"/>
       <c r="D5" t="s">
         <v>22</v>
       </c>
       <c r="E5" t="s">
         <v>12</v>
       </c>
       <c r="F5">
-        <v>2021</v>
-[...2 lines deleted...]
-      <c r="H5"/>
+        <v>2024</v>
+      </c>
+      <c r="G5" t="s">
+        <v>13</v>
+      </c>
+      <c r="H5" t="s">
+        <v>23</v>
+      </c>
     </row>
     <row r="6" spans="1:8">
       <c r="A6" t="s">
-        <v>25</v>
+        <v>20</v>
       </c>
       <c r="B6" t="s">
-        <v>26</v>
-[...1 lines deleted...]
-      <c r="C6" t="s">
         <v>21</v>
       </c>
+      <c r="C6"/>
       <c r="D6" t="s">
         <v>22</v>
       </c>
       <c r="E6" t="s">
         <v>12</v>
       </c>
       <c r="F6">
-        <v>2021</v>
-[...2 lines deleted...]
-      <c r="H6"/>
+        <v>2024</v>
+      </c>
+      <c r="G6" t="s">
+        <v>13</v>
+      </c>
+      <c r="H6" t="s">
+        <v>17</v>
+      </c>
     </row>
     <row r="7" spans="1:8">
       <c r="A7" t="s">
-        <v>27</v>
+        <v>20</v>
       </c>
       <c r="B7" t="s">
-        <v>28</v>
-[...3 lines deleted...]
-      </c>
+        <v>21</v>
+      </c>
+      <c r="C7"/>
       <c r="D7" t="s">
-        <v>11</v>
+        <v>22</v>
       </c>
       <c r="E7" t="s">
         <v>12</v>
       </c>
       <c r="F7">
-        <v>2020</v>
+        <v>2024</v>
       </c>
       <c r="G7" t="s">
         <v>13</v>
       </c>
-      <c r="H7"/>
+      <c r="H7" t="s">
+        <v>24</v>
+      </c>
     </row>
     <row r="8" spans="1:8">
       <c r="A8" t="s">
-        <v>29</v>
+        <v>20</v>
       </c>
       <c r="B8" t="s">
-        <v>30</v>
+        <v>21</v>
       </c>
       <c r="C8"/>
       <c r="D8" t="s">
-        <v>16</v>
+        <v>22</v>
       </c>
       <c r="E8" t="s">
-        <v>17</v>
+        <v>12</v>
       </c>
       <c r="F8">
-        <v>2019</v>
+        <v>2024</v>
       </c>
       <c r="G8" t="s">
-        <v>18</v>
-[...1 lines deleted...]
-      <c r="H8"/>
+        <v>13</v>
+      </c>
+      <c r="H8" t="s">
+        <v>25</v>
+      </c>
     </row>
     <row r="9" spans="1:8">
       <c r="A9" t="s">
-        <v>31</v>
+        <v>20</v>
       </c>
       <c r="B9" t="s">
-        <v>32</v>
-[...3 lines deleted...]
-      </c>
+        <v>21</v>
+      </c>
+      <c r="C9"/>
       <c r="D9" t="s">
-        <v>11</v>
+        <v>22</v>
       </c>
       <c r="E9" t="s">
         <v>12</v>
       </c>
       <c r="F9">
-        <v>2019</v>
+        <v>2024</v>
       </c>
       <c r="G9" t="s">
         <v>13</v>
       </c>
-      <c r="H9"/>
+      <c r="H9" t="s">
+        <v>26</v>
+      </c>
     </row>
     <row r="10" spans="1:8">
       <c r="A10" t="s">
-        <v>34</v>
+        <v>20</v>
       </c>
       <c r="B10" t="s">
-        <v>35</v>
-[...1 lines deleted...]
-      <c r="C10" t="s">
         <v>21</v>
       </c>
+      <c r="C10"/>
       <c r="D10" t="s">
         <v>22</v>
       </c>
       <c r="E10" t="s">
         <v>12</v>
       </c>
       <c r="F10">
-        <v>2019</v>
-[...2 lines deleted...]
-      <c r="H10"/>
+        <v>2024</v>
+      </c>
+      <c r="G10" t="s">
+        <v>13</v>
+      </c>
+      <c r="H10" t="s">
+        <v>27</v>
+      </c>
     </row>
     <row r="11" spans="1:8">
       <c r="A11" t="s">
-        <v>36</v>
+        <v>20</v>
       </c>
       <c r="B11" t="s">
-        <v>37</v>
-[...3 lines deleted...]
-      </c>
+        <v>21</v>
+      </c>
+      <c r="C11"/>
       <c r="D11" t="s">
         <v>22</v>
       </c>
       <c r="E11" t="s">
         <v>12</v>
       </c>
       <c r="F11">
-        <v>2018</v>
-[...2 lines deleted...]
-      <c r="H11"/>
+        <v>2024</v>
+      </c>
+      <c r="G11" t="s">
+        <v>13</v>
+      </c>
+      <c r="H11" t="s">
+        <v>28</v>
+      </c>
     </row>
     <row r="12" spans="1:8">
       <c r="A12" t="s">
-        <v>39</v>
+        <v>20</v>
       </c>
       <c r="B12" t="s">
-        <v>40</v>
-[...3 lines deleted...]
-      </c>
+        <v>21</v>
+      </c>
+      <c r="C12"/>
       <c r="D12" t="s">
         <v>22</v>
       </c>
       <c r="E12" t="s">
         <v>12</v>
       </c>
       <c r="F12">
-        <v>2018</v>
-[...2 lines deleted...]
-      <c r="H12"/>
+        <v>2024</v>
+      </c>
+      <c r="G12" t="s">
+        <v>13</v>
+      </c>
+      <c r="H12" t="s">
+        <v>29</v>
+      </c>
     </row>
     <row r="13" spans="1:8">
       <c r="A13" t="s">
-        <v>41</v>
+        <v>30</v>
       </c>
       <c r="B13" t="s">
-        <v>42</v>
+        <v>31</v>
       </c>
       <c r="C13"/>
       <c r="D13" t="s">
-        <v>16</v>
+        <v>22</v>
       </c>
       <c r="E13" t="s">
+        <v>12</v>
+      </c>
+      <c r="F13">
+        <v>2024</v>
+      </c>
+      <c r="G13"/>
+      <c r="H13" t="s">
         <v>17</v>
       </c>
-      <c r="F13">
-[...5 lines deleted...]
-      <c r="H13"/>
     </row>
     <row r="14" spans="1:8">
       <c r="A14" t="s">
-        <v>43</v>
+        <v>32</v>
       </c>
       <c r="B14" t="s">
-        <v>44</v>
+        <v>21</v>
       </c>
       <c r="C14"/>
-      <c r="D14" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="D14"/>
       <c r="E14" t="s">
-        <v>17</v>
+        <v>12</v>
       </c>
       <c r="F14">
-        <v>2016</v>
-[...4 lines deleted...]
-      <c r="H14"/>
+        <v>2024</v>
+      </c>
+      <c r="G14"/>
+      <c r="H14" t="s">
+        <v>33</v>
+      </c>
     </row>
     <row r="15" spans="1:8">
       <c r="A15" t="s">
-        <v>45</v>
+        <v>32</v>
       </c>
       <c r="B15" t="s">
-        <v>46</v>
-[...6 lines deleted...]
-      </c>
+        <v>21</v>
+      </c>
+      <c r="C15"/>
+      <c r="D15"/>
       <c r="E15" t="s">
         <v>12</v>
       </c>
       <c r="F15">
-        <v>2016</v>
-[...4 lines deleted...]
-      <c r="H15"/>
+        <v>2024</v>
+      </c>
+      <c r="G15"/>
+      <c r="H15" t="s">
+        <v>34</v>
+      </c>
     </row>
     <row r="16" spans="1:8">
       <c r="A16" t="s">
-        <v>47</v>
+        <v>32</v>
       </c>
       <c r="B16" t="s">
-        <v>48</v>
-[...6 lines deleted...]
-      </c>
+        <v>21</v>
+      </c>
+      <c r="C16"/>
+      <c r="D16"/>
       <c r="E16" t="s">
         <v>12</v>
       </c>
       <c r="F16">
-        <v>2016</v>
+        <v>2024</v>
       </c>
       <c r="G16"/>
-      <c r="H16"/>
+      <c r="H16" t="s">
+        <v>27</v>
+      </c>
     </row>
     <row r="17" spans="1:8">
       <c r="A17" t="s">
-        <v>49</v>
+        <v>32</v>
       </c>
       <c r="B17" t="s">
-        <v>50</v>
-[...1 lines deleted...]
-      <c r="C17" t="s">
         <v>21</v>
       </c>
-      <c r="D17" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="C17"/>
+      <c r="D17"/>
       <c r="E17" t="s">
         <v>12</v>
       </c>
       <c r="F17">
-        <v>2016</v>
+        <v>2024</v>
       </c>
       <c r="G17"/>
-      <c r="H17"/>
+      <c r="H17" t="s">
+        <v>35</v>
+      </c>
     </row>
     <row r="18" spans="1:8">
       <c r="A18" t="s">
-        <v>51</v>
+        <v>32</v>
       </c>
       <c r="B18" t="s">
-        <v>52</v>
-[...6 lines deleted...]
-      </c>
+        <v>21</v>
+      </c>
+      <c r="C18"/>
+      <c r="D18"/>
       <c r="E18" t="s">
         <v>12</v>
       </c>
       <c r="F18">
-        <v>2015</v>
-[...4 lines deleted...]
-      <c r="H18"/>
+        <v>2024</v>
+      </c>
+      <c r="G18"/>
+      <c r="H18" t="s">
+        <v>36</v>
+      </c>
     </row>
     <row r="19" spans="1:8">
       <c r="A19" t="s">
-        <v>53</v>
+        <v>32</v>
       </c>
       <c r="B19" t="s">
-        <v>54</v>
-[...1 lines deleted...]
-      <c r="C19" t="s">
         <v>21</v>
       </c>
-      <c r="D19" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="C19"/>
+      <c r="D19"/>
       <c r="E19" t="s">
         <v>12</v>
       </c>
       <c r="F19">
-        <v>2014</v>
+        <v>2024</v>
       </c>
       <c r="G19"/>
-      <c r="H19"/>
+      <c r="H19" t="s">
+        <v>17</v>
+      </c>
     </row>
     <row r="20" spans="1:8">
       <c r="A20" t="s">
-        <v>55</v>
+        <v>32</v>
       </c>
       <c r="B20" t="s">
-        <v>56</v>
-[...1 lines deleted...]
-      <c r="C20" t="s">
         <v>21</v>
       </c>
-      <c r="D20" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="C20"/>
+      <c r="D20"/>
       <c r="E20" t="s">
         <v>12</v>
       </c>
       <c r="F20">
-        <v>2013</v>
+        <v>2024</v>
       </c>
       <c r="G20"/>
       <c r="H20" t="s">
-        <v>57</v>
+        <v>23</v>
       </c>
     </row>
     <row r="21" spans="1:8">
       <c r="A21" t="s">
-        <v>58</v>
+        <v>37</v>
       </c>
       <c r="B21" t="s">
-        <v>59</v>
-[...6 lines deleted...]
-      </c>
+        <v>38</v>
+      </c>
+      <c r="C21"/>
+      <c r="D21"/>
       <c r="E21" t="s">
         <v>12</v>
       </c>
       <c r="F21">
-        <v>2013</v>
+        <v>2023</v>
       </c>
       <c r="G21"/>
       <c r="H21" t="s">
-        <v>60</v>
+        <v>17</v>
       </c>
     </row>
     <row r="22" spans="1:8">
       <c r="A22" t="s">
-        <v>61</v>
+        <v>39</v>
       </c>
       <c r="B22" t="s">
-        <v>62</v>
+        <v>40</v>
       </c>
       <c r="C22" t="s">
-        <v>21</v>
+        <v>41</v>
       </c>
       <c r="D22" t="s">
-        <v>22</v>
+        <v>42</v>
       </c>
       <c r="E22" t="s">
-        <v>12</v>
+        <v>43</v>
       </c>
       <c r="F22">
-        <v>2013</v>
-[...4 lines deleted...]
-      </c>
+        <v>2023</v>
+      </c>
+      <c r="G22" t="s">
+        <v>13</v>
+      </c>
+      <c r="H22"/>
     </row>
     <row r="23" spans="1:8">
       <c r="A23" t="s">
-        <v>63</v>
+        <v>44</v>
       </c>
       <c r="B23" t="s">
-        <v>64</v>
-[...3 lines deleted...]
-      </c>
+        <v>45</v>
+      </c>
+      <c r="C23"/>
       <c r="D23" t="s">
         <v>11</v>
       </c>
       <c r="E23" t="s">
-        <v>12</v>
+        <v>46</v>
       </c>
       <c r="F23">
-        <v>2013</v>
+        <v>2022</v>
       </c>
       <c r="G23" t="s">
-        <v>13</v>
+        <v>47</v>
       </c>
       <c r="H23"/>
     </row>
     <row r="24" spans="1:8">
       <c r="A24" t="s">
-        <v>65</v>
+        <v>48</v>
       </c>
       <c r="B24" t="s">
-        <v>66</v>
+        <v>49</v>
       </c>
       <c r="C24" t="s">
-        <v>67</v>
+        <v>19</v>
       </c>
       <c r="D24" t="s">
-        <v>22</v>
+        <v>50</v>
       </c>
       <c r="E24" t="s">
-        <v>12</v>
+        <v>43</v>
       </c>
       <c r="F24">
-        <v>2012</v>
+        <v>2021</v>
       </c>
       <c r="G24"/>
-      <c r="H24" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H24"/>
     </row>
     <row r="25" spans="1:8">
       <c r="A25" t="s">
-        <v>69</v>
+        <v>51</v>
       </c>
       <c r="B25" t="s">
-        <v>70</v>
+        <v>52</v>
       </c>
       <c r="C25" t="s">
-        <v>21</v>
+        <v>19</v>
       </c>
       <c r="D25" t="s">
-        <v>22</v>
+        <v>50</v>
       </c>
       <c r="E25" t="s">
-        <v>12</v>
+        <v>43</v>
       </c>
       <c r="F25">
-        <v>2012</v>
+        <v>2021</v>
       </c>
       <c r="G25"/>
       <c r="H25" t="s">
-        <v>68</v>
+        <v>53</v>
       </c>
     </row>
     <row r="26" spans="1:8">
       <c r="A26" t="s">
-        <v>71</v>
+        <v>54</v>
       </c>
       <c r="B26" t="s">
-        <v>72</v>
+        <v>55</v>
       </c>
       <c r="C26" t="s">
-        <v>21</v>
+        <v>19</v>
       </c>
       <c r="D26" t="s">
-        <v>22</v>
+        <v>50</v>
       </c>
       <c r="E26" t="s">
-        <v>12</v>
+        <v>43</v>
       </c>
       <c r="F26">
-        <v>2012</v>
+        <v>2021</v>
       </c>
       <c r="G26"/>
-      <c r="H26" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H26"/>
     </row>
     <row r="27" spans="1:8">
       <c r="A27" t="s">
-        <v>73</v>
+        <v>56</v>
       </c>
       <c r="B27" t="s">
-        <v>74</v>
+        <v>57</v>
       </c>
       <c r="C27" t="s">
-        <v>21</v>
+        <v>41</v>
       </c>
       <c r="D27" t="s">
-        <v>22</v>
+        <v>42</v>
       </c>
       <c r="E27" t="s">
-        <v>12</v>
+        <v>43</v>
       </c>
       <c r="F27">
-        <v>2012</v>
-[...4 lines deleted...]
-      </c>
+        <v>2020</v>
+      </c>
+      <c r="G27" t="s">
+        <v>13</v>
+      </c>
+      <c r="H27"/>
     </row>
     <row r="28" spans="1:8">
       <c r="A28" t="s">
-        <v>75</v>
+        <v>58</v>
       </c>
       <c r="B28" t="s">
-        <v>76</v>
-[...3 lines deleted...]
-      </c>
+        <v>59</v>
+      </c>
+      <c r="C28"/>
       <c r="D28" t="s">
-        <v>22</v>
+        <v>11</v>
       </c>
       <c r="E28" t="s">
-        <v>12</v>
+        <v>46</v>
       </c>
       <c r="F28">
-        <v>2012</v>
-[...4 lines deleted...]
-      </c>
+        <v>2019</v>
+      </c>
+      <c r="G28" t="s">
+        <v>47</v>
+      </c>
+      <c r="H28"/>
     </row>
     <row r="29" spans="1:8">
       <c r="A29" t="s">
-        <v>78</v>
+        <v>60</v>
       </c>
       <c r="B29" t="s">
-        <v>79</v>
+        <v>61</v>
       </c>
       <c r="C29" t="s">
-        <v>21</v>
+        <v>62</v>
       </c>
       <c r="D29" t="s">
-        <v>22</v>
+        <v>42</v>
       </c>
       <c r="E29" t="s">
-        <v>12</v>
+        <v>43</v>
       </c>
       <c r="F29">
-        <v>2012</v>
-[...4 lines deleted...]
-      </c>
+        <v>2019</v>
+      </c>
+      <c r="G29" t="s">
+        <v>13</v>
+      </c>
+      <c r="H29"/>
     </row>
     <row r="30" spans="1:8">
       <c r="A30" t="s">
-        <v>80</v>
+        <v>63</v>
       </c>
       <c r="B30" t="s">
-        <v>81</v>
+        <v>64</v>
       </c>
       <c r="C30" t="s">
-        <v>67</v>
+        <v>19</v>
       </c>
       <c r="D30" t="s">
-        <v>22</v>
+        <v>50</v>
       </c>
       <c r="E30" t="s">
-        <v>12</v>
+        <v>43</v>
       </c>
       <c r="F30">
-        <v>2011</v>
+        <v>2019</v>
       </c>
       <c r="G30"/>
       <c r="H30" t="s">
-        <v>68</v>
+        <v>17</v>
       </c>
     </row>
     <row r="31" spans="1:8">
       <c r="A31" t="s">
-        <v>82</v>
+        <v>65</v>
       </c>
       <c r="B31" t="s">
-        <v>83</v>
+        <v>66</v>
       </c>
       <c r="C31" t="s">
-        <v>33</v>
+        <v>10</v>
       </c>
       <c r="D31" t="s">
-        <v>11</v>
+        <v>50</v>
       </c>
       <c r="E31" t="s">
-        <v>12</v>
+        <v>43</v>
       </c>
       <c r="F31">
-        <v>2011</v>
-[...3 lines deleted...]
-      </c>
+        <v>2018</v>
+      </c>
+      <c r="G31"/>
       <c r="H31"/>
     </row>
     <row r="32" spans="1:8">
       <c r="A32" t="s">
-        <v>84</v>
+        <v>67</v>
       </c>
       <c r="B32" t="s">
-        <v>85</v>
+        <v>68</v>
       </c>
       <c r="C32" t="s">
-        <v>21</v>
+        <v>10</v>
       </c>
       <c r="D32" t="s">
-        <v>22</v>
+        <v>50</v>
       </c>
       <c r="E32" t="s">
-        <v>12</v>
+        <v>43</v>
       </c>
       <c r="F32">
-        <v>2011</v>
+        <v>2018</v>
       </c>
       <c r="G32"/>
-      <c r="H32" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H32"/>
     </row>
     <row r="33" spans="1:8">
       <c r="A33" t="s">
-        <v>86</v>
+        <v>69</v>
       </c>
       <c r="B33" t="s">
-        <v>87</v>
-[...3 lines deleted...]
-      </c>
+        <v>70</v>
+      </c>
+      <c r="C33"/>
       <c r="D33" t="s">
-        <v>22</v>
+        <v>11</v>
       </c>
       <c r="E33" t="s">
-        <v>12</v>
+        <v>46</v>
       </c>
       <c r="F33">
-        <v>2011</v>
-[...4 lines deleted...]
-      </c>
+        <v>2017</v>
+      </c>
+      <c r="G33" t="s">
+        <v>47</v>
+      </c>
+      <c r="H33"/>
     </row>
     <row r="34" spans="1:8">
       <c r="A34" t="s">
-        <v>88</v>
+        <v>71</v>
       </c>
       <c r="B34" t="s">
-        <v>89</v>
-[...3 lines deleted...]
-      </c>
+        <v>72</v>
+      </c>
+      <c r="C34"/>
       <c r="D34" t="s">
-        <v>22</v>
+        <v>11</v>
       </c>
       <c r="E34" t="s">
-        <v>12</v>
+        <v>46</v>
       </c>
       <c r="F34">
-        <v>2011</v>
-[...4 lines deleted...]
-      </c>
+        <v>2016</v>
+      </c>
+      <c r="G34" t="s">
+        <v>47</v>
+      </c>
+      <c r="H34"/>
     </row>
     <row r="35" spans="1:8">
       <c r="A35" t="s">
-        <v>90</v>
+        <v>73</v>
       </c>
       <c r="B35" t="s">
-        <v>91</v>
+        <v>74</v>
       </c>
       <c r="C35" t="s">
-        <v>21</v>
+        <v>62</v>
       </c>
       <c r="D35" t="s">
-        <v>22</v>
+        <v>42</v>
       </c>
       <c r="E35" t="s">
-        <v>12</v>
+        <v>43</v>
       </c>
       <c r="F35">
-        <v>2010</v>
-[...4 lines deleted...]
-      </c>
+        <v>2016</v>
+      </c>
+      <c r="G35" t="s">
+        <v>13</v>
+      </c>
+      <c r="H35"/>
     </row>
     <row r="36" spans="1:8">
       <c r="A36" t="s">
-        <v>93</v>
+        <v>75</v>
       </c>
       <c r="B36" t="s">
-        <v>94</v>
+        <v>76</v>
       </c>
       <c r="C36" t="s">
-        <v>21</v>
+        <v>10</v>
       </c>
       <c r="D36" t="s">
-        <v>22</v>
+        <v>50</v>
       </c>
       <c r="E36" t="s">
-        <v>12</v>
+        <v>43</v>
       </c>
       <c r="F36">
-        <v>2010</v>
+        <v>2016</v>
       </c>
       <c r="G36"/>
-      <c r="H36" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H36"/>
     </row>
     <row r="37" spans="1:8">
       <c r="A37" t="s">
-        <v>95</v>
+        <v>77</v>
       </c>
       <c r="B37" t="s">
-        <v>96</v>
+        <v>78</v>
       </c>
       <c r="C37" t="s">
-        <v>21</v>
+        <v>19</v>
       </c>
       <c r="D37" t="s">
-        <v>22</v>
+        <v>50</v>
       </c>
       <c r="E37" t="s">
-        <v>12</v>
+        <v>43</v>
       </c>
       <c r="F37">
-        <v>2009</v>
+        <v>2016</v>
       </c>
       <c r="G37"/>
       <c r="H37" t="s">
-        <v>97</v>
+        <v>79</v>
       </c>
     </row>
     <row r="38" spans="1:8">
       <c r="A38" t="s">
-        <v>98</v>
+        <v>80</v>
       </c>
       <c r="B38" t="s">
-        <v>99</v>
+        <v>81</v>
       </c>
       <c r="C38" t="s">
-        <v>21</v>
+        <v>62</v>
       </c>
       <c r="D38" t="s">
-        <v>22</v>
+        <v>42</v>
       </c>
       <c r="E38" t="s">
-        <v>12</v>
+        <v>43</v>
       </c>
       <c r="F38">
-        <v>2009</v>
-[...4 lines deleted...]
-      </c>
+        <v>2015</v>
+      </c>
+      <c r="G38" t="s">
+        <v>13</v>
+      </c>
+      <c r="H38"/>
     </row>
     <row r="39" spans="1:8">
       <c r="A39" t="s">
-        <v>100</v>
+        <v>82</v>
       </c>
       <c r="B39" t="s">
-        <v>101</v>
+        <v>83</v>
       </c>
       <c r="C39" t="s">
-        <v>67</v>
+        <v>19</v>
       </c>
       <c r="D39" t="s">
-        <v>22</v>
+        <v>50</v>
       </c>
       <c r="E39" t="s">
-        <v>12</v>
+        <v>43</v>
       </c>
       <c r="F39">
-        <v>2009</v>
+        <v>2014</v>
       </c>
       <c r="G39"/>
       <c r="H39" t="s">
-        <v>102</v>
+        <v>84</v>
       </c>
     </row>
     <row r="40" spans="1:8">
       <c r="A40" t="s">
-        <v>103</v>
+        <v>85</v>
       </c>
       <c r="B40" t="s">
-        <v>104</v>
+        <v>86</v>
       </c>
       <c r="C40" t="s">
-        <v>67</v>
+        <v>19</v>
       </c>
       <c r="D40" t="s">
-        <v>22</v>
+        <v>50</v>
       </c>
       <c r="E40" t="s">
-        <v>12</v>
+        <v>43</v>
       </c>
       <c r="F40">
-        <v>2009</v>
+        <v>2013</v>
       </c>
       <c r="G40"/>
       <c r="H40" t="s">
-        <v>105</v>
+        <v>26</v>
       </c>
     </row>
     <row r="41" spans="1:8">
       <c r="A41" t="s">
-        <v>106</v>
+        <v>87</v>
       </c>
       <c r="B41" t="s">
-        <v>107</v>
+        <v>88</v>
       </c>
       <c r="C41" t="s">
-        <v>67</v>
+        <v>19</v>
       </c>
       <c r="D41" t="s">
-        <v>22</v>
+        <v>50</v>
       </c>
       <c r="E41" t="s">
-        <v>12</v>
+        <v>43</v>
       </c>
       <c r="F41">
-        <v>2009</v>
+        <v>2013</v>
       </c>
       <c r="G41"/>
-      <c r="H41"/>
+      <c r="H41" t="s">
+        <v>89</v>
+      </c>
     </row>
     <row r="42" spans="1:8">
       <c r="A42" t="s">
-        <v>108</v>
+        <v>90</v>
       </c>
       <c r="B42" t="s">
-        <v>109</v>
+        <v>91</v>
       </c>
       <c r="C42" t="s">
-        <v>67</v>
+        <v>19</v>
       </c>
       <c r="D42" t="s">
-        <v>22</v>
+        <v>50</v>
       </c>
       <c r="E42" t="s">
-        <v>12</v>
+        <v>43</v>
       </c>
       <c r="F42">
-        <v>2009</v>
+        <v>2013</v>
       </c>
       <c r="G42"/>
-      <c r="H42"/>
+      <c r="H42" t="s">
+        <v>89</v>
+      </c>
     </row>
     <row r="43" spans="1:8">
       <c r="A43" t="s">
-        <v>110</v>
+        <v>92</v>
       </c>
       <c r="B43" t="s">
-        <v>111</v>
-[...1 lines deleted...]
-      <c r="C43"/>
+        <v>93</v>
+      </c>
+      <c r="C43" t="s">
+        <v>62</v>
+      </c>
       <c r="D43" t="s">
-        <v>112</v>
+        <v>42</v>
       </c>
       <c r="E43" t="s">
-        <v>113</v>
+        <v>43</v>
       </c>
       <c r="F43">
-        <v>2008</v>
-[...4 lines deleted...]
-      </c>
+        <v>2013</v>
+      </c>
+      <c r="G43" t="s">
+        <v>13</v>
+      </c>
+      <c r="H43"/>
     </row>
     <row r="44" spans="1:8">
       <c r="A44" t="s">
-        <v>114</v>
+        <v>94</v>
       </c>
       <c r="B44" t="s">
-        <v>115</v>
+        <v>95</v>
       </c>
       <c r="C44" t="s">
-        <v>21</v>
+        <v>96</v>
       </c>
       <c r="D44" t="s">
-        <v>22</v>
+        <v>50</v>
       </c>
       <c r="E44" t="s">
-        <v>12</v>
+        <v>43</v>
       </c>
       <c r="F44">
-        <v>2008</v>
+        <v>2012</v>
       </c>
       <c r="G44"/>
       <c r="H44" t="s">
         <v>97</v>
       </c>
     </row>
     <row r="45" spans="1:8">
       <c r="A45" t="s">
-        <v>116</v>
+        <v>98</v>
       </c>
       <c r="B45" t="s">
-        <v>117</v>
+        <v>99</v>
       </c>
       <c r="C45" t="s">
-        <v>10</v>
+        <v>19</v>
       </c>
       <c r="D45" t="s">
-        <v>11</v>
+        <v>50</v>
       </c>
       <c r="E45" t="s">
-        <v>12</v>
+        <v>43</v>
       </c>
       <c r="F45">
-        <v>2008</v>
-[...4 lines deleted...]
-      <c r="H45"/>
+        <v>2012</v>
+      </c>
+      <c r="G45"/>
+      <c r="H45" t="s">
+        <v>97</v>
+      </c>
     </row>
     <row r="46" spans="1:8">
       <c r="A46" t="s">
-        <v>118</v>
+        <v>100</v>
       </c>
       <c r="B46" t="s">
-        <v>119</v>
-[...1 lines deleted...]
-      <c r="C46"/>
+        <v>101</v>
+      </c>
+      <c r="C46" t="s">
+        <v>19</v>
+      </c>
       <c r="D46" t="s">
-        <v>120</v>
+        <v>50</v>
       </c>
       <c r="E46" t="s">
-        <v>113</v>
+        <v>43</v>
       </c>
       <c r="F46">
-        <v>2007</v>
-[...4 lines deleted...]
-      <c r="H46"/>
+        <v>2012</v>
+      </c>
+      <c r="G46"/>
+      <c r="H46" t="s">
+        <v>26</v>
+      </c>
     </row>
     <row r="47" spans="1:8">
       <c r="A47" t="s">
-        <v>121</v>
+        <v>102</v>
       </c>
       <c r="B47" t="s">
-        <v>122</v>
+        <v>103</v>
       </c>
       <c r="C47" t="s">
-        <v>67</v>
+        <v>19</v>
       </c>
       <c r="D47" t="s">
-        <v>22</v>
+        <v>50</v>
       </c>
       <c r="E47" t="s">
-        <v>12</v>
+        <v>43</v>
       </c>
       <c r="F47">
-        <v>2007</v>
+        <v>2012</v>
       </c>
       <c r="G47"/>
       <c r="H47" t="s">
-        <v>123</v>
+        <v>26</v>
       </c>
     </row>
     <row r="48" spans="1:8">
       <c r="A48" t="s">
-        <v>124</v>
+        <v>104</v>
       </c>
       <c r="B48" t="s">
-        <v>125</v>
+        <v>105</v>
       </c>
       <c r="C48" t="s">
-        <v>67</v>
+        <v>96</v>
       </c>
       <c r="D48" t="s">
-        <v>22</v>
+        <v>50</v>
       </c>
       <c r="E48" t="s">
-        <v>12</v>
+        <v>43</v>
       </c>
       <c r="F48">
-        <v>2007</v>
+        <v>2012</v>
       </c>
       <c r="G48"/>
       <c r="H48" t="s">
-        <v>60</v>
+        <v>29</v>
       </c>
     </row>
     <row r="49" spans="1:8">
       <c r="A49" t="s">
-        <v>126</v>
+        <v>106</v>
       </c>
       <c r="B49" t="s">
-        <v>127</v>
+        <v>107</v>
       </c>
       <c r="C49" t="s">
-        <v>21</v>
+        <v>19</v>
       </c>
       <c r="D49" t="s">
-        <v>22</v>
+        <v>50</v>
       </c>
       <c r="E49" t="s">
-        <v>12</v>
+        <v>43</v>
       </c>
       <c r="F49">
-        <v>2007</v>
+        <v>2012</v>
       </c>
       <c r="G49"/>
       <c r="H49" t="s">
-        <v>105</v>
+        <v>89</v>
       </c>
     </row>
     <row r="50" spans="1:8">
       <c r="A50" t="s">
-        <v>128</v>
+        <v>108</v>
       </c>
       <c r="B50" t="s">
-        <v>129</v>
+        <v>109</v>
       </c>
       <c r="C50" t="s">
-        <v>67</v>
+        <v>96</v>
       </c>
       <c r="D50" t="s">
-        <v>22</v>
+        <v>50</v>
       </c>
       <c r="E50" t="s">
-        <v>12</v>
+        <v>43</v>
       </c>
       <c r="F50">
-        <v>2007</v>
+        <v>2011</v>
       </c>
       <c r="G50"/>
       <c r="H50" t="s">
-        <v>130</v>
+        <v>97</v>
       </c>
     </row>
     <row r="51" spans="1:8">
       <c r="A51" t="s">
-        <v>131</v>
+        <v>110</v>
       </c>
       <c r="B51" t="s">
-        <v>132</v>
-[...1 lines deleted...]
-      <c r="C51"/>
+        <v>111</v>
+      </c>
+      <c r="C51" t="s">
+        <v>62</v>
+      </c>
       <c r="D51" t="s">
-        <v>112</v>
+        <v>42</v>
       </c>
       <c r="E51" t="s">
-        <v>113</v>
+        <v>43</v>
       </c>
       <c r="F51">
-        <v>2006</v>
-[...4 lines deleted...]
-      </c>
+        <v>2011</v>
+      </c>
+      <c r="G51" t="s">
+        <v>13</v>
+      </c>
+      <c r="H51"/>
     </row>
     <row r="52" spans="1:8">
       <c r="A52" t="s">
-        <v>133</v>
+        <v>112</v>
       </c>
       <c r="B52" t="s">
-        <v>134</v>
+        <v>113</v>
       </c>
       <c r="C52" t="s">
-        <v>67</v>
+        <v>19</v>
       </c>
       <c r="D52" t="s">
-        <v>22</v>
+        <v>50</v>
       </c>
       <c r="E52" t="s">
-        <v>12</v>
+        <v>43</v>
       </c>
       <c r="F52">
-        <v>2006</v>
+        <v>2011</v>
       </c>
       <c r="G52"/>
       <c r="H52" t="s">
-        <v>60</v>
+        <v>29</v>
       </c>
     </row>
     <row r="53" spans="1:8">
       <c r="A53" t="s">
-        <v>135</v>
+        <v>114</v>
       </c>
       <c r="B53" t="s">
-        <v>136</v>
+        <v>115</v>
       </c>
       <c r="C53" t="s">
-        <v>67</v>
+        <v>96</v>
       </c>
       <c r="D53" t="s">
-        <v>22</v>
+        <v>50</v>
       </c>
       <c r="E53" t="s">
-        <v>12</v>
+        <v>43</v>
       </c>
       <c r="F53">
-        <v>2005</v>
+        <v>2011</v>
       </c>
       <c r="G53"/>
       <c r="H53" t="s">
-        <v>137</v>
+        <v>26</v>
       </c>
     </row>
     <row r="54" spans="1:8">
       <c r="A54" t="s">
-        <v>138</v>
+        <v>116</v>
       </c>
       <c r="B54" t="s">
-        <v>139</v>
+        <v>117</v>
       </c>
       <c r="C54" t="s">
-        <v>21</v>
+        <v>19</v>
       </c>
       <c r="D54" t="s">
-        <v>22</v>
+        <v>50</v>
       </c>
       <c r="E54" t="s">
-        <v>12</v>
+        <v>43</v>
       </c>
       <c r="F54">
-        <v>2005</v>
+        <v>2011</v>
       </c>
       <c r="G54"/>
       <c r="H54" t="s">
-        <v>77</v>
+        <v>29</v>
       </c>
     </row>
     <row r="55" spans="1:8">
       <c r="A55" t="s">
-        <v>140</v>
+        <v>118</v>
       </c>
       <c r="B55" t="s">
-        <v>141</v>
+        <v>119</v>
       </c>
       <c r="C55" t="s">
-        <v>67</v>
+        <v>19</v>
       </c>
       <c r="D55" t="s">
-        <v>22</v>
+        <v>50</v>
       </c>
       <c r="E55" t="s">
-        <v>12</v>
+        <v>43</v>
       </c>
       <c r="F55">
-        <v>2004</v>
+        <v>2010</v>
       </c>
       <c r="G55"/>
       <c r="H55" t="s">
-        <v>60</v>
+        <v>120</v>
       </c>
     </row>
     <row r="56" spans="1:8">
       <c r="A56" t="s">
-        <v>142</v>
+        <v>121</v>
       </c>
       <c r="B56" t="s">
-        <v>143</v>
+        <v>122</v>
       </c>
       <c r="C56" t="s">
-        <v>67</v>
+        <v>19</v>
       </c>
       <c r="D56" t="s">
-        <v>22</v>
+        <v>50</v>
       </c>
       <c r="E56" t="s">
-        <v>12</v>
+        <v>43</v>
       </c>
       <c r="F56">
-        <v>2003</v>
+        <v>2010</v>
       </c>
       <c r="G56"/>
       <c r="H56" t="s">
-        <v>97</v>
+        <v>29</v>
       </c>
     </row>
     <row r="57" spans="1:8">
       <c r="A57" t="s">
-        <v>144</v>
+        <v>123</v>
       </c>
       <c r="B57" t="s">
-        <v>145</v>
+        <v>124</v>
       </c>
       <c r="C57" t="s">
-        <v>21</v>
+        <v>19</v>
       </c>
       <c r="D57" t="s">
-        <v>22</v>
+        <v>50</v>
       </c>
       <c r="E57" t="s">
-        <v>12</v>
+        <v>43</v>
       </c>
       <c r="F57">
-        <v>2003</v>
+        <v>2009</v>
       </c>
       <c r="G57"/>
       <c r="H57" t="s">
-        <v>77</v>
+        <v>28</v>
       </c>
     </row>
     <row r="58" spans="1:8">
       <c r="A58" t="s">
-        <v>146</v>
+        <v>125</v>
       </c>
       <c r="B58" t="s">
-        <v>147</v>
+        <v>126</v>
       </c>
       <c r="C58" t="s">
-        <v>21</v>
+        <v>19</v>
       </c>
       <c r="D58" t="s">
-        <v>22</v>
+        <v>50</v>
       </c>
       <c r="E58" t="s">
-        <v>12</v>
+        <v>43</v>
       </c>
       <c r="F58">
-        <v>2002</v>
+        <v>2009</v>
       </c>
       <c r="G58"/>
       <c r="H58" t="s">
-        <v>92</v>
+        <v>120</v>
       </c>
     </row>
     <row r="59" spans="1:8">
       <c r="A59" t="s">
-        <v>148</v>
+        <v>127</v>
       </c>
       <c r="B59" t="s">
-        <v>149</v>
+        <v>128</v>
       </c>
       <c r="C59" t="s">
-        <v>67</v>
+        <v>96</v>
       </c>
       <c r="D59" t="s">
-        <v>22</v>
+        <v>50</v>
       </c>
       <c r="E59" t="s">
-        <v>12</v>
+        <v>43</v>
       </c>
       <c r="F59">
-        <v>1999</v>
+        <v>2009</v>
       </c>
       <c r="G59"/>
       <c r="H59" t="s">
-        <v>60</v>
+        <v>23</v>
       </c>
     </row>
     <row r="60" spans="1:8">
       <c r="A60" t="s">
-        <v>150</v>
+        <v>129</v>
       </c>
       <c r="B60" t="s">
-        <v>151</v>
+        <v>130</v>
       </c>
       <c r="C60" t="s">
-        <v>67</v>
+        <v>96</v>
       </c>
       <c r="D60" t="s">
-        <v>22</v>
+        <v>50</v>
       </c>
       <c r="E60" t="s">
-        <v>12</v>
+        <v>43</v>
       </c>
       <c r="F60">
-        <v>1999</v>
+        <v>2009</v>
       </c>
       <c r="G60"/>
       <c r="H60" t="s">
-        <v>102</v>
+        <v>84</v>
       </c>
     </row>
     <row r="61" spans="1:8">
       <c r="A61" t="s">
-        <v>152</v>
+        <v>131</v>
       </c>
       <c r="B61" t="s">
-        <v>153</v>
-[...1 lines deleted...]
-      <c r="C61"/>
+        <v>132</v>
+      </c>
+      <c r="C61" t="s">
+        <v>96</v>
+      </c>
       <c r="D61" t="s">
-        <v>112</v>
+        <v>50</v>
       </c>
       <c r="E61" t="s">
-        <v>113</v>
+        <v>43</v>
       </c>
       <c r="F61">
-        <v>1998</v>
+        <v>2009</v>
       </c>
       <c r="G61"/>
       <c r="H61" t="s">
-        <v>97</v>
+        <v>84</v>
       </c>
     </row>
     <row r="62" spans="1:8">
       <c r="A62" t="s">
-        <v>154</v>
+        <v>133</v>
       </c>
       <c r="B62" t="s">
-        <v>155</v>
+        <v>134</v>
       </c>
       <c r="C62" t="s">
-        <v>67</v>
+        <v>96</v>
       </c>
       <c r="D62" t="s">
-        <v>22</v>
+        <v>50</v>
       </c>
       <c r="E62" t="s">
-        <v>12</v>
+        <v>43</v>
       </c>
       <c r="F62">
-        <v>1998</v>
+        <v>2009</v>
       </c>
       <c r="G62"/>
       <c r="H62" t="s">
-        <v>60</v>
+        <v>53</v>
       </c>
     </row>
     <row r="63" spans="1:8">
       <c r="A63" t="s">
-        <v>156</v>
+        <v>135</v>
       </c>
       <c r="B63" t="s">
-        <v>157</v>
+        <v>136</v>
       </c>
       <c r="C63"/>
-      <c r="D63"/>
+      <c r="D63" t="s">
+        <v>22</v>
+      </c>
       <c r="E63" t="s">
-        <v>158</v>
+        <v>12</v>
       </c>
       <c r="F63">
-        <v>1994</v>
-[...4 lines deleted...]
-      <c r="H63"/>
+        <v>2008</v>
+      </c>
+      <c r="G63"/>
+      <c r="H63" t="s">
+        <v>89</v>
+      </c>
     </row>
     <row r="64" spans="1:8">
       <c r="A64" t="s">
-        <v>159</v>
+        <v>137</v>
       </c>
       <c r="B64" t="s">
-        <v>160</v>
+        <v>138</v>
       </c>
       <c r="C64" t="s">
-        <v>38</v>
+        <v>19</v>
       </c>
       <c r="D64" t="s">
-        <v>22</v>
+        <v>50</v>
       </c>
       <c r="E64" t="s">
-        <v>12</v>
+        <v>43</v>
       </c>
       <c r="F64">
-        <v>1994</v>
+        <v>2008</v>
       </c>
       <c r="G64"/>
       <c r="H64" t="s">
-        <v>92</v>
+        <v>28</v>
       </c>
     </row>
     <row r="65" spans="1:8">
       <c r="A65" t="s">
-        <v>161</v>
+        <v>139</v>
       </c>
       <c r="B65" t="s">
-        <v>162</v>
-[...1 lines deleted...]
-      <c r="C65"/>
+        <v>140</v>
+      </c>
+      <c r="C65" t="s">
+        <v>41</v>
+      </c>
       <c r="D65" t="s">
-        <v>112</v>
+        <v>42</v>
       </c>
       <c r="E65" t="s">
-        <v>113</v>
+        <v>43</v>
       </c>
       <c r="F65">
-        <v>1992</v>
-[...4 lines deleted...]
-      </c>
+        <v>2008</v>
+      </c>
+      <c r="G65" t="s">
+        <v>13</v>
+      </c>
+      <c r="H65"/>
     </row>
     <row r="66" spans="1:8">
       <c r="A66" t="s">
-        <v>163</v>
+        <v>141</v>
       </c>
       <c r="B66" t="s">
-        <v>164</v>
-[...3 lines deleted...]
-      </c>
+        <v>142</v>
+      </c>
+      <c r="C66"/>
       <c r="D66" t="s">
-        <v>22</v>
+        <v>143</v>
       </c>
       <c r="E66" t="s">
         <v>12</v>
       </c>
       <c r="F66">
+        <v>2007</v>
+      </c>
+      <c r="G66" t="s">
+        <v>13</v>
+      </c>
+      <c r="H66"/>
+    </row>
+    <row r="67" spans="1:8">
+      <c r="A67" t="s">
+        <v>144</v>
+      </c>
+      <c r="B67" t="s">
+        <v>145</v>
+      </c>
+      <c r="C67" t="s">
+        <v>96</v>
+      </c>
+      <c r="D67" t="s">
+        <v>50</v>
+      </c>
+      <c r="E67" t="s">
+        <v>43</v>
+      </c>
+      <c r="F67">
+        <v>2007</v>
+      </c>
+      <c r="G67"/>
+      <c r="H67" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="68" spans="1:8">
+      <c r="A68" t="s">
+        <v>146</v>
+      </c>
+      <c r="B68" t="s">
+        <v>147</v>
+      </c>
+      <c r="C68" t="s">
+        <v>96</v>
+      </c>
+      <c r="D68" t="s">
+        <v>50</v>
+      </c>
+      <c r="E68" t="s">
+        <v>43</v>
+      </c>
+      <c r="F68">
+        <v>2007</v>
+      </c>
+      <c r="G68"/>
+      <c r="H68" t="s">
+        <v>89</v>
+      </c>
+    </row>
+    <row r="69" spans="1:8">
+      <c r="A69" t="s">
+        <v>148</v>
+      </c>
+      <c r="B69" t="s">
+        <v>149</v>
+      </c>
+      <c r="C69" t="s">
+        <v>19</v>
+      </c>
+      <c r="D69" t="s">
+        <v>50</v>
+      </c>
+      <c r="E69" t="s">
+        <v>43</v>
+      </c>
+      <c r="F69">
+        <v>2007</v>
+      </c>
+      <c r="G69"/>
+      <c r="H69" t="s">
+        <v>84</v>
+      </c>
+    </row>
+    <row r="70" spans="1:8">
+      <c r="A70" t="s">
+        <v>150</v>
+      </c>
+      <c r="B70" t="s">
+        <v>151</v>
+      </c>
+      <c r="C70" t="s">
+        <v>96</v>
+      </c>
+      <c r="D70" t="s">
+        <v>50</v>
+      </c>
+      <c r="E70" t="s">
+        <v>43</v>
+      </c>
+      <c r="F70">
+        <v>2007</v>
+      </c>
+      <c r="G70"/>
+      <c r="H70" t="s">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="71" spans="1:8">
+      <c r="A71" t="s">
+        <v>152</v>
+      </c>
+      <c r="B71" t="s">
+        <v>153</v>
+      </c>
+      <c r="C71"/>
+      <c r="D71" t="s">
+        <v>22</v>
+      </c>
+      <c r="E71" t="s">
+        <v>12</v>
+      </c>
+      <c r="F71">
+        <v>2006</v>
+      </c>
+      <c r="G71"/>
+      <c r="H71" t="s">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="72" spans="1:8">
+      <c r="A72" t="s">
+        <v>154</v>
+      </c>
+      <c r="B72" t="s">
+        <v>155</v>
+      </c>
+      <c r="C72" t="s">
+        <v>96</v>
+      </c>
+      <c r="D72" t="s">
+        <v>50</v>
+      </c>
+      <c r="E72" t="s">
+        <v>43</v>
+      </c>
+      <c r="F72">
+        <v>2006</v>
+      </c>
+      <c r="G72"/>
+      <c r="H72" t="s">
+        <v>89</v>
+      </c>
+    </row>
+    <row r="73" spans="1:8">
+      <c r="A73" t="s">
+        <v>156</v>
+      </c>
+      <c r="B73" t="s">
+        <v>157</v>
+      </c>
+      <c r="C73" t="s">
+        <v>96</v>
+      </c>
+      <c r="D73" t="s">
+        <v>50</v>
+      </c>
+      <c r="E73" t="s">
+        <v>43</v>
+      </c>
+      <c r="F73">
+        <v>2005</v>
+      </c>
+      <c r="G73"/>
+      <c r="H73" t="s">
+        <v>158</v>
+      </c>
+    </row>
+    <row r="74" spans="1:8">
+      <c r="A74" t="s">
+        <v>159</v>
+      </c>
+      <c r="B74" t="s">
+        <v>160</v>
+      </c>
+      <c r="C74" t="s">
+        <v>19</v>
+      </c>
+      <c r="D74" t="s">
+        <v>50</v>
+      </c>
+      <c r="E74" t="s">
+        <v>43</v>
+      </c>
+      <c r="F74">
+        <v>2005</v>
+      </c>
+      <c r="G74"/>
+      <c r="H74" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="75" spans="1:8">
+      <c r="A75" t="s">
+        <v>161</v>
+      </c>
+      <c r="B75" t="s">
+        <v>162</v>
+      </c>
+      <c r="C75" t="s">
+        <v>96</v>
+      </c>
+      <c r="D75" t="s">
+        <v>50</v>
+      </c>
+      <c r="E75" t="s">
+        <v>43</v>
+      </c>
+      <c r="F75">
+        <v>2004</v>
+      </c>
+      <c r="G75"/>
+      <c r="H75" t="s">
+        <v>89</v>
+      </c>
+    </row>
+    <row r="76" spans="1:8">
+      <c r="A76" t="s">
+        <v>163</v>
+      </c>
+      <c r="B76" t="s">
+        <v>164</v>
+      </c>
+      <c r="C76" t="s">
+        <v>96</v>
+      </c>
+      <c r="D76" t="s">
+        <v>50</v>
+      </c>
+      <c r="E76" t="s">
+        <v>43</v>
+      </c>
+      <c r="F76">
+        <v>2003</v>
+      </c>
+      <c r="G76"/>
+      <c r="H76" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="77" spans="1:8">
+      <c r="A77" t="s">
+        <v>165</v>
+      </c>
+      <c r="B77" t="s">
+        <v>166</v>
+      </c>
+      <c r="C77" t="s">
+        <v>19</v>
+      </c>
+      <c r="D77" t="s">
+        <v>50</v>
+      </c>
+      <c r="E77" t="s">
+        <v>43</v>
+      </c>
+      <c r="F77">
+        <v>2003</v>
+      </c>
+      <c r="G77"/>
+      <c r="H77" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="78" spans="1:8">
+      <c r="A78" t="s">
+        <v>167</v>
+      </c>
+      <c r="B78" t="s">
+        <v>168</v>
+      </c>
+      <c r="C78" t="s">
+        <v>19</v>
+      </c>
+      <c r="D78" t="s">
+        <v>50</v>
+      </c>
+      <c r="E78" t="s">
+        <v>43</v>
+      </c>
+      <c r="F78">
+        <v>2002</v>
+      </c>
+      <c r="G78"/>
+      <c r="H78" t="s">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="79" spans="1:8">
+      <c r="A79" t="s">
+        <v>169</v>
+      </c>
+      <c r="B79" t="s">
+        <v>170</v>
+      </c>
+      <c r="C79" t="s">
+        <v>96</v>
+      </c>
+      <c r="D79" t="s">
+        <v>50</v>
+      </c>
+      <c r="E79" t="s">
+        <v>43</v>
+      </c>
+      <c r="F79">
+        <v>1999</v>
+      </c>
+      <c r="G79"/>
+      <c r="H79" t="s">
+        <v>89</v>
+      </c>
+    </row>
+    <row r="80" spans="1:8">
+      <c r="A80" t="s">
+        <v>171</v>
+      </c>
+      <c r="B80" t="s">
+        <v>172</v>
+      </c>
+      <c r="C80" t="s">
+        <v>96</v>
+      </c>
+      <c r="D80" t="s">
+        <v>50</v>
+      </c>
+      <c r="E80" t="s">
+        <v>43</v>
+      </c>
+      <c r="F80">
+        <v>1999</v>
+      </c>
+      <c r="G80"/>
+      <c r="H80" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="81" spans="1:8">
+      <c r="A81" t="s">
+        <v>173</v>
+      </c>
+      <c r="B81" t="s">
+        <v>174</v>
+      </c>
+      <c r="C81"/>
+      <c r="D81" t="s">
+        <v>22</v>
+      </c>
+      <c r="E81" t="s">
+        <v>12</v>
+      </c>
+      <c r="F81">
+        <v>1998</v>
+      </c>
+      <c r="G81"/>
+      <c r="H81" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="82" spans="1:8">
+      <c r="A82" t="s">
+        <v>175</v>
+      </c>
+      <c r="B82" t="s">
+        <v>176</v>
+      </c>
+      <c r="C82" t="s">
+        <v>96</v>
+      </c>
+      <c r="D82" t="s">
+        <v>50</v>
+      </c>
+      <c r="E82" t="s">
+        <v>43</v>
+      </c>
+      <c r="F82">
+        <v>1998</v>
+      </c>
+      <c r="G82"/>
+      <c r="H82" t="s">
+        <v>89</v>
+      </c>
+    </row>
+    <row r="83" spans="1:8">
+      <c r="A83" t="s">
+        <v>177</v>
+      </c>
+      <c r="B83" t="s">
+        <v>178</v>
+      </c>
+      <c r="C83"/>
+      <c r="D83"/>
+      <c r="E83" t="s">
+        <v>179</v>
+      </c>
+      <c r="F83">
+        <v>1994</v>
+      </c>
+      <c r="G83" t="s">
+        <v>47</v>
+      </c>
+      <c r="H83"/>
+    </row>
+    <row r="84" spans="1:8">
+      <c r="A84" t="s">
+        <v>180</v>
+      </c>
+      <c r="B84" t="s">
+        <v>181</v>
+      </c>
+      <c r="C84" t="s">
+        <v>10</v>
+      </c>
+      <c r="D84" t="s">
+        <v>50</v>
+      </c>
+      <c r="E84" t="s">
+        <v>43</v>
+      </c>
+      <c r="F84">
+        <v>1994</v>
+      </c>
+      <c r="G84"/>
+      <c r="H84" t="s">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="85" spans="1:8">
+      <c r="A85" t="s">
+        <v>182</v>
+      </c>
+      <c r="B85" t="s">
+        <v>183</v>
+      </c>
+      <c r="C85"/>
+      <c r="D85" t="s">
+        <v>22</v>
+      </c>
+      <c r="E85" t="s">
+        <v>12</v>
+      </c>
+      <c r="F85">
+        <v>1992</v>
+      </c>
+      <c r="G85"/>
+      <c r="H85" t="s">
+        <v>89</v>
+      </c>
+    </row>
+    <row r="86" spans="1:8">
+      <c r="A86" t="s">
+        <v>184</v>
+      </c>
+      <c r="B86" t="s">
+        <v>185</v>
+      </c>
+      <c r="C86" t="s">
+        <v>96</v>
+      </c>
+      <c r="D86" t="s">
+        <v>50</v>
+      </c>
+      <c r="E86" t="s">
+        <v>43</v>
+      </c>
+      <c r="F86">
         <v>1985</v>
       </c>
-      <c r="G66"/>
-[...1 lines deleted...]
-        <v>60</v>
+      <c r="G86"/>
+      <c r="H86" t="s">
+        <v>89</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">