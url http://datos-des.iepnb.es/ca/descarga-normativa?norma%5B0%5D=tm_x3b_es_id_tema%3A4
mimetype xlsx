--- v0 (2025-11-04)
+++ v1 (2026-01-04)
@@ -138,78 +138,78 @@
   <si>
     <t>Resolución</t>
   </si>
   <si>
     <t>sg5</t>
   </si>
   <si>
     <t>Orden</t>
   </si>
   <si>
     <t>Prueba de Legislación con Nivel de Administración Nacional.</t>
   </si>
   <si>
     <t>https://www.google.com/testing/branch</t>
   </si>
   <si>
     <t>Leyes autonómicas</t>
   </si>
   <si>
     <t>Canarias</t>
   </si>
   <si>
     <t>AGE</t>
   </si>
   <si>
+    <t>Comunidad de Madrid</t>
+  </si>
+  <si>
+    <t>Extremadura</t>
+  </si>
+  <si>
     <t>Ciudad Autónoma de Ceuta</t>
   </si>
   <si>
-    <t>Comunidad de Madrid</t>
-[...4 lines deleted...]
-  <si>
     <t>Norma Prueba Alta</t>
   </si>
   <si>
     <t>Pruebas para saber si el campo Norma puede usar / , ; y : .</t>
   </si>
   <si>
     <t>https://www.google.com/test/branch</t>
   </si>
   <si>
     <t>Pruebas Normas con Unificación- Detalles 17/12/2024 - Hora: 09:17:00. Prueba de funcionamiento; Correcto/Funcionando con Modificación  17/12/2024 - Hora: 09:19:00..</t>
   </si>
   <si>
+    <t>Extra-Regio</t>
+  </si>
+  <si>
+    <t>Illes Balears</t>
+  </si>
+  <si>
     <t>Cantabria</t>
-  </si>
-[...4 lines deleted...]
-    <t>Extra-Regio</t>
   </si>
   <si>
     <t>Prueba de Modificación dentro de Legislación.</t>
   </si>
   <si>
     <t>Autonómico</t>
   </si>
   <si>
     <t>prueba 
 borrar
 enter</t>
   </si>
   <si>
     <t>https://1.es</t>
   </si>
   <si>
     <t>Internacional</t>
   </si>
   <si>
     <t>borrar 
 norma</t>
   </si>
   <si>
     <t>Circular o instrucción</t>
   </si>
@@ -3744,77 +3744,77 @@
       </c>
     </row>
     <row r="6" spans="1:8">
       <c r="A6" t="s">
         <v>27</v>
       </c>
       <c r="B6" t="s">
         <v>25</v>
       </c>
       <c r="C6" t="s">
         <v>28</v>
       </c>
       <c r="D6" t="s">
         <v>10</v>
       </c>
       <c r="E6" t="s">
         <v>11</v>
       </c>
       <c r="F6">
         <v>2024</v>
       </c>
       <c r="G6" t="s">
         <v>12</v>
       </c>
       <c r="H6" t="s">
-        <v>29</v>
+        <v>26</v>
       </c>
     </row>
     <row r="7" spans="1:8">
       <c r="A7" t="s">
         <v>27</v>
       </c>
       <c r="B7" t="s">
         <v>25</v>
       </c>
       <c r="C7" t="s">
         <v>28</v>
       </c>
       <c r="D7" t="s">
         <v>10</v>
       </c>
       <c r="E7" t="s">
         <v>11</v>
       </c>
       <c r="F7">
         <v>2024</v>
       </c>
       <c r="G7" t="s">
         <v>12</v>
       </c>
       <c r="H7" t="s">
-        <v>26</v>
+        <v>29</v>
       </c>
     </row>
     <row r="8" spans="1:8">
       <c r="A8" t="s">
         <v>27</v>
       </c>
       <c r="B8" t="s">
         <v>25</v>
       </c>
       <c r="C8" t="s">
         <v>28</v>
       </c>
       <c r="D8" t="s">
         <v>10</v>
       </c>
       <c r="E8" t="s">
         <v>11</v>
       </c>
       <c r="F8">
         <v>2024</v>
       </c>
       <c r="G8" t="s">
         <v>12</v>
       </c>
       <c r="H8" t="s">
@@ -3898,171 +3898,171 @@
       <c r="H11" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="12" spans="1:8">
       <c r="A12" t="s">
         <v>36</v>
       </c>
       <c r="B12" t="s">
         <v>37</v>
       </c>
       <c r="C12"/>
       <c r="D12" t="s">
         <v>38</v>
       </c>
       <c r="E12" t="s">
         <v>16</v>
       </c>
       <c r="F12">
         <v>2024</v>
       </c>
       <c r="G12" t="s">
         <v>12</v>
       </c>
       <c r="H12" t="s">
-        <v>39</v>
+        <v>17</v>
       </c>
     </row>
     <row r="13" spans="1:8">
       <c r="A13" t="s">
         <v>36</v>
       </c>
       <c r="B13" t="s">
         <v>37</v>
       </c>
       <c r="C13"/>
       <c r="D13" t="s">
         <v>38</v>
       </c>
       <c r="E13" t="s">
         <v>16</v>
       </c>
       <c r="F13">
         <v>2024</v>
       </c>
       <c r="G13" t="s">
         <v>12</v>
       </c>
       <c r="H13" t="s">
-        <v>17</v>
+        <v>26</v>
       </c>
     </row>
     <row r="14" spans="1:8">
       <c r="A14" t="s">
         <v>36</v>
       </c>
       <c r="B14" t="s">
         <v>37</v>
       </c>
       <c r="C14"/>
       <c r="D14" t="s">
         <v>38</v>
       </c>
       <c r="E14" t="s">
         <v>16</v>
       </c>
       <c r="F14">
         <v>2024</v>
       </c>
       <c r="G14" t="s">
         <v>12</v>
       </c>
       <c r="H14" t="s">
-        <v>40</v>
+        <v>39</v>
       </c>
     </row>
     <row r="15" spans="1:8">
       <c r="A15" t="s">
         <v>36</v>
       </c>
       <c r="B15" t="s">
         <v>37</v>
       </c>
       <c r="C15"/>
       <c r="D15" t="s">
         <v>38</v>
       </c>
       <c r="E15" t="s">
         <v>16</v>
       </c>
       <c r="F15">
         <v>2024</v>
       </c>
       <c r="G15" t="s">
         <v>12</v>
       </c>
       <c r="H15" t="s">
-        <v>26</v>
+        <v>40</v>
       </c>
     </row>
     <row r="16" spans="1:8">
       <c r="A16" t="s">
         <v>36</v>
       </c>
       <c r="B16" t="s">
         <v>37</v>
       </c>
       <c r="C16"/>
       <c r="D16" t="s">
         <v>38</v>
       </c>
       <c r="E16" t="s">
         <v>16</v>
       </c>
       <c r="F16">
         <v>2024</v>
       </c>
       <c r="G16" t="s">
         <v>12</v>
       </c>
       <c r="H16" t="s">
-        <v>41</v>
+        <v>23</v>
       </c>
     </row>
     <row r="17" spans="1:8">
       <c r="A17" t="s">
         <v>36</v>
       </c>
       <c r="B17" t="s">
         <v>37</v>
       </c>
       <c r="C17"/>
       <c r="D17" t="s">
         <v>38</v>
       </c>
       <c r="E17" t="s">
         <v>16</v>
       </c>
       <c r="F17">
         <v>2024</v>
       </c>
       <c r="G17" t="s">
         <v>12</v>
       </c>
       <c r="H17" t="s">
-        <v>23</v>
+        <v>41</v>
       </c>
     </row>
     <row r="18" spans="1:8">
       <c r="A18" t="s">
         <v>36</v>
       </c>
       <c r="B18" t="s">
         <v>37</v>
       </c>
       <c r="C18"/>
       <c r="D18" t="s">
         <v>38</v>
       </c>
       <c r="E18" t="s">
         <v>16</v>
       </c>
       <c r="F18">
         <v>2024</v>
       </c>
       <c r="G18" t="s">
         <v>12</v>
       </c>
       <c r="H18" t="s">
         <v>42</v>
       </c>
@@ -4126,171 +4126,171 @@
       <c r="F21">
         <v>2024</v>
       </c>
       <c r="G21"/>
       <c r="H21" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="22" spans="1:8">
       <c r="A22" t="s">
         <v>47</v>
       </c>
       <c r="B22" t="s">
         <v>37</v>
       </c>
       <c r="C22"/>
       <c r="D22"/>
       <c r="E22" t="s">
         <v>16</v>
       </c>
       <c r="F22">
         <v>2024</v>
       </c>
       <c r="G22"/>
       <c r="H22" t="s">
-        <v>48</v>
+        <v>40</v>
       </c>
     </row>
     <row r="23" spans="1:8">
       <c r="A23" t="s">
         <v>47</v>
       </c>
       <c r="B23" t="s">
         <v>37</v>
       </c>
       <c r="C23"/>
       <c r="D23"/>
       <c r="E23" t="s">
         <v>16</v>
       </c>
       <c r="F23">
         <v>2024</v>
       </c>
       <c r="G23"/>
       <c r="H23" t="s">
-        <v>31</v>
+        <v>48</v>
       </c>
     </row>
     <row r="24" spans="1:8">
       <c r="A24" t="s">
         <v>47</v>
       </c>
       <c r="B24" t="s">
         <v>37</v>
       </c>
       <c r="C24"/>
       <c r="D24"/>
       <c r="E24" t="s">
         <v>16</v>
       </c>
       <c r="F24">
         <v>2024</v>
       </c>
       <c r="G24"/>
       <c r="H24" t="s">
-        <v>42</v>
+        <v>49</v>
       </c>
     </row>
     <row r="25" spans="1:8">
       <c r="A25" t="s">
         <v>47</v>
       </c>
       <c r="B25" t="s">
         <v>37</v>
       </c>
       <c r="C25"/>
       <c r="D25"/>
       <c r="E25" t="s">
         <v>16</v>
       </c>
       <c r="F25">
         <v>2024</v>
       </c>
       <c r="G25"/>
       <c r="H25" t="s">
-        <v>49</v>
+        <v>26</v>
       </c>
     </row>
     <row r="26" spans="1:8">
       <c r="A26" t="s">
         <v>47</v>
       </c>
       <c r="B26" t="s">
         <v>37</v>
       </c>
       <c r="C26"/>
       <c r="D26"/>
       <c r="E26" t="s">
         <v>16</v>
       </c>
       <c r="F26">
         <v>2024</v>
       </c>
       <c r="G26"/>
       <c r="H26" t="s">
-        <v>50</v>
+        <v>31</v>
       </c>
     </row>
     <row r="27" spans="1:8">
       <c r="A27" t="s">
         <v>47</v>
       </c>
       <c r="B27" t="s">
         <v>37</v>
       </c>
       <c r="C27"/>
       <c r="D27"/>
       <c r="E27" t="s">
         <v>16</v>
       </c>
       <c r="F27">
         <v>2024</v>
       </c>
       <c r="G27"/>
       <c r="H27" t="s">
-        <v>40</v>
+        <v>50</v>
       </c>
     </row>
     <row r="28" spans="1:8">
       <c r="A28" t="s">
         <v>47</v>
       </c>
       <c r="B28" t="s">
         <v>37</v>
       </c>
       <c r="C28"/>
       <c r="D28"/>
       <c r="E28" t="s">
         <v>16</v>
       </c>
       <c r="F28">
         <v>2024</v>
       </c>
       <c r="G28"/>
       <c r="H28" t="s">
-        <v>26</v>
+        <v>41</v>
       </c>
     </row>
     <row r="29" spans="1:8">
       <c r="A29" t="s">
         <v>51</v>
       </c>
       <c r="B29" t="s">
         <v>25</v>
       </c>
       <c r="C29" t="s">
         <v>35</v>
       </c>
       <c r="D29" t="s">
         <v>52</v>
       </c>
       <c r="E29" t="s">
         <v>22</v>
       </c>
       <c r="F29">
         <v>2024</v>
       </c>
       <c r="G29" t="s">
         <v>12</v>
       </c>
       <c r="H29" t="s">
@@ -4324,51 +4324,51 @@
       </c>
     </row>
     <row r="31" spans="1:8">
       <c r="A31" t="s">
         <v>51</v>
       </c>
       <c r="B31" t="s">
         <v>25</v>
       </c>
       <c r="C31" t="s">
         <v>35</v>
       </c>
       <c r="D31" t="s">
         <v>52</v>
       </c>
       <c r="E31" t="s">
         <v>22</v>
       </c>
       <c r="F31">
         <v>2024</v>
       </c>
       <c r="G31" t="s">
         <v>12</v>
       </c>
       <c r="H31" t="s">
-        <v>43</v>
+        <v>42</v>
       </c>
     </row>
     <row r="32" spans="1:8">
       <c r="A32" t="s">
         <v>53</v>
       </c>
       <c r="B32" t="s">
         <v>54</v>
       </c>
       <c r="C32"/>
       <c r="D32"/>
       <c r="E32" t="s">
         <v>22</v>
       </c>
       <c r="F32">
         <v>2024</v>
       </c>
       <c r="G32" t="s">
         <v>55</v>
       </c>
       <c r="H32"/>
     </row>
     <row r="33" spans="1:8">
       <c r="A33" t="s">
         <v>56</v>
@@ -4422,51 +4422,51 @@
       </c>
     </row>
     <row r="35" spans="1:8">
       <c r="A35" t="s">
         <v>59</v>
       </c>
       <c r="B35" t="s">
         <v>25</v>
       </c>
       <c r="C35" t="s">
         <v>20</v>
       </c>
       <c r="D35" t="s">
         <v>21</v>
       </c>
       <c r="E35" t="s">
         <v>22</v>
       </c>
       <c r="F35">
         <v>2024</v>
       </c>
       <c r="G35" t="s">
         <v>60</v>
       </c>
       <c r="H35" t="s">
-        <v>41</v>
+        <v>43</v>
       </c>
     </row>
     <row r="36" spans="1:8">
       <c r="A36" t="s">
         <v>61</v>
       </c>
       <c r="B36" t="s">
         <v>62</v>
       </c>
       <c r="C36"/>
       <c r="D36"/>
       <c r="E36" t="s">
         <v>16</v>
       </c>
       <c r="F36">
         <v>2023</v>
       </c>
       <c r="G36"/>
       <c r="H36" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="37" spans="1:8">
       <c r="A37" t="s">
         <v>63</v>
@@ -4516,129 +4516,129 @@
       </c>
     </row>
     <row r="39" spans="1:8">
       <c r="A39" t="s">
         <v>68</v>
       </c>
       <c r="B39" t="s">
         <v>69</v>
       </c>
       <c r="C39" t="s">
         <v>20</v>
       </c>
       <c r="D39" t="s">
         <v>21</v>
       </c>
       <c r="E39" t="s">
         <v>22</v>
       </c>
       <c r="F39">
         <v>2022</v>
       </c>
       <c r="G39" t="s">
         <v>12</v>
       </c>
       <c r="H39" t="s">
-        <v>50</v>
+        <v>26</v>
       </c>
     </row>
     <row r="40" spans="1:8">
       <c r="A40" t="s">
         <v>68</v>
       </c>
       <c r="B40" t="s">
         <v>69</v>
       </c>
       <c r="C40" t="s">
         <v>20</v>
       </c>
       <c r="D40" t="s">
         <v>21</v>
       </c>
       <c r="E40" t="s">
         <v>22</v>
       </c>
       <c r="F40">
         <v>2022</v>
       </c>
       <c r="G40" t="s">
         <v>12</v>
       </c>
       <c r="H40" t="s">
-        <v>26</v>
+        <v>48</v>
       </c>
     </row>
     <row r="41" spans="1:8">
       <c r="A41" t="s">
         <v>68</v>
       </c>
       <c r="B41" t="s">
         <v>69</v>
       </c>
       <c r="C41" t="s">
         <v>20</v>
       </c>
       <c r="D41" t="s">
         <v>21</v>
       </c>
       <c r="E41" t="s">
         <v>22</v>
       </c>
       <c r="F41">
         <v>2022</v>
       </c>
       <c r="G41" t="s">
         <v>12</v>
       </c>
       <c r="H41" t="s">
-        <v>48</v>
+        <v>31</v>
       </c>
     </row>
     <row r="42" spans="1:8">
       <c r="A42" t="s">
         <v>68</v>
       </c>
       <c r="B42" t="s">
         <v>69</v>
       </c>
       <c r="C42" t="s">
         <v>20</v>
       </c>
       <c r="D42" t="s">
         <v>21</v>
       </c>
       <c r="E42" t="s">
         <v>22</v>
       </c>
       <c r="F42">
         <v>2022</v>
       </c>
       <c r="G42" t="s">
         <v>12</v>
       </c>
       <c r="H42" t="s">
-        <v>31</v>
+        <v>50</v>
       </c>
     </row>
     <row r="43" spans="1:8">
       <c r="A43" t="s">
         <v>70</v>
       </c>
       <c r="B43" t="s">
         <v>71</v>
       </c>
       <c r="C43" t="s">
         <v>28</v>
       </c>
       <c r="D43" t="s">
         <v>52</v>
       </c>
       <c r="E43" t="s">
         <v>22</v>
       </c>
       <c r="F43">
         <v>2021</v>
       </c>
       <c r="G43"/>
       <c r="H43" t="s">
         <v>72</v>
       </c>
@@ -4736,99 +4736,99 @@
       <c r="H47" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="48" spans="1:8">
       <c r="A48" t="s">
         <v>82</v>
       </c>
       <c r="B48" t="s">
         <v>83</v>
       </c>
       <c r="C48" t="s">
         <v>28</v>
       </c>
       <c r="D48" t="s">
         <v>52</v>
       </c>
       <c r="E48" t="s">
         <v>22</v>
       </c>
       <c r="F48">
         <v>2019</v>
       </c>
       <c r="G48"/>
       <c r="H48" t="s">
-        <v>43</v>
+        <v>42</v>
       </c>
     </row>
     <row r="49" spans="1:8">
       <c r="A49" t="s">
         <v>84</v>
       </c>
       <c r="B49" t="s">
         <v>85</v>
       </c>
       <c r="C49" t="s">
         <v>28</v>
       </c>
       <c r="D49" t="s">
         <v>52</v>
       </c>
       <c r="E49" t="s">
         <v>22</v>
       </c>
       <c r="F49">
         <v>2019</v>
       </c>
       <c r="G49"/>
       <c r="H49" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="50" spans="1:8">
       <c r="A50" t="s">
         <v>86</v>
       </c>
       <c r="B50" t="s">
         <v>87</v>
       </c>
       <c r="C50" t="s">
         <v>28</v>
       </c>
       <c r="D50" t="s">
         <v>52</v>
       </c>
       <c r="E50" t="s">
         <v>22</v>
       </c>
       <c r="F50">
         <v>2018</v>
       </c>
       <c r="G50"/>
       <c r="H50" t="s">
-        <v>43</v>
+        <v>42</v>
       </c>
     </row>
     <row r="51" spans="1:8">
       <c r="A51" t="s">
         <v>88</v>
       </c>
       <c r="B51" t="s">
         <v>89</v>
       </c>
       <c r="C51" t="s">
         <v>28</v>
       </c>
       <c r="D51" t="s">
         <v>52</v>
       </c>
       <c r="E51" t="s">
         <v>22</v>
       </c>
       <c r="F51">
         <v>2018</v>
       </c>
       <c r="G51"/>
       <c r="H51" t="s">
         <v>26</v>
       </c>
@@ -5310,51 +5310,51 @@
       </c>
       <c r="G72"/>
       <c r="H72" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="73" spans="1:8">
       <c r="A73" t="s">
         <v>128</v>
       </c>
       <c r="B73" t="s">
         <v>129</v>
       </c>
       <c r="C73"/>
       <c r="D73" t="s">
         <v>38</v>
       </c>
       <c r="E73" t="s">
         <v>16</v>
       </c>
       <c r="F73">
         <v>2016</v>
       </c>
       <c r="G73"/>
       <c r="H73" t="s">
-        <v>48</v>
+        <v>50</v>
       </c>
     </row>
     <row r="74" spans="1:8">
       <c r="A74" t="s">
         <v>130</v>
       </c>
       <c r="B74" t="s">
         <v>131</v>
       </c>
       <c r="C74" t="s">
         <v>28</v>
       </c>
       <c r="D74" t="s">
         <v>52</v>
       </c>
       <c r="E74" t="s">
         <v>22</v>
       </c>
       <c r="F74">
         <v>2016</v>
       </c>
       <c r="G74"/>
       <c r="H74" t="s">
         <v>132</v>
       </c>
@@ -7068,147 +7068,147 @@
       <c r="H149" t="s">
         <v>132</v>
       </c>
     </row>
     <row r="150" spans="1:8">
       <c r="A150" t="s">
         <v>270</v>
       </c>
       <c r="B150" t="s">
         <v>271</v>
       </c>
       <c r="C150" t="s">
         <v>28</v>
       </c>
       <c r="D150" t="s">
         <v>52</v>
       </c>
       <c r="E150" t="s">
         <v>22</v>
       </c>
       <c r="F150">
         <v>2014</v>
       </c>
       <c r="G150"/>
       <c r="H150" t="s">
-        <v>42</v>
+        <v>41</v>
       </c>
     </row>
     <row r="151" spans="1:8">
       <c r="A151" t="s">
         <v>272</v>
       </c>
       <c r="B151" t="s">
         <v>273</v>
       </c>
       <c r="C151" t="s">
         <v>28</v>
       </c>
       <c r="D151" t="s">
         <v>52</v>
       </c>
       <c r="E151" t="s">
         <v>22</v>
       </c>
       <c r="F151">
         <v>2014</v>
       </c>
       <c r="G151"/>
       <c r="H151" t="s">
-        <v>42</v>
+        <v>41</v>
       </c>
     </row>
     <row r="152" spans="1:8">
       <c r="A152" t="s">
         <v>274</v>
       </c>
       <c r="B152" t="s">
         <v>275</v>
       </c>
       <c r="C152" t="s">
         <v>28</v>
       </c>
       <c r="D152" t="s">
         <v>52</v>
       </c>
       <c r="E152" t="s">
         <v>22</v>
       </c>
       <c r="F152">
         <v>2014</v>
       </c>
       <c r="G152"/>
       <c r="H152" t="s">
-        <v>42</v>
+        <v>41</v>
       </c>
     </row>
     <row r="153" spans="1:8">
       <c r="A153" t="s">
         <v>276</v>
       </c>
       <c r="B153" t="s">
         <v>277</v>
       </c>
       <c r="C153" t="s">
         <v>28</v>
       </c>
       <c r="D153" t="s">
         <v>52</v>
       </c>
       <c r="E153" t="s">
         <v>22</v>
       </c>
       <c r="F153">
         <v>2014</v>
       </c>
       <c r="G153"/>
       <c r="H153" t="s">
-        <v>42</v>
+        <v>41</v>
       </c>
     </row>
     <row r="154" spans="1:8">
       <c r="A154" t="s">
         <v>278</v>
       </c>
       <c r="B154" t="s">
         <v>279</v>
       </c>
       <c r="C154" t="s">
         <v>28</v>
       </c>
       <c r="D154" t="s">
         <v>52</v>
       </c>
       <c r="E154" t="s">
         <v>22</v>
       </c>
       <c r="F154">
         <v>2014</v>
       </c>
       <c r="G154"/>
       <c r="H154" t="s">
-        <v>42</v>
+        <v>41</v>
       </c>
     </row>
     <row r="155" spans="1:8">
       <c r="A155" t="s">
         <v>280</v>
       </c>
       <c r="B155" t="s">
         <v>281</v>
       </c>
       <c r="C155" t="s">
         <v>28</v>
       </c>
       <c r="D155" t="s">
         <v>52</v>
       </c>
       <c r="E155" t="s">
         <v>22</v>
       </c>
       <c r="F155">
         <v>2014</v>
       </c>
       <c r="G155"/>
       <c r="H155" t="s">
         <v>65</v>
       </c>
@@ -7392,75 +7392,75 @@
       <c r="H163" t="s">
         <v>58</v>
       </c>
     </row>
     <row r="164" spans="1:8">
       <c r="A164" t="s">
         <v>297</v>
       </c>
       <c r="B164" t="s">
         <v>298</v>
       </c>
       <c r="C164" t="s">
         <v>35</v>
       </c>
       <c r="D164" t="s">
         <v>52</v>
       </c>
       <c r="E164" t="s">
         <v>22</v>
       </c>
       <c r="F164">
         <v>2013</v>
       </c>
       <c r="G164"/>
       <c r="H164" t="s">
-        <v>42</v>
+        <v>41</v>
       </c>
     </row>
     <row r="165" spans="1:8">
       <c r="A165" t="s">
         <v>299</v>
       </c>
       <c r="B165" t="s">
         <v>300</v>
       </c>
       <c r="C165" t="s">
         <v>35</v>
       </c>
       <c r="D165" t="s">
         <v>52</v>
       </c>
       <c r="E165" t="s">
         <v>22</v>
       </c>
       <c r="F165">
         <v>2013</v>
       </c>
       <c r="G165"/>
       <c r="H165" t="s">
-        <v>43</v>
+        <v>42</v>
       </c>
     </row>
     <row r="166" spans="1:8">
       <c r="A166" t="s">
         <v>301</v>
       </c>
       <c r="B166" t="s">
         <v>302</v>
       </c>
       <c r="C166" t="s">
         <v>28</v>
       </c>
       <c r="D166" t="s">
         <v>52</v>
       </c>
       <c r="E166" t="s">
         <v>22</v>
       </c>
       <c r="F166">
         <v>2013</v>
       </c>
       <c r="G166"/>
       <c r="H166" t="s">
         <v>17</v>
       </c>
@@ -7870,123 +7870,123 @@
       <c r="H183" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="184" spans="1:8">
       <c r="A184" t="s">
         <v>337</v>
       </c>
       <c r="B184" t="s">
         <v>338</v>
       </c>
       <c r="C184" t="s">
         <v>35</v>
       </c>
       <c r="D184" t="s">
         <v>52</v>
       </c>
       <c r="E184" t="s">
         <v>22</v>
       </c>
       <c r="F184">
         <v>2012</v>
       </c>
       <c r="G184"/>
       <c r="H184" t="s">
-        <v>42</v>
+        <v>41</v>
       </c>
     </row>
     <row r="185" spans="1:8">
       <c r="A185" t="s">
         <v>339</v>
       </c>
       <c r="B185" t="s">
         <v>340</v>
       </c>
       <c r="C185" t="s">
         <v>28</v>
       </c>
       <c r="D185" t="s">
         <v>52</v>
       </c>
       <c r="E185" t="s">
         <v>22</v>
       </c>
       <c r="F185">
         <v>2012</v>
       </c>
       <c r="G185"/>
       <c r="H185" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="186" spans="1:8">
       <c r="A186" t="s">
         <v>341</v>
       </c>
       <c r="B186" t="s">
         <v>342</v>
       </c>
       <c r="C186" t="s">
         <v>35</v>
       </c>
       <c r="D186" t="s">
         <v>52</v>
       </c>
       <c r="E186" t="s">
         <v>22</v>
       </c>
       <c r="F186">
         <v>2012</v>
       </c>
       <c r="G186"/>
       <c r="H186" t="s">
-        <v>43</v>
+        <v>42</v>
       </c>
     </row>
     <row r="187" spans="1:8">
       <c r="A187" t="s">
         <v>343</v>
       </c>
       <c r="B187" t="s">
         <v>344</v>
       </c>
       <c r="C187" t="s">
         <v>35</v>
       </c>
       <c r="D187" t="s">
         <v>52</v>
       </c>
       <c r="E187" t="s">
         <v>22</v>
       </c>
       <c r="F187">
         <v>2012</v>
       </c>
       <c r="G187"/>
       <c r="H187" t="s">
-        <v>43</v>
+        <v>42</v>
       </c>
     </row>
     <row r="188" spans="1:8">
       <c r="A188" t="s">
         <v>345</v>
       </c>
       <c r="B188" t="s">
         <v>346</v>
       </c>
       <c r="C188" t="s">
         <v>35</v>
       </c>
       <c r="D188" t="s">
         <v>52</v>
       </c>
       <c r="E188" t="s">
         <v>22</v>
       </c>
       <c r="F188">
         <v>2012</v>
       </c>
       <c r="G188"/>
       <c r="H188" t="s">
         <v>30</v>
       </c>
@@ -8274,51 +8274,51 @@
       <c r="H200" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="201" spans="1:8">
       <c r="A201" t="s">
         <v>373</v>
       </c>
       <c r="B201" t="s">
         <v>374</v>
       </c>
       <c r="C201" t="s">
         <v>35</v>
       </c>
       <c r="D201" t="s">
         <v>52</v>
       </c>
       <c r="E201" t="s">
         <v>22</v>
       </c>
       <c r="F201">
         <v>2011</v>
       </c>
       <c r="G201"/>
       <c r="H201" t="s">
-        <v>43</v>
+        <v>42</v>
       </c>
     </row>
     <row r="202" spans="1:8">
       <c r="A202" t="s">
         <v>375</v>
       </c>
       <c r="B202" t="s">
         <v>376</v>
       </c>
       <c r="C202" t="s">
         <v>35</v>
       </c>
       <c r="D202" t="s">
         <v>52</v>
       </c>
       <c r="E202" t="s">
         <v>22</v>
       </c>
       <c r="F202">
         <v>2011</v>
       </c>
       <c r="G202"/>
       <c r="H202" t="s">
         <v>17</v>
       </c>
@@ -8394,51 +8394,51 @@
       <c r="H205" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="206" spans="1:8">
       <c r="A206" t="s">
         <v>383</v>
       </c>
       <c r="B206" t="s">
         <v>384</v>
       </c>
       <c r="C206" t="s">
         <v>28</v>
       </c>
       <c r="D206" t="s">
         <v>52</v>
       </c>
       <c r="E206" t="s">
         <v>22</v>
       </c>
       <c r="F206">
         <v>2011</v>
       </c>
       <c r="G206"/>
       <c r="H206" t="s">
-        <v>42</v>
+        <v>41</v>
       </c>
     </row>
     <row r="207" spans="1:8">
       <c r="A207" t="s">
         <v>385</v>
       </c>
       <c r="B207" t="s">
         <v>386</v>
       </c>
       <c r="C207" t="s">
         <v>28</v>
       </c>
       <c r="D207" t="s">
         <v>52</v>
       </c>
       <c r="E207" t="s">
         <v>22</v>
       </c>
       <c r="F207">
         <v>2011</v>
       </c>
       <c r="G207"/>
       <c r="H207" t="s">
         <v>77</v>
       </c>
@@ -8700,99 +8700,99 @@
       <c r="H218" t="s">
         <v>58</v>
       </c>
     </row>
     <row r="219" spans="1:8">
       <c r="A219" t="s">
         <v>409</v>
       </c>
       <c r="B219" t="s">
         <v>410</v>
       </c>
       <c r="C219" t="s">
         <v>33</v>
       </c>
       <c r="D219" t="s">
         <v>52</v>
       </c>
       <c r="E219" t="s">
         <v>22</v>
       </c>
       <c r="F219">
         <v>2010</v>
       </c>
       <c r="G219"/>
       <c r="H219" t="s">
-        <v>48</v>
+        <v>50</v>
       </c>
     </row>
     <row r="220" spans="1:8">
       <c r="A220" t="s">
         <v>411</v>
       </c>
       <c r="B220" t="s">
         <v>412</v>
       </c>
       <c r="C220" t="s">
         <v>35</v>
       </c>
       <c r="D220" t="s">
         <v>52</v>
       </c>
       <c r="E220" t="s">
         <v>22</v>
       </c>
       <c r="F220">
         <v>2010</v>
       </c>
       <c r="G220"/>
       <c r="H220" t="s">
         <v>77</v>
       </c>
     </row>
     <row r="221" spans="1:8">
       <c r="A221" t="s">
         <v>413</v>
       </c>
       <c r="B221" t="s">
         <v>414</v>
       </c>
       <c r="C221" t="s">
         <v>28</v>
       </c>
       <c r="D221" t="s">
         <v>52</v>
       </c>
       <c r="E221" t="s">
         <v>22</v>
       </c>
       <c r="F221">
         <v>2010</v>
       </c>
       <c r="G221"/>
       <c r="H221" t="s">
-        <v>42</v>
+        <v>41</v>
       </c>
     </row>
     <row r="222" spans="1:8">
       <c r="A222" t="s">
         <v>415</v>
       </c>
       <c r="B222" t="s">
         <v>416</v>
       </c>
       <c r="C222" t="s">
         <v>35</v>
       </c>
       <c r="D222" t="s">
         <v>52</v>
       </c>
       <c r="E222" t="s">
         <v>22</v>
       </c>
       <c r="F222">
         <v>2010</v>
       </c>
       <c r="G222"/>
       <c r="H222" t="s">
         <v>29</v>
       </c>
@@ -8940,51 +8940,51 @@
       <c r="H228" t="s">
         <v>77</v>
       </c>
     </row>
     <row r="229" spans="1:8">
       <c r="A229" t="s">
         <v>429</v>
       </c>
       <c r="B229" t="s">
         <v>430</v>
       </c>
       <c r="C229" t="s">
         <v>28</v>
       </c>
       <c r="D229" t="s">
         <v>52</v>
       </c>
       <c r="E229" t="s">
         <v>22</v>
       </c>
       <c r="F229">
         <v>2010</v>
       </c>
       <c r="G229"/>
       <c r="H229" t="s">
-        <v>48</v>
+        <v>50</v>
       </c>
     </row>
     <row r="230" spans="1:8">
       <c r="A230" t="s">
         <v>431</v>
       </c>
       <c r="B230" t="s">
         <v>432</v>
       </c>
       <c r="C230" t="s">
         <v>35</v>
       </c>
       <c r="D230" t="s">
         <v>52</v>
       </c>
       <c r="E230" t="s">
         <v>22</v>
       </c>
       <c r="F230">
         <v>2010</v>
       </c>
       <c r="G230"/>
       <c r="H230" t="s">
         <v>26</v>
       </c>
@@ -9200,75 +9200,75 @@
       <c r="H239" t="s">
         <v>77</v>
       </c>
     </row>
     <row r="240" spans="1:8">
       <c r="A240" t="s">
         <v>451</v>
       </c>
       <c r="B240" t="s">
         <v>452</v>
       </c>
       <c r="C240" t="s">
         <v>35</v>
       </c>
       <c r="D240" t="s">
         <v>52</v>
       </c>
       <c r="E240" t="s">
         <v>22</v>
       </c>
       <c r="F240">
         <v>2009</v>
       </c>
       <c r="G240"/>
       <c r="H240" t="s">
-        <v>42</v>
+        <v>41</v>
       </c>
     </row>
     <row r="241" spans="1:8">
       <c r="A241" t="s">
         <v>453</v>
       </c>
       <c r="B241" t="s">
         <v>454</v>
       </c>
       <c r="C241" t="s">
         <v>35</v>
       </c>
       <c r="D241" t="s">
         <v>52</v>
       </c>
       <c r="E241" t="s">
         <v>22</v>
       </c>
       <c r="F241">
         <v>2009</v>
       </c>
       <c r="G241"/>
       <c r="H241" t="s">
-        <v>43</v>
+        <v>42</v>
       </c>
     </row>
     <row r="242" spans="1:8">
       <c r="A242" t="s">
         <v>455</v>
       </c>
       <c r="B242" t="s">
         <v>456</v>
       </c>
       <c r="C242" t="s">
         <v>28</v>
       </c>
       <c r="D242" t="s">
         <v>52</v>
       </c>
       <c r="E242" t="s">
         <v>22</v>
       </c>
       <c r="F242">
         <v>2009</v>
       </c>
       <c r="G242"/>
       <c r="H242" t="s">
         <v>13</v>
       </c>
@@ -9344,51 +9344,51 @@
       <c r="H245" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="246" spans="1:8">
       <c r="A246" t="s">
         <v>463</v>
       </c>
       <c r="B246" t="s">
         <v>464</v>
       </c>
       <c r="C246" t="s">
         <v>28</v>
       </c>
       <c r="D246" t="s">
         <v>52</v>
       </c>
       <c r="E246" t="s">
         <v>22</v>
       </c>
       <c r="F246">
         <v>2009</v>
       </c>
       <c r="G246"/>
       <c r="H246" t="s">
-        <v>42</v>
+        <v>41</v>
       </c>
     </row>
     <row r="247" spans="1:8">
       <c r="A247" t="s">
         <v>465</v>
       </c>
       <c r="B247" t="s">
         <v>466</v>
       </c>
       <c r="C247"/>
       <c r="D247" t="s">
         <v>467</v>
       </c>
       <c r="E247" t="s">
         <v>11</v>
       </c>
       <c r="F247">
         <v>2008</v>
       </c>
       <c r="G247" t="s">
         <v>55</v>
       </c>
       <c r="H247"/>
     </row>
     <row r="248" spans="1:8">
@@ -9836,51 +9836,51 @@
       </c>
       <c r="G266" t="s">
         <v>12</v>
       </c>
       <c r="H266"/>
     </row>
     <row r="267" spans="1:8">
       <c r="A267" t="s">
         <v>506</v>
       </c>
       <c r="B267" t="s">
         <v>507</v>
       </c>
       <c r="C267"/>
       <c r="D267" t="s">
         <v>38</v>
       </c>
       <c r="E267" t="s">
         <v>16</v>
       </c>
       <c r="F267">
         <v>2007</v>
       </c>
       <c r="G267"/>
       <c r="H267" t="s">
-        <v>48</v>
+        <v>50</v>
       </c>
     </row>
     <row r="268" spans="1:8">
       <c r="A268" t="s">
         <v>508</v>
       </c>
       <c r="B268" t="s">
         <v>509</v>
       </c>
       <c r="C268"/>
       <c r="D268" t="s">
         <v>38</v>
       </c>
       <c r="E268" t="s">
         <v>16</v>
       </c>
       <c r="F268">
         <v>2007</v>
       </c>
       <c r="G268"/>
       <c r="H268" t="s">
         <v>77</v>
       </c>
     </row>
     <row r="269" spans="1:8">
@@ -10428,51 +10428,51 @@
       </c>
       <c r="G291"/>
       <c r="H291" t="s">
         <v>58</v>
       </c>
     </row>
     <row r="292" spans="1:8">
       <c r="A292" t="s">
         <v>556</v>
       </c>
       <c r="B292" t="s">
         <v>557</v>
       </c>
       <c r="C292"/>
       <c r="D292" t="s">
         <v>38</v>
       </c>
       <c r="E292" t="s">
         <v>16</v>
       </c>
       <c r="F292">
         <v>2006</v>
       </c>
       <c r="G292"/>
       <c r="H292" t="s">
-        <v>48</v>
+        <v>50</v>
       </c>
     </row>
     <row r="293" spans="1:8">
       <c r="A293" t="s">
         <v>558</v>
       </c>
       <c r="B293" t="s">
         <v>559</v>
       </c>
       <c r="C293"/>
       <c r="D293" t="s">
         <v>38</v>
       </c>
       <c r="E293" t="s">
         <v>16</v>
       </c>
       <c r="F293">
         <v>2006</v>
       </c>
       <c r="G293"/>
       <c r="H293" t="s">
         <v>77</v>
       </c>
     </row>
     <row r="294" spans="1:8">
@@ -10538,51 +10538,51 @@
       </c>
       <c r="G296"/>
       <c r="H296" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="297" spans="1:8">
       <c r="A297" t="s">
         <v>566</v>
       </c>
       <c r="B297" t="s">
         <v>129</v>
       </c>
       <c r="C297"/>
       <c r="D297" t="s">
         <v>38</v>
       </c>
       <c r="E297" t="s">
         <v>16</v>
       </c>
       <c r="F297">
         <v>2006</v>
       </c>
       <c r="G297"/>
       <c r="H297" t="s">
-        <v>48</v>
+        <v>50</v>
       </c>
     </row>
     <row r="298" spans="1:8">
       <c r="A298" t="s">
         <v>567</v>
       </c>
       <c r="B298" t="s">
         <v>568</v>
       </c>
       <c r="C298" t="s">
         <v>28</v>
       </c>
       <c r="D298" t="s">
         <v>52</v>
       </c>
       <c r="E298" t="s">
         <v>22</v>
       </c>
       <c r="F298">
         <v>2006</v>
       </c>
       <c r="G298"/>
       <c r="H298" t="s">
         <v>29</v>
       </c>
@@ -11040,75 +11040,75 @@
       </c>
       <c r="G317"/>
       <c r="H317" t="s">
         <v>58</v>
       </c>
     </row>
     <row r="318" spans="1:8">
       <c r="A318" t="s">
         <v>607</v>
       </c>
       <c r="B318" t="s">
         <v>608</v>
       </c>
       <c r="C318"/>
       <c r="D318" t="s">
         <v>38</v>
       </c>
       <c r="E318" t="s">
         <v>16</v>
       </c>
       <c r="F318">
         <v>2005</v>
       </c>
       <c r="G318"/>
       <c r="H318" t="s">
-        <v>42</v>
+        <v>41</v>
       </c>
     </row>
     <row r="319" spans="1:8">
       <c r="A319" t="s">
         <v>609</v>
       </c>
       <c r="B319" t="s">
         <v>610</v>
       </c>
       <c r="C319" t="s">
         <v>33</v>
       </c>
       <c r="D319" t="s">
         <v>52</v>
       </c>
       <c r="E319" t="s">
         <v>22</v>
       </c>
       <c r="F319">
         <v>2005</v>
       </c>
       <c r="G319"/>
       <c r="H319" t="s">
-        <v>48</v>
+        <v>50</v>
       </c>
     </row>
     <row r="320" spans="1:8">
       <c r="A320" t="s">
         <v>611</v>
       </c>
       <c r="B320" t="s">
         <v>612</v>
       </c>
       <c r="C320" t="s">
         <v>28</v>
       </c>
       <c r="D320" t="s">
         <v>52</v>
       </c>
       <c r="E320" t="s">
         <v>22</v>
       </c>
       <c r="F320">
         <v>2005</v>
       </c>
       <c r="G320"/>
       <c r="H320" t="s">
         <v>30</v>
       </c>
@@ -11208,99 +11208,99 @@
       <c r="H324" t="s">
         <v>58</v>
       </c>
     </row>
     <row r="325" spans="1:8">
       <c r="A325" t="s">
         <v>621</v>
       </c>
       <c r="B325" t="s">
         <v>622</v>
       </c>
       <c r="C325" t="s">
         <v>28</v>
       </c>
       <c r="D325" t="s">
         <v>52</v>
       </c>
       <c r="E325" t="s">
         <v>22</v>
       </c>
       <c r="F325">
         <v>2005</v>
       </c>
       <c r="G325"/>
       <c r="H325" t="s">
-        <v>43</v>
+        <v>42</v>
       </c>
     </row>
     <row r="326" spans="1:8">
       <c r="A326" t="s">
         <v>623</v>
       </c>
       <c r="B326" t="s">
         <v>624</v>
       </c>
       <c r="C326" t="s">
         <v>28</v>
       </c>
       <c r="D326" t="s">
         <v>52</v>
       </c>
       <c r="E326" t="s">
         <v>22</v>
       </c>
       <c r="F326">
         <v>2005</v>
       </c>
       <c r="G326"/>
       <c r="H326" t="s">
-        <v>43</v>
+        <v>42</v>
       </c>
     </row>
     <row r="327" spans="1:8">
       <c r="A327" t="s">
         <v>625</v>
       </c>
       <c r="B327" t="s">
         <v>626</v>
       </c>
       <c r="C327" t="s">
         <v>28</v>
       </c>
       <c r="D327" t="s">
         <v>52</v>
       </c>
       <c r="E327" t="s">
         <v>22</v>
       </c>
       <c r="F327">
         <v>2005</v>
       </c>
       <c r="G327"/>
       <c r="H327" t="s">
-        <v>43</v>
+        <v>42</v>
       </c>
     </row>
     <row r="328" spans="1:8">
       <c r="A328" t="s">
         <v>627</v>
       </c>
       <c r="B328" t="s">
         <v>628</v>
       </c>
       <c r="C328" t="s">
         <v>28</v>
       </c>
       <c r="D328" t="s">
         <v>52</v>
       </c>
       <c r="E328" t="s">
         <v>22</v>
       </c>
       <c r="F328">
         <v>2005</v>
       </c>
       <c r="G328"/>
       <c r="H328" t="s">
         <v>26</v>
       </c>
@@ -11736,51 +11736,51 @@
       <c r="H346" t="s">
         <v>58</v>
       </c>
     </row>
     <row r="347" spans="1:8">
       <c r="A347" t="s">
         <v>665</v>
       </c>
       <c r="B347" t="s">
         <v>666</v>
       </c>
       <c r="C347" t="s">
         <v>35</v>
       </c>
       <c r="D347" t="s">
         <v>52</v>
       </c>
       <c r="E347" t="s">
         <v>22</v>
       </c>
       <c r="F347">
         <v>2004</v>
       </c>
       <c r="G347"/>
       <c r="H347" t="s">
-        <v>42</v>
+        <v>41</v>
       </c>
     </row>
     <row r="348" spans="1:8">
       <c r="A348" t="s">
         <v>667</v>
       </c>
       <c r="B348" t="s">
         <v>668</v>
       </c>
       <c r="C348" t="s">
         <v>33</v>
       </c>
       <c r="D348" t="s">
         <v>52</v>
       </c>
       <c r="E348" t="s">
         <v>22</v>
       </c>
       <c r="F348">
         <v>2004</v>
       </c>
       <c r="G348"/>
       <c r="H348" t="s">
         <v>65</v>
       </c>
@@ -11928,51 +11928,51 @@
       <c r="H354" t="s">
         <v>72</v>
       </c>
     </row>
     <row r="355" spans="1:8">
       <c r="A355" t="s">
         <v>681</v>
       </c>
       <c r="B355" t="s">
         <v>682</v>
       </c>
       <c r="C355" t="s">
         <v>28</v>
       </c>
       <c r="D355" t="s">
         <v>52</v>
       </c>
       <c r="E355" t="s">
         <v>22</v>
       </c>
       <c r="F355">
         <v>2004</v>
       </c>
       <c r="G355"/>
       <c r="H355" t="s">
-        <v>48</v>
+        <v>50</v>
       </c>
     </row>
     <row r="356" spans="1:8">
       <c r="A356" t="s">
         <v>683</v>
       </c>
       <c r="B356" t="s">
         <v>684</v>
       </c>
       <c r="C356" t="s">
         <v>28</v>
       </c>
       <c r="D356" t="s">
         <v>52</v>
       </c>
       <c r="E356" t="s">
         <v>22</v>
       </c>
       <c r="F356">
         <v>2004</v>
       </c>
       <c r="G356"/>
       <c r="H356" t="s">
         <v>72</v>
       </c>
@@ -12808,75 +12808,75 @@
       <c r="H391" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="392" spans="1:8">
       <c r="A392" t="s">
         <v>755</v>
       </c>
       <c r="B392" t="s">
         <v>756</v>
       </c>
       <c r="C392" t="s">
         <v>28</v>
       </c>
       <c r="D392" t="s">
         <v>52</v>
       </c>
       <c r="E392" t="s">
         <v>22</v>
       </c>
       <c r="F392">
         <v>2002</v>
       </c>
       <c r="G392"/>
       <c r="H392" t="s">
-        <v>42</v>
+        <v>41</v>
       </c>
     </row>
     <row r="393" spans="1:8">
       <c r="A393" t="s">
         <v>757</v>
       </c>
       <c r="B393" t="s">
         <v>758</v>
       </c>
       <c r="C393" t="s">
         <v>28</v>
       </c>
       <c r="D393" t="s">
         <v>52</v>
       </c>
       <c r="E393" t="s">
         <v>22</v>
       </c>
       <c r="F393">
         <v>2002</v>
       </c>
       <c r="G393"/>
       <c r="H393" t="s">
-        <v>42</v>
+        <v>41</v>
       </c>
     </row>
     <row r="394" spans="1:8">
       <c r="A394" t="s">
         <v>759</v>
       </c>
       <c r="B394" t="s">
         <v>760</v>
       </c>
       <c r="C394" t="s">
         <v>28</v>
       </c>
       <c r="D394" t="s">
         <v>52</v>
       </c>
       <c r="E394" t="s">
         <v>22</v>
       </c>
       <c r="F394">
         <v>2002</v>
       </c>
       <c r="G394"/>
       <c r="H394" t="s">
         <v>77</v>
       </c>
@@ -13734,51 +13734,51 @@
       <c r="H430" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="431" spans="1:8">
       <c r="A431" t="s">
         <v>834</v>
       </c>
       <c r="B431" t="s">
         <v>835</v>
       </c>
       <c r="C431" t="s">
         <v>28</v>
       </c>
       <c r="D431" t="s">
         <v>52</v>
       </c>
       <c r="E431" t="s">
         <v>22</v>
       </c>
       <c r="F431">
         <v>1999</v>
       </c>
       <c r="G431"/>
       <c r="H431" t="s">
-        <v>42</v>
+        <v>41</v>
       </c>
     </row>
     <row r="432" spans="1:8">
       <c r="A432" t="s">
         <v>836</v>
       </c>
       <c r="B432" t="s">
         <v>837</v>
       </c>
       <c r="C432" t="s">
         <v>28</v>
       </c>
       <c r="D432" t="s">
         <v>52</v>
       </c>
       <c r="E432" t="s">
         <v>22</v>
       </c>
       <c r="F432">
         <v>1999</v>
       </c>
       <c r="G432"/>
       <c r="H432" t="s">
         <v>77</v>
       </c>
@@ -13974,75 +13974,75 @@
       <c r="H440" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="441" spans="1:8">
       <c r="A441" t="s">
         <v>854</v>
       </c>
       <c r="B441" t="s">
         <v>855</v>
       </c>
       <c r="C441" t="s">
         <v>28</v>
       </c>
       <c r="D441" t="s">
         <v>52</v>
       </c>
       <c r="E441" t="s">
         <v>22</v>
       </c>
       <c r="F441">
         <v>1999</v>
       </c>
       <c r="G441"/>
       <c r="H441" t="s">
-        <v>42</v>
+        <v>41</v>
       </c>
     </row>
     <row r="442" spans="1:8">
       <c r="A442" t="s">
         <v>856</v>
       </c>
       <c r="B442" t="s">
         <v>857</v>
       </c>
       <c r="C442" t="s">
         <v>28</v>
       </c>
       <c r="D442" t="s">
         <v>52</v>
       </c>
       <c r="E442" t="s">
         <v>22</v>
       </c>
       <c r="F442">
         <v>1999</v>
       </c>
       <c r="G442"/>
       <c r="H442" t="s">
-        <v>42</v>
+        <v>41</v>
       </c>
     </row>
     <row r="443" spans="1:8">
       <c r="A443" t="s">
         <v>858</v>
       </c>
       <c r="B443" t="s">
         <v>859</v>
       </c>
       <c r="C443" t="s">
         <v>28</v>
       </c>
       <c r="D443" t="s">
         <v>52</v>
       </c>
       <c r="E443" t="s">
         <v>22</v>
       </c>
       <c r="F443">
         <v>1999</v>
       </c>
       <c r="G443"/>
       <c r="H443" t="s">
         <v>13</v>
       </c>
@@ -14520,51 +14520,51 @@
       <c r="H463" t="s">
         <v>72</v>
       </c>
     </row>
     <row r="464" spans="1:8">
       <c r="A464" t="s">
         <v>900</v>
       </c>
       <c r="B464" t="s">
         <v>901</v>
       </c>
       <c r="C464" t="s">
         <v>28</v>
       </c>
       <c r="D464" t="s">
         <v>52</v>
       </c>
       <c r="E464" t="s">
         <v>22</v>
       </c>
       <c r="F464">
         <v>1997</v>
       </c>
       <c r="G464"/>
       <c r="H464" t="s">
-        <v>48</v>
+        <v>50</v>
       </c>
     </row>
     <row r="465" spans="1:8">
       <c r="A465" t="s">
         <v>902</v>
       </c>
       <c r="B465" t="s">
         <v>903</v>
       </c>
       <c r="C465" t="s">
         <v>28</v>
       </c>
       <c r="D465" t="s">
         <v>52</v>
       </c>
       <c r="E465" t="s">
         <v>22</v>
       </c>
       <c r="F465">
         <v>1997</v>
       </c>
       <c r="G465"/>
       <c r="H465" t="s">
         <v>101</v>
       </c>
@@ -15986,51 +15986,51 @@
       </c>
       <c r="G525"/>
       <c r="H525" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="526" spans="1:8">
       <c r="A526" t="s">
         <v>1024</v>
       </c>
       <c r="B526" t="s">
         <v>1025</v>
       </c>
       <c r="C526"/>
       <c r="D526" t="s">
         <v>38</v>
       </c>
       <c r="E526" t="s">
         <v>16</v>
       </c>
       <c r="F526">
         <v>1984</v>
       </c>
       <c r="G526"/>
       <c r="H526" t="s">
-        <v>48</v>
+        <v>50</v>
       </c>
     </row>
     <row r="527" spans="1:8">
       <c r="A527" t="s">
         <v>1026</v>
       </c>
       <c r="B527" t="s">
         <v>1027</v>
       </c>
       <c r="C527" t="s">
         <v>28</v>
       </c>
       <c r="D527" t="s">
         <v>52</v>
       </c>
       <c r="E527" t="s">
         <v>22</v>
       </c>
       <c r="F527">
         <v>1974</v>
       </c>
       <c r="G527"/>
       <c r="H527" t="s">
         <v>77</v>
       </c>
@@ -16038,65 +16038,65 @@
     <row r="528" spans="1:8">
       <c r="A528" t="s">
         <v>1028</v>
       </c>
       <c r="B528"/>
       <c r="C528"/>
       <c r="D528"/>
       <c r="E528"/>
       <c r="F528"/>
       <c r="G528"/>
       <c r="H528" t="s">
         <v>65</v>
       </c>
     </row>
     <row r="529" spans="1:8">
       <c r="A529" t="s">
         <v>1029</v>
       </c>
       <c r="B529"/>
       <c r="C529"/>
       <c r="D529"/>
       <c r="E529"/>
       <c r="F529"/>
       <c r="G529"/>
       <c r="H529" t="s">
-        <v>39</v>
+        <v>65</v>
       </c>
     </row>
     <row r="530" spans="1:8">
       <c r="A530" t="s">
         <v>1029</v>
       </c>
       <c r="B530"/>
       <c r="C530"/>
       <c r="D530"/>
       <c r="E530"/>
       <c r="F530"/>
       <c r="G530"/>
       <c r="H530" t="s">
-        <v>65</v>
+        <v>39</v>
       </c>
     </row>
     <row r="531" spans="1:8">
       <c r="A531" t="s">
         <v>1030</v>
       </c>
       <c r="B531"/>
       <c r="C531"/>
       <c r="D531"/>
       <c r="E531"/>
       <c r="F531"/>
       <c r="G531"/>
       <c r="H531" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="532" spans="1:8">
       <c r="A532" t="s">
         <v>1031</v>
       </c>
       <c r="B532"/>
       <c r="C532"/>
       <c r="D532"/>
       <c r="E532"/>
       <c r="F532"/>
@@ -16220,51 +16220,51 @@
       <c r="B540" t="s">
         <v>1045</v>
       </c>
       <c r="C540"/>
       <c r="D540"/>
       <c r="E540"/>
       <c r="F540"/>
       <c r="G540"/>
       <c r="H540" t="s">
         <v>101</v>
       </c>
     </row>
     <row r="541" spans="1:8">
       <c r="A541" t="s">
         <v>1046</v>
       </c>
       <c r="B541" t="s">
         <v>1047</v>
       </c>
       <c r="C541"/>
       <c r="D541"/>
       <c r="E541"/>
       <c r="F541"/>
       <c r="G541"/>
       <c r="H541" t="s">
-        <v>42</v>
+        <v>41</v>
       </c>
     </row>
     <row r="542" spans="1:8">
       <c r="A542" t="s">
         <v>1048</v>
       </c>
       <c r="B542" t="s">
         <v>1049</v>
       </c>
       <c r="C542"/>
       <c r="D542"/>
       <c r="E542"/>
       <c r="F542"/>
       <c r="G542"/>
       <c r="H542" t="s">
         <v>65</v>
       </c>
     </row>
     <row r="543" spans="1:8">
       <c r="A543" t="s">
         <v>1050</v>
       </c>
       <c r="B543" t="s">
         <v>1049</v>
       </c>
@@ -16300,83 +16300,83 @@
       <c r="B545" t="s">
         <v>1049</v>
       </c>
       <c r="C545"/>
       <c r="D545"/>
       <c r="E545"/>
       <c r="F545"/>
       <c r="G545"/>
       <c r="H545" t="s">
         <v>65</v>
       </c>
     </row>
     <row r="546" spans="1:8">
       <c r="A546" t="s">
         <v>1053</v>
       </c>
       <c r="B546" t="s">
         <v>1054</v>
       </c>
       <c r="C546"/>
       <c r="D546"/>
       <c r="E546"/>
       <c r="F546"/>
       <c r="G546"/>
       <c r="H546" t="s">
-        <v>43</v>
+        <v>42</v>
       </c>
     </row>
     <row r="547" spans="1:8">
       <c r="A547" t="s">
         <v>1055</v>
       </c>
       <c r="B547" t="s">
         <v>1056</v>
       </c>
       <c r="C547"/>
       <c r="D547"/>
       <c r="E547"/>
       <c r="F547"/>
       <c r="G547"/>
       <c r="H547" t="s">
-        <v>43</v>
+        <v>42</v>
       </c>
     </row>
     <row r="548" spans="1:8">
       <c r="A548" t="s">
         <v>1057</v>
       </c>
       <c r="B548" t="s">
         <v>1058</v>
       </c>
       <c r="C548"/>
       <c r="D548"/>
       <c r="E548"/>
       <c r="F548"/>
       <c r="G548"/>
       <c r="H548" t="s">
-        <v>43</v>
+        <v>42</v>
       </c>
     </row>
     <row r="549" spans="1:8">
       <c r="A549" t="s">
         <v>1059</v>
       </c>
       <c r="B549" t="s">
         <v>1060</v>
       </c>
       <c r="C549"/>
       <c r="D549"/>
       <c r="E549"/>
       <c r="F549"/>
       <c r="G549"/>
       <c r="H549" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="550" spans="1:8">
       <c r="A550" t="s">
         <v>1061</v>
       </c>
       <c r="B550" t="s">
         <v>1062</v>
       </c>
@@ -16496,51 +16496,51 @@
       <c r="F556"/>
       <c r="G556"/>
       <c r="H556" t="s">
         <v>58</v>
       </c>
     </row>
     <row r="557" spans="1:8">
       <c r="A557" t="s">
         <v>1072</v>
       </c>
       <c r="B557" t="s">
         <v>1073</v>
       </c>
       <c r="C557" t="s">
         <v>28</v>
       </c>
       <c r="D557" t="s">
         <v>52</v>
       </c>
       <c r="E557" t="s">
         <v>22</v>
       </c>
       <c r="F557"/>
       <c r="G557"/>
       <c r="H557" t="s">
-        <v>42</v>
+        <v>41</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">