--- v0 (2025-10-24)
+++ v1 (2025-12-12)
@@ -92,93 +92,93 @@
   <si>
     <t>Nacional</t>
   </si>
   <si>
     <t>sg2</t>
   </si>
   <si>
     <t>Resolución</t>
   </si>
   <si>
     <t>sg5</t>
   </si>
   <si>
     <t>Orden</t>
   </si>
   <si>
     <t>Prueba de Legislación con Nivel de Administración Nacional.</t>
   </si>
   <si>
     <t>https://www.google.com/testing/branch</t>
   </si>
   <si>
     <t>Leyes autonómicas</t>
   </si>
   <si>
+    <t>Extremadura</t>
+  </si>
+  <si>
+    <t>Ciudad Autónoma de Ceuta</t>
+  </si>
+  <si>
     <t>Canarias</t>
   </si>
   <si>
+    <t>Ciudad Autónoma de Melilla</t>
+  </si>
+  <si>
+    <t>Comunidad de Madrid</t>
+  </si>
+  <si>
     <t>Región de Murcia</t>
   </si>
   <si>
     <t>AGE</t>
   </si>
   <si>
-    <t>Ciudad Autónoma de Ceuta</t>
-[...10 lines deleted...]
-  <si>
     <t>Norma Prueba Alta</t>
   </si>
   <si>
     <t>Pruebas para saber si el campo Norma puede usar / , ; y : .</t>
   </si>
   <si>
     <t>https://www.google.com/test/branch</t>
   </si>
   <si>
     <t>Pruebas Normas con Unificación- Detalles 17/12/2024 - Hora: 09:17:00. Prueba de funcionamiento; Correcto/Funcionando con Modificación  17/12/2024 - Hora: 09:19:00..</t>
   </si>
   <si>
+    <t>Cataluña</t>
+  </si>
+  <si>
+    <t>Extra-Regio</t>
+  </si>
+  <si>
     <t>Cantabria</t>
   </si>
   <si>
-    <t>Cataluña</t>
-[...1 lines deleted...]
-  <si>
     <t>Illes Balears</t>
-  </si>
-[...1 lines deleted...]
-    <t>Extra-Regio</t>
   </si>
   <si>
     <t>Decreto 33/2024, de 28 de febrero, del Gobierno de Aragón, por el que se establece un régimen de protección para la margaritona (Margaritifera auricularia) y se aprueba un nuevo plan de recuperación.</t>
   </si>
   <si>
     <t>https://www.boa.aragon.es/cgi-bin/EBOA/BRSCGI?CMD=VEROBJ&amp;MLKOB=1320624820303</t>
   </si>
   <si>
     <t>Decreto</t>
   </si>
   <si>
     <t>Autonómico</t>
   </si>
   <si>
     <t>Prueba de Modificación dentro de Legislación.</t>
   </si>
   <si>
     <t>Pruebas de Acuerdo del nivel Nacional con Prueba el 03/12/2024. En esta prueba se mira todo.</t>
   </si>
   <si>
     <t>Galicia</t>
   </si>
   <si>
     <t>Reglamento (UE) 2023/966 por el que se modifica el Reglamento (CE) nº 338/97 del Consejo para reflejar las modificaciones adoptadas en la COP 19 en el Convenio sobre el comercio internacional de especies amenazadas de fauna y flora silvestres</t>
   </si>
@@ -3692,123 +3692,123 @@
       <c r="H8" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="9" spans="1:8">
       <c r="A9" t="s">
         <v>23</v>
       </c>
       <c r="B9" t="s">
         <v>24</v>
       </c>
       <c r="C9"/>
       <c r="D9" t="s">
         <v>25</v>
       </c>
       <c r="E9" t="s">
         <v>17</v>
       </c>
       <c r="F9">
         <v>2024</v>
       </c>
       <c r="G9" t="s">
         <v>18</v>
       </c>
       <c r="H9" t="s">
-        <v>13</v>
+        <v>29</v>
       </c>
     </row>
     <row r="10" spans="1:8">
       <c r="A10" t="s">
         <v>23</v>
       </c>
       <c r="B10" t="s">
         <v>24</v>
       </c>
       <c r="C10"/>
       <c r="D10" t="s">
         <v>25</v>
       </c>
       <c r="E10" t="s">
         <v>17</v>
       </c>
       <c r="F10">
         <v>2024</v>
       </c>
       <c r="G10" t="s">
         <v>18</v>
       </c>
       <c r="H10" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
     </row>
     <row r="11" spans="1:8">
       <c r="A11" t="s">
         <v>23</v>
       </c>
       <c r="B11" t="s">
         <v>24</v>
       </c>
       <c r="C11"/>
       <c r="D11" t="s">
         <v>25</v>
       </c>
       <c r="E11" t="s">
         <v>17</v>
       </c>
       <c r="F11">
         <v>2024</v>
       </c>
       <c r="G11" t="s">
         <v>18</v>
       </c>
       <c r="H11" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
     </row>
     <row r="12" spans="1:8">
       <c r="A12" t="s">
         <v>23</v>
       </c>
       <c r="B12" t="s">
         <v>24</v>
       </c>
       <c r="C12"/>
       <c r="D12" t="s">
         <v>25</v>
       </c>
       <c r="E12" t="s">
         <v>17</v>
       </c>
       <c r="F12">
         <v>2024</v>
       </c>
       <c r="G12" t="s">
         <v>18</v>
       </c>
       <c r="H12" t="s">
-        <v>31</v>
+        <v>13</v>
       </c>
     </row>
     <row r="13" spans="1:8">
       <c r="A13" t="s">
         <v>23</v>
       </c>
       <c r="B13" t="s">
         <v>24</v>
       </c>
       <c r="C13"/>
       <c r="D13" t="s">
         <v>25</v>
       </c>
       <c r="E13" t="s">
         <v>17</v>
       </c>
       <c r="F13">
         <v>2024</v>
       </c>
       <c r="G13" t="s">
         <v>18</v>
       </c>
       <c r="H13" t="s">
         <v>32</v>
       </c>
@@ -3848,271 +3848,271 @@
       <c r="F15">
         <v>2024</v>
       </c>
       <c r="G15"/>
       <c r="H15" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="16" spans="1:8">
       <c r="A16" t="s">
         <v>36</v>
       </c>
       <c r="B16" t="s">
         <v>24</v>
       </c>
       <c r="C16"/>
       <c r="D16"/>
       <c r="E16" t="s">
         <v>17</v>
       </c>
       <c r="F16">
         <v>2024</v>
       </c>
       <c r="G16"/>
       <c r="H16" t="s">
-        <v>37</v>
+        <v>30</v>
       </c>
     </row>
     <row r="17" spans="1:8">
       <c r="A17" t="s">
         <v>36</v>
       </c>
       <c r="B17" t="s">
         <v>24</v>
       </c>
       <c r="C17"/>
       <c r="D17"/>
       <c r="E17" t="s">
         <v>17</v>
       </c>
       <c r="F17">
         <v>2024</v>
       </c>
       <c r="G17"/>
       <c r="H17" t="s">
-        <v>38</v>
+        <v>32</v>
       </c>
     </row>
     <row r="18" spans="1:8">
       <c r="A18" t="s">
         <v>36</v>
       </c>
       <c r="B18" t="s">
         <v>24</v>
       </c>
       <c r="C18"/>
       <c r="D18"/>
       <c r="E18" t="s">
         <v>17</v>
       </c>
       <c r="F18">
         <v>2024</v>
       </c>
       <c r="G18"/>
       <c r="H18" t="s">
-        <v>31</v>
+        <v>37</v>
       </c>
     </row>
     <row r="19" spans="1:8">
       <c r="A19" t="s">
         <v>36</v>
       </c>
       <c r="B19" t="s">
         <v>24</v>
       </c>
       <c r="C19"/>
       <c r="D19"/>
       <c r="E19" t="s">
         <v>17</v>
       </c>
       <c r="F19">
         <v>2024</v>
       </c>
       <c r="G19"/>
       <c r="H19" t="s">
-        <v>39</v>
+        <v>38</v>
       </c>
     </row>
     <row r="20" spans="1:8">
       <c r="A20" t="s">
         <v>36</v>
       </c>
       <c r="B20" t="s">
         <v>24</v>
       </c>
       <c r="C20"/>
       <c r="D20"/>
       <c r="E20" t="s">
         <v>17</v>
       </c>
       <c r="F20">
         <v>2024</v>
       </c>
       <c r="G20"/>
       <c r="H20" t="s">
-        <v>40</v>
+        <v>13</v>
       </c>
     </row>
     <row r="21" spans="1:8">
       <c r="A21" t="s">
         <v>36</v>
       </c>
       <c r="B21" t="s">
         <v>24</v>
       </c>
       <c r="C21"/>
       <c r="D21"/>
       <c r="E21" t="s">
         <v>17</v>
       </c>
       <c r="F21">
         <v>2024</v>
       </c>
       <c r="G21"/>
       <c r="H21" t="s">
-        <v>28</v>
+        <v>39</v>
       </c>
     </row>
     <row r="22" spans="1:8">
       <c r="A22" t="s">
         <v>36</v>
       </c>
       <c r="B22" t="s">
         <v>24</v>
       </c>
       <c r="C22"/>
       <c r="D22"/>
       <c r="E22" t="s">
         <v>17</v>
       </c>
       <c r="F22">
         <v>2024</v>
       </c>
       <c r="G22"/>
       <c r="H22" t="s">
-        <v>13</v>
+        <v>40</v>
       </c>
     </row>
     <row r="23" spans="1:8">
       <c r="A23" t="s">
         <v>41</v>
       </c>
       <c r="B23" t="s">
         <v>42</v>
       </c>
       <c r="C23" t="s">
         <v>43</v>
       </c>
       <c r="D23" t="s">
         <v>44</v>
       </c>
       <c r="E23" t="s">
         <v>12</v>
       </c>
       <c r="F23">
         <v>2024</v>
       </c>
       <c r="G23"/>
       <c r="H23"/>
     </row>
     <row r="24" spans="1:8">
       <c r="A24" t="s">
         <v>45</v>
       </c>
       <c r="B24" t="s">
         <v>9</v>
       </c>
       <c r="C24" t="s">
         <v>22</v>
       </c>
       <c r="D24" t="s">
         <v>44</v>
       </c>
       <c r="E24" t="s">
         <v>12</v>
       </c>
       <c r="F24">
         <v>2024</v>
       </c>
       <c r="G24" t="s">
         <v>18</v>
       </c>
       <c r="H24" t="s">
-        <v>27</v>
+        <v>31</v>
       </c>
     </row>
     <row r="25" spans="1:8">
       <c r="A25" t="s">
         <v>45</v>
       </c>
       <c r="B25" t="s">
         <v>9</v>
       </c>
       <c r="C25" t="s">
         <v>22</v>
       </c>
       <c r="D25" t="s">
         <v>44</v>
       </c>
       <c r="E25" t="s">
         <v>12</v>
       </c>
       <c r="F25">
         <v>2024</v>
       </c>
       <c r="G25" t="s">
         <v>18</v>
       </c>
       <c r="H25" t="s">
-        <v>13</v>
+        <v>26</v>
       </c>
     </row>
     <row r="26" spans="1:8">
       <c r="A26" t="s">
         <v>45</v>
       </c>
       <c r="B26" t="s">
         <v>9</v>
       </c>
       <c r="C26" t="s">
         <v>22</v>
       </c>
       <c r="D26" t="s">
         <v>44</v>
       </c>
       <c r="E26" t="s">
         <v>12</v>
       </c>
       <c r="F26">
         <v>2024</v>
       </c>
       <c r="G26" t="s">
         <v>18</v>
       </c>
       <c r="H26" t="s">
-        <v>32</v>
+        <v>13</v>
       </c>
     </row>
     <row r="27" spans="1:8">
       <c r="A27" t="s">
         <v>46</v>
       </c>
       <c r="B27" t="s">
         <v>9</v>
       </c>
       <c r="C27" t="s">
         <v>20</v>
       </c>
       <c r="D27" t="s">
         <v>44</v>
       </c>
       <c r="E27" t="s">
         <v>12</v>
       </c>
       <c r="F27">
         <v>2024</v>
       </c>
       <c r="G27" t="s">
         <v>18</v>
       </c>
       <c r="H27" t="s">
@@ -4120,103 +4120,103 @@
       </c>
     </row>
     <row r="28" spans="1:8">
       <c r="A28" t="s">
         <v>46</v>
       </c>
       <c r="B28" t="s">
         <v>9</v>
       </c>
       <c r="C28" t="s">
         <v>20</v>
       </c>
       <c r="D28" t="s">
         <v>44</v>
       </c>
       <c r="E28" t="s">
         <v>12</v>
       </c>
       <c r="F28">
         <v>2024</v>
       </c>
       <c r="G28" t="s">
         <v>18</v>
       </c>
       <c r="H28" t="s">
-        <v>38</v>
+        <v>13</v>
       </c>
     </row>
     <row r="29" spans="1:8">
       <c r="A29" t="s">
         <v>46</v>
       </c>
       <c r="B29" t="s">
         <v>9</v>
       </c>
       <c r="C29" t="s">
         <v>20</v>
       </c>
       <c r="D29" t="s">
         <v>44</v>
       </c>
       <c r="E29" t="s">
         <v>12</v>
       </c>
       <c r="F29">
         <v>2024</v>
       </c>
       <c r="G29" t="s">
         <v>18</v>
       </c>
       <c r="H29" t="s">
-        <v>13</v>
+        <v>37</v>
       </c>
     </row>
     <row r="30" spans="1:8">
       <c r="A30" t="s">
         <v>46</v>
       </c>
       <c r="B30" t="s">
         <v>9</v>
       </c>
       <c r="C30" t="s">
         <v>20</v>
       </c>
       <c r="D30" t="s">
         <v>44</v>
       </c>
       <c r="E30" t="s">
         <v>12</v>
       </c>
       <c r="F30">
         <v>2024</v>
       </c>
       <c r="G30" t="s">
         <v>18</v>
       </c>
       <c r="H30" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
     </row>
     <row r="31" spans="1:8">
       <c r="A31" t="s">
         <v>48</v>
       </c>
       <c r="B31" t="s">
         <v>49</v>
       </c>
       <c r="C31"/>
       <c r="D31" t="s">
         <v>50</v>
       </c>
       <c r="E31" t="s">
         <v>51</v>
       </c>
       <c r="F31">
         <v>2023</v>
       </c>
       <c r="G31" t="s">
         <v>52</v>
       </c>
       <c r="H31"/>
     </row>
     <row r="32" spans="1:8">
@@ -4350,77 +4350,77 @@
       <c r="H37"/>
     </row>
     <row r="38" spans="1:8">
       <c r="A38" t="s">
         <v>66</v>
       </c>
       <c r="B38" t="s">
         <v>67</v>
       </c>
       <c r="C38" t="s">
         <v>43</v>
       </c>
       <c r="D38" t="s">
         <v>44</v>
       </c>
       <c r="E38" t="s">
         <v>12</v>
       </c>
       <c r="F38">
         <v>2023</v>
       </c>
       <c r="G38" t="s">
         <v>18</v>
       </c>
       <c r="H38" t="s">
-        <v>13</v>
+        <v>68</v>
       </c>
     </row>
     <row r="39" spans="1:8">
       <c r="A39" t="s">
         <v>66</v>
       </c>
       <c r="B39" t="s">
         <v>67</v>
       </c>
       <c r="C39" t="s">
         <v>43</v>
       </c>
       <c r="D39" t="s">
         <v>44</v>
       </c>
       <c r="E39" t="s">
         <v>12</v>
       </c>
       <c r="F39">
         <v>2023</v>
       </c>
       <c r="G39" t="s">
         <v>18</v>
       </c>
       <c r="H39" t="s">
-        <v>68</v>
+        <v>13</v>
       </c>
     </row>
     <row r="40" spans="1:8">
       <c r="A40" t="s">
         <v>69</v>
       </c>
       <c r="B40" t="s">
         <v>70</v>
       </c>
       <c r="C40"/>
       <c r="D40" t="s">
         <v>50</v>
       </c>
       <c r="E40" t="s">
         <v>51</v>
       </c>
       <c r="F40">
         <v>2022</v>
       </c>
       <c r="G40" t="s">
         <v>52</v>
       </c>
       <c r="H40"/>
     </row>
     <row r="41" spans="1:8">
@@ -4584,51 +4584,51 @@
       <c r="H47" t="s">
         <v>87</v>
       </c>
     </row>
     <row r="48" spans="1:8">
       <c r="A48" t="s">
         <v>88</v>
       </c>
       <c r="B48" t="s">
         <v>89</v>
       </c>
       <c r="C48" t="s">
         <v>20</v>
       </c>
       <c r="D48" t="s">
         <v>60</v>
       </c>
       <c r="E48" t="s">
         <v>12</v>
       </c>
       <c r="F48">
         <v>2022</v>
       </c>
       <c r="G48"/>
       <c r="H48" t="s">
-        <v>28</v>
+        <v>32</v>
       </c>
     </row>
     <row r="49" spans="1:8">
       <c r="A49" t="s">
         <v>90</v>
       </c>
       <c r="B49" t="s">
         <v>91</v>
       </c>
       <c r="C49" t="s">
         <v>22</v>
       </c>
       <c r="D49" t="s">
         <v>44</v>
       </c>
       <c r="E49" t="s">
         <v>12</v>
       </c>
       <c r="F49">
         <v>2022</v>
       </c>
       <c r="G49"/>
       <c r="H49" t="s">
         <v>47</v>
       </c>
@@ -4656,51 +4656,51 @@
       <c r="H50"/>
     </row>
     <row r="51" spans="1:8">
       <c r="A51" t="s">
         <v>94</v>
       </c>
       <c r="B51" t="s">
         <v>95</v>
       </c>
       <c r="C51" t="s">
         <v>10</v>
       </c>
       <c r="D51" t="s">
         <v>11</v>
       </c>
       <c r="E51" t="s">
         <v>12</v>
       </c>
       <c r="F51">
         <v>2022</v>
       </c>
       <c r="G51" t="s">
         <v>18</v>
       </c>
       <c r="H51" t="s">
-        <v>40</v>
+        <v>37</v>
       </c>
     </row>
     <row r="52" spans="1:8">
       <c r="A52" t="s">
         <v>94</v>
       </c>
       <c r="B52" t="s">
         <v>95</v>
       </c>
       <c r="C52" t="s">
         <v>10</v>
       </c>
       <c r="D52" t="s">
         <v>11</v>
       </c>
       <c r="E52" t="s">
         <v>12</v>
       </c>
       <c r="F52">
         <v>2022</v>
       </c>
       <c r="G52" t="s">
         <v>18</v>
       </c>
       <c r="H52" t="s">
@@ -4708,51 +4708,51 @@
       </c>
     </row>
     <row r="53" spans="1:8">
       <c r="A53" t="s">
         <v>94</v>
       </c>
       <c r="B53" t="s">
         <v>95</v>
       </c>
       <c r="C53" t="s">
         <v>10</v>
       </c>
       <c r="D53" t="s">
         <v>11</v>
       </c>
       <c r="E53" t="s">
         <v>12</v>
       </c>
       <c r="F53">
         <v>2022</v>
       </c>
       <c r="G53" t="s">
         <v>18</v>
       </c>
       <c r="H53" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
     </row>
     <row r="54" spans="1:8">
       <c r="A54" t="s">
         <v>94</v>
       </c>
       <c r="B54" t="s">
         <v>95</v>
       </c>
       <c r="C54" t="s">
         <v>10</v>
       </c>
       <c r="D54" t="s">
         <v>11</v>
       </c>
       <c r="E54" t="s">
         <v>12</v>
       </c>
       <c r="F54">
         <v>2022</v>
       </c>
       <c r="G54" t="s">
         <v>18</v>
       </c>
       <c r="H54" t="s">
@@ -4898,51 +4898,51 @@
       <c r="H60" t="s">
         <v>68</v>
       </c>
     </row>
     <row r="61" spans="1:8">
       <c r="A61" t="s">
         <v>108</v>
       </c>
       <c r="B61" t="s">
         <v>109</v>
       </c>
       <c r="C61" t="s">
         <v>43</v>
       </c>
       <c r="D61" t="s">
         <v>44</v>
       </c>
       <c r="E61" t="s">
         <v>12</v>
       </c>
       <c r="F61">
         <v>2020</v>
       </c>
       <c r="G61"/>
       <c r="H61" t="s">
-        <v>26</v>
+        <v>28</v>
       </c>
     </row>
     <row r="62" spans="1:8">
       <c r="A62" t="s">
         <v>110</v>
       </c>
       <c r="B62" t="s">
         <v>111</v>
       </c>
       <c r="C62" t="s">
         <v>59</v>
       </c>
       <c r="D62" t="s">
         <v>60</v>
       </c>
       <c r="E62" t="s">
         <v>12</v>
       </c>
       <c r="F62">
         <v>2020</v>
       </c>
       <c r="G62" t="s">
         <v>18</v>
       </c>
       <c r="H62"/>
@@ -5324,75 +5324,75 @@
       <c r="H78" t="s">
         <v>68</v>
       </c>
     </row>
     <row r="79" spans="1:8">
       <c r="A79" t="s">
         <v>146</v>
       </c>
       <c r="B79" t="s">
         <v>147</v>
       </c>
       <c r="C79" t="s">
         <v>43</v>
       </c>
       <c r="D79" t="s">
         <v>44</v>
       </c>
       <c r="E79" t="s">
         <v>12</v>
       </c>
       <c r="F79">
         <v>2018</v>
       </c>
       <c r="G79"/>
       <c r="H79" t="s">
-        <v>32</v>
+        <v>26</v>
       </c>
     </row>
     <row r="80" spans="1:8">
       <c r="A80" t="s">
         <v>148</v>
       </c>
       <c r="B80" t="s">
         <v>149</v>
       </c>
       <c r="C80" t="s">
         <v>43</v>
       </c>
       <c r="D80" t="s">
         <v>44</v>
       </c>
       <c r="E80" t="s">
         <v>12</v>
       </c>
       <c r="F80">
         <v>2018</v>
       </c>
       <c r="G80"/>
       <c r="H80" t="s">
-        <v>26</v>
+        <v>28</v>
       </c>
     </row>
     <row r="81" spans="1:8">
       <c r="A81" t="s">
         <v>150</v>
       </c>
       <c r="B81" t="s">
         <v>151</v>
       </c>
       <c r="C81" t="s">
         <v>22</v>
       </c>
       <c r="D81" t="s">
         <v>44</v>
       </c>
       <c r="E81" t="s">
         <v>12</v>
       </c>
       <c r="F81">
         <v>2018</v>
       </c>
       <c r="G81"/>
       <c r="H81"/>
     </row>
     <row r="82" spans="1:8">
@@ -5544,51 +5544,51 @@
         <v>52</v>
       </c>
       <c r="H88"/>
     </row>
     <row r="89" spans="1:8">
       <c r="A89" t="s">
         <v>166</v>
       </c>
       <c r="B89" t="s">
         <v>167</v>
       </c>
       <c r="C89" t="s">
         <v>20</v>
       </c>
       <c r="D89" t="s">
         <v>44</v>
       </c>
       <c r="E89" t="s">
         <v>12</v>
       </c>
       <c r="F89">
         <v>2017</v>
       </c>
       <c r="G89"/>
       <c r="H89" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
     </row>
     <row r="90" spans="1:8">
       <c r="A90" t="s">
         <v>168</v>
       </c>
       <c r="B90" t="s">
         <v>169</v>
       </c>
       <c r="C90" t="s">
         <v>59</v>
       </c>
       <c r="D90" t="s">
         <v>60</v>
       </c>
       <c r="E90" t="s">
         <v>12</v>
       </c>
       <c r="F90">
         <v>2017</v>
       </c>
       <c r="G90"/>
       <c r="H90" t="s">
         <v>13</v>
       </c>
@@ -5746,99 +5746,99 @@
       </c>
       <c r="G97" t="s">
         <v>52</v>
       </c>
       <c r="H97"/>
     </row>
     <row r="98" spans="1:8">
       <c r="A98" t="s">
         <v>185</v>
       </c>
       <c r="B98" t="s">
         <v>186</v>
       </c>
       <c r="C98"/>
       <c r="D98" t="s">
         <v>25</v>
       </c>
       <c r="E98" t="s">
         <v>17</v>
       </c>
       <c r="F98">
         <v>2016</v>
       </c>
       <c r="G98"/>
       <c r="H98" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
     </row>
     <row r="99" spans="1:8">
       <c r="A99" t="s">
         <v>187</v>
       </c>
       <c r="B99" t="s">
         <v>188</v>
       </c>
       <c r="C99" t="s">
         <v>43</v>
       </c>
       <c r="D99" t="s">
         <v>44</v>
       </c>
       <c r="E99" t="s">
         <v>12</v>
       </c>
       <c r="F99">
         <v>2016</v>
       </c>
       <c r="G99"/>
       <c r="H99" t="s">
         <v>189</v>
       </c>
     </row>
     <row r="100" spans="1:8">
       <c r="A100" t="s">
         <v>190</v>
       </c>
       <c r="B100" t="s">
         <v>191</v>
       </c>
       <c r="C100" t="s">
         <v>43</v>
       </c>
       <c r="D100" t="s">
         <v>44</v>
       </c>
       <c r="E100" t="s">
         <v>12</v>
       </c>
       <c r="F100">
         <v>2016</v>
       </c>
       <c r="G100"/>
       <c r="H100" t="s">
-        <v>27</v>
+        <v>31</v>
       </c>
     </row>
     <row r="101" spans="1:8">
       <c r="A101" t="s">
         <v>192</v>
       </c>
       <c r="B101" t="s">
         <v>193</v>
       </c>
       <c r="C101" t="s">
         <v>59</v>
       </c>
       <c r="D101" t="s">
         <v>60</v>
       </c>
       <c r="E101" t="s">
         <v>12</v>
       </c>
       <c r="F101">
         <v>2016</v>
       </c>
       <c r="G101" t="s">
         <v>18</v>
       </c>
       <c r="H101"/>
@@ -5890,51 +5890,51 @@
       <c r="H103" t="s">
         <v>189</v>
       </c>
     </row>
     <row r="104" spans="1:8">
       <c r="A104" t="s">
         <v>198</v>
       </c>
       <c r="B104" t="s">
         <v>199</v>
       </c>
       <c r="C104" t="s">
         <v>43</v>
       </c>
       <c r="D104" t="s">
         <v>44</v>
       </c>
       <c r="E104" t="s">
         <v>12</v>
       </c>
       <c r="F104">
         <v>2016</v>
       </c>
       <c r="G104"/>
       <c r="H104" t="s">
-        <v>27</v>
+        <v>31</v>
       </c>
     </row>
     <row r="105" spans="1:8">
       <c r="A105" t="s">
         <v>200</v>
       </c>
       <c r="B105" t="s">
         <v>201</v>
       </c>
       <c r="C105" t="s">
         <v>43</v>
       </c>
       <c r="D105" t="s">
         <v>44</v>
       </c>
       <c r="E105" t="s">
         <v>12</v>
       </c>
       <c r="F105">
         <v>2016</v>
       </c>
       <c r="G105"/>
       <c r="H105"/>
     </row>
     <row r="106" spans="1:8">
@@ -6052,51 +6052,51 @@
       <c r="H110" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="111" spans="1:8">
       <c r="A111" t="s">
         <v>212</v>
       </c>
       <c r="B111" t="s">
         <v>213</v>
       </c>
       <c r="C111" t="s">
         <v>43</v>
       </c>
       <c r="D111" t="s">
         <v>44</v>
       </c>
       <c r="E111" t="s">
         <v>12</v>
       </c>
       <c r="F111">
         <v>2016</v>
       </c>
       <c r="G111"/>
       <c r="H111" t="s">
-        <v>32</v>
+        <v>26</v>
       </c>
     </row>
     <row r="112" spans="1:8">
       <c r="A112" t="s">
         <v>214</v>
       </c>
       <c r="B112" t="s">
         <v>215</v>
       </c>
       <c r="C112" t="s">
         <v>22</v>
       </c>
       <c r="D112" t="s">
         <v>44</v>
       </c>
       <c r="E112" t="s">
         <v>12</v>
       </c>
       <c r="F112">
         <v>2016</v>
       </c>
       <c r="G112"/>
       <c r="H112" t="s">
         <v>13</v>
       </c>
@@ -6214,99 +6214,99 @@
         <v>18</v>
       </c>
       <c r="H117"/>
     </row>
     <row r="118" spans="1:8">
       <c r="A118" t="s">
         <v>227</v>
       </c>
       <c r="B118" t="s">
         <v>228</v>
       </c>
       <c r="C118" t="s">
         <v>20</v>
       </c>
       <c r="D118" t="s">
         <v>44</v>
       </c>
       <c r="E118" t="s">
         <v>12</v>
       </c>
       <c r="F118">
         <v>2015</v>
       </c>
       <c r="G118"/>
       <c r="H118" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
     </row>
     <row r="119" spans="1:8">
       <c r="A119" t="s">
         <v>229</v>
       </c>
       <c r="B119" t="s">
         <v>230</v>
       </c>
       <c r="C119" t="s">
         <v>122</v>
       </c>
       <c r="D119" t="s">
         <v>60</v>
       </c>
       <c r="E119" t="s">
         <v>12</v>
       </c>
       <c r="F119">
         <v>2015</v>
       </c>
       <c r="G119" t="s">
         <v>18</v>
       </c>
       <c r="H119"/>
     </row>
     <row r="120" spans="1:8">
       <c r="A120" t="s">
         <v>231</v>
       </c>
       <c r="B120" t="s">
         <v>232</v>
       </c>
       <c r="C120" t="s">
         <v>20</v>
       </c>
       <c r="D120" t="s">
         <v>44</v>
       </c>
       <c r="E120" t="s">
         <v>12</v>
       </c>
       <c r="F120">
         <v>2015</v>
       </c>
       <c r="G120"/>
       <c r="H120" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
     </row>
     <row r="121" spans="1:8">
       <c r="A121" t="s">
         <v>233</v>
       </c>
       <c r="B121" t="s">
         <v>234</v>
       </c>
       <c r="C121" t="s">
         <v>43</v>
       </c>
       <c r="D121" t="s">
         <v>44</v>
       </c>
       <c r="E121" t="s">
         <v>12</v>
       </c>
       <c r="F121">
         <v>2015</v>
       </c>
       <c r="G121"/>
       <c r="H121"/>
     </row>
     <row r="122" spans="1:8">
@@ -6538,51 +6538,51 @@
       </c>
       <c r="G131"/>
       <c r="H131"/>
     </row>
     <row r="132" spans="1:8">
       <c r="A132" t="s">
         <v>255</v>
       </c>
       <c r="B132" t="s">
         <v>256</v>
       </c>
       <c r="C132" t="s">
         <v>43</v>
       </c>
       <c r="D132" t="s">
         <v>44</v>
       </c>
       <c r="E132" t="s">
         <v>12</v>
       </c>
       <c r="F132">
         <v>2014</v>
       </c>
       <c r="G132"/>
       <c r="H132" t="s">
-        <v>26</v>
+        <v>28</v>
       </c>
     </row>
     <row r="133" spans="1:8">
       <c r="A133" t="s">
         <v>257</v>
       </c>
       <c r="B133" t="s">
         <v>258</v>
       </c>
       <c r="C133" t="s">
         <v>22</v>
       </c>
       <c r="D133" t="s">
         <v>44</v>
       </c>
       <c r="E133" t="s">
         <v>12</v>
       </c>
       <c r="F133">
         <v>2014</v>
       </c>
       <c r="G133"/>
       <c r="H133" t="s">
         <v>47</v>
       </c>
@@ -6908,147 +6908,147 @@
       <c r="H147" t="s">
         <v>87</v>
       </c>
     </row>
     <row r="148" spans="1:8">
       <c r="A148" t="s">
         <v>288</v>
       </c>
       <c r="B148" t="s">
         <v>289</v>
       </c>
       <c r="C148" t="s">
         <v>22</v>
       </c>
       <c r="D148" t="s">
         <v>44</v>
       </c>
       <c r="E148" t="s">
         <v>12</v>
       </c>
       <c r="F148">
         <v>2013</v>
       </c>
       <c r="G148"/>
       <c r="H148" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
     </row>
     <row r="149" spans="1:8">
       <c r="A149" t="s">
         <v>290</v>
       </c>
       <c r="B149" t="s">
         <v>291</v>
       </c>
       <c r="C149" t="s">
         <v>22</v>
       </c>
       <c r="D149" t="s">
         <v>44</v>
       </c>
       <c r="E149" t="s">
         <v>12</v>
       </c>
       <c r="F149">
         <v>2013</v>
       </c>
       <c r="G149"/>
       <c r="H149" t="s">
         <v>68</v>
       </c>
     </row>
     <row r="150" spans="1:8">
       <c r="A150" t="s">
         <v>292</v>
       </c>
       <c r="B150" t="s">
         <v>293</v>
       </c>
       <c r="C150" t="s">
         <v>182</v>
       </c>
       <c r="D150" t="s">
         <v>44</v>
       </c>
       <c r="E150" t="s">
         <v>12</v>
       </c>
       <c r="F150">
         <v>2013</v>
       </c>
       <c r="G150"/>
       <c r="H150" t="s">
-        <v>32</v>
+        <v>26</v>
       </c>
     </row>
     <row r="151" spans="1:8">
       <c r="A151" t="s">
         <v>294</v>
       </c>
       <c r="B151" t="s">
         <v>295</v>
       </c>
       <c r="C151" t="s">
         <v>22</v>
       </c>
       <c r="D151" t="s">
         <v>44</v>
       </c>
       <c r="E151" t="s">
         <v>12</v>
       </c>
       <c r="F151">
         <v>2013</v>
       </c>
       <c r="G151"/>
       <c r="H151" t="s">
-        <v>32</v>
+        <v>26</v>
       </c>
     </row>
     <row r="152" spans="1:8">
       <c r="A152" t="s">
         <v>296</v>
       </c>
       <c r="B152" t="s">
         <v>297</v>
       </c>
       <c r="C152" t="s">
         <v>182</v>
       </c>
       <c r="D152" t="s">
         <v>44</v>
       </c>
       <c r="E152" t="s">
         <v>12</v>
       </c>
       <c r="F152">
         <v>2013</v>
       </c>
       <c r="G152"/>
       <c r="H152" t="s">
-        <v>27</v>
+        <v>31</v>
       </c>
     </row>
     <row r="153" spans="1:8">
       <c r="A153" t="s">
         <v>298</v>
       </c>
       <c r="B153" t="s">
         <v>299</v>
       </c>
       <c r="C153" t="s">
         <v>22</v>
       </c>
       <c r="D153" t="s">
         <v>44</v>
       </c>
       <c r="E153" t="s">
         <v>12</v>
       </c>
       <c r="F153">
         <v>2013</v>
       </c>
       <c r="G153"/>
       <c r="H153" t="s">
         <v>283</v>
       </c>
@@ -7100,75 +7100,75 @@
       <c r="H155" t="s">
         <v>82</v>
       </c>
     </row>
     <row r="156" spans="1:8">
       <c r="A156" t="s">
         <v>304</v>
       </c>
       <c r="B156" t="s">
         <v>305</v>
       </c>
       <c r="C156" t="s">
         <v>43</v>
       </c>
       <c r="D156" t="s">
         <v>44</v>
       </c>
       <c r="E156" t="s">
         <v>12</v>
       </c>
       <c r="F156">
         <v>2013</v>
       </c>
       <c r="G156"/>
       <c r="H156" t="s">
-        <v>32</v>
+        <v>26</v>
       </c>
     </row>
     <row r="157" spans="1:8">
       <c r="A157" t="s">
         <v>306</v>
       </c>
       <c r="B157" t="s">
         <v>307</v>
       </c>
       <c r="C157" t="s">
         <v>20</v>
       </c>
       <c r="D157" t="s">
         <v>44</v>
       </c>
       <c r="E157" t="s">
         <v>12</v>
       </c>
       <c r="F157">
         <v>2013</v>
       </c>
       <c r="G157"/>
       <c r="H157" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
     </row>
     <row r="158" spans="1:8">
       <c r="A158" t="s">
         <v>308</v>
       </c>
       <c r="B158" t="s">
         <v>309</v>
       </c>
       <c r="C158" t="s">
         <v>22</v>
       </c>
       <c r="D158" t="s">
         <v>44</v>
       </c>
       <c r="E158" t="s">
         <v>12</v>
       </c>
       <c r="F158">
         <v>2013</v>
       </c>
       <c r="G158"/>
       <c r="H158" t="s">
         <v>68</v>
       </c>
@@ -7196,75 +7196,75 @@
       <c r="H159" t="s">
         <v>82</v>
       </c>
     </row>
     <row r="160" spans="1:8">
       <c r="A160" t="s">
         <v>312</v>
       </c>
       <c r="B160" t="s">
         <v>313</v>
       </c>
       <c r="C160" t="s">
         <v>22</v>
       </c>
       <c r="D160" t="s">
         <v>44</v>
       </c>
       <c r="E160" t="s">
         <v>12</v>
       </c>
       <c r="F160">
         <v>2013</v>
       </c>
       <c r="G160"/>
       <c r="H160" t="s">
-        <v>27</v>
+        <v>31</v>
       </c>
     </row>
     <row r="161" spans="1:8">
       <c r="A161" t="s">
         <v>314</v>
       </c>
       <c r="B161" t="s">
         <v>315</v>
       </c>
       <c r="C161" t="s">
         <v>43</v>
       </c>
       <c r="D161" t="s">
         <v>44</v>
       </c>
       <c r="E161" t="s">
         <v>12</v>
       </c>
       <c r="F161">
         <v>2013</v>
       </c>
       <c r="G161"/>
       <c r="H161" t="s">
-        <v>28</v>
+        <v>32</v>
       </c>
     </row>
     <row r="162" spans="1:8">
       <c r="A162" t="s">
         <v>316</v>
       </c>
       <c r="B162" t="s">
         <v>317</v>
       </c>
       <c r="C162" t="s">
         <v>43</v>
       </c>
       <c r="D162" t="s">
         <v>44</v>
       </c>
       <c r="E162" t="s">
         <v>12</v>
       </c>
       <c r="F162">
         <v>2013</v>
       </c>
       <c r="G162"/>
       <c r="H162" t="s">
         <v>13</v>
       </c>
@@ -7362,51 +7362,51 @@
       <c r="H166" t="s">
         <v>189</v>
       </c>
     </row>
     <row r="167" spans="1:8">
       <c r="A167" t="s">
         <v>326</v>
       </c>
       <c r="B167" t="s">
         <v>327</v>
       </c>
       <c r="C167" t="s">
         <v>22</v>
       </c>
       <c r="D167" t="s">
         <v>44</v>
       </c>
       <c r="E167" t="s">
         <v>12</v>
       </c>
       <c r="F167">
         <v>2012</v>
       </c>
       <c r="G167"/>
       <c r="H167" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
     </row>
     <row r="168" spans="1:8">
       <c r="A168" t="s">
         <v>328</v>
       </c>
       <c r="B168" t="s">
         <v>329</v>
       </c>
       <c r="C168" t="s">
         <v>43</v>
       </c>
       <c r="D168" t="s">
         <v>44</v>
       </c>
       <c r="E168" t="s">
         <v>12</v>
       </c>
       <c r="F168">
         <v>2012</v>
       </c>
       <c r="G168"/>
       <c r="H168" t="s">
         <v>82</v>
       </c>
@@ -7434,99 +7434,99 @@
       <c r="H169" t="s">
         <v>68</v>
       </c>
     </row>
     <row r="170" spans="1:8">
       <c r="A170" t="s">
         <v>332</v>
       </c>
       <c r="B170" t="s">
         <v>333</v>
       </c>
       <c r="C170" t="s">
         <v>22</v>
       </c>
       <c r="D170" t="s">
         <v>44</v>
       </c>
       <c r="E170" t="s">
         <v>12</v>
       </c>
       <c r="F170">
         <v>2012</v>
       </c>
       <c r="G170"/>
       <c r="H170" t="s">
-        <v>32</v>
+        <v>26</v>
       </c>
     </row>
     <row r="171" spans="1:8">
       <c r="A171" t="s">
         <v>334</v>
       </c>
       <c r="B171" t="s">
         <v>335</v>
       </c>
       <c r="C171" t="s">
         <v>182</v>
       </c>
       <c r="D171" t="s">
         <v>44</v>
       </c>
       <c r="E171" t="s">
         <v>12</v>
       </c>
       <c r="F171">
         <v>2012</v>
       </c>
       <c r="G171"/>
       <c r="H171" t="s">
-        <v>27</v>
+        <v>31</v>
       </c>
     </row>
     <row r="172" spans="1:8">
       <c r="A172" t="s">
         <v>336</v>
       </c>
       <c r="B172" t="s">
         <v>337</v>
       </c>
       <c r="C172" t="s">
         <v>43</v>
       </c>
       <c r="D172" t="s">
         <v>44</v>
       </c>
       <c r="E172" t="s">
         <v>12</v>
       </c>
       <c r="F172">
         <v>2012</v>
       </c>
       <c r="G172"/>
       <c r="H172" t="s">
-        <v>27</v>
+        <v>31</v>
       </c>
     </row>
     <row r="173" spans="1:8">
       <c r="A173" t="s">
         <v>338</v>
       </c>
       <c r="B173" t="s">
         <v>339</v>
       </c>
       <c r="C173" t="s">
         <v>59</v>
       </c>
       <c r="D173" t="s">
         <v>60</v>
       </c>
       <c r="E173" t="s">
         <v>12</v>
       </c>
       <c r="F173">
         <v>2012</v>
       </c>
       <c r="G173" t="s">
         <v>18</v>
       </c>
       <c r="H173"/>
@@ -7828,51 +7828,51 @@
       <c r="H186" t="s">
         <v>283</v>
       </c>
     </row>
     <row r="187" spans="1:8">
       <c r="A187" t="s">
         <v>365</v>
       </c>
       <c r="B187" t="s">
         <v>366</v>
       </c>
       <c r="C187" t="s">
         <v>22</v>
       </c>
       <c r="D187" t="s">
         <v>44</v>
       </c>
       <c r="E187" t="s">
         <v>12</v>
       </c>
       <c r="F187">
         <v>2011</v>
       </c>
       <c r="G187"/>
       <c r="H187" t="s">
-        <v>32</v>
+        <v>26</v>
       </c>
     </row>
     <row r="188" spans="1:8">
       <c r="A188" t="s">
         <v>367</v>
       </c>
       <c r="B188" t="s">
         <v>368</v>
       </c>
       <c r="C188" t="s">
         <v>20</v>
       </c>
       <c r="D188" t="s">
         <v>44</v>
       </c>
       <c r="E188" t="s">
         <v>12</v>
       </c>
       <c r="F188">
         <v>2011</v>
       </c>
       <c r="G188"/>
       <c r="H188" t="s">
         <v>261</v>
       </c>
@@ -7900,75 +7900,75 @@
       <c r="H189" t="s">
         <v>82</v>
       </c>
     </row>
     <row r="190" spans="1:8">
       <c r="A190" t="s">
         <v>371</v>
       </c>
       <c r="B190" t="s">
         <v>372</v>
       </c>
       <c r="C190" t="s">
         <v>43</v>
       </c>
       <c r="D190" t="s">
         <v>44</v>
       </c>
       <c r="E190" t="s">
         <v>12</v>
       </c>
       <c r="F190">
         <v>2011</v>
       </c>
       <c r="G190"/>
       <c r="H190" t="s">
-        <v>27</v>
+        <v>31</v>
       </c>
     </row>
     <row r="191" spans="1:8">
       <c r="A191" t="s">
         <v>373</v>
       </c>
       <c r="B191" t="s">
         <v>374</v>
       </c>
       <c r="C191" t="s">
         <v>22</v>
       </c>
       <c r="D191" t="s">
         <v>44</v>
       </c>
       <c r="E191" t="s">
         <v>12</v>
       </c>
       <c r="F191">
         <v>2011</v>
       </c>
       <c r="G191"/>
       <c r="H191" t="s">
-        <v>27</v>
+        <v>31</v>
       </c>
     </row>
     <row r="192" spans="1:8">
       <c r="A192" t="s">
         <v>375</v>
       </c>
       <c r="B192" t="s">
         <v>376</v>
       </c>
       <c r="C192" t="s">
         <v>43</v>
       </c>
       <c r="D192" t="s">
         <v>44</v>
       </c>
       <c r="E192" t="s">
         <v>12</v>
       </c>
       <c r="F192">
         <v>2011</v>
       </c>
       <c r="G192"/>
       <c r="H192" t="s">
         <v>47</v>
       </c>
@@ -8112,99 +8112,99 @@
       </c>
       <c r="G198"/>
       <c r="H198" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="199" spans="1:8">
       <c r="A199" t="s">
         <v>388</v>
       </c>
       <c r="B199" t="s">
         <v>389</v>
       </c>
       <c r="C199"/>
       <c r="D199" t="s">
         <v>25</v>
       </c>
       <c r="E199" t="s">
         <v>17</v>
       </c>
       <c r="F199">
         <v>2010</v>
       </c>
       <c r="G199"/>
       <c r="H199" t="s">
-        <v>26</v>
+        <v>28</v>
       </c>
     </row>
     <row r="200" spans="1:8">
       <c r="A200" t="s">
         <v>390</v>
       </c>
       <c r="B200" t="s">
         <v>391</v>
       </c>
       <c r="C200" t="s">
         <v>22</v>
       </c>
       <c r="D200" t="s">
         <v>44</v>
       </c>
       <c r="E200" t="s">
         <v>12</v>
       </c>
       <c r="F200">
         <v>2010</v>
       </c>
       <c r="G200"/>
       <c r="H200" t="s">
         <v>189</v>
       </c>
     </row>
     <row r="201" spans="1:8">
       <c r="A201" t="s">
         <v>392</v>
       </c>
       <c r="B201" t="s">
         <v>393</v>
       </c>
       <c r="C201" t="s">
         <v>43</v>
       </c>
       <c r="D201" t="s">
         <v>44</v>
       </c>
       <c r="E201" t="s">
         <v>12</v>
       </c>
       <c r="F201">
         <v>2010</v>
       </c>
       <c r="G201"/>
       <c r="H201" t="s">
-        <v>27</v>
+        <v>31</v>
       </c>
     </row>
     <row r="202" spans="1:8">
       <c r="A202" t="s">
         <v>394</v>
       </c>
       <c r="B202" t="s">
         <v>395</v>
       </c>
       <c r="C202" t="s">
         <v>43</v>
       </c>
       <c r="D202" t="s">
         <v>44</v>
       </c>
       <c r="E202" t="s">
         <v>12</v>
       </c>
       <c r="F202">
         <v>2010</v>
       </c>
       <c r="G202"/>
       <c r="H202" t="s">
         <v>13</v>
       </c>
@@ -8492,147 +8492,147 @@
       <c r="H214" t="s">
         <v>68</v>
       </c>
     </row>
     <row r="215" spans="1:8">
       <c r="A215" t="s">
         <v>421</v>
       </c>
       <c r="B215" t="s">
         <v>422</v>
       </c>
       <c r="C215" t="s">
         <v>22</v>
       </c>
       <c r="D215" t="s">
         <v>44</v>
       </c>
       <c r="E215" t="s">
         <v>12</v>
       </c>
       <c r="F215">
         <v>2009</v>
       </c>
       <c r="G215"/>
       <c r="H215" t="s">
-        <v>32</v>
+        <v>26</v>
       </c>
     </row>
     <row r="216" spans="1:8">
       <c r="A216" t="s">
         <v>423</v>
       </c>
       <c r="B216" t="s">
         <v>424</v>
       </c>
       <c r="C216" t="s">
         <v>22</v>
       </c>
       <c r="D216" t="s">
         <v>44</v>
       </c>
       <c r="E216" t="s">
         <v>12</v>
       </c>
       <c r="F216">
         <v>2009</v>
       </c>
       <c r="G216"/>
       <c r="H216" t="s">
-        <v>32</v>
+        <v>26</v>
       </c>
     </row>
     <row r="217" spans="1:8">
       <c r="A217" t="s">
         <v>425</v>
       </c>
       <c r="B217" t="s">
         <v>426</v>
       </c>
       <c r="C217" t="s">
         <v>20</v>
       </c>
       <c r="D217" t="s">
         <v>44</v>
       </c>
       <c r="E217" t="s">
         <v>12</v>
       </c>
       <c r="F217">
         <v>2009</v>
       </c>
       <c r="G217"/>
       <c r="H217" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
     </row>
     <row r="218" spans="1:8">
       <c r="A218" t="s">
         <v>427</v>
       </c>
       <c r="B218" t="s">
         <v>428</v>
       </c>
       <c r="C218" t="s">
         <v>20</v>
       </c>
       <c r="D218" t="s">
         <v>44</v>
       </c>
       <c r="E218" t="s">
         <v>12</v>
       </c>
       <c r="F218">
         <v>2009</v>
       </c>
       <c r="G218"/>
       <c r="H218" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
     </row>
     <row r="219" spans="1:8">
       <c r="A219" t="s">
         <v>429</v>
       </c>
       <c r="B219" t="s">
         <v>430</v>
       </c>
       <c r="C219" t="s">
         <v>43</v>
       </c>
       <c r="D219" t="s">
         <v>44</v>
       </c>
       <c r="E219" t="s">
         <v>12</v>
       </c>
       <c r="F219">
         <v>2009</v>
       </c>
       <c r="G219"/>
       <c r="H219" t="s">
-        <v>27</v>
+        <v>31</v>
       </c>
     </row>
     <row r="220" spans="1:8">
       <c r="A220" t="s">
         <v>431</v>
       </c>
       <c r="B220" t="s">
         <v>432</v>
       </c>
       <c r="C220" t="s">
         <v>43</v>
       </c>
       <c r="D220" t="s">
         <v>44</v>
       </c>
       <c r="E220" t="s">
         <v>12</v>
       </c>
       <c r="F220">
         <v>2009</v>
       </c>
       <c r="G220"/>
       <c r="H220" t="s">
         <v>68</v>
       </c>
@@ -8912,71 +8912,71 @@
       </c>
       <c r="G232"/>
       <c r="H232" t="s">
         <v>283</v>
       </c>
     </row>
     <row r="233" spans="1:8">
       <c r="A233" t="s">
         <v>457</v>
       </c>
       <c r="B233" t="s">
         <v>458</v>
       </c>
       <c r="C233"/>
       <c r="D233" t="s">
         <v>224</v>
       </c>
       <c r="E233" t="s">
         <v>17</v>
       </c>
       <c r="F233">
         <v>2008</v>
       </c>
       <c r="G233"/>
       <c r="H233" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
     </row>
     <row r="234" spans="1:8">
       <c r="A234" t="s">
         <v>459</v>
       </c>
       <c r="B234" t="s">
         <v>460</v>
       </c>
       <c r="C234"/>
       <c r="D234"/>
       <c r="E234" t="s">
         <v>17</v>
       </c>
       <c r="F234">
         <v>2008</v>
       </c>
       <c r="G234"/>
       <c r="H234" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
     </row>
     <row r="235" spans="1:8">
       <c r="A235" t="s">
         <v>461</v>
       </c>
       <c r="B235" t="s">
         <v>462</v>
       </c>
       <c r="C235" t="s">
         <v>43</v>
       </c>
       <c r="D235" t="s">
         <v>44</v>
       </c>
       <c r="E235" t="s">
         <v>12</v>
       </c>
       <c r="F235">
         <v>2008</v>
       </c>
       <c r="G235"/>
       <c r="H235" t="s">
         <v>13</v>
       </c>
@@ -9004,51 +9004,51 @@
       <c r="H236" t="s">
         <v>87</v>
       </c>
     </row>
     <row r="237" spans="1:8">
       <c r="A237" t="s">
         <v>465</v>
       </c>
       <c r="B237" t="s">
         <v>466</v>
       </c>
       <c r="C237" t="s">
         <v>43</v>
       </c>
       <c r="D237" t="s">
         <v>44</v>
       </c>
       <c r="E237" t="s">
         <v>12</v>
       </c>
       <c r="F237">
         <v>2008</v>
       </c>
       <c r="G237"/>
       <c r="H237" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
     </row>
     <row r="238" spans="1:8">
       <c r="A238" t="s">
         <v>467</v>
       </c>
       <c r="B238" t="s">
         <v>468</v>
       </c>
       <c r="C238" t="s">
         <v>43</v>
       </c>
       <c r="D238" t="s">
         <v>44</v>
       </c>
       <c r="E238" t="s">
         <v>12</v>
       </c>
       <c r="F238">
         <v>2008</v>
       </c>
       <c r="G238"/>
       <c r="H238" t="s">
         <v>283</v>
       </c>
@@ -9076,291 +9076,291 @@
       <c r="H239" t="s">
         <v>68</v>
       </c>
     </row>
     <row r="240" spans="1:8">
       <c r="A240" t="s">
         <v>471</v>
       </c>
       <c r="B240" t="s">
         <v>472</v>
       </c>
       <c r="C240" t="s">
         <v>22</v>
       </c>
       <c r="D240" t="s">
         <v>44</v>
       </c>
       <c r="E240" t="s">
         <v>12</v>
       </c>
       <c r="F240">
         <v>2008</v>
       </c>
       <c r="G240"/>
       <c r="H240" t="s">
-        <v>32</v>
+        <v>26</v>
       </c>
     </row>
     <row r="241" spans="1:8">
       <c r="A241" t="s">
         <v>473</v>
       </c>
       <c r="B241" t="s">
         <v>474</v>
       </c>
       <c r="C241" t="s">
         <v>22</v>
       </c>
       <c r="D241" t="s">
         <v>44</v>
       </c>
       <c r="E241" t="s">
         <v>12</v>
       </c>
       <c r="F241">
         <v>2008</v>
       </c>
       <c r="G241"/>
       <c r="H241" t="s">
-        <v>32</v>
+        <v>26</v>
       </c>
     </row>
     <row r="242" spans="1:8">
       <c r="A242" t="s">
         <v>475</v>
       </c>
       <c r="B242" t="s">
         <v>476</v>
       </c>
       <c r="C242" t="s">
         <v>22</v>
       </c>
       <c r="D242" t="s">
         <v>44</v>
       </c>
       <c r="E242" t="s">
         <v>12</v>
       </c>
       <c r="F242">
         <v>2008</v>
       </c>
       <c r="G242"/>
       <c r="H242" t="s">
-        <v>32</v>
+        <v>26</v>
       </c>
     </row>
     <row r="243" spans="1:8">
       <c r="A243" t="s">
         <v>477</v>
       </c>
       <c r="B243" t="s">
         <v>478</v>
       </c>
       <c r="C243" t="s">
         <v>20</v>
       </c>
       <c r="D243" t="s">
         <v>44</v>
       </c>
       <c r="E243" t="s">
         <v>12</v>
       </c>
       <c r="F243">
         <v>2008</v>
       </c>
       <c r="G243"/>
       <c r="H243" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
     </row>
     <row r="244" spans="1:8">
       <c r="A244" t="s">
         <v>479</v>
       </c>
       <c r="B244" t="s">
         <v>480</v>
       </c>
       <c r="C244" t="s">
         <v>20</v>
       </c>
       <c r="D244" t="s">
         <v>44</v>
       </c>
       <c r="E244" t="s">
         <v>12</v>
       </c>
       <c r="F244">
         <v>2008</v>
       </c>
       <c r="G244"/>
       <c r="H244" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
     </row>
     <row r="245" spans="1:8">
       <c r="A245" t="s">
         <v>481</v>
       </c>
       <c r="B245" t="s">
         <v>482</v>
       </c>
       <c r="C245" t="s">
         <v>20</v>
       </c>
       <c r="D245" t="s">
         <v>44</v>
       </c>
       <c r="E245" t="s">
         <v>12</v>
       </c>
       <c r="F245">
         <v>2008</v>
       </c>
       <c r="G245"/>
       <c r="H245" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
     </row>
     <row r="246" spans="1:8">
       <c r="A246" t="s">
         <v>483</v>
       </c>
       <c r="B246" t="s">
         <v>484</v>
       </c>
       <c r="C246" t="s">
         <v>43</v>
       </c>
       <c r="D246" t="s">
         <v>44</v>
       </c>
       <c r="E246" t="s">
         <v>12</v>
       </c>
       <c r="F246">
         <v>2008</v>
       </c>
       <c r="G246"/>
       <c r="H246" t="s">
         <v>82</v>
       </c>
     </row>
     <row r="247" spans="1:8">
       <c r="A247" t="s">
         <v>485</v>
       </c>
       <c r="B247" t="s">
         <v>486</v>
       </c>
       <c r="C247" t="s">
         <v>43</v>
       </c>
       <c r="D247" t="s">
         <v>44</v>
       </c>
       <c r="E247" t="s">
         <v>12</v>
       </c>
       <c r="F247">
         <v>2008</v>
       </c>
       <c r="G247"/>
       <c r="H247" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
     </row>
     <row r="248" spans="1:8">
       <c r="A248" t="s">
         <v>487</v>
       </c>
       <c r="B248" t="s">
         <v>466</v>
       </c>
       <c r="C248" t="s">
         <v>43</v>
       </c>
       <c r="D248" t="s">
         <v>44</v>
       </c>
       <c r="E248" t="s">
         <v>12</v>
       </c>
       <c r="F248">
         <v>2008</v>
       </c>
       <c r="G248"/>
       <c r="H248" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
     </row>
     <row r="249" spans="1:8">
       <c r="A249" t="s">
         <v>488</v>
       </c>
       <c r="B249" t="s">
         <v>489</v>
       </c>
       <c r="C249" t="s">
         <v>20</v>
       </c>
       <c r="D249" t="s">
         <v>44</v>
       </c>
       <c r="E249" t="s">
         <v>12</v>
       </c>
       <c r="F249">
         <v>2008</v>
       </c>
       <c r="G249"/>
       <c r="H249" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
     </row>
     <row r="250" spans="1:8">
       <c r="A250" t="s">
         <v>490</v>
       </c>
       <c r="B250" t="s">
         <v>232</v>
       </c>
       <c r="C250" t="s">
         <v>43</v>
       </c>
       <c r="D250" t="s">
         <v>44</v>
       </c>
       <c r="E250" t="s">
         <v>12</v>
       </c>
       <c r="F250">
         <v>2008</v>
       </c>
       <c r="G250"/>
       <c r="H250" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
     </row>
     <row r="251" spans="1:8">
       <c r="A251" t="s">
         <v>491</v>
       </c>
       <c r="B251" t="s">
         <v>492</v>
       </c>
       <c r="C251" t="s">
         <v>22</v>
       </c>
       <c r="D251" t="s">
         <v>44</v>
       </c>
       <c r="E251" t="s">
         <v>12</v>
       </c>
       <c r="F251">
         <v>2008</v>
       </c>
       <c r="G251"/>
       <c r="H251" t="s">
         <v>68</v>
       </c>
@@ -9524,73 +9524,73 @@
       </c>
       <c r="G258" t="s">
         <v>18</v>
       </c>
       <c r="H258"/>
     </row>
     <row r="259" spans="1:8">
       <c r="A259" t="s">
         <v>507</v>
       </c>
       <c r="B259" t="s">
         <v>508</v>
       </c>
       <c r="C259"/>
       <c r="D259" t="s">
         <v>25</v>
       </c>
       <c r="E259" t="s">
         <v>17</v>
       </c>
       <c r="F259">
         <v>2007</v>
       </c>
       <c r="G259"/>
       <c r="H259" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
     </row>
     <row r="260" spans="1:8">
       <c r="A260" t="s">
         <v>509</v>
       </c>
       <c r="B260" t="s">
         <v>510</v>
       </c>
       <c r="C260"/>
       <c r="D260" t="s">
         <v>25</v>
       </c>
       <c r="E260" t="s">
         <v>17</v>
       </c>
       <c r="F260">
         <v>2007</v>
       </c>
       <c r="G260"/>
       <c r="H260" t="s">
-        <v>27</v>
+        <v>31</v>
       </c>
     </row>
     <row r="261" spans="1:8">
       <c r="A261" t="s">
         <v>511</v>
       </c>
       <c r="B261" t="s">
         <v>512</v>
       </c>
       <c r="C261" t="s">
         <v>43</v>
       </c>
       <c r="D261" t="s">
         <v>44</v>
       </c>
       <c r="E261" t="s">
         <v>12</v>
       </c>
       <c r="F261">
         <v>2007</v>
       </c>
       <c r="G261"/>
       <c r="H261" t="s">
         <v>283</v>
       </c>
@@ -9666,75 +9666,75 @@
       <c r="H264" t="s">
         <v>82</v>
       </c>
     </row>
     <row r="265" spans="1:8">
       <c r="A265" t="s">
         <v>519</v>
       </c>
       <c r="B265" t="s">
         <v>520</v>
       </c>
       <c r="C265" t="s">
         <v>20</v>
       </c>
       <c r="D265" t="s">
         <v>44</v>
       </c>
       <c r="E265" t="s">
         <v>12</v>
       </c>
       <c r="F265">
         <v>2007</v>
       </c>
       <c r="G265"/>
       <c r="H265" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
     </row>
     <row r="266" spans="1:8">
       <c r="A266" t="s">
         <v>521</v>
       </c>
       <c r="B266" t="s">
         <v>522</v>
       </c>
       <c r="C266" t="s">
         <v>20</v>
       </c>
       <c r="D266" t="s">
         <v>44</v>
       </c>
       <c r="E266" t="s">
         <v>12</v>
       </c>
       <c r="F266">
         <v>2007</v>
       </c>
       <c r="G266"/>
       <c r="H266" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
     </row>
     <row r="267" spans="1:8">
       <c r="A267" t="s">
         <v>523</v>
       </c>
       <c r="B267" t="s">
         <v>524</v>
       </c>
       <c r="C267" t="s">
         <v>22</v>
       </c>
       <c r="D267" t="s">
         <v>44</v>
       </c>
       <c r="E267" t="s">
         <v>12</v>
       </c>
       <c r="F267">
         <v>2007</v>
       </c>
       <c r="G267" t="s">
         <v>525</v>
       </c>
       <c r="H267" t="s">
@@ -9812,97 +9812,97 @@
       <c r="H270" t="s">
         <v>47</v>
       </c>
     </row>
     <row r="271" spans="1:8">
       <c r="A271" t="s">
         <v>521</v>
       </c>
       <c r="B271" t="s">
         <v>522</v>
       </c>
       <c r="C271" t="s">
         <v>20</v>
       </c>
       <c r="D271" t="s">
         <v>44</v>
       </c>
       <c r="E271" t="s">
         <v>12</v>
       </c>
       <c r="F271">
         <v>2007</v>
       </c>
       <c r="G271"/>
       <c r="H271" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
     </row>
     <row r="272" spans="1:8">
       <c r="A272" t="s">
         <v>532</v>
       </c>
       <c r="B272" t="s">
         <v>533</v>
       </c>
       <c r="C272" t="s">
         <v>43</v>
       </c>
       <c r="D272" t="s">
         <v>44</v>
       </c>
       <c r="E272" t="s">
         <v>12</v>
       </c>
       <c r="F272">
         <v>2007</v>
       </c>
       <c r="G272"/>
       <c r="H272"/>
     </row>
     <row r="273" spans="1:8">
       <c r="A273" t="s">
         <v>534</v>
       </c>
       <c r="B273" t="s">
         <v>535</v>
       </c>
       <c r="C273" t="s">
         <v>22</v>
       </c>
       <c r="D273" t="s">
         <v>44</v>
       </c>
       <c r="E273" t="s">
         <v>12</v>
       </c>
       <c r="F273">
         <v>2007</v>
       </c>
       <c r="G273"/>
       <c r="H273" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
     </row>
     <row r="274" spans="1:8">
       <c r="A274" t="s">
         <v>536</v>
       </c>
       <c r="B274" t="s">
         <v>537</v>
       </c>
       <c r="C274" t="s">
         <v>43</v>
       </c>
       <c r="D274" t="s">
         <v>44</v>
       </c>
       <c r="E274" t="s">
         <v>12</v>
       </c>
       <c r="F274">
         <v>2007</v>
       </c>
       <c r="G274"/>
       <c r="H274" t="s">
         <v>82</v>
       </c>
@@ -9998,51 +9998,51 @@
       </c>
       <c r="G278"/>
       <c r="H278" t="s">
         <v>82</v>
       </c>
     </row>
     <row r="279" spans="1:8">
       <c r="A279" t="s">
         <v>545</v>
       </c>
       <c r="B279" t="s">
         <v>546</v>
       </c>
       <c r="C279"/>
       <c r="D279" t="s">
         <v>25</v>
       </c>
       <c r="E279" t="s">
         <v>17</v>
       </c>
       <c r="F279">
         <v>2006</v>
       </c>
       <c r="G279"/>
       <c r="H279" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
     </row>
     <row r="280" spans="1:8">
       <c r="A280" t="s">
         <v>547</v>
       </c>
       <c r="B280" t="s">
         <v>548</v>
       </c>
       <c r="C280"/>
       <c r="D280" t="s">
         <v>25</v>
       </c>
       <c r="E280" t="s">
         <v>17</v>
       </c>
       <c r="F280">
         <v>2006</v>
       </c>
       <c r="G280"/>
       <c r="H280" t="s">
         <v>189</v>
       </c>
     </row>
     <row r="281" spans="1:8">
@@ -10064,51 +10064,51 @@
       </c>
       <c r="G281"/>
       <c r="H281" t="s">
         <v>283</v>
       </c>
     </row>
     <row r="282" spans="1:8">
       <c r="A282" t="s">
         <v>551</v>
       </c>
       <c r="B282" t="s">
         <v>552</v>
       </c>
       <c r="C282"/>
       <c r="D282" t="s">
         <v>25</v>
       </c>
       <c r="E282" t="s">
         <v>17</v>
       </c>
       <c r="F282">
         <v>2006</v>
       </c>
       <c r="G282"/>
       <c r="H282" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
     </row>
     <row r="283" spans="1:8">
       <c r="A283" t="s">
         <v>553</v>
       </c>
       <c r="B283" t="s">
         <v>554</v>
       </c>
       <c r="C283"/>
       <c r="D283" t="s">
         <v>25</v>
       </c>
       <c r="E283" t="s">
         <v>17</v>
       </c>
       <c r="F283">
         <v>2006</v>
       </c>
       <c r="G283"/>
       <c r="H283" t="s">
         <v>261</v>
       </c>
     </row>
     <row r="284" spans="1:8">
@@ -10582,51 +10582,51 @@
       </c>
       <c r="G303"/>
       <c r="H303"/>
     </row>
     <row r="304" spans="1:8">
       <c r="A304" t="s">
         <v>595</v>
       </c>
       <c r="B304" t="s">
         <v>596</v>
       </c>
       <c r="C304" t="s">
         <v>43</v>
       </c>
       <c r="D304" t="s">
         <v>44</v>
       </c>
       <c r="E304" t="s">
         <v>12</v>
       </c>
       <c r="F304">
         <v>2006</v>
       </c>
       <c r="G304"/>
       <c r="H304" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
     </row>
     <row r="305" spans="1:8">
       <c r="A305" t="s">
         <v>597</v>
       </c>
       <c r="B305" t="s">
         <v>598</v>
       </c>
       <c r="C305" t="s">
         <v>43</v>
       </c>
       <c r="D305" t="s">
         <v>44</v>
       </c>
       <c r="E305" t="s">
         <v>12</v>
       </c>
       <c r="F305">
         <v>2006</v>
       </c>
       <c r="G305"/>
       <c r="H305"/>
     </row>
     <row r="306" spans="1:8">
@@ -10770,95 +10770,95 @@
       <c r="H311" t="s">
         <v>82</v>
       </c>
     </row>
     <row r="312" spans="1:8">
       <c r="A312" t="s">
         <v>610</v>
       </c>
       <c r="B312" t="s">
         <v>611</v>
       </c>
       <c r="C312" t="s">
         <v>43</v>
       </c>
       <c r="D312" t="s">
         <v>44</v>
       </c>
       <c r="E312" t="s">
         <v>12</v>
       </c>
       <c r="F312">
         <v>2006</v>
       </c>
       <c r="G312"/>
       <c r="H312" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
     </row>
     <row r="313" spans="1:8">
       <c r="A313" t="s">
         <v>612</v>
       </c>
       <c r="B313" t="s">
         <v>613</v>
       </c>
       <c r="C313" t="s">
         <v>43</v>
       </c>
       <c r="D313" t="s">
         <v>44</v>
       </c>
       <c r="E313" t="s">
         <v>12</v>
       </c>
       <c r="F313">
         <v>2006</v>
       </c>
       <c r="G313"/>
       <c r="H313"/>
     </row>
     <row r="314" spans="1:8">
       <c r="A314" t="s">
         <v>614</v>
       </c>
       <c r="B314" t="s">
         <v>615</v>
       </c>
       <c r="C314"/>
       <c r="D314" t="s">
         <v>25</v>
       </c>
       <c r="E314" t="s">
         <v>17</v>
       </c>
       <c r="F314">
         <v>2005</v>
       </c>
       <c r="G314"/>
       <c r="H314" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
     </row>
     <row r="315" spans="1:8">
       <c r="A315" t="s">
         <v>616</v>
       </c>
       <c r="B315" t="s">
         <v>617</v>
       </c>
       <c r="C315" t="s">
         <v>43</v>
       </c>
       <c r="D315" t="s">
         <v>44</v>
       </c>
       <c r="E315" t="s">
         <v>12</v>
       </c>
       <c r="F315">
         <v>2005</v>
       </c>
       <c r="G315"/>
       <c r="H315" t="s">
         <v>13</v>
       </c>
@@ -10886,51 +10886,51 @@
       <c r="H316" t="s">
         <v>87</v>
       </c>
     </row>
     <row r="317" spans="1:8">
       <c r="A317" t="s">
         <v>620</v>
       </c>
       <c r="B317" t="s">
         <v>621</v>
       </c>
       <c r="C317" t="s">
         <v>20</v>
       </c>
       <c r="D317" t="s">
         <v>44</v>
       </c>
       <c r="E317" t="s">
         <v>12</v>
       </c>
       <c r="F317">
         <v>2005</v>
       </c>
       <c r="G317"/>
       <c r="H317" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
     </row>
     <row r="318" spans="1:8">
       <c r="A318" t="s">
         <v>622</v>
       </c>
       <c r="B318" t="s">
         <v>623</v>
       </c>
       <c r="C318" t="s">
         <v>43</v>
       </c>
       <c r="D318" t="s">
         <v>44</v>
       </c>
       <c r="E318" t="s">
         <v>12</v>
       </c>
       <c r="F318">
         <v>2005</v>
       </c>
       <c r="G318"/>
       <c r="H318" t="s">
         <v>283</v>
       </c>
@@ -11030,147 +11030,147 @@
       <c r="H322" t="s">
         <v>68</v>
       </c>
     </row>
     <row r="323" spans="1:8">
       <c r="A323" t="s">
         <v>632</v>
       </c>
       <c r="B323" t="s">
         <v>633</v>
       </c>
       <c r="C323" t="s">
         <v>22</v>
       </c>
       <c r="D323" t="s">
         <v>44</v>
       </c>
       <c r="E323" t="s">
         <v>12</v>
       </c>
       <c r="F323">
         <v>2005</v>
       </c>
       <c r="G323"/>
       <c r="H323" t="s">
-        <v>32</v>
+        <v>26</v>
       </c>
     </row>
     <row r="324" spans="1:8">
       <c r="A324" t="s">
         <v>634</v>
       </c>
       <c r="B324" t="s">
         <v>635</v>
       </c>
       <c r="C324" t="s">
         <v>22</v>
       </c>
       <c r="D324" t="s">
         <v>44</v>
       </c>
       <c r="E324" t="s">
         <v>12</v>
       </c>
       <c r="F324">
         <v>2005</v>
       </c>
       <c r="G324"/>
       <c r="H324" t="s">
-        <v>32</v>
+        <v>26</v>
       </c>
     </row>
     <row r="325" spans="1:8">
       <c r="A325" t="s">
         <v>636</v>
       </c>
       <c r="B325" t="s">
         <v>637</v>
       </c>
       <c r="C325" t="s">
         <v>22</v>
       </c>
       <c r="D325" t="s">
         <v>44</v>
       </c>
       <c r="E325" t="s">
         <v>12</v>
       </c>
       <c r="F325">
         <v>2005</v>
       </c>
       <c r="G325"/>
       <c r="H325" t="s">
-        <v>32</v>
+        <v>26</v>
       </c>
     </row>
     <row r="326" spans="1:8">
       <c r="A326" t="s">
         <v>638</v>
       </c>
       <c r="B326" t="s">
         <v>639</v>
       </c>
       <c r="C326" t="s">
         <v>43</v>
       </c>
       <c r="D326" t="s">
         <v>44</v>
       </c>
       <c r="E326" t="s">
         <v>12</v>
       </c>
       <c r="F326">
         <v>2005</v>
       </c>
       <c r="G326"/>
       <c r="H326" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
     </row>
     <row r="327" spans="1:8">
       <c r="A327" t="s">
         <v>640</v>
       </c>
       <c r="B327" t="s">
         <v>641</v>
       </c>
       <c r="C327" t="s">
         <v>22</v>
       </c>
       <c r="D327" t="s">
         <v>44</v>
       </c>
       <c r="E327" t="s">
         <v>12</v>
       </c>
       <c r="F327">
         <v>2005</v>
       </c>
       <c r="G327"/>
       <c r="H327" t="s">
-        <v>27</v>
+        <v>31</v>
       </c>
     </row>
     <row r="328" spans="1:8">
       <c r="A328" t="s">
         <v>642</v>
       </c>
       <c r="B328" t="s">
         <v>643</v>
       </c>
       <c r="C328" t="s">
         <v>20</v>
       </c>
       <c r="D328" t="s">
         <v>44</v>
       </c>
       <c r="E328" t="s">
         <v>12</v>
       </c>
       <c r="F328">
         <v>2005</v>
       </c>
       <c r="G328"/>
       <c r="H328" t="s">
         <v>239</v>
       </c>
@@ -11222,75 +11222,75 @@
       <c r="H330" t="s">
         <v>189</v>
       </c>
     </row>
     <row r="331" spans="1:8">
       <c r="A331" t="s">
         <v>648</v>
       </c>
       <c r="B331" t="s">
         <v>649</v>
       </c>
       <c r="C331" t="s">
         <v>43</v>
       </c>
       <c r="D331" t="s">
         <v>44</v>
       </c>
       <c r="E331" t="s">
         <v>12</v>
       </c>
       <c r="F331">
         <v>2005</v>
       </c>
       <c r="G331"/>
       <c r="H331" t="s">
-        <v>32</v>
+        <v>26</v>
       </c>
     </row>
     <row r="332" spans="1:8">
       <c r="A332" t="s">
         <v>650</v>
       </c>
       <c r="B332" t="s">
         <v>651</v>
       </c>
       <c r="C332" t="s">
         <v>43</v>
       </c>
       <c r="D332" t="s">
         <v>44</v>
       </c>
       <c r="E332" t="s">
         <v>12</v>
       </c>
       <c r="F332">
         <v>2005</v>
       </c>
       <c r="G332"/>
       <c r="H332" t="s">
-        <v>32</v>
+        <v>26</v>
       </c>
     </row>
     <row r="333" spans="1:8">
       <c r="A333" t="s">
         <v>652</v>
       </c>
       <c r="B333" t="s">
         <v>653</v>
       </c>
       <c r="C333" t="s">
         <v>43</v>
       </c>
       <c r="D333" t="s">
         <v>44</v>
       </c>
       <c r="E333" t="s">
         <v>12</v>
       </c>
       <c r="F333">
         <v>2005</v>
       </c>
       <c r="G333"/>
       <c r="H333" t="s">
         <v>87</v>
       </c>
@@ -11342,51 +11342,51 @@
       <c r="H335" t="s">
         <v>68</v>
       </c>
     </row>
     <row r="336" spans="1:8">
       <c r="A336" t="s">
         <v>658</v>
       </c>
       <c r="B336" t="s">
         <v>659</v>
       </c>
       <c r="C336" t="s">
         <v>43</v>
       </c>
       <c r="D336" t="s">
         <v>44</v>
       </c>
       <c r="E336" t="s">
         <v>12</v>
       </c>
       <c r="F336">
         <v>2005</v>
       </c>
       <c r="G336"/>
       <c r="H336" t="s">
-        <v>28</v>
+        <v>32</v>
       </c>
     </row>
     <row r="337" spans="1:8">
       <c r="A337" t="s">
         <v>660</v>
       </c>
       <c r="B337" t="s">
         <v>661</v>
       </c>
       <c r="C337" t="s">
         <v>43</v>
       </c>
       <c r="D337" t="s">
         <v>44</v>
       </c>
       <c r="E337" t="s">
         <v>12</v>
       </c>
       <c r="F337">
         <v>2005</v>
       </c>
       <c r="G337"/>
       <c r="H337" t="s">
         <v>13</v>
       </c>
@@ -11504,51 +11504,51 @@
       </c>
       <c r="G342"/>
       <c r="H342"/>
     </row>
     <row r="343" spans="1:8">
       <c r="A343" t="s">
         <v>672</v>
       </c>
       <c r="B343" t="s">
         <v>673</v>
       </c>
       <c r="C343" t="s">
         <v>22</v>
       </c>
       <c r="D343" t="s">
         <v>44</v>
       </c>
       <c r="E343" t="s">
         <v>12</v>
       </c>
       <c r="F343">
         <v>2004</v>
       </c>
       <c r="G343"/>
       <c r="H343" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
     </row>
     <row r="344" spans="1:8">
       <c r="A344" t="s">
         <v>674</v>
       </c>
       <c r="B344" t="s">
         <v>675</v>
       </c>
       <c r="C344" t="s">
         <v>43</v>
       </c>
       <c r="D344" t="s">
         <v>44</v>
       </c>
       <c r="E344" t="s">
         <v>12</v>
       </c>
       <c r="F344">
         <v>2004</v>
       </c>
       <c r="G344"/>
       <c r="H344" t="s">
         <v>68</v>
       </c>
@@ -11576,75 +11576,75 @@
       <c r="H345" t="s">
         <v>68</v>
       </c>
     </row>
     <row r="346" spans="1:8">
       <c r="A346" t="s">
         <v>678</v>
       </c>
       <c r="B346" t="s">
         <v>679</v>
       </c>
       <c r="C346" t="s">
         <v>22</v>
       </c>
       <c r="D346" t="s">
         <v>44</v>
       </c>
       <c r="E346" t="s">
         <v>12</v>
       </c>
       <c r="F346">
         <v>2004</v>
       </c>
       <c r="G346"/>
       <c r="H346" t="s">
-        <v>32</v>
+        <v>26</v>
       </c>
     </row>
     <row r="347" spans="1:8">
       <c r="A347" t="s">
         <v>680</v>
       </c>
       <c r="B347" t="s">
         <v>681</v>
       </c>
       <c r="C347" t="s">
         <v>43</v>
       </c>
       <c r="D347" t="s">
         <v>44</v>
       </c>
       <c r="E347" t="s">
         <v>12</v>
       </c>
       <c r="F347">
         <v>2004</v>
       </c>
       <c r="G347"/>
       <c r="H347" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
     </row>
     <row r="348" spans="1:8">
       <c r="A348" t="s">
         <v>682</v>
       </c>
       <c r="B348" t="s">
         <v>683</v>
       </c>
       <c r="C348" t="s">
         <v>20</v>
       </c>
       <c r="D348" t="s">
         <v>44</v>
       </c>
       <c r="E348" t="s">
         <v>12</v>
       </c>
       <c r="F348">
         <v>2004</v>
       </c>
       <c r="G348"/>
       <c r="H348" t="s">
         <v>261</v>
       </c>
@@ -11792,51 +11792,51 @@
       </c>
       <c r="G354"/>
       <c r="H354"/>
     </row>
     <row r="355" spans="1:8">
       <c r="A355" t="s">
         <v>695</v>
       </c>
       <c r="B355" t="s">
         <v>687</v>
       </c>
       <c r="C355" t="s">
         <v>22</v>
       </c>
       <c r="D355" t="s">
         <v>44</v>
       </c>
       <c r="E355" t="s">
         <v>12</v>
       </c>
       <c r="F355">
         <v>2004</v>
       </c>
       <c r="G355"/>
       <c r="H355" t="s">
-        <v>28</v>
+        <v>32</v>
       </c>
     </row>
     <row r="356" spans="1:8">
       <c r="A356" t="s">
         <v>696</v>
       </c>
       <c r="B356" t="s">
         <v>697</v>
       </c>
       <c r="C356" t="s">
         <v>43</v>
       </c>
       <c r="D356" t="s">
         <v>44</v>
       </c>
       <c r="E356" t="s">
         <v>12</v>
       </c>
       <c r="F356">
         <v>2004</v>
       </c>
       <c r="G356"/>
       <c r="H356"/>
     </row>
     <row r="357" spans="1:8">
@@ -11904,75 +11904,75 @@
       </c>
       <c r="G359"/>
       <c r="H359" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="360" spans="1:8">
       <c r="A360" t="s">
         <v>704</v>
       </c>
       <c r="B360" t="s">
         <v>705</v>
       </c>
       <c r="C360"/>
       <c r="D360" t="s">
         <v>25</v>
       </c>
       <c r="E360" t="s">
         <v>17</v>
       </c>
       <c r="F360">
         <v>2003</v>
       </c>
       <c r="G360"/>
       <c r="H360" t="s">
-        <v>27</v>
+        <v>31</v>
       </c>
     </row>
     <row r="361" spans="1:8">
       <c r="A361" t="s">
         <v>706</v>
       </c>
       <c r="B361" t="s">
         <v>707</v>
       </c>
       <c r="C361" t="s">
         <v>43</v>
       </c>
       <c r="D361" t="s">
         <v>44</v>
       </c>
       <c r="E361" t="s">
         <v>12</v>
       </c>
       <c r="F361">
         <v>2003</v>
       </c>
       <c r="G361"/>
       <c r="H361" t="s">
-        <v>26</v>
+        <v>28</v>
       </c>
     </row>
     <row r="362" spans="1:8">
       <c r="A362" t="s">
         <v>708</v>
       </c>
       <c r="B362" t="s">
         <v>709</v>
       </c>
       <c r="C362" t="s">
         <v>43</v>
       </c>
       <c r="D362" t="s">
         <v>44</v>
       </c>
       <c r="E362" t="s">
         <v>12</v>
       </c>
       <c r="F362">
         <v>2003</v>
       </c>
       <c r="G362"/>
       <c r="H362" t="s">
         <v>189</v>
       </c>
@@ -12122,99 +12122,99 @@
       <c r="H368" t="s">
         <v>82</v>
       </c>
     </row>
     <row r="369" spans="1:8">
       <c r="A369" t="s">
         <v>722</v>
       </c>
       <c r="B369" t="s">
         <v>723</v>
       </c>
       <c r="C369" t="s">
         <v>43</v>
       </c>
       <c r="D369" t="s">
         <v>44</v>
       </c>
       <c r="E369" t="s">
         <v>12</v>
       </c>
       <c r="F369">
         <v>2003</v>
       </c>
       <c r="G369"/>
       <c r="H369" t="s">
-        <v>27</v>
+        <v>31</v>
       </c>
     </row>
     <row r="370" spans="1:8">
       <c r="A370" t="s">
         <v>724</v>
       </c>
       <c r="B370" t="s">
         <v>725</v>
       </c>
       <c r="C370" t="s">
         <v>22</v>
       </c>
       <c r="D370" t="s">
         <v>44</v>
       </c>
       <c r="E370" t="s">
         <v>12</v>
       </c>
       <c r="F370">
         <v>2003</v>
       </c>
       <c r="G370"/>
       <c r="H370" t="s">
-        <v>27</v>
+        <v>31</v>
       </c>
     </row>
     <row r="371" spans="1:8">
       <c r="A371" t="s">
         <v>726</v>
       </c>
       <c r="B371" t="s">
         <v>723</v>
       </c>
       <c r="C371" t="s">
         <v>43</v>
       </c>
       <c r="D371" t="s">
         <v>44</v>
       </c>
       <c r="E371" t="s">
         <v>12</v>
       </c>
       <c r="F371">
         <v>2003</v>
       </c>
       <c r="G371"/>
       <c r="H371" t="s">
-        <v>27</v>
+        <v>31</v>
       </c>
     </row>
     <row r="372" spans="1:8">
       <c r="A372" t="s">
         <v>727</v>
       </c>
       <c r="B372" t="s">
         <v>728</v>
       </c>
       <c r="C372" t="s">
         <v>59</v>
       </c>
       <c r="D372" t="s">
         <v>60</v>
       </c>
       <c r="E372" t="s">
         <v>12</v>
       </c>
       <c r="F372">
         <v>2003</v>
       </c>
       <c r="G372" t="s">
         <v>18</v>
       </c>
       <c r="H372"/>
@@ -12242,99 +12242,99 @@
       <c r="H373" t="s">
         <v>189</v>
       </c>
     </row>
     <row r="374" spans="1:8">
       <c r="A374" t="s">
         <v>731</v>
       </c>
       <c r="B374" t="s">
         <v>732</v>
       </c>
       <c r="C374" t="s">
         <v>43</v>
       </c>
       <c r="D374" t="s">
         <v>44</v>
       </c>
       <c r="E374" t="s">
         <v>12</v>
       </c>
       <c r="F374">
         <v>2003</v>
       </c>
       <c r="G374"/>
       <c r="H374" t="s">
-        <v>27</v>
+        <v>31</v>
       </c>
     </row>
     <row r="375" spans="1:8">
       <c r="A375" t="s">
         <v>733</v>
       </c>
       <c r="B375" t="s">
         <v>734</v>
       </c>
       <c r="C375" t="s">
         <v>43</v>
       </c>
       <c r="D375" t="s">
         <v>44</v>
       </c>
       <c r="E375" t="s">
         <v>12</v>
       </c>
       <c r="F375">
         <v>2003</v>
       </c>
       <c r="G375"/>
       <c r="H375" t="s">
         <v>189</v>
       </c>
     </row>
     <row r="376" spans="1:8">
       <c r="A376" t="s">
         <v>735</v>
       </c>
       <c r="B376" t="s">
         <v>736</v>
       </c>
       <c r="C376" t="s">
         <v>20</v>
       </c>
       <c r="D376" t="s">
         <v>44</v>
       </c>
       <c r="E376" t="s">
         <v>12</v>
       </c>
       <c r="F376">
         <v>2003</v>
       </c>
       <c r="G376"/>
       <c r="H376" t="s">
-        <v>28</v>
+        <v>32</v>
       </c>
     </row>
     <row r="377" spans="1:8">
       <c r="A377" t="s">
         <v>737</v>
       </c>
       <c r="B377" t="s">
         <v>738</v>
       </c>
       <c r="C377" t="s">
         <v>43</v>
       </c>
       <c r="D377" t="s">
         <v>44</v>
       </c>
       <c r="E377" t="s">
         <v>12</v>
       </c>
       <c r="F377">
         <v>2003</v>
       </c>
       <c r="G377"/>
       <c r="H377" t="s">
         <v>47</v>
       </c>
@@ -12360,51 +12360,51 @@
       </c>
       <c r="G378"/>
       <c r="H378"/>
     </row>
     <row r="379" spans="1:8">
       <c r="A379" t="s">
         <v>741</v>
       </c>
       <c r="B379" t="s">
         <v>742</v>
       </c>
       <c r="C379" t="s">
         <v>22</v>
       </c>
       <c r="D379" t="s">
         <v>44</v>
       </c>
       <c r="E379" t="s">
         <v>12</v>
       </c>
       <c r="F379">
         <v>2003</v>
       </c>
       <c r="G379"/>
       <c r="H379" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
     </row>
     <row r="380" spans="1:8">
       <c r="A380" t="s">
         <v>743</v>
       </c>
       <c r="B380" t="s">
         <v>744</v>
       </c>
       <c r="C380" t="s">
         <v>43</v>
       </c>
       <c r="D380" t="s">
         <v>44</v>
       </c>
       <c r="E380" t="s">
         <v>12</v>
       </c>
       <c r="F380">
         <v>2003</v>
       </c>
       <c r="G380"/>
       <c r="H380" t="s">
         <v>82</v>
       </c>
@@ -12432,75 +12432,75 @@
       <c r="H381" t="s">
         <v>82</v>
       </c>
     </row>
     <row r="382" spans="1:8">
       <c r="A382" t="s">
         <v>746</v>
       </c>
       <c r="B382" t="s">
         <v>747</v>
       </c>
       <c r="C382" t="s">
         <v>43</v>
       </c>
       <c r="D382" t="s">
         <v>44</v>
       </c>
       <c r="E382" t="s">
         <v>12</v>
       </c>
       <c r="F382">
         <v>2003</v>
       </c>
       <c r="G382"/>
       <c r="H382" t="s">
-        <v>27</v>
+        <v>31</v>
       </c>
     </row>
     <row r="383" spans="1:8">
       <c r="A383" t="s">
         <v>748</v>
       </c>
       <c r="B383" t="s">
         <v>744</v>
       </c>
       <c r="C383" t="s">
         <v>43</v>
       </c>
       <c r="D383" t="s">
         <v>44</v>
       </c>
       <c r="E383" t="s">
         <v>12</v>
       </c>
       <c r="F383">
         <v>2003</v>
       </c>
       <c r="G383"/>
       <c r="H383" t="s">
-        <v>28</v>
+        <v>32</v>
       </c>
     </row>
     <row r="384" spans="1:8">
       <c r="A384" t="s">
         <v>749</v>
       </c>
       <c r="B384" t="s">
         <v>750</v>
       </c>
       <c r="C384" t="s">
         <v>43</v>
       </c>
       <c r="D384" t="s">
         <v>44</v>
       </c>
       <c r="E384" t="s">
         <v>12</v>
       </c>
       <c r="F384">
         <v>2003</v>
       </c>
       <c r="G384"/>
       <c r="H384" t="s">
         <v>82</v>
       </c>
@@ -12548,51 +12548,51 @@
       </c>
       <c r="G386"/>
       <c r="H386" t="s">
         <v>87</v>
       </c>
     </row>
     <row r="387" spans="1:8">
       <c r="A387" t="s">
         <v>754</v>
       </c>
       <c r="B387" t="s">
         <v>755</v>
       </c>
       <c r="C387"/>
       <c r="D387" t="s">
         <v>25</v>
       </c>
       <c r="E387" t="s">
         <v>17</v>
       </c>
       <c r="F387">
         <v>2002</v>
       </c>
       <c r="G387"/>
       <c r="H387" t="s">
-        <v>27</v>
+        <v>31</v>
       </c>
     </row>
     <row r="388" spans="1:8">
       <c r="A388" t="s">
         <v>756</v>
       </c>
       <c r="B388" t="s">
         <v>757</v>
       </c>
       <c r="C388" t="s">
         <v>22</v>
       </c>
       <c r="D388" t="s">
         <v>44</v>
       </c>
       <c r="E388" t="s">
         <v>12</v>
       </c>
       <c r="F388">
         <v>2002</v>
       </c>
       <c r="G388"/>
       <c r="H388" t="s">
         <v>189</v>
       </c>
@@ -12622,51 +12622,51 @@
       <c r="H389" t="s">
         <v>82</v>
       </c>
     </row>
     <row r="390" spans="1:8">
       <c r="A390" t="s">
         <v>760</v>
       </c>
       <c r="B390" t="s">
         <v>761</v>
       </c>
       <c r="C390" t="s">
         <v>20</v>
       </c>
       <c r="D390" t="s">
         <v>44</v>
       </c>
       <c r="E390" t="s">
         <v>12</v>
       </c>
       <c r="F390">
         <v>2002</v>
       </c>
       <c r="G390"/>
       <c r="H390" t="s">
-        <v>27</v>
+        <v>31</v>
       </c>
     </row>
     <row r="391" spans="1:8">
       <c r="A391" t="s">
         <v>762</v>
       </c>
       <c r="B391" t="s">
         <v>763</v>
       </c>
       <c r="C391" t="s">
         <v>43</v>
       </c>
       <c r="D391" t="s">
         <v>44</v>
       </c>
       <c r="E391" t="s">
         <v>12</v>
       </c>
       <c r="F391">
         <v>2002</v>
       </c>
       <c r="G391"/>
       <c r="H391" t="s">
         <v>189</v>
       </c>
@@ -12828,51 +12828,51 @@
       <c r="H398" t="s">
         <v>82</v>
       </c>
     </row>
     <row r="399" spans="1:8">
       <c r="A399" t="s">
         <v>778</v>
       </c>
       <c r="B399" t="s">
         <v>779</v>
       </c>
       <c r="C399" t="s">
         <v>43</v>
       </c>
       <c r="D399" t="s">
         <v>44</v>
       </c>
       <c r="E399" t="s">
         <v>12</v>
       </c>
       <c r="F399">
         <v>2002</v>
       </c>
       <c r="G399"/>
       <c r="H399" t="s">
-        <v>32</v>
+        <v>26</v>
       </c>
     </row>
     <row r="400" spans="1:8">
       <c r="A400" t="s">
         <v>780</v>
       </c>
       <c r="B400" t="s">
         <v>773</v>
       </c>
       <c r="C400" t="s">
         <v>43</v>
       </c>
       <c r="D400" t="s">
         <v>44</v>
       </c>
       <c r="E400" t="s">
         <v>12</v>
       </c>
       <c r="F400">
         <v>2002</v>
       </c>
       <c r="G400"/>
       <c r="H400" t="s">
         <v>82</v>
       </c>
@@ -12922,51 +12922,51 @@
       </c>
       <c r="G402"/>
       <c r="H402"/>
     </row>
     <row r="403" spans="1:8">
       <c r="A403" t="s">
         <v>785</v>
       </c>
       <c r="B403" t="s">
         <v>786</v>
       </c>
       <c r="C403" t="s">
         <v>43</v>
       </c>
       <c r="D403" t="s">
         <v>44</v>
       </c>
       <c r="E403" t="s">
         <v>12</v>
       </c>
       <c r="F403">
         <v>2002</v>
       </c>
       <c r="G403"/>
       <c r="H403" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
     </row>
     <row r="404" spans="1:8">
       <c r="A404" t="s">
         <v>787</v>
       </c>
       <c r="B404" t="s">
         <v>788</v>
       </c>
       <c r="C404" t="s">
         <v>43</v>
       </c>
       <c r="D404" t="s">
         <v>44</v>
       </c>
       <c r="E404" t="s">
         <v>12</v>
       </c>
       <c r="F404">
         <v>2002</v>
       </c>
       <c r="G404"/>
       <c r="H404"/>
     </row>
     <row r="405" spans="1:8">
@@ -13040,99 +13040,99 @@
       <c r="H407" t="s">
         <v>82</v>
       </c>
     </row>
     <row r="408" spans="1:8">
       <c r="A408" t="s">
         <v>795</v>
       </c>
       <c r="B408" t="s">
         <v>796</v>
       </c>
       <c r="C408" t="s">
         <v>43</v>
       </c>
       <c r="D408" t="s">
         <v>44</v>
       </c>
       <c r="E408" t="s">
         <v>12</v>
       </c>
       <c r="F408">
         <v>2001</v>
       </c>
       <c r="G408"/>
       <c r="H408" t="s">
-        <v>32</v>
+        <v>26</v>
       </c>
     </row>
     <row r="409" spans="1:8">
       <c r="A409" t="s">
         <v>797</v>
       </c>
       <c r="B409" t="s">
         <v>798</v>
       </c>
       <c r="C409" t="s">
         <v>22</v>
       </c>
       <c r="D409" t="s">
         <v>44</v>
       </c>
       <c r="E409" t="s">
         <v>12</v>
       </c>
       <c r="F409">
         <v>2001</v>
       </c>
       <c r="G409" t="s">
         <v>18</v>
       </c>
       <c r="H409"/>
     </row>
     <row r="410" spans="1:8">
       <c r="A410" t="s">
         <v>799</v>
       </c>
       <c r="B410" t="s">
         <v>800</v>
       </c>
       <c r="C410" t="s">
         <v>43</v>
       </c>
       <c r="D410" t="s">
         <v>44</v>
       </c>
       <c r="E410" t="s">
         <v>12</v>
       </c>
       <c r="F410">
         <v>2001</v>
       </c>
       <c r="G410"/>
       <c r="H410" t="s">
-        <v>32</v>
+        <v>26</v>
       </c>
     </row>
     <row r="411" spans="1:8">
       <c r="A411" t="s">
         <v>801</v>
       </c>
       <c r="B411" t="s">
         <v>802</v>
       </c>
       <c r="C411" t="s">
         <v>22</v>
       </c>
       <c r="D411" t="s">
         <v>44</v>
       </c>
       <c r="E411" t="s">
         <v>12</v>
       </c>
       <c r="F411">
         <v>2001</v>
       </c>
       <c r="G411"/>
       <c r="H411" t="s">
         <v>87</v>
       </c>
@@ -13160,75 +13160,75 @@
       <c r="H412" t="s">
         <v>189</v>
       </c>
     </row>
     <row r="413" spans="1:8">
       <c r="A413" t="s">
         <v>804</v>
       </c>
       <c r="B413" t="s">
         <v>805</v>
       </c>
       <c r="C413" t="s">
         <v>43</v>
       </c>
       <c r="D413" t="s">
         <v>44</v>
       </c>
       <c r="E413" t="s">
         <v>12</v>
       </c>
       <c r="F413">
         <v>2001</v>
       </c>
       <c r="G413"/>
       <c r="H413" t="s">
-        <v>28</v>
+        <v>32</v>
       </c>
     </row>
     <row r="414" spans="1:8">
       <c r="A414" t="s">
         <v>806</v>
       </c>
       <c r="B414" t="s">
         <v>807</v>
       </c>
       <c r="C414" t="s">
         <v>43</v>
       </c>
       <c r="D414" t="s">
         <v>44</v>
       </c>
       <c r="E414" t="s">
         <v>12</v>
       </c>
       <c r="F414">
         <v>2001</v>
       </c>
       <c r="G414"/>
       <c r="H414" t="s">
-        <v>28</v>
+        <v>32</v>
       </c>
     </row>
     <row r="415" spans="1:8">
       <c r="A415" t="s">
         <v>808</v>
       </c>
       <c r="B415" t="s">
         <v>809</v>
       </c>
       <c r="C415" t="s">
         <v>43</v>
       </c>
       <c r="D415" t="s">
         <v>44</v>
       </c>
       <c r="E415" t="s">
         <v>12</v>
       </c>
       <c r="F415">
         <v>2001</v>
       </c>
       <c r="G415"/>
       <c r="H415"/>
     </row>
     <row r="416" spans="1:8">
@@ -13574,75 +13574,75 @@
       <c r="H430" t="s">
         <v>189</v>
       </c>
     </row>
     <row r="431" spans="1:8">
       <c r="A431" t="s">
         <v>839</v>
       </c>
       <c r="B431" t="s">
         <v>840</v>
       </c>
       <c r="C431" t="s">
         <v>22</v>
       </c>
       <c r="D431" t="s">
         <v>44</v>
       </c>
       <c r="E431" t="s">
         <v>12</v>
       </c>
       <c r="F431">
         <v>1999</v>
       </c>
       <c r="G431"/>
       <c r="H431" t="s">
-        <v>26</v>
+        <v>28</v>
       </c>
     </row>
     <row r="432" spans="1:8">
       <c r="A432" t="s">
         <v>841</v>
       </c>
       <c r="B432" t="s">
         <v>842</v>
       </c>
       <c r="C432" t="s">
         <v>43</v>
       </c>
       <c r="D432" t="s">
         <v>44</v>
       </c>
       <c r="E432" t="s">
         <v>12</v>
       </c>
       <c r="F432">
         <v>1999</v>
       </c>
       <c r="G432"/>
       <c r="H432" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
     </row>
     <row r="433" spans="1:8">
       <c r="A433" t="s">
         <v>843</v>
       </c>
       <c r="B433" t="s">
         <v>844</v>
       </c>
       <c r="C433" t="s">
         <v>22</v>
       </c>
       <c r="D433" t="s">
         <v>44</v>
       </c>
       <c r="E433" t="s">
         <v>12</v>
       </c>
       <c r="F433">
         <v>1999</v>
       </c>
       <c r="G433"/>
       <c r="H433" t="s">
         <v>82</v>
       </c>
@@ -13778,51 +13778,51 @@
       <c r="F439">
         <v>1999</v>
       </c>
       <c r="G439"/>
       <c r="H439"/>
     </row>
     <row r="440" spans="1:8">
       <c r="A440" t="s">
         <v>856</v>
       </c>
       <c r="B440" t="s">
         <v>857</v>
       </c>
       <c r="C440"/>
       <c r="D440" t="s">
         <v>25</v>
       </c>
       <c r="E440" t="s">
         <v>17</v>
       </c>
       <c r="F440">
         <v>1998</v>
       </c>
       <c r="G440"/>
       <c r="H440" t="s">
-        <v>26</v>
+        <v>28</v>
       </c>
     </row>
     <row r="441" spans="1:8">
       <c r="A441" t="s">
         <v>858</v>
       </c>
       <c r="B441" t="s">
         <v>859</v>
       </c>
       <c r="C441"/>
       <c r="D441" t="s">
         <v>25</v>
       </c>
       <c r="E441" t="s">
         <v>17</v>
       </c>
       <c r="F441">
         <v>1998</v>
       </c>
       <c r="G441"/>
       <c r="H441" t="s">
         <v>82</v>
       </c>
     </row>
     <row r="442" spans="1:8">
@@ -14430,95 +14430,95 @@
       </c>
       <c r="G467"/>
       <c r="H467" t="s">
         <v>261</v>
       </c>
     </row>
     <row r="468" spans="1:8">
       <c r="A468" t="s">
         <v>911</v>
       </c>
       <c r="B468" t="s">
         <v>912</v>
       </c>
       <c r="C468"/>
       <c r="D468" t="s">
         <v>25</v>
       </c>
       <c r="E468" t="s">
         <v>17</v>
       </c>
       <c r="F468">
         <v>1995</v>
       </c>
       <c r="G468"/>
       <c r="H468" t="s">
-        <v>27</v>
+        <v>31</v>
       </c>
     </row>
     <row r="469" spans="1:8">
       <c r="A469" t="s">
         <v>913</v>
       </c>
       <c r="B469" t="s">
         <v>914</v>
       </c>
       <c r="C469"/>
       <c r="D469" t="s">
         <v>25</v>
       </c>
       <c r="E469" t="s">
         <v>17</v>
       </c>
       <c r="F469">
         <v>1995</v>
       </c>
       <c r="G469"/>
       <c r="H469" t="s">
-        <v>27</v>
+        <v>31</v>
       </c>
     </row>
     <row r="470" spans="1:8">
       <c r="A470" t="s">
         <v>915</v>
       </c>
       <c r="B470" t="s">
         <v>914</v>
       </c>
       <c r="C470"/>
       <c r="D470" t="s">
         <v>25</v>
       </c>
       <c r="E470" t="s">
         <v>17</v>
       </c>
       <c r="F470">
         <v>1995</v>
       </c>
       <c r="G470"/>
       <c r="H470" t="s">
-        <v>27</v>
+        <v>31</v>
       </c>
     </row>
     <row r="471" spans="1:8">
       <c r="A471" t="s">
         <v>916</v>
       </c>
       <c r="B471" t="s">
         <v>917</v>
       </c>
       <c r="C471" t="s">
         <v>43</v>
       </c>
       <c r="D471" t="s">
         <v>44</v>
       </c>
       <c r="E471" t="s">
         <v>12</v>
       </c>
       <c r="F471">
         <v>1995</v>
       </c>
       <c r="G471"/>
       <c r="H471" t="s">
         <v>87</v>
       </c>
@@ -14928,51 +14928,51 @@
       <c r="H488" t="s">
         <v>82</v>
       </c>
     </row>
     <row r="489" spans="1:8">
       <c r="A489" t="s">
         <v>950</v>
       </c>
       <c r="B489" t="s">
         <v>951</v>
       </c>
       <c r="C489" t="s">
         <v>43</v>
       </c>
       <c r="D489" t="s">
         <v>44</v>
       </c>
       <c r="E489" t="s">
         <v>12</v>
       </c>
       <c r="F489">
         <v>1994</v>
       </c>
       <c r="G489"/>
       <c r="H489" t="s">
-        <v>29</v>
+        <v>27</v>
       </c>
     </row>
     <row r="490" spans="1:8">
       <c r="A490" t="s">
         <v>952</v>
       </c>
       <c r="B490" t="s">
         <v>953</v>
       </c>
       <c r="C490"/>
       <c r="D490" t="s">
         <v>25</v>
       </c>
       <c r="E490" t="s">
         <v>17</v>
       </c>
       <c r="F490">
         <v>1993</v>
       </c>
       <c r="G490"/>
       <c r="H490" t="s">
         <v>189</v>
       </c>
     </row>
     <row r="491" spans="1:8">
@@ -15222,217 +15222,217 @@
       <c r="H501" t="s">
         <v>47</v>
       </c>
     </row>
     <row r="502" spans="1:8">
       <c r="A502" t="s">
         <v>976</v>
       </c>
       <c r="B502" t="s">
         <v>977</v>
       </c>
       <c r="C502" t="s">
         <v>43</v>
       </c>
       <c r="D502" t="s">
         <v>44</v>
       </c>
       <c r="E502" t="s">
         <v>12</v>
       </c>
       <c r="F502">
         <v>1992</v>
       </c>
       <c r="G502"/>
       <c r="H502" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
     </row>
     <row r="503" spans="1:8">
       <c r="A503" t="s">
         <v>978</v>
       </c>
       <c r="B503" t="s">
         <v>979</v>
       </c>
       <c r="C503" t="s">
         <v>43</v>
       </c>
       <c r="D503" t="s">
         <v>44</v>
       </c>
       <c r="E503" t="s">
         <v>12</v>
       </c>
       <c r="F503">
         <v>1992</v>
       </c>
       <c r="G503"/>
       <c r="H503" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
     </row>
     <row r="504" spans="1:8">
       <c r="A504" t="s">
         <v>980</v>
       </c>
       <c r="B504" t="s">
         <v>981</v>
       </c>
       <c r="C504" t="s">
         <v>43</v>
       </c>
       <c r="D504" t="s">
         <v>44</v>
       </c>
       <c r="E504" t="s">
         <v>12</v>
       </c>
       <c r="F504">
         <v>1992</v>
       </c>
       <c r="G504"/>
       <c r="H504" t="s">
         <v>82</v>
       </c>
     </row>
     <row r="505" spans="1:8">
       <c r="A505" t="s">
         <v>982</v>
       </c>
       <c r="B505" t="s">
         <v>983</v>
       </c>
       <c r="C505" t="s">
         <v>22</v>
       </c>
       <c r="D505" t="s">
         <v>44</v>
       </c>
       <c r="E505" t="s">
         <v>12</v>
       </c>
       <c r="F505">
         <v>1992</v>
       </c>
       <c r="G505"/>
       <c r="H505" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
     </row>
     <row r="506" spans="1:8">
       <c r="A506" t="s">
         <v>984</v>
       </c>
       <c r="B506" t="s">
         <v>985</v>
       </c>
       <c r="C506" t="s">
         <v>43</v>
       </c>
       <c r="D506" t="s">
         <v>44</v>
       </c>
       <c r="E506" t="s">
         <v>12</v>
       </c>
       <c r="F506">
         <v>1992</v>
       </c>
       <c r="G506"/>
       <c r="H506" t="s">
         <v>82</v>
       </c>
     </row>
     <row r="507" spans="1:8">
       <c r="A507" t="s">
         <v>986</v>
       </c>
       <c r="B507" t="s">
         <v>987</v>
       </c>
       <c r="C507"/>
       <c r="D507" t="s">
         <v>25</v>
       </c>
       <c r="E507" t="s">
         <v>17</v>
       </c>
       <c r="F507">
         <v>1991</v>
       </c>
       <c r="G507"/>
       <c r="H507" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
     </row>
     <row r="508" spans="1:8">
       <c r="A508" t="s">
         <v>988</v>
       </c>
       <c r="B508" t="s">
         <v>989</v>
       </c>
       <c r="C508" t="s">
         <v>43</v>
       </c>
       <c r="D508" t="s">
         <v>44</v>
       </c>
       <c r="E508" t="s">
         <v>12</v>
       </c>
       <c r="F508">
         <v>1991</v>
       </c>
       <c r="G508"/>
       <c r="H508" t="s">
         <v>283</v>
       </c>
     </row>
     <row r="509" spans="1:8">
       <c r="A509" t="s">
         <v>990</v>
       </c>
       <c r="B509" t="s">
         <v>991</v>
       </c>
       <c r="C509" t="s">
         <v>43</v>
       </c>
       <c r="D509" t="s">
         <v>44</v>
       </c>
       <c r="E509" t="s">
         <v>12</v>
       </c>
       <c r="F509">
         <v>1991</v>
       </c>
       <c r="G509"/>
       <c r="H509" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
     </row>
     <row r="510" spans="1:8">
       <c r="A510" t="s">
         <v>992</v>
       </c>
       <c r="B510" t="s">
         <v>993</v>
       </c>
       <c r="C510" t="s">
         <v>43</v>
       </c>
       <c r="D510" t="s">
         <v>44</v>
       </c>
       <c r="E510" t="s">
         <v>12</v>
       </c>
       <c r="F510">
         <v>1991</v>
       </c>
       <c r="G510"/>
       <c r="H510"/>
     </row>
     <row r="511" spans="1:8">
@@ -15574,143 +15574,143 @@
         <v>18</v>
       </c>
       <c r="H516"/>
     </row>
     <row r="517" spans="1:8">
       <c r="A517" t="s">
         <v>1005</v>
       </c>
       <c r="B517" t="s">
         <v>1006</v>
       </c>
       <c r="C517" t="s">
         <v>43</v>
       </c>
       <c r="D517" t="s">
         <v>44</v>
       </c>
       <c r="E517" t="s">
         <v>12</v>
       </c>
       <c r="F517">
         <v>1989</v>
       </c>
       <c r="G517"/>
       <c r="H517" t="s">
-        <v>27</v>
+        <v>31</v>
       </c>
     </row>
     <row r="518" spans="1:8">
       <c r="A518" t="s">
         <v>1007</v>
       </c>
       <c r="B518" t="s">
         <v>1008</v>
       </c>
       <c r="C518" t="s">
         <v>43</v>
       </c>
       <c r="D518" t="s">
         <v>44</v>
       </c>
       <c r="E518" t="s">
         <v>12</v>
       </c>
       <c r="F518">
         <v>1989</v>
       </c>
       <c r="G518"/>
       <c r="H518"/>
     </row>
     <row r="519" spans="1:8">
       <c r="A519" t="s">
         <v>1009</v>
       </c>
       <c r="B519" t="s">
         <v>1010</v>
       </c>
       <c r="C519" t="s">
         <v>43</v>
       </c>
       <c r="D519" t="s">
         <v>44</v>
       </c>
       <c r="E519" t="s">
         <v>12</v>
       </c>
       <c r="F519">
         <v>1985</v>
       </c>
       <c r="G519"/>
       <c r="H519" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
     </row>
     <row r="520" spans="1:8">
       <c r="A520" t="s">
         <v>1011</v>
       </c>
       <c r="B520" t="s">
         <v>1012</v>
       </c>
       <c r="C520"/>
       <c r="D520" t="s">
         <v>25</v>
       </c>
       <c r="E520" t="s">
         <v>17</v>
       </c>
       <c r="F520">
         <v>1984</v>
       </c>
       <c r="G520"/>
       <c r="H520" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
     </row>
     <row r="521" spans="1:8">
       <c r="A521" t="s">
         <v>1013</v>
       </c>
       <c r="B521" t="s">
         <v>1014</v>
       </c>
       <c r="C521" t="s">
         <v>43</v>
       </c>
       <c r="D521" t="s">
         <v>44</v>
       </c>
       <c r="E521" t="s">
         <v>12</v>
       </c>
       <c r="F521">
         <v>1983</v>
       </c>
       <c r="G521"/>
       <c r="H521" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
     </row>
     <row r="522" spans="1:8">
       <c r="A522" t="s">
         <v>1015</v>
       </c>
       <c r="B522" t="s">
         <v>1016</v>
       </c>
       <c r="C522"/>
       <c r="D522"/>
       <c r="E522" t="s">
         <v>73</v>
       </c>
       <c r="F522">
         <v>1979</v>
       </c>
       <c r="G522" t="s">
         <v>52</v>
       </c>
       <c r="H522"/>
     </row>
     <row r="523" spans="1:8">
       <c r="A523" t="s">
         <v>1017</v>
@@ -15798,51 +15798,51 @@
       <c r="F527"/>
       <c r="G527"/>
       <c r="H527" t="s">
         <v>261</v>
       </c>
     </row>
     <row r="528" spans="1:8">
       <c r="A528" t="s">
         <v>1025</v>
       </c>
       <c r="B528" t="s">
         <v>476</v>
       </c>
       <c r="C528" t="s">
         <v>22</v>
       </c>
       <c r="D528" t="s">
         <v>44</v>
       </c>
       <c r="E528" t="s">
         <v>12</v>
       </c>
       <c r="F528"/>
       <c r="G528"/>
       <c r="H528" t="s">
-        <v>32</v>
+        <v>26</v>
       </c>
     </row>
     <row r="529" spans="1:8">
       <c r="A529" t="s">
         <v>1026</v>
       </c>
       <c r="B529" t="s">
         <v>1027</v>
       </c>
       <c r="C529" t="s">
         <v>43</v>
       </c>
       <c r="D529" t="s">
         <v>44</v>
       </c>
       <c r="E529" t="s">
         <v>12</v>
       </c>
       <c r="F529"/>
       <c r="G529"/>
       <c r="H529" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="530" spans="1:8">