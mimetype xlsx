--- v1 (2025-12-12)
+++ v2 (2026-02-03)
@@ -92,93 +92,93 @@
   <si>
     <t>Nacional</t>
   </si>
   <si>
     <t>sg2</t>
   </si>
   <si>
     <t>Resolución</t>
   </si>
   <si>
     <t>sg5</t>
   </si>
   <si>
     <t>Orden</t>
   </si>
   <si>
     <t>Prueba de Legislación con Nivel de Administración Nacional.</t>
   </si>
   <si>
     <t>https://www.google.com/testing/branch</t>
   </si>
   <si>
     <t>Leyes autonómicas</t>
   </si>
   <si>
+    <t>Comunidad de Madrid</t>
+  </si>
+  <si>
+    <t>Ciudad Autónoma de Melilla</t>
+  </si>
+  <si>
+    <t>Ciudad Autónoma de Ceuta</t>
+  </si>
+  <si>
     <t>Extremadura</t>
   </si>
   <si>
-    <t>Ciudad Autónoma de Ceuta</t>
+    <t>AGE</t>
   </si>
   <si>
     <t>Canarias</t>
   </si>
   <si>
-    <t>Ciudad Autónoma de Melilla</t>
-[...4 lines deleted...]
-  <si>
     <t>Región de Murcia</t>
   </si>
   <si>
-    <t>AGE</t>
-[...1 lines deleted...]
-  <si>
     <t>Norma Prueba Alta</t>
   </si>
   <si>
     <t>Pruebas para saber si el campo Norma puede usar / , ; y : .</t>
   </si>
   <si>
     <t>https://www.google.com/test/branch</t>
   </si>
   <si>
     <t>Pruebas Normas con Unificación- Detalles 17/12/2024 - Hora: 09:17:00. Prueba de funcionamiento; Correcto/Funcionando con Modificación  17/12/2024 - Hora: 09:19:00..</t>
   </si>
   <si>
+    <t>Illes Balears</t>
+  </si>
+  <si>
+    <t>Extra-Regio</t>
+  </si>
+  <si>
     <t>Cataluña</t>
   </si>
   <si>
-    <t>Extra-Regio</t>
-[...1 lines deleted...]
-  <si>
     <t>Cantabria</t>
-  </si>
-[...1 lines deleted...]
-    <t>Illes Balears</t>
   </si>
   <si>
     <t>Decreto 33/2024, de 28 de febrero, del Gobierno de Aragón, por el que se establece un régimen de protección para la margaritona (Margaritifera auricularia) y se aprueba un nuevo plan de recuperación.</t>
   </si>
   <si>
     <t>https://www.boa.aragon.es/cgi-bin/EBOA/BRSCGI?CMD=VEROBJ&amp;MLKOB=1320624820303</t>
   </si>
   <si>
     <t>Decreto</t>
   </si>
   <si>
     <t>Autonómico</t>
   </si>
   <si>
     <t>Prueba de Modificación dentro de Legislación.</t>
   </si>
   <si>
     <t>Pruebas de Acuerdo del nivel Nacional con Prueba el 03/12/2024. En esta prueba se mira todo.</t>
   </si>
   <si>
     <t>Galicia</t>
   </si>
   <si>
     <t>Reglamento (UE) 2023/966 por el que se modifica el Reglamento (CE) nº 338/97 del Consejo para reflejar las modificaciones adoptadas en la COP 19 en el Convenio sobre el comercio internacional de especies amenazadas de fauna y flora silvestres</t>
   </si>
@@ -3644,171 +3644,171 @@
       <c r="H6" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="7" spans="1:8">
       <c r="A7" t="s">
         <v>23</v>
       </c>
       <c r="B7" t="s">
         <v>24</v>
       </c>
       <c r="C7"/>
       <c r="D7" t="s">
         <v>25</v>
       </c>
       <c r="E7" t="s">
         <v>17</v>
       </c>
       <c r="F7">
         <v>2024</v>
       </c>
       <c r="G7" t="s">
         <v>18</v>
       </c>
       <c r="H7" t="s">
-        <v>27</v>
+        <v>13</v>
       </c>
     </row>
     <row r="8" spans="1:8">
       <c r="A8" t="s">
         <v>23</v>
       </c>
       <c r="B8" t="s">
         <v>24</v>
       </c>
       <c r="C8"/>
       <c r="D8" t="s">
         <v>25</v>
       </c>
       <c r="E8" t="s">
         <v>17</v>
       </c>
       <c r="F8">
         <v>2024</v>
       </c>
       <c r="G8" t="s">
         <v>18</v>
       </c>
       <c r="H8" t="s">
-        <v>28</v>
+        <v>27</v>
       </c>
     </row>
     <row r="9" spans="1:8">
       <c r="A9" t="s">
         <v>23</v>
       </c>
       <c r="B9" t="s">
         <v>24</v>
       </c>
       <c r="C9"/>
       <c r="D9" t="s">
         <v>25</v>
       </c>
       <c r="E9" t="s">
         <v>17</v>
       </c>
       <c r="F9">
         <v>2024</v>
       </c>
       <c r="G9" t="s">
         <v>18</v>
       </c>
       <c r="H9" t="s">
-        <v>29</v>
+        <v>28</v>
       </c>
     </row>
     <row r="10" spans="1:8">
       <c r="A10" t="s">
         <v>23</v>
       </c>
       <c r="B10" t="s">
         <v>24</v>
       </c>
       <c r="C10"/>
       <c r="D10" t="s">
         <v>25</v>
       </c>
       <c r="E10" t="s">
         <v>17</v>
       </c>
       <c r="F10">
         <v>2024</v>
       </c>
       <c r="G10" t="s">
         <v>18</v>
       </c>
       <c r="H10" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
     </row>
     <row r="11" spans="1:8">
       <c r="A11" t="s">
         <v>23</v>
       </c>
       <c r="B11" t="s">
         <v>24</v>
       </c>
       <c r="C11"/>
       <c r="D11" t="s">
         <v>25</v>
       </c>
       <c r="E11" t="s">
         <v>17</v>
       </c>
       <c r="F11">
         <v>2024</v>
       </c>
       <c r="G11" t="s">
         <v>18</v>
       </c>
       <c r="H11" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
     </row>
     <row r="12" spans="1:8">
       <c r="A12" t="s">
         <v>23</v>
       </c>
       <c r="B12" t="s">
         <v>24</v>
       </c>
       <c r="C12"/>
       <c r="D12" t="s">
         <v>25</v>
       </c>
       <c r="E12" t="s">
         <v>17</v>
       </c>
       <c r="F12">
         <v>2024</v>
       </c>
       <c r="G12" t="s">
         <v>18</v>
       </c>
       <c r="H12" t="s">
-        <v>13</v>
+        <v>31</v>
       </c>
     </row>
     <row r="13" spans="1:8">
       <c r="A13" t="s">
         <v>23</v>
       </c>
       <c r="B13" t="s">
         <v>24</v>
       </c>
       <c r="C13"/>
       <c r="D13" t="s">
         <v>25</v>
       </c>
       <c r="E13" t="s">
         <v>17</v>
       </c>
       <c r="F13">
         <v>2024</v>
       </c>
       <c r="G13" t="s">
         <v>18</v>
       </c>
       <c r="H13" t="s">
         <v>32</v>
       </c>
@@ -3848,375 +3848,375 @@
       <c r="F15">
         <v>2024</v>
       </c>
       <c r="G15"/>
       <c r="H15" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="16" spans="1:8">
       <c r="A16" t="s">
         <v>36</v>
       </c>
       <c r="B16" t="s">
         <v>24</v>
       </c>
       <c r="C16"/>
       <c r="D16"/>
       <c r="E16" t="s">
         <v>17</v>
       </c>
       <c r="F16">
         <v>2024</v>
       </c>
       <c r="G16"/>
       <c r="H16" t="s">
-        <v>30</v>
+        <v>37</v>
       </c>
     </row>
     <row r="17" spans="1:8">
       <c r="A17" t="s">
         <v>36</v>
       </c>
       <c r="B17" t="s">
         <v>24</v>
       </c>
       <c r="C17"/>
       <c r="D17"/>
       <c r="E17" t="s">
         <v>17</v>
       </c>
       <c r="F17">
         <v>2024</v>
       </c>
       <c r="G17"/>
       <c r="H17" t="s">
-        <v>32</v>
+        <v>38</v>
       </c>
     </row>
     <row r="18" spans="1:8">
       <c r="A18" t="s">
         <v>36</v>
       </c>
       <c r="B18" t="s">
         <v>24</v>
       </c>
       <c r="C18"/>
       <c r="D18"/>
       <c r="E18" t="s">
         <v>17</v>
       </c>
       <c r="F18">
         <v>2024</v>
       </c>
       <c r="G18"/>
       <c r="H18" t="s">
-        <v>37</v>
+        <v>30</v>
       </c>
     </row>
     <row r="19" spans="1:8">
       <c r="A19" t="s">
         <v>36</v>
       </c>
       <c r="B19" t="s">
         <v>24</v>
       </c>
       <c r="C19"/>
       <c r="D19"/>
       <c r="E19" t="s">
         <v>17</v>
       </c>
       <c r="F19">
         <v>2024</v>
       </c>
       <c r="G19"/>
       <c r="H19" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
     </row>
     <row r="20" spans="1:8">
       <c r="A20" t="s">
         <v>36</v>
       </c>
       <c r="B20" t="s">
         <v>24</v>
       </c>
       <c r="C20"/>
       <c r="D20"/>
       <c r="E20" t="s">
         <v>17</v>
       </c>
       <c r="F20">
         <v>2024</v>
       </c>
       <c r="G20"/>
       <c r="H20" t="s">
-        <v>13</v>
+        <v>40</v>
       </c>
     </row>
     <row r="21" spans="1:8">
       <c r="A21" t="s">
         <v>36</v>
       </c>
       <c r="B21" t="s">
         <v>24</v>
       </c>
       <c r="C21"/>
       <c r="D21"/>
       <c r="E21" t="s">
         <v>17</v>
       </c>
       <c r="F21">
         <v>2024</v>
       </c>
       <c r="G21"/>
       <c r="H21" t="s">
-        <v>39</v>
+        <v>13</v>
       </c>
     </row>
     <row r="22" spans="1:8">
       <c r="A22" t="s">
         <v>36</v>
       </c>
       <c r="B22" t="s">
         <v>24</v>
       </c>
       <c r="C22"/>
       <c r="D22"/>
       <c r="E22" t="s">
         <v>17</v>
       </c>
       <c r="F22">
         <v>2024</v>
       </c>
       <c r="G22"/>
       <c r="H22" t="s">
-        <v>40</v>
+        <v>26</v>
       </c>
     </row>
     <row r="23" spans="1:8">
       <c r="A23" t="s">
         <v>41</v>
       </c>
       <c r="B23" t="s">
         <v>42</v>
       </c>
       <c r="C23" t="s">
         <v>43</v>
       </c>
       <c r="D23" t="s">
         <v>44</v>
       </c>
       <c r="E23" t="s">
         <v>12</v>
       </c>
       <c r="F23">
         <v>2024</v>
       </c>
       <c r="G23"/>
       <c r="H23"/>
     </row>
     <row r="24" spans="1:8">
       <c r="A24" t="s">
         <v>45</v>
       </c>
       <c r="B24" t="s">
         <v>9</v>
       </c>
       <c r="C24" t="s">
         <v>22</v>
       </c>
       <c r="D24" t="s">
         <v>44</v>
       </c>
       <c r="E24" t="s">
         <v>12</v>
       </c>
       <c r="F24">
         <v>2024</v>
       </c>
       <c r="G24" t="s">
         <v>18</v>
       </c>
       <c r="H24" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
     </row>
     <row r="25" spans="1:8">
       <c r="A25" t="s">
         <v>45</v>
       </c>
       <c r="B25" t="s">
         <v>9</v>
       </c>
       <c r="C25" t="s">
         <v>22</v>
       </c>
       <c r="D25" t="s">
         <v>44</v>
       </c>
       <c r="E25" t="s">
         <v>12</v>
       </c>
       <c r="F25">
         <v>2024</v>
       </c>
       <c r="G25" t="s">
         <v>18</v>
       </c>
       <c r="H25" t="s">
-        <v>26</v>
+        <v>13</v>
       </c>
     </row>
     <row r="26" spans="1:8">
       <c r="A26" t="s">
         <v>45</v>
       </c>
       <c r="B26" t="s">
         <v>9</v>
       </c>
       <c r="C26" t="s">
         <v>22</v>
       </c>
       <c r="D26" t="s">
         <v>44</v>
       </c>
       <c r="E26" t="s">
         <v>12</v>
       </c>
       <c r="F26">
         <v>2024</v>
       </c>
       <c r="G26" t="s">
         <v>18</v>
       </c>
       <c r="H26" t="s">
-        <v>13</v>
+        <v>29</v>
       </c>
     </row>
     <row r="27" spans="1:8">
       <c r="A27" t="s">
         <v>46</v>
       </c>
       <c r="B27" t="s">
         <v>9</v>
       </c>
       <c r="C27" t="s">
         <v>20</v>
       </c>
       <c r="D27" t="s">
         <v>44</v>
       </c>
       <c r="E27" t="s">
         <v>12</v>
       </c>
       <c r="F27">
         <v>2024</v>
       </c>
       <c r="G27" t="s">
         <v>18</v>
       </c>
       <c r="H27" t="s">
-        <v>47</v>
+        <v>39</v>
       </c>
     </row>
     <row r="28" spans="1:8">
       <c r="A28" t="s">
         <v>46</v>
       </c>
       <c r="B28" t="s">
         <v>9</v>
       </c>
       <c r="C28" t="s">
         <v>20</v>
       </c>
       <c r="D28" t="s">
         <v>44</v>
       </c>
       <c r="E28" t="s">
         <v>12</v>
       </c>
       <c r="F28">
         <v>2024</v>
       </c>
       <c r="G28" t="s">
         <v>18</v>
       </c>
       <c r="H28" t="s">
-        <v>13</v>
+        <v>47</v>
       </c>
     </row>
     <row r="29" spans="1:8">
       <c r="A29" t="s">
         <v>46</v>
       </c>
       <c r="B29" t="s">
         <v>9</v>
       </c>
       <c r="C29" t="s">
         <v>20</v>
       </c>
       <c r="D29" t="s">
         <v>44</v>
       </c>
       <c r="E29" t="s">
         <v>12</v>
       </c>
       <c r="F29">
         <v>2024</v>
       </c>
       <c r="G29" t="s">
         <v>18</v>
       </c>
       <c r="H29" t="s">
-        <v>37</v>
+        <v>40</v>
       </c>
     </row>
     <row r="30" spans="1:8">
       <c r="A30" t="s">
         <v>46</v>
       </c>
       <c r="B30" t="s">
         <v>9</v>
       </c>
       <c r="C30" t="s">
         <v>20</v>
       </c>
       <c r="D30" t="s">
         <v>44</v>
       </c>
       <c r="E30" t="s">
         <v>12</v>
       </c>
       <c r="F30">
         <v>2024</v>
       </c>
       <c r="G30" t="s">
         <v>18</v>
       </c>
       <c r="H30" t="s">
-        <v>39</v>
+        <v>13</v>
       </c>
     </row>
     <row r="31" spans="1:8">
       <c r="A31" t="s">
         <v>48</v>
       </c>
       <c r="B31" t="s">
         <v>49</v>
       </c>
       <c r="C31"/>
       <c r="D31" t="s">
         <v>50</v>
       </c>
       <c r="E31" t="s">
         <v>51</v>
       </c>
       <c r="F31">
         <v>2023</v>
       </c>
       <c r="G31" t="s">
         <v>52</v>
       </c>
       <c r="H31"/>
     </row>
     <row r="32" spans="1:8">
@@ -4584,51 +4584,51 @@
       <c r="H47" t="s">
         <v>87</v>
       </c>
     </row>
     <row r="48" spans="1:8">
       <c r="A48" t="s">
         <v>88</v>
       </c>
       <c r="B48" t="s">
         <v>89</v>
       </c>
       <c r="C48" t="s">
         <v>20</v>
       </c>
       <c r="D48" t="s">
         <v>60</v>
       </c>
       <c r="E48" t="s">
         <v>12</v>
       </c>
       <c r="F48">
         <v>2022</v>
       </c>
       <c r="G48"/>
       <c r="H48" t="s">
-        <v>32</v>
+        <v>30</v>
       </c>
     </row>
     <row r="49" spans="1:8">
       <c r="A49" t="s">
         <v>90</v>
       </c>
       <c r="B49" t="s">
         <v>91</v>
       </c>
       <c r="C49" t="s">
         <v>22</v>
       </c>
       <c r="D49" t="s">
         <v>44</v>
       </c>
       <c r="E49" t="s">
         <v>12</v>
       </c>
       <c r="F49">
         <v>2022</v>
       </c>
       <c r="G49"/>
       <c r="H49" t="s">
         <v>47</v>
       </c>
@@ -4656,51 +4656,51 @@
       <c r="H50"/>
     </row>
     <row r="51" spans="1:8">
       <c r="A51" t="s">
         <v>94</v>
       </c>
       <c r="B51" t="s">
         <v>95</v>
       </c>
       <c r="C51" t="s">
         <v>10</v>
       </c>
       <c r="D51" t="s">
         <v>11</v>
       </c>
       <c r="E51" t="s">
         <v>12</v>
       </c>
       <c r="F51">
         <v>2022</v>
       </c>
       <c r="G51" t="s">
         <v>18</v>
       </c>
       <c r="H51" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
     </row>
     <row r="52" spans="1:8">
       <c r="A52" t="s">
         <v>94</v>
       </c>
       <c r="B52" t="s">
         <v>95</v>
       </c>
       <c r="C52" t="s">
         <v>10</v>
       </c>
       <c r="D52" t="s">
         <v>11</v>
       </c>
       <c r="E52" t="s">
         <v>12</v>
       </c>
       <c r="F52">
         <v>2022</v>
       </c>
       <c r="G52" t="s">
         <v>18</v>
       </c>
       <c r="H52" t="s">
@@ -4708,51 +4708,51 @@
       </c>
     </row>
     <row r="53" spans="1:8">
       <c r="A53" t="s">
         <v>94</v>
       </c>
       <c r="B53" t="s">
         <v>95</v>
       </c>
       <c r="C53" t="s">
         <v>10</v>
       </c>
       <c r="D53" t="s">
         <v>11</v>
       </c>
       <c r="E53" t="s">
         <v>12</v>
       </c>
       <c r="F53">
         <v>2022</v>
       </c>
       <c r="G53" t="s">
         <v>18</v>
       </c>
       <c r="H53" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
     </row>
     <row r="54" spans="1:8">
       <c r="A54" t="s">
         <v>94</v>
       </c>
       <c r="B54" t="s">
         <v>95</v>
       </c>
       <c r="C54" t="s">
         <v>10</v>
       </c>
       <c r="D54" t="s">
         <v>11</v>
       </c>
       <c r="E54" t="s">
         <v>12</v>
       </c>
       <c r="F54">
         <v>2022</v>
       </c>
       <c r="G54" t="s">
         <v>18</v>
       </c>
       <c r="H54" t="s">
@@ -4898,51 +4898,51 @@
       <c r="H60" t="s">
         <v>68</v>
       </c>
     </row>
     <row r="61" spans="1:8">
       <c r="A61" t="s">
         <v>108</v>
       </c>
       <c r="B61" t="s">
         <v>109</v>
       </c>
       <c r="C61" t="s">
         <v>43</v>
       </c>
       <c r="D61" t="s">
         <v>44</v>
       </c>
       <c r="E61" t="s">
         <v>12</v>
       </c>
       <c r="F61">
         <v>2020</v>
       </c>
       <c r="G61"/>
       <c r="H61" t="s">
-        <v>28</v>
+        <v>31</v>
       </c>
     </row>
     <row r="62" spans="1:8">
       <c r="A62" t="s">
         <v>110</v>
       </c>
       <c r="B62" t="s">
         <v>111</v>
       </c>
       <c r="C62" t="s">
         <v>59</v>
       </c>
       <c r="D62" t="s">
         <v>60</v>
       </c>
       <c r="E62" t="s">
         <v>12</v>
       </c>
       <c r="F62">
         <v>2020</v>
       </c>
       <c r="G62" t="s">
         <v>18</v>
       </c>
       <c r="H62"/>
@@ -5324,75 +5324,75 @@
       <c r="H78" t="s">
         <v>68</v>
       </c>
     </row>
     <row r="79" spans="1:8">
       <c r="A79" t="s">
         <v>146</v>
       </c>
       <c r="B79" t="s">
         <v>147</v>
       </c>
       <c r="C79" t="s">
         <v>43</v>
       </c>
       <c r="D79" t="s">
         <v>44</v>
       </c>
       <c r="E79" t="s">
         <v>12</v>
       </c>
       <c r="F79">
         <v>2018</v>
       </c>
       <c r="G79"/>
       <c r="H79" t="s">
-        <v>26</v>
+        <v>29</v>
       </c>
     </row>
     <row r="80" spans="1:8">
       <c r="A80" t="s">
         <v>148</v>
       </c>
       <c r="B80" t="s">
         <v>149</v>
       </c>
       <c r="C80" t="s">
         <v>43</v>
       </c>
       <c r="D80" t="s">
         <v>44</v>
       </c>
       <c r="E80" t="s">
         <v>12</v>
       </c>
       <c r="F80">
         <v>2018</v>
       </c>
       <c r="G80"/>
       <c r="H80" t="s">
-        <v>28</v>
+        <v>31</v>
       </c>
     </row>
     <row r="81" spans="1:8">
       <c r="A81" t="s">
         <v>150</v>
       </c>
       <c r="B81" t="s">
         <v>151</v>
       </c>
       <c r="C81" t="s">
         <v>22</v>
       </c>
       <c r="D81" t="s">
         <v>44</v>
       </c>
       <c r="E81" t="s">
         <v>12</v>
       </c>
       <c r="F81">
         <v>2018</v>
       </c>
       <c r="G81"/>
       <c r="H81"/>
     </row>
     <row r="82" spans="1:8">
@@ -5544,51 +5544,51 @@
         <v>52</v>
       </c>
       <c r="H88"/>
     </row>
     <row r="89" spans="1:8">
       <c r="A89" t="s">
         <v>166</v>
       </c>
       <c r="B89" t="s">
         <v>167</v>
       </c>
       <c r="C89" t="s">
         <v>20</v>
       </c>
       <c r="D89" t="s">
         <v>44</v>
       </c>
       <c r="E89" t="s">
         <v>12</v>
       </c>
       <c r="F89">
         <v>2017</v>
       </c>
       <c r="G89"/>
       <c r="H89" t="s">
-        <v>40</v>
+        <v>37</v>
       </c>
     </row>
     <row r="90" spans="1:8">
       <c r="A90" t="s">
         <v>168</v>
       </c>
       <c r="B90" t="s">
         <v>169</v>
       </c>
       <c r="C90" t="s">
         <v>59</v>
       </c>
       <c r="D90" t="s">
         <v>60</v>
       </c>
       <c r="E90" t="s">
         <v>12</v>
       </c>
       <c r="F90">
         <v>2017</v>
       </c>
       <c r="G90"/>
       <c r="H90" t="s">
         <v>13</v>
       </c>
@@ -5746,99 +5746,99 @@
       </c>
       <c r="G97" t="s">
         <v>52</v>
       </c>
       <c r="H97"/>
     </row>
     <row r="98" spans="1:8">
       <c r="A98" t="s">
         <v>185</v>
       </c>
       <c r="B98" t="s">
         <v>186</v>
       </c>
       <c r="C98"/>
       <c r="D98" t="s">
         <v>25</v>
       </c>
       <c r="E98" t="s">
         <v>17</v>
       </c>
       <c r="F98">
         <v>2016</v>
       </c>
       <c r="G98"/>
       <c r="H98" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
     </row>
     <row r="99" spans="1:8">
       <c r="A99" t="s">
         <v>187</v>
       </c>
       <c r="B99" t="s">
         <v>188</v>
       </c>
       <c r="C99" t="s">
         <v>43</v>
       </c>
       <c r="D99" t="s">
         <v>44</v>
       </c>
       <c r="E99" t="s">
         <v>12</v>
       </c>
       <c r="F99">
         <v>2016</v>
       </c>
       <c r="G99"/>
       <c r="H99" t="s">
         <v>189</v>
       </c>
     </row>
     <row r="100" spans="1:8">
       <c r="A100" t="s">
         <v>190</v>
       </c>
       <c r="B100" t="s">
         <v>191</v>
       </c>
       <c r="C100" t="s">
         <v>43</v>
       </c>
       <c r="D100" t="s">
         <v>44</v>
       </c>
       <c r="E100" t="s">
         <v>12</v>
       </c>
       <c r="F100">
         <v>2016</v>
       </c>
       <c r="G100"/>
       <c r="H100" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
     </row>
     <row r="101" spans="1:8">
       <c r="A101" t="s">
         <v>192</v>
       </c>
       <c r="B101" t="s">
         <v>193</v>
       </c>
       <c r="C101" t="s">
         <v>59</v>
       </c>
       <c r="D101" t="s">
         <v>60</v>
       </c>
       <c r="E101" t="s">
         <v>12</v>
       </c>
       <c r="F101">
         <v>2016</v>
       </c>
       <c r="G101" t="s">
         <v>18</v>
       </c>
       <c r="H101"/>
@@ -5890,51 +5890,51 @@
       <c r="H103" t="s">
         <v>189</v>
       </c>
     </row>
     <row r="104" spans="1:8">
       <c r="A104" t="s">
         <v>198</v>
       </c>
       <c r="B104" t="s">
         <v>199</v>
       </c>
       <c r="C104" t="s">
         <v>43</v>
       </c>
       <c r="D104" t="s">
         <v>44</v>
       </c>
       <c r="E104" t="s">
         <v>12</v>
       </c>
       <c r="F104">
         <v>2016</v>
       </c>
       <c r="G104"/>
       <c r="H104" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
     </row>
     <row r="105" spans="1:8">
       <c r="A105" t="s">
         <v>200</v>
       </c>
       <c r="B105" t="s">
         <v>201</v>
       </c>
       <c r="C105" t="s">
         <v>43</v>
       </c>
       <c r="D105" t="s">
         <v>44</v>
       </c>
       <c r="E105" t="s">
         <v>12</v>
       </c>
       <c r="F105">
         <v>2016</v>
       </c>
       <c r="G105"/>
       <c r="H105"/>
     </row>
     <row r="106" spans="1:8">
@@ -6052,51 +6052,51 @@
       <c r="H110" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="111" spans="1:8">
       <c r="A111" t="s">
         <v>212</v>
       </c>
       <c r="B111" t="s">
         <v>213</v>
       </c>
       <c r="C111" t="s">
         <v>43</v>
       </c>
       <c r="D111" t="s">
         <v>44</v>
       </c>
       <c r="E111" t="s">
         <v>12</v>
       </c>
       <c r="F111">
         <v>2016</v>
       </c>
       <c r="G111"/>
       <c r="H111" t="s">
-        <v>26</v>
+        <v>29</v>
       </c>
     </row>
     <row r="112" spans="1:8">
       <c r="A112" t="s">
         <v>214</v>
       </c>
       <c r="B112" t="s">
         <v>215</v>
       </c>
       <c r="C112" t="s">
         <v>22</v>
       </c>
       <c r="D112" t="s">
         <v>44</v>
       </c>
       <c r="E112" t="s">
         <v>12</v>
       </c>
       <c r="F112">
         <v>2016</v>
       </c>
       <c r="G112"/>
       <c r="H112" t="s">
         <v>13</v>
       </c>
@@ -6214,99 +6214,99 @@
         <v>18</v>
       </c>
       <c r="H117"/>
     </row>
     <row r="118" spans="1:8">
       <c r="A118" t="s">
         <v>227</v>
       </c>
       <c r="B118" t="s">
         <v>228</v>
       </c>
       <c r="C118" t="s">
         <v>20</v>
       </c>
       <c r="D118" t="s">
         <v>44</v>
       </c>
       <c r="E118" t="s">
         <v>12</v>
       </c>
       <c r="F118">
         <v>2015</v>
       </c>
       <c r="G118"/>
       <c r="H118" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
     </row>
     <row r="119" spans="1:8">
       <c r="A119" t="s">
         <v>229</v>
       </c>
       <c r="B119" t="s">
         <v>230</v>
       </c>
       <c r="C119" t="s">
         <v>122</v>
       </c>
       <c r="D119" t="s">
         <v>60</v>
       </c>
       <c r="E119" t="s">
         <v>12</v>
       </c>
       <c r="F119">
         <v>2015</v>
       </c>
       <c r="G119" t="s">
         <v>18</v>
       </c>
       <c r="H119"/>
     </row>
     <row r="120" spans="1:8">
       <c r="A120" t="s">
         <v>231</v>
       </c>
       <c r="B120" t="s">
         <v>232</v>
       </c>
       <c r="C120" t="s">
         <v>20</v>
       </c>
       <c r="D120" t="s">
         <v>44</v>
       </c>
       <c r="E120" t="s">
         <v>12</v>
       </c>
       <c r="F120">
         <v>2015</v>
       </c>
       <c r="G120"/>
       <c r="H120" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
     </row>
     <row r="121" spans="1:8">
       <c r="A121" t="s">
         <v>233</v>
       </c>
       <c r="B121" t="s">
         <v>234</v>
       </c>
       <c r="C121" t="s">
         <v>43</v>
       </c>
       <c r="D121" t="s">
         <v>44</v>
       </c>
       <c r="E121" t="s">
         <v>12</v>
       </c>
       <c r="F121">
         <v>2015</v>
       </c>
       <c r="G121"/>
       <c r="H121"/>
     </row>
     <row r="122" spans="1:8">
@@ -6538,51 +6538,51 @@
       </c>
       <c r="G131"/>
       <c r="H131"/>
     </row>
     <row r="132" spans="1:8">
       <c r="A132" t="s">
         <v>255</v>
       </c>
       <c r="B132" t="s">
         <v>256</v>
       </c>
       <c r="C132" t="s">
         <v>43</v>
       </c>
       <c r="D132" t="s">
         <v>44</v>
       </c>
       <c r="E132" t="s">
         <v>12</v>
       </c>
       <c r="F132">
         <v>2014</v>
       </c>
       <c r="G132"/>
       <c r="H132" t="s">
-        <v>28</v>
+        <v>31</v>
       </c>
     </row>
     <row r="133" spans="1:8">
       <c r="A133" t="s">
         <v>257</v>
       </c>
       <c r="B133" t="s">
         <v>258</v>
       </c>
       <c r="C133" t="s">
         <v>22</v>
       </c>
       <c r="D133" t="s">
         <v>44</v>
       </c>
       <c r="E133" t="s">
         <v>12</v>
       </c>
       <c r="F133">
         <v>2014</v>
       </c>
       <c r="G133"/>
       <c r="H133" t="s">
         <v>47</v>
       </c>
@@ -6908,147 +6908,147 @@
       <c r="H147" t="s">
         <v>87</v>
       </c>
     </row>
     <row r="148" spans="1:8">
       <c r="A148" t="s">
         <v>288</v>
       </c>
       <c r="B148" t="s">
         <v>289</v>
       </c>
       <c r="C148" t="s">
         <v>22</v>
       </c>
       <c r="D148" t="s">
         <v>44</v>
       </c>
       <c r="E148" t="s">
         <v>12</v>
       </c>
       <c r="F148">
         <v>2013</v>
       </c>
       <c r="G148"/>
       <c r="H148" t="s">
-        <v>30</v>
+        <v>26</v>
       </c>
     </row>
     <row r="149" spans="1:8">
       <c r="A149" t="s">
         <v>290</v>
       </c>
       <c r="B149" t="s">
         <v>291</v>
       </c>
       <c r="C149" t="s">
         <v>22</v>
       </c>
       <c r="D149" t="s">
         <v>44</v>
       </c>
       <c r="E149" t="s">
         <v>12</v>
       </c>
       <c r="F149">
         <v>2013</v>
       </c>
       <c r="G149"/>
       <c r="H149" t="s">
         <v>68</v>
       </c>
     </row>
     <row r="150" spans="1:8">
       <c r="A150" t="s">
         <v>292</v>
       </c>
       <c r="B150" t="s">
         <v>293</v>
       </c>
       <c r="C150" t="s">
         <v>182</v>
       </c>
       <c r="D150" t="s">
         <v>44</v>
       </c>
       <c r="E150" t="s">
         <v>12</v>
       </c>
       <c r="F150">
         <v>2013</v>
       </c>
       <c r="G150"/>
       <c r="H150" t="s">
-        <v>26</v>
+        <v>29</v>
       </c>
     </row>
     <row r="151" spans="1:8">
       <c r="A151" t="s">
         <v>294</v>
       </c>
       <c r="B151" t="s">
         <v>295</v>
       </c>
       <c r="C151" t="s">
         <v>22</v>
       </c>
       <c r="D151" t="s">
         <v>44</v>
       </c>
       <c r="E151" t="s">
         <v>12</v>
       </c>
       <c r="F151">
         <v>2013</v>
       </c>
       <c r="G151"/>
       <c r="H151" t="s">
-        <v>26</v>
+        <v>29</v>
       </c>
     </row>
     <row r="152" spans="1:8">
       <c r="A152" t="s">
         <v>296</v>
       </c>
       <c r="B152" t="s">
         <v>297</v>
       </c>
       <c r="C152" t="s">
         <v>182</v>
       </c>
       <c r="D152" t="s">
         <v>44</v>
       </c>
       <c r="E152" t="s">
         <v>12</v>
       </c>
       <c r="F152">
         <v>2013</v>
       </c>
       <c r="G152"/>
       <c r="H152" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
     </row>
     <row r="153" spans="1:8">
       <c r="A153" t="s">
         <v>298</v>
       </c>
       <c r="B153" t="s">
         <v>299</v>
       </c>
       <c r="C153" t="s">
         <v>22</v>
       </c>
       <c r="D153" t="s">
         <v>44</v>
       </c>
       <c r="E153" t="s">
         <v>12</v>
       </c>
       <c r="F153">
         <v>2013</v>
       </c>
       <c r="G153"/>
       <c r="H153" t="s">
         <v>283</v>
       </c>
@@ -7100,75 +7100,75 @@
       <c r="H155" t="s">
         <v>82</v>
       </c>
     </row>
     <row r="156" spans="1:8">
       <c r="A156" t="s">
         <v>304</v>
       </c>
       <c r="B156" t="s">
         <v>305</v>
       </c>
       <c r="C156" t="s">
         <v>43</v>
       </c>
       <c r="D156" t="s">
         <v>44</v>
       </c>
       <c r="E156" t="s">
         <v>12</v>
       </c>
       <c r="F156">
         <v>2013</v>
       </c>
       <c r="G156"/>
       <c r="H156" t="s">
-        <v>26</v>
+        <v>29</v>
       </c>
     </row>
     <row r="157" spans="1:8">
       <c r="A157" t="s">
         <v>306</v>
       </c>
       <c r="B157" t="s">
         <v>307</v>
       </c>
       <c r="C157" t="s">
         <v>20</v>
       </c>
       <c r="D157" t="s">
         <v>44</v>
       </c>
       <c r="E157" t="s">
         <v>12</v>
       </c>
       <c r="F157">
         <v>2013</v>
       </c>
       <c r="G157"/>
       <c r="H157" t="s">
-        <v>40</v>
+        <v>37</v>
       </c>
     </row>
     <row r="158" spans="1:8">
       <c r="A158" t="s">
         <v>308</v>
       </c>
       <c r="B158" t="s">
         <v>309</v>
       </c>
       <c r="C158" t="s">
         <v>22</v>
       </c>
       <c r="D158" t="s">
         <v>44</v>
       </c>
       <c r="E158" t="s">
         <v>12</v>
       </c>
       <c r="F158">
         <v>2013</v>
       </c>
       <c r="G158"/>
       <c r="H158" t="s">
         <v>68</v>
       </c>
@@ -7196,75 +7196,75 @@
       <c r="H159" t="s">
         <v>82</v>
       </c>
     </row>
     <row r="160" spans="1:8">
       <c r="A160" t="s">
         <v>312</v>
       </c>
       <c r="B160" t="s">
         <v>313</v>
       </c>
       <c r="C160" t="s">
         <v>22</v>
       </c>
       <c r="D160" t="s">
         <v>44</v>
       </c>
       <c r="E160" t="s">
         <v>12</v>
       </c>
       <c r="F160">
         <v>2013</v>
       </c>
       <c r="G160"/>
       <c r="H160" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
     </row>
     <row r="161" spans="1:8">
       <c r="A161" t="s">
         <v>314</v>
       </c>
       <c r="B161" t="s">
         <v>315</v>
       </c>
       <c r="C161" t="s">
         <v>43</v>
       </c>
       <c r="D161" t="s">
         <v>44</v>
       </c>
       <c r="E161" t="s">
         <v>12</v>
       </c>
       <c r="F161">
         <v>2013</v>
       </c>
       <c r="G161"/>
       <c r="H161" t="s">
-        <v>32</v>
+        <v>30</v>
       </c>
     </row>
     <row r="162" spans="1:8">
       <c r="A162" t="s">
         <v>316</v>
       </c>
       <c r="B162" t="s">
         <v>317</v>
       </c>
       <c r="C162" t="s">
         <v>43</v>
       </c>
       <c r="D162" t="s">
         <v>44</v>
       </c>
       <c r="E162" t="s">
         <v>12</v>
       </c>
       <c r="F162">
         <v>2013</v>
       </c>
       <c r="G162"/>
       <c r="H162" t="s">
         <v>13</v>
       </c>
@@ -7362,51 +7362,51 @@
       <c r="H166" t="s">
         <v>189</v>
       </c>
     </row>
     <row r="167" spans="1:8">
       <c r="A167" t="s">
         <v>326</v>
       </c>
       <c r="B167" t="s">
         <v>327</v>
       </c>
       <c r="C167" t="s">
         <v>22</v>
       </c>
       <c r="D167" t="s">
         <v>44</v>
       </c>
       <c r="E167" t="s">
         <v>12</v>
       </c>
       <c r="F167">
         <v>2012</v>
       </c>
       <c r="G167"/>
       <c r="H167" t="s">
-        <v>30</v>
+        <v>26</v>
       </c>
     </row>
     <row r="168" spans="1:8">
       <c r="A168" t="s">
         <v>328</v>
       </c>
       <c r="B168" t="s">
         <v>329</v>
       </c>
       <c r="C168" t="s">
         <v>43</v>
       </c>
       <c r="D168" t="s">
         <v>44</v>
       </c>
       <c r="E168" t="s">
         <v>12</v>
       </c>
       <c r="F168">
         <v>2012</v>
       </c>
       <c r="G168"/>
       <c r="H168" t="s">
         <v>82</v>
       </c>
@@ -7434,99 +7434,99 @@
       <c r="H169" t="s">
         <v>68</v>
       </c>
     </row>
     <row r="170" spans="1:8">
       <c r="A170" t="s">
         <v>332</v>
       </c>
       <c r="B170" t="s">
         <v>333</v>
       </c>
       <c r="C170" t="s">
         <v>22</v>
       </c>
       <c r="D170" t="s">
         <v>44</v>
       </c>
       <c r="E170" t="s">
         <v>12</v>
       </c>
       <c r="F170">
         <v>2012</v>
       </c>
       <c r="G170"/>
       <c r="H170" t="s">
-        <v>26</v>
+        <v>29</v>
       </c>
     </row>
     <row r="171" spans="1:8">
       <c r="A171" t="s">
         <v>334</v>
       </c>
       <c r="B171" t="s">
         <v>335</v>
       </c>
       <c r="C171" t="s">
         <v>182</v>
       </c>
       <c r="D171" t="s">
         <v>44</v>
       </c>
       <c r="E171" t="s">
         <v>12</v>
       </c>
       <c r="F171">
         <v>2012</v>
       </c>
       <c r="G171"/>
       <c r="H171" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
     </row>
     <row r="172" spans="1:8">
       <c r="A172" t="s">
         <v>336</v>
       </c>
       <c r="B172" t="s">
         <v>337</v>
       </c>
       <c r="C172" t="s">
         <v>43</v>
       </c>
       <c r="D172" t="s">
         <v>44</v>
       </c>
       <c r="E172" t="s">
         <v>12</v>
       </c>
       <c r="F172">
         <v>2012</v>
       </c>
       <c r="G172"/>
       <c r="H172" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
     </row>
     <row r="173" spans="1:8">
       <c r="A173" t="s">
         <v>338</v>
       </c>
       <c r="B173" t="s">
         <v>339</v>
       </c>
       <c r="C173" t="s">
         <v>59</v>
       </c>
       <c r="D173" t="s">
         <v>60</v>
       </c>
       <c r="E173" t="s">
         <v>12</v>
       </c>
       <c r="F173">
         <v>2012</v>
       </c>
       <c r="G173" t="s">
         <v>18</v>
       </c>
       <c r="H173"/>
@@ -7828,51 +7828,51 @@
       <c r="H186" t="s">
         <v>283</v>
       </c>
     </row>
     <row r="187" spans="1:8">
       <c r="A187" t="s">
         <v>365</v>
       </c>
       <c r="B187" t="s">
         <v>366</v>
       </c>
       <c r="C187" t="s">
         <v>22</v>
       </c>
       <c r="D187" t="s">
         <v>44</v>
       </c>
       <c r="E187" t="s">
         <v>12</v>
       </c>
       <c r="F187">
         <v>2011</v>
       </c>
       <c r="G187"/>
       <c r="H187" t="s">
-        <v>26</v>
+        <v>29</v>
       </c>
     </row>
     <row r="188" spans="1:8">
       <c r="A188" t="s">
         <v>367</v>
       </c>
       <c r="B188" t="s">
         <v>368</v>
       </c>
       <c r="C188" t="s">
         <v>20</v>
       </c>
       <c r="D188" t="s">
         <v>44</v>
       </c>
       <c r="E188" t="s">
         <v>12</v>
       </c>
       <c r="F188">
         <v>2011</v>
       </c>
       <c r="G188"/>
       <c r="H188" t="s">
         <v>261</v>
       </c>
@@ -7900,75 +7900,75 @@
       <c r="H189" t="s">
         <v>82</v>
       </c>
     </row>
     <row r="190" spans="1:8">
       <c r="A190" t="s">
         <v>371</v>
       </c>
       <c r="B190" t="s">
         <v>372</v>
       </c>
       <c r="C190" t="s">
         <v>43</v>
       </c>
       <c r="D190" t="s">
         <v>44</v>
       </c>
       <c r="E190" t="s">
         <v>12</v>
       </c>
       <c r="F190">
         <v>2011</v>
       </c>
       <c r="G190"/>
       <c r="H190" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
     </row>
     <row r="191" spans="1:8">
       <c r="A191" t="s">
         <v>373</v>
       </c>
       <c r="B191" t="s">
         <v>374</v>
       </c>
       <c r="C191" t="s">
         <v>22</v>
       </c>
       <c r="D191" t="s">
         <v>44</v>
       </c>
       <c r="E191" t="s">
         <v>12</v>
       </c>
       <c r="F191">
         <v>2011</v>
       </c>
       <c r="G191"/>
       <c r="H191" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
     </row>
     <row r="192" spans="1:8">
       <c r="A192" t="s">
         <v>375</v>
       </c>
       <c r="B192" t="s">
         <v>376</v>
       </c>
       <c r="C192" t="s">
         <v>43</v>
       </c>
       <c r="D192" t="s">
         <v>44</v>
       </c>
       <c r="E192" t="s">
         <v>12</v>
       </c>
       <c r="F192">
         <v>2011</v>
       </c>
       <c r="G192"/>
       <c r="H192" t="s">
         <v>47</v>
       </c>
@@ -8112,99 +8112,99 @@
       </c>
       <c r="G198"/>
       <c r="H198" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="199" spans="1:8">
       <c r="A199" t="s">
         <v>388</v>
       </c>
       <c r="B199" t="s">
         <v>389</v>
       </c>
       <c r="C199"/>
       <c r="D199" t="s">
         <v>25</v>
       </c>
       <c r="E199" t="s">
         <v>17</v>
       </c>
       <c r="F199">
         <v>2010</v>
       </c>
       <c r="G199"/>
       <c r="H199" t="s">
-        <v>28</v>
+        <v>31</v>
       </c>
     </row>
     <row r="200" spans="1:8">
       <c r="A200" t="s">
         <v>390</v>
       </c>
       <c r="B200" t="s">
         <v>391</v>
       </c>
       <c r="C200" t="s">
         <v>22</v>
       </c>
       <c r="D200" t="s">
         <v>44</v>
       </c>
       <c r="E200" t="s">
         <v>12</v>
       </c>
       <c r="F200">
         <v>2010</v>
       </c>
       <c r="G200"/>
       <c r="H200" t="s">
         <v>189</v>
       </c>
     </row>
     <row r="201" spans="1:8">
       <c r="A201" t="s">
         <v>392</v>
       </c>
       <c r="B201" t="s">
         <v>393</v>
       </c>
       <c r="C201" t="s">
         <v>43</v>
       </c>
       <c r="D201" t="s">
         <v>44</v>
       </c>
       <c r="E201" t="s">
         <v>12</v>
       </c>
       <c r="F201">
         <v>2010</v>
       </c>
       <c r="G201"/>
       <c r="H201" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
     </row>
     <row r="202" spans="1:8">
       <c r="A202" t="s">
         <v>394</v>
       </c>
       <c r="B202" t="s">
         <v>395</v>
       </c>
       <c r="C202" t="s">
         <v>43</v>
       </c>
       <c r="D202" t="s">
         <v>44</v>
       </c>
       <c r="E202" t="s">
         <v>12</v>
       </c>
       <c r="F202">
         <v>2010</v>
       </c>
       <c r="G202"/>
       <c r="H202" t="s">
         <v>13</v>
       </c>
@@ -8492,147 +8492,147 @@
       <c r="H214" t="s">
         <v>68</v>
       </c>
     </row>
     <row r="215" spans="1:8">
       <c r="A215" t="s">
         <v>421</v>
       </c>
       <c r="B215" t="s">
         <v>422</v>
       </c>
       <c r="C215" t="s">
         <v>22</v>
       </c>
       <c r="D215" t="s">
         <v>44</v>
       </c>
       <c r="E215" t="s">
         <v>12</v>
       </c>
       <c r="F215">
         <v>2009</v>
       </c>
       <c r="G215"/>
       <c r="H215" t="s">
-        <v>26</v>
+        <v>29</v>
       </c>
     </row>
     <row r="216" spans="1:8">
       <c r="A216" t="s">
         <v>423</v>
       </c>
       <c r="B216" t="s">
         <v>424</v>
       </c>
       <c r="C216" t="s">
         <v>22</v>
       </c>
       <c r="D216" t="s">
         <v>44</v>
       </c>
       <c r="E216" t="s">
         <v>12</v>
       </c>
       <c r="F216">
         <v>2009</v>
       </c>
       <c r="G216"/>
       <c r="H216" t="s">
-        <v>26</v>
+        <v>29</v>
       </c>
     </row>
     <row r="217" spans="1:8">
       <c r="A217" t="s">
         <v>425</v>
       </c>
       <c r="B217" t="s">
         <v>426</v>
       </c>
       <c r="C217" t="s">
         <v>20</v>
       </c>
       <c r="D217" t="s">
         <v>44</v>
       </c>
       <c r="E217" t="s">
         <v>12</v>
       </c>
       <c r="F217">
         <v>2009</v>
       </c>
       <c r="G217"/>
       <c r="H217" t="s">
-        <v>40</v>
+        <v>37</v>
       </c>
     </row>
     <row r="218" spans="1:8">
       <c r="A218" t="s">
         <v>427</v>
       </c>
       <c r="B218" t="s">
         <v>428</v>
       </c>
       <c r="C218" t="s">
         <v>20</v>
       </c>
       <c r="D218" t="s">
         <v>44</v>
       </c>
       <c r="E218" t="s">
         <v>12</v>
       </c>
       <c r="F218">
         <v>2009</v>
       </c>
       <c r="G218"/>
       <c r="H218" t="s">
-        <v>40</v>
+        <v>37</v>
       </c>
     </row>
     <row r="219" spans="1:8">
       <c r="A219" t="s">
         <v>429</v>
       </c>
       <c r="B219" t="s">
         <v>430</v>
       </c>
       <c r="C219" t="s">
         <v>43</v>
       </c>
       <c r="D219" t="s">
         <v>44</v>
       </c>
       <c r="E219" t="s">
         <v>12</v>
       </c>
       <c r="F219">
         <v>2009</v>
       </c>
       <c r="G219"/>
       <c r="H219" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
     </row>
     <row r="220" spans="1:8">
       <c r="A220" t="s">
         <v>431</v>
       </c>
       <c r="B220" t="s">
         <v>432</v>
       </c>
       <c r="C220" t="s">
         <v>43</v>
       </c>
       <c r="D220" t="s">
         <v>44</v>
       </c>
       <c r="E220" t="s">
         <v>12</v>
       </c>
       <c r="F220">
         <v>2009</v>
       </c>
       <c r="G220"/>
       <c r="H220" t="s">
         <v>68</v>
       </c>
@@ -8912,71 +8912,71 @@
       </c>
       <c r="G232"/>
       <c r="H232" t="s">
         <v>283</v>
       </c>
     </row>
     <row r="233" spans="1:8">
       <c r="A233" t="s">
         <v>457</v>
       </c>
       <c r="B233" t="s">
         <v>458</v>
       </c>
       <c r="C233"/>
       <c r="D233" t="s">
         <v>224</v>
       </c>
       <c r="E233" t="s">
         <v>17</v>
       </c>
       <c r="F233">
         <v>2008</v>
       </c>
       <c r="G233"/>
       <c r="H233" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
     </row>
     <row r="234" spans="1:8">
       <c r="A234" t="s">
         <v>459</v>
       </c>
       <c r="B234" t="s">
         <v>460</v>
       </c>
       <c r="C234"/>
       <c r="D234"/>
       <c r="E234" t="s">
         <v>17</v>
       </c>
       <c r="F234">
         <v>2008</v>
       </c>
       <c r="G234"/>
       <c r="H234" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
     </row>
     <row r="235" spans="1:8">
       <c r="A235" t="s">
         <v>461</v>
       </c>
       <c r="B235" t="s">
         <v>462</v>
       </c>
       <c r="C235" t="s">
         <v>43</v>
       </c>
       <c r="D235" t="s">
         <v>44</v>
       </c>
       <c r="E235" t="s">
         <v>12</v>
       </c>
       <c r="F235">
         <v>2008</v>
       </c>
       <c r="G235"/>
       <c r="H235" t="s">
         <v>13</v>
       </c>
@@ -9004,51 +9004,51 @@
       <c r="H236" t="s">
         <v>87</v>
       </c>
     </row>
     <row r="237" spans="1:8">
       <c r="A237" t="s">
         <v>465</v>
       </c>
       <c r="B237" t="s">
         <v>466</v>
       </c>
       <c r="C237" t="s">
         <v>43</v>
       </c>
       <c r="D237" t="s">
         <v>44</v>
       </c>
       <c r="E237" t="s">
         <v>12</v>
       </c>
       <c r="F237">
         <v>2008</v>
       </c>
       <c r="G237"/>
       <c r="H237" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
     </row>
     <row r="238" spans="1:8">
       <c r="A238" t="s">
         <v>467</v>
       </c>
       <c r="B238" t="s">
         <v>468</v>
       </c>
       <c r="C238" t="s">
         <v>43</v>
       </c>
       <c r="D238" t="s">
         <v>44</v>
       </c>
       <c r="E238" t="s">
         <v>12</v>
       </c>
       <c r="F238">
         <v>2008</v>
       </c>
       <c r="G238"/>
       <c r="H238" t="s">
         <v>283</v>
       </c>
@@ -9076,291 +9076,291 @@
       <c r="H239" t="s">
         <v>68</v>
       </c>
     </row>
     <row r="240" spans="1:8">
       <c r="A240" t="s">
         <v>471</v>
       </c>
       <c r="B240" t="s">
         <v>472</v>
       </c>
       <c r="C240" t="s">
         <v>22</v>
       </c>
       <c r="D240" t="s">
         <v>44</v>
       </c>
       <c r="E240" t="s">
         <v>12</v>
       </c>
       <c r="F240">
         <v>2008</v>
       </c>
       <c r="G240"/>
       <c r="H240" t="s">
-        <v>26</v>
+        <v>29</v>
       </c>
     </row>
     <row r="241" spans="1:8">
       <c r="A241" t="s">
         <v>473</v>
       </c>
       <c r="B241" t="s">
         <v>474</v>
       </c>
       <c r="C241" t="s">
         <v>22</v>
       </c>
       <c r="D241" t="s">
         <v>44</v>
       </c>
       <c r="E241" t="s">
         <v>12</v>
       </c>
       <c r="F241">
         <v>2008</v>
       </c>
       <c r="G241"/>
       <c r="H241" t="s">
-        <v>26</v>
+        <v>29</v>
       </c>
     </row>
     <row r="242" spans="1:8">
       <c r="A242" t="s">
         <v>475</v>
       </c>
       <c r="B242" t="s">
         <v>476</v>
       </c>
       <c r="C242" t="s">
         <v>22</v>
       </c>
       <c r="D242" t="s">
         <v>44</v>
       </c>
       <c r="E242" t="s">
         <v>12</v>
       </c>
       <c r="F242">
         <v>2008</v>
       </c>
       <c r="G242"/>
       <c r="H242" t="s">
-        <v>26</v>
+        <v>29</v>
       </c>
     </row>
     <row r="243" spans="1:8">
       <c r="A243" t="s">
         <v>477</v>
       </c>
       <c r="B243" t="s">
         <v>478</v>
       </c>
       <c r="C243" t="s">
         <v>20</v>
       </c>
       <c r="D243" t="s">
         <v>44</v>
       </c>
       <c r="E243" t="s">
         <v>12</v>
       </c>
       <c r="F243">
         <v>2008</v>
       </c>
       <c r="G243"/>
       <c r="H243" t="s">
-        <v>40</v>
+        <v>37</v>
       </c>
     </row>
     <row r="244" spans="1:8">
       <c r="A244" t="s">
         <v>479</v>
       </c>
       <c r="B244" t="s">
         <v>480</v>
       </c>
       <c r="C244" t="s">
         <v>20</v>
       </c>
       <c r="D244" t="s">
         <v>44</v>
       </c>
       <c r="E244" t="s">
         <v>12</v>
       </c>
       <c r="F244">
         <v>2008</v>
       </c>
       <c r="G244"/>
       <c r="H244" t="s">
-        <v>40</v>
+        <v>37</v>
       </c>
     </row>
     <row r="245" spans="1:8">
       <c r="A245" t="s">
         <v>481</v>
       </c>
       <c r="B245" t="s">
         <v>482</v>
       </c>
       <c r="C245" t="s">
         <v>20</v>
       </c>
       <c r="D245" t="s">
         <v>44</v>
       </c>
       <c r="E245" t="s">
         <v>12</v>
       </c>
       <c r="F245">
         <v>2008</v>
       </c>
       <c r="G245"/>
       <c r="H245" t="s">
-        <v>40</v>
+        <v>37</v>
       </c>
     </row>
     <row r="246" spans="1:8">
       <c r="A246" t="s">
         <v>483</v>
       </c>
       <c r="B246" t="s">
         <v>484</v>
       </c>
       <c r="C246" t="s">
         <v>43</v>
       </c>
       <c r="D246" t="s">
         <v>44</v>
       </c>
       <c r="E246" t="s">
         <v>12</v>
       </c>
       <c r="F246">
         <v>2008</v>
       </c>
       <c r="G246"/>
       <c r="H246" t="s">
         <v>82</v>
       </c>
     </row>
     <row r="247" spans="1:8">
       <c r="A247" t="s">
         <v>485</v>
       </c>
       <c r="B247" t="s">
         <v>486</v>
       </c>
       <c r="C247" t="s">
         <v>43</v>
       </c>
       <c r="D247" t="s">
         <v>44</v>
       </c>
       <c r="E247" t="s">
         <v>12</v>
       </c>
       <c r="F247">
         <v>2008</v>
       </c>
       <c r="G247"/>
       <c r="H247" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
     </row>
     <row r="248" spans="1:8">
       <c r="A248" t="s">
         <v>487</v>
       </c>
       <c r="B248" t="s">
         <v>466</v>
       </c>
       <c r="C248" t="s">
         <v>43</v>
       </c>
       <c r="D248" t="s">
         <v>44</v>
       </c>
       <c r="E248" t="s">
         <v>12</v>
       </c>
       <c r="F248">
         <v>2008</v>
       </c>
       <c r="G248"/>
       <c r="H248" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
     </row>
     <row r="249" spans="1:8">
       <c r="A249" t="s">
         <v>488</v>
       </c>
       <c r="B249" t="s">
         <v>489</v>
       </c>
       <c r="C249" t="s">
         <v>20</v>
       </c>
       <c r="D249" t="s">
         <v>44</v>
       </c>
       <c r="E249" t="s">
         <v>12</v>
       </c>
       <c r="F249">
         <v>2008</v>
       </c>
       <c r="G249"/>
       <c r="H249" t="s">
-        <v>40</v>
+        <v>37</v>
       </c>
     </row>
     <row r="250" spans="1:8">
       <c r="A250" t="s">
         <v>490</v>
       </c>
       <c r="B250" t="s">
         <v>232</v>
       </c>
       <c r="C250" t="s">
         <v>43</v>
       </c>
       <c r="D250" t="s">
         <v>44</v>
       </c>
       <c r="E250" t="s">
         <v>12</v>
       </c>
       <c r="F250">
         <v>2008</v>
       </c>
       <c r="G250"/>
       <c r="H250" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
     </row>
     <row r="251" spans="1:8">
       <c r="A251" t="s">
         <v>491</v>
       </c>
       <c r="B251" t="s">
         <v>492</v>
       </c>
       <c r="C251" t="s">
         <v>22</v>
       </c>
       <c r="D251" t="s">
         <v>44</v>
       </c>
       <c r="E251" t="s">
         <v>12</v>
       </c>
       <c r="F251">
         <v>2008</v>
       </c>
       <c r="G251"/>
       <c r="H251" t="s">
         <v>68</v>
       </c>
@@ -9524,73 +9524,73 @@
       </c>
       <c r="G258" t="s">
         <v>18</v>
       </c>
       <c r="H258"/>
     </row>
     <row r="259" spans="1:8">
       <c r="A259" t="s">
         <v>507</v>
       </c>
       <c r="B259" t="s">
         <v>508</v>
       </c>
       <c r="C259"/>
       <c r="D259" t="s">
         <v>25</v>
       </c>
       <c r="E259" t="s">
         <v>17</v>
       </c>
       <c r="F259">
         <v>2007</v>
       </c>
       <c r="G259"/>
       <c r="H259" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
     </row>
     <row r="260" spans="1:8">
       <c r="A260" t="s">
         <v>509</v>
       </c>
       <c r="B260" t="s">
         <v>510</v>
       </c>
       <c r="C260"/>
       <c r="D260" t="s">
         <v>25</v>
       </c>
       <c r="E260" t="s">
         <v>17</v>
       </c>
       <c r="F260">
         <v>2007</v>
       </c>
       <c r="G260"/>
       <c r="H260" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
     </row>
     <row r="261" spans="1:8">
       <c r="A261" t="s">
         <v>511</v>
       </c>
       <c r="B261" t="s">
         <v>512</v>
       </c>
       <c r="C261" t="s">
         <v>43</v>
       </c>
       <c r="D261" t="s">
         <v>44</v>
       </c>
       <c r="E261" t="s">
         <v>12</v>
       </c>
       <c r="F261">
         <v>2007</v>
       </c>
       <c r="G261"/>
       <c r="H261" t="s">
         <v>283</v>
       </c>
@@ -9666,75 +9666,75 @@
       <c r="H264" t="s">
         <v>82</v>
       </c>
     </row>
     <row r="265" spans="1:8">
       <c r="A265" t="s">
         <v>519</v>
       </c>
       <c r="B265" t="s">
         <v>520</v>
       </c>
       <c r="C265" t="s">
         <v>20</v>
       </c>
       <c r="D265" t="s">
         <v>44</v>
       </c>
       <c r="E265" t="s">
         <v>12</v>
       </c>
       <c r="F265">
         <v>2007</v>
       </c>
       <c r="G265"/>
       <c r="H265" t="s">
-        <v>40</v>
+        <v>37</v>
       </c>
     </row>
     <row r="266" spans="1:8">
       <c r="A266" t="s">
         <v>521</v>
       </c>
       <c r="B266" t="s">
         <v>522</v>
       </c>
       <c r="C266" t="s">
         <v>20</v>
       </c>
       <c r="D266" t="s">
         <v>44</v>
       </c>
       <c r="E266" t="s">
         <v>12</v>
       </c>
       <c r="F266">
         <v>2007</v>
       </c>
       <c r="G266"/>
       <c r="H266" t="s">
-        <v>40</v>
+        <v>37</v>
       </c>
     </row>
     <row r="267" spans="1:8">
       <c r="A267" t="s">
         <v>523</v>
       </c>
       <c r="B267" t="s">
         <v>524</v>
       </c>
       <c r="C267" t="s">
         <v>22</v>
       </c>
       <c r="D267" t="s">
         <v>44</v>
       </c>
       <c r="E267" t="s">
         <v>12</v>
       </c>
       <c r="F267">
         <v>2007</v>
       </c>
       <c r="G267" t="s">
         <v>525</v>
       </c>
       <c r="H267" t="s">
@@ -9812,97 +9812,97 @@
       <c r="H270" t="s">
         <v>47</v>
       </c>
     </row>
     <row r="271" spans="1:8">
       <c r="A271" t="s">
         <v>521</v>
       </c>
       <c r="B271" t="s">
         <v>522</v>
       </c>
       <c r="C271" t="s">
         <v>20</v>
       </c>
       <c r="D271" t="s">
         <v>44</v>
       </c>
       <c r="E271" t="s">
         <v>12</v>
       </c>
       <c r="F271">
         <v>2007</v>
       </c>
       <c r="G271"/>
       <c r="H271" t="s">
-        <v>40</v>
+        <v>37</v>
       </c>
     </row>
     <row r="272" spans="1:8">
       <c r="A272" t="s">
         <v>532</v>
       </c>
       <c r="B272" t="s">
         <v>533</v>
       </c>
       <c r="C272" t="s">
         <v>43</v>
       </c>
       <c r="D272" t="s">
         <v>44</v>
       </c>
       <c r="E272" t="s">
         <v>12</v>
       </c>
       <c r="F272">
         <v>2007</v>
       </c>
       <c r="G272"/>
       <c r="H272"/>
     </row>
     <row r="273" spans="1:8">
       <c r="A273" t="s">
         <v>534</v>
       </c>
       <c r="B273" t="s">
         <v>535</v>
       </c>
       <c r="C273" t="s">
         <v>22</v>
       </c>
       <c r="D273" t="s">
         <v>44</v>
       </c>
       <c r="E273" t="s">
         <v>12</v>
       </c>
       <c r="F273">
         <v>2007</v>
       </c>
       <c r="G273"/>
       <c r="H273" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
     </row>
     <row r="274" spans="1:8">
       <c r="A274" t="s">
         <v>536</v>
       </c>
       <c r="B274" t="s">
         <v>537</v>
       </c>
       <c r="C274" t="s">
         <v>43</v>
       </c>
       <c r="D274" t="s">
         <v>44</v>
       </c>
       <c r="E274" t="s">
         <v>12</v>
       </c>
       <c r="F274">
         <v>2007</v>
       </c>
       <c r="G274"/>
       <c r="H274" t="s">
         <v>82</v>
       </c>
@@ -9998,51 +9998,51 @@
       </c>
       <c r="G278"/>
       <c r="H278" t="s">
         <v>82</v>
       </c>
     </row>
     <row r="279" spans="1:8">
       <c r="A279" t="s">
         <v>545</v>
       </c>
       <c r="B279" t="s">
         <v>546</v>
       </c>
       <c r="C279"/>
       <c r="D279" t="s">
         <v>25</v>
       </c>
       <c r="E279" t="s">
         <v>17</v>
       </c>
       <c r="F279">
         <v>2006</v>
       </c>
       <c r="G279"/>
       <c r="H279" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
     </row>
     <row r="280" spans="1:8">
       <c r="A280" t="s">
         <v>547</v>
       </c>
       <c r="B280" t="s">
         <v>548</v>
       </c>
       <c r="C280"/>
       <c r="D280" t="s">
         <v>25</v>
       </c>
       <c r="E280" t="s">
         <v>17</v>
       </c>
       <c r="F280">
         <v>2006</v>
       </c>
       <c r="G280"/>
       <c r="H280" t="s">
         <v>189</v>
       </c>
     </row>
     <row r="281" spans="1:8">
@@ -10064,51 +10064,51 @@
       </c>
       <c r="G281"/>
       <c r="H281" t="s">
         <v>283</v>
       </c>
     </row>
     <row r="282" spans="1:8">
       <c r="A282" t="s">
         <v>551</v>
       </c>
       <c r="B282" t="s">
         <v>552</v>
       </c>
       <c r="C282"/>
       <c r="D282" t="s">
         <v>25</v>
       </c>
       <c r="E282" t="s">
         <v>17</v>
       </c>
       <c r="F282">
         <v>2006</v>
       </c>
       <c r="G282"/>
       <c r="H282" t="s">
-        <v>40</v>
+        <v>37</v>
       </c>
     </row>
     <row r="283" spans="1:8">
       <c r="A283" t="s">
         <v>553</v>
       </c>
       <c r="B283" t="s">
         <v>554</v>
       </c>
       <c r="C283"/>
       <c r="D283" t="s">
         <v>25</v>
       </c>
       <c r="E283" t="s">
         <v>17</v>
       </c>
       <c r="F283">
         <v>2006</v>
       </c>
       <c r="G283"/>
       <c r="H283" t="s">
         <v>261</v>
       </c>
     </row>
     <row r="284" spans="1:8">
@@ -10582,51 +10582,51 @@
       </c>
       <c r="G303"/>
       <c r="H303"/>
     </row>
     <row r="304" spans="1:8">
       <c r="A304" t="s">
         <v>595</v>
       </c>
       <c r="B304" t="s">
         <v>596</v>
       </c>
       <c r="C304" t="s">
         <v>43</v>
       </c>
       <c r="D304" t="s">
         <v>44</v>
       </c>
       <c r="E304" t="s">
         <v>12</v>
       </c>
       <c r="F304">
         <v>2006</v>
       </c>
       <c r="G304"/>
       <c r="H304" t="s">
-        <v>40</v>
+        <v>37</v>
       </c>
     </row>
     <row r="305" spans="1:8">
       <c r="A305" t="s">
         <v>597</v>
       </c>
       <c r="B305" t="s">
         <v>598</v>
       </c>
       <c r="C305" t="s">
         <v>43</v>
       </c>
       <c r="D305" t="s">
         <v>44</v>
       </c>
       <c r="E305" t="s">
         <v>12</v>
       </c>
       <c r="F305">
         <v>2006</v>
       </c>
       <c r="G305"/>
       <c r="H305"/>
     </row>
     <row r="306" spans="1:8">
@@ -10770,95 +10770,95 @@
       <c r="H311" t="s">
         <v>82</v>
       </c>
     </row>
     <row r="312" spans="1:8">
       <c r="A312" t="s">
         <v>610</v>
       </c>
       <c r="B312" t="s">
         <v>611</v>
       </c>
       <c r="C312" t="s">
         <v>43</v>
       </c>
       <c r="D312" t="s">
         <v>44</v>
       </c>
       <c r="E312" t="s">
         <v>12</v>
       </c>
       <c r="F312">
         <v>2006</v>
       </c>
       <c r="G312"/>
       <c r="H312" t="s">
-        <v>40</v>
+        <v>37</v>
       </c>
     </row>
     <row r="313" spans="1:8">
       <c r="A313" t="s">
         <v>612</v>
       </c>
       <c r="B313" t="s">
         <v>613</v>
       </c>
       <c r="C313" t="s">
         <v>43</v>
       </c>
       <c r="D313" t="s">
         <v>44</v>
       </c>
       <c r="E313" t="s">
         <v>12</v>
       </c>
       <c r="F313">
         <v>2006</v>
       </c>
       <c r="G313"/>
       <c r="H313"/>
     </row>
     <row r="314" spans="1:8">
       <c r="A314" t="s">
         <v>614</v>
       </c>
       <c r="B314" t="s">
         <v>615</v>
       </c>
       <c r="C314"/>
       <c r="D314" t="s">
         <v>25</v>
       </c>
       <c r="E314" t="s">
         <v>17</v>
       </c>
       <c r="F314">
         <v>2005</v>
       </c>
       <c r="G314"/>
       <c r="H314" t="s">
-        <v>30</v>
+        <v>26</v>
       </c>
     </row>
     <row r="315" spans="1:8">
       <c r="A315" t="s">
         <v>616</v>
       </c>
       <c r="B315" t="s">
         <v>617</v>
       </c>
       <c r="C315" t="s">
         <v>43</v>
       </c>
       <c r="D315" t="s">
         <v>44</v>
       </c>
       <c r="E315" t="s">
         <v>12</v>
       </c>
       <c r="F315">
         <v>2005</v>
       </c>
       <c r="G315"/>
       <c r="H315" t="s">
         <v>13</v>
       </c>
@@ -10886,51 +10886,51 @@
       <c r="H316" t="s">
         <v>87</v>
       </c>
     </row>
     <row r="317" spans="1:8">
       <c r="A317" t="s">
         <v>620</v>
       </c>
       <c r="B317" t="s">
         <v>621</v>
       </c>
       <c r="C317" t="s">
         <v>20</v>
       </c>
       <c r="D317" t="s">
         <v>44</v>
       </c>
       <c r="E317" t="s">
         <v>12</v>
       </c>
       <c r="F317">
         <v>2005</v>
       </c>
       <c r="G317"/>
       <c r="H317" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
     </row>
     <row r="318" spans="1:8">
       <c r="A318" t="s">
         <v>622</v>
       </c>
       <c r="B318" t="s">
         <v>623</v>
       </c>
       <c r="C318" t="s">
         <v>43</v>
       </c>
       <c r="D318" t="s">
         <v>44</v>
       </c>
       <c r="E318" t="s">
         <v>12</v>
       </c>
       <c r="F318">
         <v>2005</v>
       </c>
       <c r="G318"/>
       <c r="H318" t="s">
         <v>283</v>
       </c>
@@ -11030,147 +11030,147 @@
       <c r="H322" t="s">
         <v>68</v>
       </c>
     </row>
     <row r="323" spans="1:8">
       <c r="A323" t="s">
         <v>632</v>
       </c>
       <c r="B323" t="s">
         <v>633</v>
       </c>
       <c r="C323" t="s">
         <v>22</v>
       </c>
       <c r="D323" t="s">
         <v>44</v>
       </c>
       <c r="E323" t="s">
         <v>12</v>
       </c>
       <c r="F323">
         <v>2005</v>
       </c>
       <c r="G323"/>
       <c r="H323" t="s">
-        <v>26</v>
+        <v>29</v>
       </c>
     </row>
     <row r="324" spans="1:8">
       <c r="A324" t="s">
         <v>634</v>
       </c>
       <c r="B324" t="s">
         <v>635</v>
       </c>
       <c r="C324" t="s">
         <v>22</v>
       </c>
       <c r="D324" t="s">
         <v>44</v>
       </c>
       <c r="E324" t="s">
         <v>12</v>
       </c>
       <c r="F324">
         <v>2005</v>
       </c>
       <c r="G324"/>
       <c r="H324" t="s">
-        <v>26</v>
+        <v>29</v>
       </c>
     </row>
     <row r="325" spans="1:8">
       <c r="A325" t="s">
         <v>636</v>
       </c>
       <c r="B325" t="s">
         <v>637</v>
       </c>
       <c r="C325" t="s">
         <v>22</v>
       </c>
       <c r="D325" t="s">
         <v>44</v>
       </c>
       <c r="E325" t="s">
         <v>12</v>
       </c>
       <c r="F325">
         <v>2005</v>
       </c>
       <c r="G325"/>
       <c r="H325" t="s">
-        <v>26</v>
+        <v>29</v>
       </c>
     </row>
     <row r="326" spans="1:8">
       <c r="A326" t="s">
         <v>638</v>
       </c>
       <c r="B326" t="s">
         <v>639</v>
       </c>
       <c r="C326" t="s">
         <v>43</v>
       </c>
       <c r="D326" t="s">
         <v>44</v>
       </c>
       <c r="E326" t="s">
         <v>12</v>
       </c>
       <c r="F326">
         <v>2005</v>
       </c>
       <c r="G326"/>
       <c r="H326" t="s">
-        <v>40</v>
+        <v>37</v>
       </c>
     </row>
     <row r="327" spans="1:8">
       <c r="A327" t="s">
         <v>640</v>
       </c>
       <c r="B327" t="s">
         <v>641</v>
       </c>
       <c r="C327" t="s">
         <v>22</v>
       </c>
       <c r="D327" t="s">
         <v>44</v>
       </c>
       <c r="E327" t="s">
         <v>12</v>
       </c>
       <c r="F327">
         <v>2005</v>
       </c>
       <c r="G327"/>
       <c r="H327" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
     </row>
     <row r="328" spans="1:8">
       <c r="A328" t="s">
         <v>642</v>
       </c>
       <c r="B328" t="s">
         <v>643</v>
       </c>
       <c r="C328" t="s">
         <v>20</v>
       </c>
       <c r="D328" t="s">
         <v>44</v>
       </c>
       <c r="E328" t="s">
         <v>12</v>
       </c>
       <c r="F328">
         <v>2005</v>
       </c>
       <c r="G328"/>
       <c r="H328" t="s">
         <v>239</v>
       </c>
@@ -11222,75 +11222,75 @@
       <c r="H330" t="s">
         <v>189</v>
       </c>
     </row>
     <row r="331" spans="1:8">
       <c r="A331" t="s">
         <v>648</v>
       </c>
       <c r="B331" t="s">
         <v>649</v>
       </c>
       <c r="C331" t="s">
         <v>43</v>
       </c>
       <c r="D331" t="s">
         <v>44</v>
       </c>
       <c r="E331" t="s">
         <v>12</v>
       </c>
       <c r="F331">
         <v>2005</v>
       </c>
       <c r="G331"/>
       <c r="H331" t="s">
-        <v>26</v>
+        <v>29</v>
       </c>
     </row>
     <row r="332" spans="1:8">
       <c r="A332" t="s">
         <v>650</v>
       </c>
       <c r="B332" t="s">
         <v>651</v>
       </c>
       <c r="C332" t="s">
         <v>43</v>
       </c>
       <c r="D332" t="s">
         <v>44</v>
       </c>
       <c r="E332" t="s">
         <v>12</v>
       </c>
       <c r="F332">
         <v>2005</v>
       </c>
       <c r="G332"/>
       <c r="H332" t="s">
-        <v>26</v>
+        <v>29</v>
       </c>
     </row>
     <row r="333" spans="1:8">
       <c r="A333" t="s">
         <v>652</v>
       </c>
       <c r="B333" t="s">
         <v>653</v>
       </c>
       <c r="C333" t="s">
         <v>43</v>
       </c>
       <c r="D333" t="s">
         <v>44</v>
       </c>
       <c r="E333" t="s">
         <v>12</v>
       </c>
       <c r="F333">
         <v>2005</v>
       </c>
       <c r="G333"/>
       <c r="H333" t="s">
         <v>87</v>
       </c>
@@ -11342,51 +11342,51 @@
       <c r="H335" t="s">
         <v>68</v>
       </c>
     </row>
     <row r="336" spans="1:8">
       <c r="A336" t="s">
         <v>658</v>
       </c>
       <c r="B336" t="s">
         <v>659</v>
       </c>
       <c r="C336" t="s">
         <v>43</v>
       </c>
       <c r="D336" t="s">
         <v>44</v>
       </c>
       <c r="E336" t="s">
         <v>12</v>
       </c>
       <c r="F336">
         <v>2005</v>
       </c>
       <c r="G336"/>
       <c r="H336" t="s">
-        <v>32</v>
+        <v>30</v>
       </c>
     </row>
     <row r="337" spans="1:8">
       <c r="A337" t="s">
         <v>660</v>
       </c>
       <c r="B337" t="s">
         <v>661</v>
       </c>
       <c r="C337" t="s">
         <v>43</v>
       </c>
       <c r="D337" t="s">
         <v>44</v>
       </c>
       <c r="E337" t="s">
         <v>12</v>
       </c>
       <c r="F337">
         <v>2005</v>
       </c>
       <c r="G337"/>
       <c r="H337" t="s">
         <v>13</v>
       </c>
@@ -11504,51 +11504,51 @@
       </c>
       <c r="G342"/>
       <c r="H342"/>
     </row>
     <row r="343" spans="1:8">
       <c r="A343" t="s">
         <v>672</v>
       </c>
       <c r="B343" t="s">
         <v>673</v>
       </c>
       <c r="C343" t="s">
         <v>22</v>
       </c>
       <c r="D343" t="s">
         <v>44</v>
       </c>
       <c r="E343" t="s">
         <v>12</v>
       </c>
       <c r="F343">
         <v>2004</v>
       </c>
       <c r="G343"/>
       <c r="H343" t="s">
-        <v>30</v>
+        <v>26</v>
       </c>
     </row>
     <row r="344" spans="1:8">
       <c r="A344" t="s">
         <v>674</v>
       </c>
       <c r="B344" t="s">
         <v>675</v>
       </c>
       <c r="C344" t="s">
         <v>43</v>
       </c>
       <c r="D344" t="s">
         <v>44</v>
       </c>
       <c r="E344" t="s">
         <v>12</v>
       </c>
       <c r="F344">
         <v>2004</v>
       </c>
       <c r="G344"/>
       <c r="H344" t="s">
         <v>68</v>
       </c>
@@ -11576,75 +11576,75 @@
       <c r="H345" t="s">
         <v>68</v>
       </c>
     </row>
     <row r="346" spans="1:8">
       <c r="A346" t="s">
         <v>678</v>
       </c>
       <c r="B346" t="s">
         <v>679</v>
       </c>
       <c r="C346" t="s">
         <v>22</v>
       </c>
       <c r="D346" t="s">
         <v>44</v>
       </c>
       <c r="E346" t="s">
         <v>12</v>
       </c>
       <c r="F346">
         <v>2004</v>
       </c>
       <c r="G346"/>
       <c r="H346" t="s">
-        <v>26</v>
+        <v>29</v>
       </c>
     </row>
     <row r="347" spans="1:8">
       <c r="A347" t="s">
         <v>680</v>
       </c>
       <c r="B347" t="s">
         <v>681</v>
       </c>
       <c r="C347" t="s">
         <v>43</v>
       </c>
       <c r="D347" t="s">
         <v>44</v>
       </c>
       <c r="E347" t="s">
         <v>12</v>
       </c>
       <c r="F347">
         <v>2004</v>
       </c>
       <c r="G347"/>
       <c r="H347" t="s">
-        <v>40</v>
+        <v>37</v>
       </c>
     </row>
     <row r="348" spans="1:8">
       <c r="A348" t="s">
         <v>682</v>
       </c>
       <c r="B348" t="s">
         <v>683</v>
       </c>
       <c r="C348" t="s">
         <v>20</v>
       </c>
       <c r="D348" t="s">
         <v>44</v>
       </c>
       <c r="E348" t="s">
         <v>12</v>
       </c>
       <c r="F348">
         <v>2004</v>
       </c>
       <c r="G348"/>
       <c r="H348" t="s">
         <v>261</v>
       </c>
@@ -11792,51 +11792,51 @@
       </c>
       <c r="G354"/>
       <c r="H354"/>
     </row>
     <row r="355" spans="1:8">
       <c r="A355" t="s">
         <v>695</v>
       </c>
       <c r="B355" t="s">
         <v>687</v>
       </c>
       <c r="C355" t="s">
         <v>22</v>
       </c>
       <c r="D355" t="s">
         <v>44</v>
       </c>
       <c r="E355" t="s">
         <v>12</v>
       </c>
       <c r="F355">
         <v>2004</v>
       </c>
       <c r="G355"/>
       <c r="H355" t="s">
-        <v>32</v>
+        <v>30</v>
       </c>
     </row>
     <row r="356" spans="1:8">
       <c r="A356" t="s">
         <v>696</v>
       </c>
       <c r="B356" t="s">
         <v>697</v>
       </c>
       <c r="C356" t="s">
         <v>43</v>
       </c>
       <c r="D356" t="s">
         <v>44</v>
       </c>
       <c r="E356" t="s">
         <v>12</v>
       </c>
       <c r="F356">
         <v>2004</v>
       </c>
       <c r="G356"/>
       <c r="H356"/>
     </row>
     <row r="357" spans="1:8">
@@ -11904,75 +11904,75 @@
       </c>
       <c r="G359"/>
       <c r="H359" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="360" spans="1:8">
       <c r="A360" t="s">
         <v>704</v>
       </c>
       <c r="B360" t="s">
         <v>705</v>
       </c>
       <c r="C360"/>
       <c r="D360" t="s">
         <v>25</v>
       </c>
       <c r="E360" t="s">
         <v>17</v>
       </c>
       <c r="F360">
         <v>2003</v>
       </c>
       <c r="G360"/>
       <c r="H360" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
     </row>
     <row r="361" spans="1:8">
       <c r="A361" t="s">
         <v>706</v>
       </c>
       <c r="B361" t="s">
         <v>707</v>
       </c>
       <c r="C361" t="s">
         <v>43</v>
       </c>
       <c r="D361" t="s">
         <v>44</v>
       </c>
       <c r="E361" t="s">
         <v>12</v>
       </c>
       <c r="F361">
         <v>2003</v>
       </c>
       <c r="G361"/>
       <c r="H361" t="s">
-        <v>28</v>
+        <v>31</v>
       </c>
     </row>
     <row r="362" spans="1:8">
       <c r="A362" t="s">
         <v>708</v>
       </c>
       <c r="B362" t="s">
         <v>709</v>
       </c>
       <c r="C362" t="s">
         <v>43</v>
       </c>
       <c r="D362" t="s">
         <v>44</v>
       </c>
       <c r="E362" t="s">
         <v>12</v>
       </c>
       <c r="F362">
         <v>2003</v>
       </c>
       <c r="G362"/>
       <c r="H362" t="s">
         <v>189</v>
       </c>
@@ -12122,99 +12122,99 @@
       <c r="H368" t="s">
         <v>82</v>
       </c>
     </row>
     <row r="369" spans="1:8">
       <c r="A369" t="s">
         <v>722</v>
       </c>
       <c r="B369" t="s">
         <v>723</v>
       </c>
       <c r="C369" t="s">
         <v>43</v>
       </c>
       <c r="D369" t="s">
         <v>44</v>
       </c>
       <c r="E369" t="s">
         <v>12</v>
       </c>
       <c r="F369">
         <v>2003</v>
       </c>
       <c r="G369"/>
       <c r="H369" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
     </row>
     <row r="370" spans="1:8">
       <c r="A370" t="s">
         <v>724</v>
       </c>
       <c r="B370" t="s">
         <v>725</v>
       </c>
       <c r="C370" t="s">
         <v>22</v>
       </c>
       <c r="D370" t="s">
         <v>44</v>
       </c>
       <c r="E370" t="s">
         <v>12</v>
       </c>
       <c r="F370">
         <v>2003</v>
       </c>
       <c r="G370"/>
       <c r="H370" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
     </row>
     <row r="371" spans="1:8">
       <c r="A371" t="s">
         <v>726</v>
       </c>
       <c r="B371" t="s">
         <v>723</v>
       </c>
       <c r="C371" t="s">
         <v>43</v>
       </c>
       <c r="D371" t="s">
         <v>44</v>
       </c>
       <c r="E371" t="s">
         <v>12</v>
       </c>
       <c r="F371">
         <v>2003</v>
       </c>
       <c r="G371"/>
       <c r="H371" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
     </row>
     <row r="372" spans="1:8">
       <c r="A372" t="s">
         <v>727</v>
       </c>
       <c r="B372" t="s">
         <v>728</v>
       </c>
       <c r="C372" t="s">
         <v>59</v>
       </c>
       <c r="D372" t="s">
         <v>60</v>
       </c>
       <c r="E372" t="s">
         <v>12</v>
       </c>
       <c r="F372">
         <v>2003</v>
       </c>
       <c r="G372" t="s">
         <v>18</v>
       </c>
       <c r="H372"/>
@@ -12242,99 +12242,99 @@
       <c r="H373" t="s">
         <v>189</v>
       </c>
     </row>
     <row r="374" spans="1:8">
       <c r="A374" t="s">
         <v>731</v>
       </c>
       <c r="B374" t="s">
         <v>732</v>
       </c>
       <c r="C374" t="s">
         <v>43</v>
       </c>
       <c r="D374" t="s">
         <v>44</v>
       </c>
       <c r="E374" t="s">
         <v>12</v>
       </c>
       <c r="F374">
         <v>2003</v>
       </c>
       <c r="G374"/>
       <c r="H374" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
     </row>
     <row r="375" spans="1:8">
       <c r="A375" t="s">
         <v>733</v>
       </c>
       <c r="B375" t="s">
         <v>734</v>
       </c>
       <c r="C375" t="s">
         <v>43</v>
       </c>
       <c r="D375" t="s">
         <v>44</v>
       </c>
       <c r="E375" t="s">
         <v>12</v>
       </c>
       <c r="F375">
         <v>2003</v>
       </c>
       <c r="G375"/>
       <c r="H375" t="s">
         <v>189</v>
       </c>
     </row>
     <row r="376" spans="1:8">
       <c r="A376" t="s">
         <v>735</v>
       </c>
       <c r="B376" t="s">
         <v>736</v>
       </c>
       <c r="C376" t="s">
         <v>20</v>
       </c>
       <c r="D376" t="s">
         <v>44</v>
       </c>
       <c r="E376" t="s">
         <v>12</v>
       </c>
       <c r="F376">
         <v>2003</v>
       </c>
       <c r="G376"/>
       <c r="H376" t="s">
-        <v>32</v>
+        <v>30</v>
       </c>
     </row>
     <row r="377" spans="1:8">
       <c r="A377" t="s">
         <v>737</v>
       </c>
       <c r="B377" t="s">
         <v>738</v>
       </c>
       <c r="C377" t="s">
         <v>43</v>
       </c>
       <c r="D377" t="s">
         <v>44</v>
       </c>
       <c r="E377" t="s">
         <v>12</v>
       </c>
       <c r="F377">
         <v>2003</v>
       </c>
       <c r="G377"/>
       <c r="H377" t="s">
         <v>47</v>
       </c>
@@ -12360,51 +12360,51 @@
       </c>
       <c r="G378"/>
       <c r="H378"/>
     </row>
     <row r="379" spans="1:8">
       <c r="A379" t="s">
         <v>741</v>
       </c>
       <c r="B379" t="s">
         <v>742</v>
       </c>
       <c r="C379" t="s">
         <v>22</v>
       </c>
       <c r="D379" t="s">
         <v>44</v>
       </c>
       <c r="E379" t="s">
         <v>12</v>
       </c>
       <c r="F379">
         <v>2003</v>
       </c>
       <c r="G379"/>
       <c r="H379" t="s">
-        <v>40</v>
+        <v>37</v>
       </c>
     </row>
     <row r="380" spans="1:8">
       <c r="A380" t="s">
         <v>743</v>
       </c>
       <c r="B380" t="s">
         <v>744</v>
       </c>
       <c r="C380" t="s">
         <v>43</v>
       </c>
       <c r="D380" t="s">
         <v>44</v>
       </c>
       <c r="E380" t="s">
         <v>12</v>
       </c>
       <c r="F380">
         <v>2003</v>
       </c>
       <c r="G380"/>
       <c r="H380" t="s">
         <v>82</v>
       </c>
@@ -12432,75 +12432,75 @@
       <c r="H381" t="s">
         <v>82</v>
       </c>
     </row>
     <row r="382" spans="1:8">
       <c r="A382" t="s">
         <v>746</v>
       </c>
       <c r="B382" t="s">
         <v>747</v>
       </c>
       <c r="C382" t="s">
         <v>43</v>
       </c>
       <c r="D382" t="s">
         <v>44</v>
       </c>
       <c r="E382" t="s">
         <v>12</v>
       </c>
       <c r="F382">
         <v>2003</v>
       </c>
       <c r="G382"/>
       <c r="H382" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
     </row>
     <row r="383" spans="1:8">
       <c r="A383" t="s">
         <v>748</v>
       </c>
       <c r="B383" t="s">
         <v>744</v>
       </c>
       <c r="C383" t="s">
         <v>43</v>
       </c>
       <c r="D383" t="s">
         <v>44</v>
       </c>
       <c r="E383" t="s">
         <v>12</v>
       </c>
       <c r="F383">
         <v>2003</v>
       </c>
       <c r="G383"/>
       <c r="H383" t="s">
-        <v>32</v>
+        <v>30</v>
       </c>
     </row>
     <row r="384" spans="1:8">
       <c r="A384" t="s">
         <v>749</v>
       </c>
       <c r="B384" t="s">
         <v>750</v>
       </c>
       <c r="C384" t="s">
         <v>43</v>
       </c>
       <c r="D384" t="s">
         <v>44</v>
       </c>
       <c r="E384" t="s">
         <v>12</v>
       </c>
       <c r="F384">
         <v>2003</v>
       </c>
       <c r="G384"/>
       <c r="H384" t="s">
         <v>82</v>
       </c>
@@ -12548,51 +12548,51 @@
       </c>
       <c r="G386"/>
       <c r="H386" t="s">
         <v>87</v>
       </c>
     </row>
     <row r="387" spans="1:8">
       <c r="A387" t="s">
         <v>754</v>
       </c>
       <c r="B387" t="s">
         <v>755</v>
       </c>
       <c r="C387"/>
       <c r="D387" t="s">
         <v>25</v>
       </c>
       <c r="E387" t="s">
         <v>17</v>
       </c>
       <c r="F387">
         <v>2002</v>
       </c>
       <c r="G387"/>
       <c r="H387" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
     </row>
     <row r="388" spans="1:8">
       <c r="A388" t="s">
         <v>756</v>
       </c>
       <c r="B388" t="s">
         <v>757</v>
       </c>
       <c r="C388" t="s">
         <v>22</v>
       </c>
       <c r="D388" t="s">
         <v>44</v>
       </c>
       <c r="E388" t="s">
         <v>12</v>
       </c>
       <c r="F388">
         <v>2002</v>
       </c>
       <c r="G388"/>
       <c r="H388" t="s">
         <v>189</v>
       </c>
@@ -12622,51 +12622,51 @@
       <c r="H389" t="s">
         <v>82</v>
       </c>
     </row>
     <row r="390" spans="1:8">
       <c r="A390" t="s">
         <v>760</v>
       </c>
       <c r="B390" t="s">
         <v>761</v>
       </c>
       <c r="C390" t="s">
         <v>20</v>
       </c>
       <c r="D390" t="s">
         <v>44</v>
       </c>
       <c r="E390" t="s">
         <v>12</v>
       </c>
       <c r="F390">
         <v>2002</v>
       </c>
       <c r="G390"/>
       <c r="H390" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
     </row>
     <row r="391" spans="1:8">
       <c r="A391" t="s">
         <v>762</v>
       </c>
       <c r="B391" t="s">
         <v>763</v>
       </c>
       <c r="C391" t="s">
         <v>43</v>
       </c>
       <c r="D391" t="s">
         <v>44</v>
       </c>
       <c r="E391" t="s">
         <v>12</v>
       </c>
       <c r="F391">
         <v>2002</v>
       </c>
       <c r="G391"/>
       <c r="H391" t="s">
         <v>189</v>
       </c>
@@ -12828,51 +12828,51 @@
       <c r="H398" t="s">
         <v>82</v>
       </c>
     </row>
     <row r="399" spans="1:8">
       <c r="A399" t="s">
         <v>778</v>
       </c>
       <c r="B399" t="s">
         <v>779</v>
       </c>
       <c r="C399" t="s">
         <v>43</v>
       </c>
       <c r="D399" t="s">
         <v>44</v>
       </c>
       <c r="E399" t="s">
         <v>12</v>
       </c>
       <c r="F399">
         <v>2002</v>
       </c>
       <c r="G399"/>
       <c r="H399" t="s">
-        <v>26</v>
+        <v>29</v>
       </c>
     </row>
     <row r="400" spans="1:8">
       <c r="A400" t="s">
         <v>780</v>
       </c>
       <c r="B400" t="s">
         <v>773</v>
       </c>
       <c r="C400" t="s">
         <v>43</v>
       </c>
       <c r="D400" t="s">
         <v>44</v>
       </c>
       <c r="E400" t="s">
         <v>12</v>
       </c>
       <c r="F400">
         <v>2002</v>
       </c>
       <c r="G400"/>
       <c r="H400" t="s">
         <v>82</v>
       </c>
@@ -12922,51 +12922,51 @@
       </c>
       <c r="G402"/>
       <c r="H402"/>
     </row>
     <row r="403" spans="1:8">
       <c r="A403" t="s">
         <v>785</v>
       </c>
       <c r="B403" t="s">
         <v>786</v>
       </c>
       <c r="C403" t="s">
         <v>43</v>
       </c>
       <c r="D403" t="s">
         <v>44</v>
       </c>
       <c r="E403" t="s">
         <v>12</v>
       </c>
       <c r="F403">
         <v>2002</v>
       </c>
       <c r="G403"/>
       <c r="H403" t="s">
-        <v>40</v>
+        <v>37</v>
       </c>
     </row>
     <row r="404" spans="1:8">
       <c r="A404" t="s">
         <v>787</v>
       </c>
       <c r="B404" t="s">
         <v>788</v>
       </c>
       <c r="C404" t="s">
         <v>43</v>
       </c>
       <c r="D404" t="s">
         <v>44</v>
       </c>
       <c r="E404" t="s">
         <v>12</v>
       </c>
       <c r="F404">
         <v>2002</v>
       </c>
       <c r="G404"/>
       <c r="H404"/>
     </row>
     <row r="405" spans="1:8">
@@ -13040,99 +13040,99 @@
       <c r="H407" t="s">
         <v>82</v>
       </c>
     </row>
     <row r="408" spans="1:8">
       <c r="A408" t="s">
         <v>795</v>
       </c>
       <c r="B408" t="s">
         <v>796</v>
       </c>
       <c r="C408" t="s">
         <v>43</v>
       </c>
       <c r="D408" t="s">
         <v>44</v>
       </c>
       <c r="E408" t="s">
         <v>12</v>
       </c>
       <c r="F408">
         <v>2001</v>
       </c>
       <c r="G408"/>
       <c r="H408" t="s">
-        <v>26</v>
+        <v>29</v>
       </c>
     </row>
     <row r="409" spans="1:8">
       <c r="A409" t="s">
         <v>797</v>
       </c>
       <c r="B409" t="s">
         <v>798</v>
       </c>
       <c r="C409" t="s">
         <v>22</v>
       </c>
       <c r="D409" t="s">
         <v>44</v>
       </c>
       <c r="E409" t="s">
         <v>12</v>
       </c>
       <c r="F409">
         <v>2001</v>
       </c>
       <c r="G409" t="s">
         <v>18</v>
       </c>
       <c r="H409"/>
     </row>
     <row r="410" spans="1:8">
       <c r="A410" t="s">
         <v>799</v>
       </c>
       <c r="B410" t="s">
         <v>800</v>
       </c>
       <c r="C410" t="s">
         <v>43</v>
       </c>
       <c r="D410" t="s">
         <v>44</v>
       </c>
       <c r="E410" t="s">
         <v>12</v>
       </c>
       <c r="F410">
         <v>2001</v>
       </c>
       <c r="G410"/>
       <c r="H410" t="s">
-        <v>26</v>
+        <v>29</v>
       </c>
     </row>
     <row r="411" spans="1:8">
       <c r="A411" t="s">
         <v>801</v>
       </c>
       <c r="B411" t="s">
         <v>802</v>
       </c>
       <c r="C411" t="s">
         <v>22</v>
       </c>
       <c r="D411" t="s">
         <v>44</v>
       </c>
       <c r="E411" t="s">
         <v>12</v>
       </c>
       <c r="F411">
         <v>2001</v>
       </c>
       <c r="G411"/>
       <c r="H411" t="s">
         <v>87</v>
       </c>
@@ -13160,75 +13160,75 @@
       <c r="H412" t="s">
         <v>189</v>
       </c>
     </row>
     <row r="413" spans="1:8">
       <c r="A413" t="s">
         <v>804</v>
       </c>
       <c r="B413" t="s">
         <v>805</v>
       </c>
       <c r="C413" t="s">
         <v>43</v>
       </c>
       <c r="D413" t="s">
         <v>44</v>
       </c>
       <c r="E413" t="s">
         <v>12</v>
       </c>
       <c r="F413">
         <v>2001</v>
       </c>
       <c r="G413"/>
       <c r="H413" t="s">
-        <v>32</v>
+        <v>30</v>
       </c>
     </row>
     <row r="414" spans="1:8">
       <c r="A414" t="s">
         <v>806</v>
       </c>
       <c r="B414" t="s">
         <v>807</v>
       </c>
       <c r="C414" t="s">
         <v>43</v>
       </c>
       <c r="D414" t="s">
         <v>44</v>
       </c>
       <c r="E414" t="s">
         <v>12</v>
       </c>
       <c r="F414">
         <v>2001</v>
       </c>
       <c r="G414"/>
       <c r="H414" t="s">
-        <v>32</v>
+        <v>30</v>
       </c>
     </row>
     <row r="415" spans="1:8">
       <c r="A415" t="s">
         <v>808</v>
       </c>
       <c r="B415" t="s">
         <v>809</v>
       </c>
       <c r="C415" t="s">
         <v>43</v>
       </c>
       <c r="D415" t="s">
         <v>44</v>
       </c>
       <c r="E415" t="s">
         <v>12</v>
       </c>
       <c r="F415">
         <v>2001</v>
       </c>
       <c r="G415"/>
       <c r="H415"/>
     </row>
     <row r="416" spans="1:8">
@@ -13574,75 +13574,75 @@
       <c r="H430" t="s">
         <v>189</v>
       </c>
     </row>
     <row r="431" spans="1:8">
       <c r="A431" t="s">
         <v>839</v>
       </c>
       <c r="B431" t="s">
         <v>840</v>
       </c>
       <c r="C431" t="s">
         <v>22</v>
       </c>
       <c r="D431" t="s">
         <v>44</v>
       </c>
       <c r="E431" t="s">
         <v>12</v>
       </c>
       <c r="F431">
         <v>1999</v>
       </c>
       <c r="G431"/>
       <c r="H431" t="s">
-        <v>28</v>
+        <v>31</v>
       </c>
     </row>
     <row r="432" spans="1:8">
       <c r="A432" t="s">
         <v>841</v>
       </c>
       <c r="B432" t="s">
         <v>842</v>
       </c>
       <c r="C432" t="s">
         <v>43</v>
       </c>
       <c r="D432" t="s">
         <v>44</v>
       </c>
       <c r="E432" t="s">
         <v>12</v>
       </c>
       <c r="F432">
         <v>1999</v>
       </c>
       <c r="G432"/>
       <c r="H432" t="s">
-        <v>30</v>
+        <v>26</v>
       </c>
     </row>
     <row r="433" spans="1:8">
       <c r="A433" t="s">
         <v>843</v>
       </c>
       <c r="B433" t="s">
         <v>844</v>
       </c>
       <c r="C433" t="s">
         <v>22</v>
       </c>
       <c r="D433" t="s">
         <v>44</v>
       </c>
       <c r="E433" t="s">
         <v>12</v>
       </c>
       <c r="F433">
         <v>1999</v>
       </c>
       <c r="G433"/>
       <c r="H433" t="s">
         <v>82</v>
       </c>
@@ -13778,51 +13778,51 @@
       <c r="F439">
         <v>1999</v>
       </c>
       <c r="G439"/>
       <c r="H439"/>
     </row>
     <row r="440" spans="1:8">
       <c r="A440" t="s">
         <v>856</v>
       </c>
       <c r="B440" t="s">
         <v>857</v>
       </c>
       <c r="C440"/>
       <c r="D440" t="s">
         <v>25</v>
       </c>
       <c r="E440" t="s">
         <v>17</v>
       </c>
       <c r="F440">
         <v>1998</v>
       </c>
       <c r="G440"/>
       <c r="H440" t="s">
-        <v>28</v>
+        <v>31</v>
       </c>
     </row>
     <row r="441" spans="1:8">
       <c r="A441" t="s">
         <v>858</v>
       </c>
       <c r="B441" t="s">
         <v>859</v>
       </c>
       <c r="C441"/>
       <c r="D441" t="s">
         <v>25</v>
       </c>
       <c r="E441" t="s">
         <v>17</v>
       </c>
       <c r="F441">
         <v>1998</v>
       </c>
       <c r="G441"/>
       <c r="H441" t="s">
         <v>82</v>
       </c>
     </row>
     <row r="442" spans="1:8">
@@ -14430,95 +14430,95 @@
       </c>
       <c r="G467"/>
       <c r="H467" t="s">
         <v>261</v>
       </c>
     </row>
     <row r="468" spans="1:8">
       <c r="A468" t="s">
         <v>911</v>
       </c>
       <c r="B468" t="s">
         <v>912</v>
       </c>
       <c r="C468"/>
       <c r="D468" t="s">
         <v>25</v>
       </c>
       <c r="E468" t="s">
         <v>17</v>
       </c>
       <c r="F468">
         <v>1995</v>
       </c>
       <c r="G468"/>
       <c r="H468" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
     </row>
     <row r="469" spans="1:8">
       <c r="A469" t="s">
         <v>913</v>
       </c>
       <c r="B469" t="s">
         <v>914</v>
       </c>
       <c r="C469"/>
       <c r="D469" t="s">
         <v>25</v>
       </c>
       <c r="E469" t="s">
         <v>17</v>
       </c>
       <c r="F469">
         <v>1995</v>
       </c>
       <c r="G469"/>
       <c r="H469" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
     </row>
     <row r="470" spans="1:8">
       <c r="A470" t="s">
         <v>915</v>
       </c>
       <c r="B470" t="s">
         <v>914</v>
       </c>
       <c r="C470"/>
       <c r="D470" t="s">
         <v>25</v>
       </c>
       <c r="E470" t="s">
         <v>17</v>
       </c>
       <c r="F470">
         <v>1995</v>
       </c>
       <c r="G470"/>
       <c r="H470" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
     </row>
     <row r="471" spans="1:8">
       <c r="A471" t="s">
         <v>916</v>
       </c>
       <c r="B471" t="s">
         <v>917</v>
       </c>
       <c r="C471" t="s">
         <v>43</v>
       </c>
       <c r="D471" t="s">
         <v>44</v>
       </c>
       <c r="E471" t="s">
         <v>12</v>
       </c>
       <c r="F471">
         <v>1995</v>
       </c>
       <c r="G471"/>
       <c r="H471" t="s">
         <v>87</v>
       </c>
@@ -14928,51 +14928,51 @@
       <c r="H488" t="s">
         <v>82</v>
       </c>
     </row>
     <row r="489" spans="1:8">
       <c r="A489" t="s">
         <v>950</v>
       </c>
       <c r="B489" t="s">
         <v>951</v>
       </c>
       <c r="C489" t="s">
         <v>43</v>
       </c>
       <c r="D489" t="s">
         <v>44</v>
       </c>
       <c r="E489" t="s">
         <v>12</v>
       </c>
       <c r="F489">
         <v>1994</v>
       </c>
       <c r="G489"/>
       <c r="H489" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
     </row>
     <row r="490" spans="1:8">
       <c r="A490" t="s">
         <v>952</v>
       </c>
       <c r="B490" t="s">
         <v>953</v>
       </c>
       <c r="C490"/>
       <c r="D490" t="s">
         <v>25</v>
       </c>
       <c r="E490" t="s">
         <v>17</v>
       </c>
       <c r="F490">
         <v>1993</v>
       </c>
       <c r="G490"/>
       <c r="H490" t="s">
         <v>189</v>
       </c>
     </row>
     <row r="491" spans="1:8">
@@ -15222,217 +15222,217 @@
       <c r="H501" t="s">
         <v>47</v>
       </c>
     </row>
     <row r="502" spans="1:8">
       <c r="A502" t="s">
         <v>976</v>
       </c>
       <c r="B502" t="s">
         <v>977</v>
       </c>
       <c r="C502" t="s">
         <v>43</v>
       </c>
       <c r="D502" t="s">
         <v>44</v>
       </c>
       <c r="E502" t="s">
         <v>12</v>
       </c>
       <c r="F502">
         <v>1992</v>
       </c>
       <c r="G502"/>
       <c r="H502" t="s">
-        <v>30</v>
+        <v>26</v>
       </c>
     </row>
     <row r="503" spans="1:8">
       <c r="A503" t="s">
         <v>978</v>
       </c>
       <c r="B503" t="s">
         <v>979</v>
       </c>
       <c r="C503" t="s">
         <v>43</v>
       </c>
       <c r="D503" t="s">
         <v>44</v>
       </c>
       <c r="E503" t="s">
         <v>12</v>
       </c>
       <c r="F503">
         <v>1992</v>
       </c>
       <c r="G503"/>
       <c r="H503" t="s">
-        <v>30</v>
+        <v>26</v>
       </c>
     </row>
     <row r="504" spans="1:8">
       <c r="A504" t="s">
         <v>980</v>
       </c>
       <c r="B504" t="s">
         <v>981</v>
       </c>
       <c r="C504" t="s">
         <v>43</v>
       </c>
       <c r="D504" t="s">
         <v>44</v>
       </c>
       <c r="E504" t="s">
         <v>12</v>
       </c>
       <c r="F504">
         <v>1992</v>
       </c>
       <c r="G504"/>
       <c r="H504" t="s">
         <v>82</v>
       </c>
     </row>
     <row r="505" spans="1:8">
       <c r="A505" t="s">
         <v>982</v>
       </c>
       <c r="B505" t="s">
         <v>983</v>
       </c>
       <c r="C505" t="s">
         <v>22</v>
       </c>
       <c r="D505" t="s">
         <v>44</v>
       </c>
       <c r="E505" t="s">
         <v>12</v>
       </c>
       <c r="F505">
         <v>1992</v>
       </c>
       <c r="G505"/>
       <c r="H505" t="s">
-        <v>30</v>
+        <v>26</v>
       </c>
     </row>
     <row r="506" spans="1:8">
       <c r="A506" t="s">
         <v>984</v>
       </c>
       <c r="B506" t="s">
         <v>985</v>
       </c>
       <c r="C506" t="s">
         <v>43</v>
       </c>
       <c r="D506" t="s">
         <v>44</v>
       </c>
       <c r="E506" t="s">
         <v>12</v>
       </c>
       <c r="F506">
         <v>1992</v>
       </c>
       <c r="G506"/>
       <c r="H506" t="s">
         <v>82</v>
       </c>
     </row>
     <row r="507" spans="1:8">
       <c r="A507" t="s">
         <v>986</v>
       </c>
       <c r="B507" t="s">
         <v>987</v>
       </c>
       <c r="C507"/>
       <c r="D507" t="s">
         <v>25</v>
       </c>
       <c r="E507" t="s">
         <v>17</v>
       </c>
       <c r="F507">
         <v>1991</v>
       </c>
       <c r="G507"/>
       <c r="H507" t="s">
-        <v>30</v>
+        <v>26</v>
       </c>
     </row>
     <row r="508" spans="1:8">
       <c r="A508" t="s">
         <v>988</v>
       </c>
       <c r="B508" t="s">
         <v>989</v>
       </c>
       <c r="C508" t="s">
         <v>43</v>
       </c>
       <c r="D508" t="s">
         <v>44</v>
       </c>
       <c r="E508" t="s">
         <v>12</v>
       </c>
       <c r="F508">
         <v>1991</v>
       </c>
       <c r="G508"/>
       <c r="H508" t="s">
         <v>283</v>
       </c>
     </row>
     <row r="509" spans="1:8">
       <c r="A509" t="s">
         <v>990</v>
       </c>
       <c r="B509" t="s">
         <v>991</v>
       </c>
       <c r="C509" t="s">
         <v>43</v>
       </c>
       <c r="D509" t="s">
         <v>44</v>
       </c>
       <c r="E509" t="s">
         <v>12</v>
       </c>
       <c r="F509">
         <v>1991</v>
       </c>
       <c r="G509"/>
       <c r="H509" t="s">
-        <v>30</v>
+        <v>26</v>
       </c>
     </row>
     <row r="510" spans="1:8">
       <c r="A510" t="s">
         <v>992</v>
       </c>
       <c r="B510" t="s">
         <v>993</v>
       </c>
       <c r="C510" t="s">
         <v>43</v>
       </c>
       <c r="D510" t="s">
         <v>44</v>
       </c>
       <c r="E510" t="s">
         <v>12</v>
       </c>
       <c r="F510">
         <v>1991</v>
       </c>
       <c r="G510"/>
       <c r="H510"/>
     </row>
     <row r="511" spans="1:8">
@@ -15574,143 +15574,143 @@
         <v>18</v>
       </c>
       <c r="H516"/>
     </row>
     <row r="517" spans="1:8">
       <c r="A517" t="s">
         <v>1005</v>
       </c>
       <c r="B517" t="s">
         <v>1006</v>
       </c>
       <c r="C517" t="s">
         <v>43</v>
       </c>
       <c r="D517" t="s">
         <v>44</v>
       </c>
       <c r="E517" t="s">
         <v>12</v>
       </c>
       <c r="F517">
         <v>1989</v>
       </c>
       <c r="G517"/>
       <c r="H517" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
     </row>
     <row r="518" spans="1:8">
       <c r="A518" t="s">
         <v>1007</v>
       </c>
       <c r="B518" t="s">
         <v>1008</v>
       </c>
       <c r="C518" t="s">
         <v>43</v>
       </c>
       <c r="D518" t="s">
         <v>44</v>
       </c>
       <c r="E518" t="s">
         <v>12</v>
       </c>
       <c r="F518">
         <v>1989</v>
       </c>
       <c r="G518"/>
       <c r="H518"/>
     </row>
     <row r="519" spans="1:8">
       <c r="A519" t="s">
         <v>1009</v>
       </c>
       <c r="B519" t="s">
         <v>1010</v>
       </c>
       <c r="C519" t="s">
         <v>43</v>
       </c>
       <c r="D519" t="s">
         <v>44</v>
       </c>
       <c r="E519" t="s">
         <v>12</v>
       </c>
       <c r="F519">
         <v>1985</v>
       </c>
       <c r="G519"/>
       <c r="H519" t="s">
-        <v>30</v>
+        <v>26</v>
       </c>
     </row>
     <row r="520" spans="1:8">
       <c r="A520" t="s">
         <v>1011</v>
       </c>
       <c r="B520" t="s">
         <v>1012</v>
       </c>
       <c r="C520"/>
       <c r="D520" t="s">
         <v>25</v>
       </c>
       <c r="E520" t="s">
         <v>17</v>
       </c>
       <c r="F520">
         <v>1984</v>
       </c>
       <c r="G520"/>
       <c r="H520" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
     </row>
     <row r="521" spans="1:8">
       <c r="A521" t="s">
         <v>1013</v>
       </c>
       <c r="B521" t="s">
         <v>1014</v>
       </c>
       <c r="C521" t="s">
         <v>43</v>
       </c>
       <c r="D521" t="s">
         <v>44</v>
       </c>
       <c r="E521" t="s">
         <v>12</v>
       </c>
       <c r="F521">
         <v>1983</v>
       </c>
       <c r="G521"/>
       <c r="H521" t="s">
-        <v>30</v>
+        <v>26</v>
       </c>
     </row>
     <row r="522" spans="1:8">
       <c r="A522" t="s">
         <v>1015</v>
       </c>
       <c r="B522" t="s">
         <v>1016</v>
       </c>
       <c r="C522"/>
       <c r="D522"/>
       <c r="E522" t="s">
         <v>73</v>
       </c>
       <c r="F522">
         <v>1979</v>
       </c>
       <c r="G522" t="s">
         <v>52</v>
       </c>
       <c r="H522"/>
     </row>
     <row r="523" spans="1:8">
       <c r="A523" t="s">
         <v>1017</v>
@@ -15798,51 +15798,51 @@
       <c r="F527"/>
       <c r="G527"/>
       <c r="H527" t="s">
         <v>261</v>
       </c>
     </row>
     <row r="528" spans="1:8">
       <c r="A528" t="s">
         <v>1025</v>
       </c>
       <c r="B528" t="s">
         <v>476</v>
       </c>
       <c r="C528" t="s">
         <v>22</v>
       </c>
       <c r="D528" t="s">
         <v>44</v>
       </c>
       <c r="E528" t="s">
         <v>12</v>
       </c>
       <c r="F528"/>
       <c r="G528"/>
       <c r="H528" t="s">
-        <v>26</v>
+        <v>29</v>
       </c>
     </row>
     <row r="529" spans="1:8">
       <c r="A529" t="s">
         <v>1026</v>
       </c>
       <c r="B529" t="s">
         <v>1027</v>
       </c>
       <c r="C529" t="s">
         <v>43</v>
       </c>
       <c r="D529" t="s">
         <v>44</v>
       </c>
       <c r="E529" t="s">
         <v>12</v>
       </c>
       <c r="F529"/>
       <c r="G529"/>
       <c r="H529" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="530" spans="1:8">