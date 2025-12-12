--- v0 (2025-10-24)
+++ v1 (2025-12-12)
@@ -116,56 +116,56 @@
   <si>
     <t>Autonómico</t>
   </si>
   <si>
     <t>Reglamentos (Gobierno, Autonómico, Entidades locales)</t>
   </si>
   <si>
     <t>Canarias</t>
   </si>
   <si>
     <t>Pruebass Legislación Cancelar.</t>
   </si>
   <si>
     <t>Ordenanza,  Reglamento,  Bando	Anuncio/ edicto</t>
   </si>
   <si>
     <t>Entidades locales</t>
   </si>
   <si>
     <t>Nueva Norma Añadir Legislación con CCAA.</t>
   </si>
   <si>
     <t>Comunicación</t>
   </si>
   <si>
+    <t>Castilla y León</t>
+  </si>
+  <si>
     <t>País Vasco</t>
   </si>
   <si>
-    <t>Castilla y León</t>
-[...1 lines deleted...]
-  <si>
     <t>Cataluña</t>
   </si>
   <si>
     <t>Norma New Alta Legislación</t>
   </si>
   <si>
     <t>Anuncio (Consejo de Gobierno)</t>
   </si>
   <si>
     <t>Tratados Internacionales</t>
   </si>
   <si>
     <t>Nueva Norma Tomás</t>
   </si>
   <si>
     <t>Circular o instrucción</t>
   </si>
   <si>
     <t>Pruebas Tomas</t>
   </si>
   <si>
     <t>Norma Prueba con Carolina</t>
   </si>
   <si>
     <t>Comunidad de Madrid</t>
@@ -215,54 +215,54 @@
   <si>
     <t>Norma Prueba Alta</t>
   </si>
   <si>
     <t>Prueba Validacion Alta Legislación</t>
   </si>
   <si>
     <t>Pruebassssssssssssss años</t>
   </si>
   <si>
     <t>Pruebas de Nuevas Normas a 10/12/2024 a las 10:20:23</t>
   </si>
   <si>
     <t>Pruebas para saber si el campo Norma puede usar / , ; y : .</t>
   </si>
   <si>
     <t>https://www.google.com/test/branch</t>
   </si>
   <si>
     <t>Pruebas Normas con Unificación- Detalles 17/12/2024 - Hora: 09:17:00. Prueba de funcionamiento; Correcto/Funcionando con Modificación  17/12/2024 - Hora: 09:19:00..</t>
   </si>
   <si>
     <t>https://www.google.com/testing/branch</t>
   </si>
   <si>
+    <t>Extra-Regio</t>
+  </si>
+  <si>
     <t>Illes Balears</t>
-  </si>
-[...1 lines deleted...]
-    <t>Extra-Regio</t>
   </si>
   <si>
     <t>Pruebas de Legislación loadOptions</t>
   </si>
   <si>
     <t>Leyes Ordinarias de ámbito estatal, Reales Decretos Legislativos, Real Decreto Ley</t>
   </si>
   <si>
     <t>Prueba de Modificación dentro de Legislación.</t>
   </si>
   <si>
     <t>Extremadura</t>
   </si>
   <si>
     <t>Pruebas de Acuerdo del nivel Nacional con Prueba el 03/12/2024. En esta prueba se mira todo.</t>
   </si>
   <si>
     <t>Galicia</t>
   </si>
   <si>
     <t>Norma de Prueba con Identificador Oficial realizada el 10/12/2024 con hora a las 10:32:10.</t>
   </si>
   <si>
     <t>Pruebas de Cancelar</t>
   </si>
@@ -3212,103 +3212,103 @@
       </c>
     </row>
     <row r="11" spans="1:8">
       <c r="A11" t="s">
         <v>32</v>
       </c>
       <c r="B11" t="s">
         <v>9</v>
       </c>
       <c r="C11" t="s">
         <v>25</v>
       </c>
       <c r="D11" t="s">
         <v>33</v>
       </c>
       <c r="E11" t="s">
         <v>11</v>
       </c>
       <c r="F11">
         <v>2024</v>
       </c>
       <c r="G11" t="s">
         <v>17</v>
       </c>
       <c r="H11" t="s">
-        <v>12</v>
+        <v>35</v>
       </c>
     </row>
     <row r="12" spans="1:8">
       <c r="A12" t="s">
         <v>32</v>
       </c>
       <c r="B12" t="s">
         <v>9</v>
       </c>
       <c r="C12" t="s">
         <v>25</v>
       </c>
       <c r="D12" t="s">
         <v>33</v>
       </c>
       <c r="E12" t="s">
         <v>11</v>
       </c>
       <c r="F12">
         <v>2024</v>
       </c>
       <c r="G12" t="s">
         <v>17</v>
       </c>
       <c r="H12" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
     </row>
     <row r="13" spans="1:8">
       <c r="A13" t="s">
         <v>32</v>
       </c>
       <c r="B13" t="s">
         <v>9</v>
       </c>
       <c r="C13" t="s">
         <v>25</v>
       </c>
       <c r="D13" t="s">
         <v>33</v>
       </c>
       <c r="E13" t="s">
         <v>11</v>
       </c>
       <c r="F13">
         <v>2024</v>
       </c>
       <c r="G13" t="s">
         <v>17</v>
       </c>
       <c r="H13" t="s">
-        <v>36</v>
+        <v>12</v>
       </c>
     </row>
     <row r="14" spans="1:8">
       <c r="A14" t="s">
         <v>37</v>
       </c>
       <c r="B14" t="s">
         <v>9</v>
       </c>
       <c r="C14" t="s">
         <v>38</v>
       </c>
       <c r="D14" t="s">
         <v>31</v>
       </c>
       <c r="E14" t="s">
         <v>39</v>
       </c>
       <c r="F14">
         <v>2024</v>
       </c>
       <c r="G14" t="s">
         <v>17</v>
       </c>
       <c r="H14"/>
@@ -3356,129 +3356,129 @@
       <c r="H16"/>
     </row>
     <row r="17" spans="1:8">
       <c r="A17" t="s">
         <v>43</v>
       </c>
       <c r="B17" t="s">
         <v>9</v>
       </c>
       <c r="C17" t="s">
         <v>38</v>
       </c>
       <c r="D17" t="s">
         <v>31</v>
       </c>
       <c r="E17" t="s">
         <v>16</v>
       </c>
       <c r="F17">
         <v>2024</v>
       </c>
       <c r="G17" t="s">
         <v>17</v>
       </c>
       <c r="H17" t="s">
-        <v>12</v>
+        <v>36</v>
       </c>
     </row>
     <row r="18" spans="1:8">
       <c r="A18" t="s">
         <v>43</v>
       </c>
       <c r="B18" t="s">
         <v>9</v>
       </c>
       <c r="C18" t="s">
         <v>38</v>
       </c>
       <c r="D18" t="s">
         <v>31</v>
       </c>
       <c r="E18" t="s">
         <v>16</v>
       </c>
       <c r="F18">
         <v>2024</v>
       </c>
       <c r="G18" t="s">
         <v>17</v>
       </c>
       <c r="H18" t="s">
-        <v>18</v>
+        <v>12</v>
       </c>
     </row>
     <row r="19" spans="1:8">
       <c r="A19" t="s">
         <v>43</v>
       </c>
       <c r="B19" t="s">
         <v>9</v>
       </c>
       <c r="C19" t="s">
         <v>38</v>
       </c>
       <c r="D19" t="s">
         <v>31</v>
       </c>
       <c r="E19" t="s">
         <v>16</v>
       </c>
       <c r="F19">
         <v>2024</v>
       </c>
       <c r="G19" t="s">
         <v>17</v>
       </c>
       <c r="H19" t="s">
-        <v>36</v>
+        <v>44</v>
       </c>
     </row>
     <row r="20" spans="1:8">
       <c r="A20" t="s">
         <v>43</v>
       </c>
       <c r="B20" t="s">
         <v>9</v>
       </c>
       <c r="C20" t="s">
         <v>38</v>
       </c>
       <c r="D20" t="s">
         <v>31</v>
       </c>
       <c r="E20" t="s">
         <v>16</v>
       </c>
       <c r="F20">
         <v>2024</v>
       </c>
       <c r="G20" t="s">
         <v>17</v>
       </c>
       <c r="H20" t="s">
-        <v>44</v>
+        <v>18</v>
       </c>
     </row>
     <row r="21" spans="1:8">
       <c r="A21" t="s">
         <v>45</v>
       </c>
       <c r="B21" t="s">
         <v>9</v>
       </c>
       <c r="C21" t="s">
         <v>46</v>
       </c>
       <c r="D21" t="s">
         <v>31</v>
       </c>
       <c r="E21" t="s">
         <v>16</v>
       </c>
       <c r="F21">
         <v>2024</v>
       </c>
       <c r="G21" t="s">
         <v>17</v>
       </c>
       <c r="H21" t="s">
@@ -3564,77 +3564,77 @@
       </c>
     </row>
     <row r="25" spans="1:8">
       <c r="A25" t="s">
         <v>47</v>
       </c>
       <c r="B25" t="s">
         <v>22</v>
       </c>
       <c r="C25" t="s">
         <v>38</v>
       </c>
       <c r="D25" t="s">
         <v>31</v>
       </c>
       <c r="E25" t="s">
         <v>16</v>
       </c>
       <c r="F25">
         <v>2024</v>
       </c>
       <c r="G25" t="s">
         <v>17</v>
       </c>
       <c r="H25" t="s">
-        <v>18</v>
+        <v>36</v>
       </c>
     </row>
     <row r="26" spans="1:8">
       <c r="A26" t="s">
         <v>47</v>
       </c>
       <c r="B26" t="s">
         <v>22</v>
       </c>
       <c r="C26" t="s">
         <v>38</v>
       </c>
       <c r="D26" t="s">
         <v>31</v>
       </c>
       <c r="E26" t="s">
         <v>16</v>
       </c>
       <c r="F26">
         <v>2024</v>
       </c>
       <c r="G26" t="s">
         <v>17</v>
       </c>
       <c r="H26" t="s">
-        <v>36</v>
+        <v>18</v>
       </c>
     </row>
     <row r="27" spans="1:8">
       <c r="A27" t="s">
         <v>47</v>
       </c>
       <c r="B27" t="s">
         <v>22</v>
       </c>
       <c r="C27" t="s">
         <v>38</v>
       </c>
       <c r="D27" t="s">
         <v>31</v>
       </c>
       <c r="E27" t="s">
         <v>16</v>
       </c>
       <c r="F27">
         <v>2024</v>
       </c>
       <c r="G27" t="s">
         <v>17</v>
       </c>
       <c r="H27" t="s">
@@ -3668,51 +3668,51 @@
       </c>
     </row>
     <row r="29" spans="1:8">
       <c r="A29" t="s">
         <v>50</v>
       </c>
       <c r="B29" t="s">
         <v>9</v>
       </c>
       <c r="C29" t="s">
         <v>38</v>
       </c>
       <c r="D29" t="s">
         <v>33</v>
       </c>
       <c r="E29" t="s">
         <v>16</v>
       </c>
       <c r="F29">
         <v>2024</v>
       </c>
       <c r="G29" t="s">
         <v>17</v>
       </c>
       <c r="H29" t="s">
-        <v>12</v>
+        <v>34</v>
       </c>
     </row>
     <row r="30" spans="1:8">
       <c r="A30" t="s">
         <v>50</v>
       </c>
       <c r="B30" t="s">
         <v>9</v>
       </c>
       <c r="C30" t="s">
         <v>38</v>
       </c>
       <c r="D30" t="s">
         <v>33</v>
       </c>
       <c r="E30" t="s">
         <v>16</v>
       </c>
       <c r="F30">
         <v>2024</v>
       </c>
       <c r="G30" t="s">
         <v>17</v>
       </c>
       <c r="H30" t="s">
@@ -3720,149 +3720,149 @@
       </c>
     </row>
     <row r="31" spans="1:8">
       <c r="A31" t="s">
         <v>50</v>
       </c>
       <c r="B31" t="s">
         <v>9</v>
       </c>
       <c r="C31" t="s">
         <v>38</v>
       </c>
       <c r="D31" t="s">
         <v>33</v>
       </c>
       <c r="E31" t="s">
         <v>16</v>
       </c>
       <c r="F31">
         <v>2024</v>
       </c>
       <c r="G31" t="s">
         <v>17</v>
       </c>
       <c r="H31" t="s">
-        <v>51</v>
+        <v>12</v>
       </c>
     </row>
     <row r="32" spans="1:8">
       <c r="A32" t="s">
         <v>50</v>
       </c>
       <c r="B32" t="s">
         <v>9</v>
       </c>
       <c r="C32" t="s">
         <v>38</v>
       </c>
       <c r="D32" t="s">
         <v>33</v>
       </c>
       <c r="E32" t="s">
         <v>16</v>
       </c>
       <c r="F32">
         <v>2024</v>
       </c>
       <c r="G32" t="s">
         <v>17</v>
       </c>
       <c r="H32" t="s">
-        <v>35</v>
+        <v>51</v>
       </c>
     </row>
     <row r="33" spans="1:8">
       <c r="A33" t="s">
         <v>52</v>
       </c>
       <c r="B33" t="s">
         <v>14</v>
       </c>
       <c r="C33"/>
       <c r="D33" t="s">
         <v>15</v>
       </c>
       <c r="E33" t="s">
         <v>16</v>
       </c>
       <c r="F33">
         <v>2024</v>
       </c>
       <c r="G33" t="s">
         <v>17</v>
       </c>
       <c r="H33" t="s">
-        <v>53</v>
+        <v>12</v>
       </c>
     </row>
     <row r="34" spans="1:8">
       <c r="A34" t="s">
         <v>52</v>
       </c>
       <c r="B34" t="s">
         <v>14</v>
       </c>
       <c r="C34"/>
       <c r="D34" t="s">
         <v>15</v>
       </c>
       <c r="E34" t="s">
         <v>16</v>
       </c>
       <c r="F34">
         <v>2024</v>
       </c>
       <c r="G34" t="s">
         <v>17</v>
       </c>
       <c r="H34" t="s">
-        <v>54</v>
+        <v>53</v>
       </c>
     </row>
     <row r="35" spans="1:8">
       <c r="A35" t="s">
         <v>52</v>
       </c>
       <c r="B35" t="s">
         <v>14</v>
       </c>
       <c r="C35"/>
       <c r="D35" t="s">
         <v>15</v>
       </c>
       <c r="E35" t="s">
         <v>16</v>
       </c>
       <c r="F35">
         <v>2024</v>
       </c>
       <c r="G35" t="s">
         <v>17</v>
       </c>
       <c r="H35" t="s">
-        <v>12</v>
+        <v>54</v>
       </c>
     </row>
     <row r="36" spans="1:8">
       <c r="A36" t="s">
         <v>55</v>
       </c>
       <c r="B36" t="s">
         <v>9</v>
       </c>
       <c r="C36" t="s">
         <v>25</v>
       </c>
       <c r="D36" t="s">
         <v>15</v>
       </c>
       <c r="E36" t="s">
         <v>16</v>
       </c>
       <c r="F36">
         <v>2024</v>
       </c>
       <c r="G36" t="s">
         <v>17</v>
       </c>
       <c r="H36" t="s">
@@ -3984,171 +3984,171 @@
       <c r="F42">
         <v>2024</v>
       </c>
       <c r="G42"/>
       <c r="H42" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="43" spans="1:8">
       <c r="A43" t="s">
         <v>65</v>
       </c>
       <c r="B43" t="s">
         <v>66</v>
       </c>
       <c r="C43"/>
       <c r="D43"/>
       <c r="E43" t="s">
         <v>16</v>
       </c>
       <c r="F43">
         <v>2024</v>
       </c>
       <c r="G43"/>
       <c r="H43" t="s">
-        <v>18</v>
+        <v>44</v>
       </c>
     </row>
     <row r="44" spans="1:8">
       <c r="A44" t="s">
         <v>65</v>
       </c>
       <c r="B44" t="s">
         <v>66</v>
       </c>
       <c r="C44"/>
       <c r="D44"/>
       <c r="E44" t="s">
         <v>16</v>
       </c>
       <c r="F44">
         <v>2024</v>
       </c>
       <c r="G44"/>
       <c r="H44" t="s">
-        <v>36</v>
+        <v>51</v>
       </c>
     </row>
     <row r="45" spans="1:8">
       <c r="A45" t="s">
         <v>65</v>
       </c>
       <c r="B45" t="s">
         <v>66</v>
       </c>
       <c r="C45"/>
       <c r="D45"/>
       <c r="E45" t="s">
         <v>16</v>
       </c>
       <c r="F45">
         <v>2024</v>
       </c>
       <c r="G45"/>
       <c r="H45" t="s">
-        <v>44</v>
+        <v>36</v>
       </c>
     </row>
     <row r="46" spans="1:8">
       <c r="A46" t="s">
         <v>65</v>
       </c>
       <c r="B46" t="s">
         <v>66</v>
       </c>
       <c r="C46"/>
       <c r="D46"/>
       <c r="E46" t="s">
         <v>16</v>
       </c>
       <c r="F46">
         <v>2024</v>
       </c>
       <c r="G46"/>
       <c r="H46" t="s">
         <v>67</v>
       </c>
     </row>
     <row r="47" spans="1:8">
       <c r="A47" t="s">
         <v>65</v>
       </c>
       <c r="B47" t="s">
         <v>66</v>
       </c>
       <c r="C47"/>
       <c r="D47"/>
       <c r="E47" t="s">
         <v>16</v>
       </c>
       <c r="F47">
         <v>2024</v>
       </c>
       <c r="G47"/>
       <c r="H47" t="s">
-        <v>68</v>
+        <v>12</v>
       </c>
     </row>
     <row r="48" spans="1:8">
       <c r="A48" t="s">
         <v>65</v>
       </c>
       <c r="B48" t="s">
         <v>66</v>
       </c>
       <c r="C48"/>
       <c r="D48"/>
       <c r="E48" t="s">
         <v>16</v>
       </c>
       <c r="F48">
         <v>2024</v>
       </c>
       <c r="G48"/>
       <c r="H48" t="s">
-        <v>51</v>
+        <v>18</v>
       </c>
     </row>
     <row r="49" spans="1:8">
       <c r="A49" t="s">
         <v>65</v>
       </c>
       <c r="B49" t="s">
         <v>66</v>
       </c>
       <c r="C49"/>
       <c r="D49"/>
       <c r="E49" t="s">
         <v>16</v>
       </c>
       <c r="F49">
         <v>2024</v>
       </c>
       <c r="G49"/>
       <c r="H49" t="s">
-        <v>12</v>
+        <v>68</v>
       </c>
     </row>
     <row r="50" spans="1:8">
       <c r="A50" t="s">
         <v>69</v>
       </c>
       <c r="B50" t="s">
         <v>9</v>
       </c>
       <c r="C50"/>
       <c r="D50" t="s">
         <v>70</v>
       </c>
       <c r="E50" t="s">
         <v>16</v>
       </c>
       <c r="F50">
         <v>2024</v>
       </c>
       <c r="G50"/>
       <c r="H50" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="51" spans="1:8">
@@ -4178,77 +4178,77 @@
       </c>
     </row>
     <row r="52" spans="1:8">
       <c r="A52" t="s">
         <v>71</v>
       </c>
       <c r="B52" t="s">
         <v>9</v>
       </c>
       <c r="C52" t="s">
         <v>49</v>
       </c>
       <c r="D52" t="s">
         <v>26</v>
       </c>
       <c r="E52" t="s">
         <v>27</v>
       </c>
       <c r="F52">
         <v>2024</v>
       </c>
       <c r="G52" t="s">
         <v>17</v>
       </c>
       <c r="H52" t="s">
-        <v>12</v>
+        <v>72</v>
       </c>
     </row>
     <row r="53" spans="1:8">
       <c r="A53" t="s">
         <v>71</v>
       </c>
       <c r="B53" t="s">
         <v>9</v>
       </c>
       <c r="C53" t="s">
         <v>49</v>
       </c>
       <c r="D53" t="s">
         <v>26</v>
       </c>
       <c r="E53" t="s">
         <v>27</v>
       </c>
       <c r="F53">
         <v>2024</v>
       </c>
       <c r="G53" t="s">
         <v>17</v>
       </c>
       <c r="H53" t="s">
-        <v>72</v>
+        <v>12</v>
       </c>
     </row>
     <row r="54" spans="1:8">
       <c r="A54" t="s">
         <v>73</v>
       </c>
       <c r="B54" t="s">
         <v>9</v>
       </c>
       <c r="C54" t="s">
         <v>46</v>
       </c>
       <c r="D54" t="s">
         <v>26</v>
       </c>
       <c r="E54" t="s">
         <v>27</v>
       </c>
       <c r="F54">
         <v>2024</v>
       </c>
       <c r="G54" t="s">
         <v>17</v>
       </c>
       <c r="H54" t="s">
@@ -4256,77 +4256,77 @@
       </c>
     </row>
     <row r="55" spans="1:8">
       <c r="A55" t="s">
         <v>73</v>
       </c>
       <c r="B55" t="s">
         <v>9</v>
       </c>
       <c r="C55" t="s">
         <v>46</v>
       </c>
       <c r="D55" t="s">
         <v>26</v>
       </c>
       <c r="E55" t="s">
         <v>27</v>
       </c>
       <c r="F55">
         <v>2024</v>
       </c>
       <c r="G55" t="s">
         <v>17</v>
       </c>
       <c r="H55" t="s">
-        <v>36</v>
+        <v>12</v>
       </c>
     </row>
     <row r="56" spans="1:8">
       <c r="A56" t="s">
         <v>73</v>
       </c>
       <c r="B56" t="s">
         <v>9</v>
       </c>
       <c r="C56" t="s">
         <v>46</v>
       </c>
       <c r="D56" t="s">
         <v>26</v>
       </c>
       <c r="E56" t="s">
         <v>27</v>
       </c>
       <c r="F56">
         <v>2024</v>
       </c>
       <c r="G56" t="s">
         <v>17</v>
       </c>
       <c r="H56" t="s">
-        <v>12</v>
+        <v>36</v>
       </c>
     </row>
     <row r="57" spans="1:8">
       <c r="A57" t="s">
         <v>73</v>
       </c>
       <c r="B57" t="s">
         <v>9</v>
       </c>
       <c r="C57" t="s">
         <v>46</v>
       </c>
       <c r="D57" t="s">
         <v>26</v>
       </c>
       <c r="E57" t="s">
         <v>27</v>
       </c>
       <c r="F57">
         <v>2024</v>
       </c>
       <c r="G57" t="s">
         <v>17</v>
       </c>
       <c r="H57" t="s">
@@ -4356,147 +4356,147 @@
       <c r="H58" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="59" spans="1:8">
       <c r="A59" t="s">
         <v>76</v>
       </c>
       <c r="B59" t="s">
         <v>9</v>
       </c>
       <c r="C59" t="s">
         <v>30</v>
       </c>
       <c r="D59" t="s">
         <v>31</v>
       </c>
       <c r="E59" t="s">
         <v>27</v>
       </c>
       <c r="F59">
         <v>2024</v>
       </c>
       <c r="G59"/>
       <c r="H59" t="s">
-        <v>51</v>
+        <v>12</v>
       </c>
     </row>
     <row r="60" spans="1:8">
       <c r="A60" t="s">
         <v>76</v>
       </c>
       <c r="B60" t="s">
         <v>9</v>
       </c>
       <c r="C60" t="s">
         <v>30</v>
       </c>
       <c r="D60" t="s">
         <v>31</v>
       </c>
       <c r="E60" t="s">
         <v>27</v>
       </c>
       <c r="F60">
         <v>2024</v>
       </c>
       <c r="G60"/>
       <c r="H60" t="s">
-        <v>12</v>
+        <v>51</v>
       </c>
     </row>
     <row r="61" spans="1:8">
       <c r="A61" t="s">
         <v>77</v>
       </c>
       <c r="B61" t="s">
         <v>78</v>
       </c>
       <c r="C61"/>
       <c r="D61"/>
       <c r="E61" t="s">
         <v>16</v>
       </c>
       <c r="F61">
         <v>2023</v>
       </c>
       <c r="G61"/>
       <c r="H61" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="62" spans="1:8">
       <c r="A62" t="s">
         <v>79</v>
       </c>
       <c r="B62" t="s">
         <v>80</v>
       </c>
       <c r="C62" t="s">
         <v>46</v>
       </c>
       <c r="D62" t="s">
         <v>31</v>
       </c>
       <c r="E62" t="s">
         <v>16</v>
       </c>
       <c r="F62">
         <v>2022</v>
       </c>
       <c r="G62" t="s">
         <v>17</v>
       </c>
       <c r="H62" t="s">
-        <v>36</v>
+        <v>18</v>
       </c>
     </row>
     <row r="63" spans="1:8">
       <c r="A63" t="s">
         <v>79</v>
       </c>
       <c r="B63" t="s">
         <v>80</v>
       </c>
       <c r="C63" t="s">
         <v>46</v>
       </c>
       <c r="D63" t="s">
         <v>31</v>
       </c>
       <c r="E63" t="s">
         <v>16</v>
       </c>
       <c r="F63">
         <v>2022</v>
       </c>
       <c r="G63" t="s">
         <v>17</v>
       </c>
       <c r="H63" t="s">
-        <v>18</v>
+        <v>36</v>
       </c>
     </row>
     <row r="64" spans="1:8">
       <c r="A64" t="s">
         <v>79</v>
       </c>
       <c r="B64" t="s">
         <v>80</v>
       </c>
       <c r="C64" t="s">
         <v>46</v>
       </c>
       <c r="D64" t="s">
         <v>31</v>
       </c>
       <c r="E64" t="s">
         <v>16</v>
       </c>
       <c r="F64">
         <v>2022</v>
       </c>
       <c r="G64" t="s">
         <v>17</v>
       </c>
       <c r="H64" t="s">
@@ -4504,51 +4504,51 @@
       </c>
     </row>
     <row r="65" spans="1:8">
       <c r="A65" t="s">
         <v>81</v>
       </c>
       <c r="B65" t="s">
         <v>14</v>
       </c>
       <c r="C65" t="s">
         <v>30</v>
       </c>
       <c r="D65" t="s">
         <v>31</v>
       </c>
       <c r="E65" t="s">
         <v>27</v>
       </c>
       <c r="F65">
         <v>2022</v>
       </c>
       <c r="G65" t="s">
         <v>17</v>
       </c>
       <c r="H65" t="s">
-        <v>68</v>
+        <v>36</v>
       </c>
     </row>
     <row r="66" spans="1:8">
       <c r="A66" t="s">
         <v>81</v>
       </c>
       <c r="B66" t="s">
         <v>14</v>
       </c>
       <c r="C66" t="s">
         <v>30</v>
       </c>
       <c r="D66" t="s">
         <v>31</v>
       </c>
       <c r="E66" t="s">
         <v>27</v>
       </c>
       <c r="F66">
         <v>2022</v>
       </c>
       <c r="G66" t="s">
         <v>17</v>
       </c>
       <c r="H66" t="s">
@@ -4582,51 +4582,51 @@
       </c>
     </row>
     <row r="68" spans="1:8">
       <c r="A68" t="s">
         <v>81</v>
       </c>
       <c r="B68" t="s">
         <v>14</v>
       </c>
       <c r="C68" t="s">
         <v>30</v>
       </c>
       <c r="D68" t="s">
         <v>31</v>
       </c>
       <c r="E68" t="s">
         <v>27</v>
       </c>
       <c r="F68">
         <v>2022</v>
       </c>
       <c r="G68" t="s">
         <v>17</v>
       </c>
       <c r="H68" t="s">
-        <v>36</v>
+        <v>67</v>
       </c>
     </row>
     <row r="69" spans="1:8">
       <c r="A69" t="s">
         <v>82</v>
       </c>
       <c r="B69" t="s">
         <v>83</v>
       </c>
       <c r="C69" t="s">
         <v>46</v>
       </c>
       <c r="D69" t="s">
         <v>26</v>
       </c>
       <c r="E69" t="s">
         <v>27</v>
       </c>
       <c r="F69">
         <v>2021</v>
       </c>
       <c r="G69"/>
       <c r="H69"/>
     </row>
     <row r="70" spans="1:8">
@@ -4722,123 +4722,123 @@
       <c r="H73" t="s">
         <v>92</v>
       </c>
     </row>
     <row r="74" spans="1:8">
       <c r="A74" t="s">
         <v>93</v>
       </c>
       <c r="B74" t="s">
         <v>94</v>
       </c>
       <c r="C74" t="s">
         <v>25</v>
       </c>
       <c r="D74" t="s">
         <v>26</v>
       </c>
       <c r="E74" t="s">
         <v>27</v>
       </c>
       <c r="F74">
         <v>2019</v>
       </c>
       <c r="G74"/>
       <c r="H74" t="s">
-        <v>35</v>
+        <v>34</v>
       </c>
     </row>
     <row r="75" spans="1:8">
       <c r="A75" t="s">
         <v>95</v>
       </c>
       <c r="B75" t="s">
         <v>96</v>
       </c>
       <c r="C75" t="s">
         <v>25</v>
       </c>
       <c r="D75" t="s">
         <v>26</v>
       </c>
       <c r="E75" t="s">
         <v>27</v>
       </c>
       <c r="F75">
         <v>2019</v>
       </c>
       <c r="G75"/>
       <c r="H75" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
     </row>
     <row r="76" spans="1:8">
       <c r="A76" t="s">
         <v>97</v>
       </c>
       <c r="B76" t="s">
         <v>98</v>
       </c>
       <c r="C76" t="s">
         <v>25</v>
       </c>
       <c r="D76" t="s">
         <v>26</v>
       </c>
       <c r="E76" t="s">
         <v>27</v>
       </c>
       <c r="F76">
         <v>2019</v>
       </c>
       <c r="G76"/>
       <c r="H76" t="s">
         <v>53</v>
       </c>
     </row>
     <row r="77" spans="1:8">
       <c r="A77" t="s">
         <v>99</v>
       </c>
       <c r="B77" t="s">
         <v>100</v>
       </c>
       <c r="C77" t="s">
         <v>25</v>
       </c>
       <c r="D77" t="s">
         <v>26</v>
       </c>
       <c r="E77" t="s">
         <v>27</v>
       </c>
       <c r="F77">
         <v>2019</v>
       </c>
       <c r="G77"/>
       <c r="H77" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
     </row>
     <row r="78" spans="1:8">
       <c r="A78" t="s">
         <v>101</v>
       </c>
       <c r="B78" t="s">
         <v>102</v>
       </c>
       <c r="C78"/>
       <c r="D78"/>
       <c r="E78" t="s">
         <v>39</v>
       </c>
       <c r="F78">
         <v>2018</v>
       </c>
       <c r="G78" t="s">
         <v>17</v>
       </c>
       <c r="H78"/>
     </row>
     <row r="79" spans="1:8">
       <c r="A79" t="s">
         <v>103</v>
@@ -5006,51 +5006,51 @@
       </c>
       <c r="G85"/>
       <c r="H85" t="s">
         <v>72</v>
       </c>
     </row>
     <row r="86" spans="1:8">
       <c r="A86" t="s">
         <v>119</v>
       </c>
       <c r="B86" t="s">
         <v>120</v>
       </c>
       <c r="C86"/>
       <c r="D86" t="s">
         <v>15</v>
       </c>
       <c r="E86" t="s">
         <v>16</v>
       </c>
       <c r="F86">
         <v>2017</v>
       </c>
       <c r="G86"/>
       <c r="H86" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
     </row>
     <row r="87" spans="1:8">
       <c r="A87" t="s">
         <v>121</v>
       </c>
       <c r="B87" t="s">
         <v>122</v>
       </c>
       <c r="C87" t="s">
         <v>25</v>
       </c>
       <c r="D87" t="s">
         <v>26</v>
       </c>
       <c r="E87" t="s">
         <v>27</v>
       </c>
       <c r="F87">
         <v>2017</v>
       </c>
       <c r="G87"/>
       <c r="H87" t="s">
         <v>72</v>
       </c>
@@ -5294,51 +5294,51 @@
       <c r="H97" t="s">
         <v>54</v>
       </c>
     </row>
     <row r="98" spans="1:8">
       <c r="A98" t="s">
         <v>144</v>
       </c>
       <c r="B98" t="s">
         <v>145</v>
       </c>
       <c r="C98" t="s">
         <v>25</v>
       </c>
       <c r="D98" t="s">
         <v>26</v>
       </c>
       <c r="E98" t="s">
         <v>27</v>
       </c>
       <c r="F98">
         <v>2017</v>
       </c>
       <c r="G98"/>
       <c r="H98" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
     </row>
     <row r="99" spans="1:8">
       <c r="A99" t="s">
         <v>146</v>
       </c>
       <c r="B99" t="s">
         <v>147</v>
       </c>
       <c r="C99" t="s">
         <v>49</v>
       </c>
       <c r="D99" t="s">
         <v>26</v>
       </c>
       <c r="E99" t="s">
         <v>27</v>
       </c>
       <c r="F99">
         <v>2017</v>
       </c>
       <c r="G99"/>
       <c r="H99" t="s">
         <v>28</v>
       </c>
@@ -5462,51 +5462,51 @@
       <c r="H104" t="s">
         <v>53</v>
       </c>
     </row>
     <row r="105" spans="1:8">
       <c r="A105" t="s">
         <v>157</v>
       </c>
       <c r="B105" t="s">
         <v>158</v>
       </c>
       <c r="C105" t="s">
         <v>25</v>
       </c>
       <c r="D105" t="s">
         <v>26</v>
       </c>
       <c r="E105" t="s">
         <v>27</v>
       </c>
       <c r="F105">
         <v>2016</v>
       </c>
       <c r="G105"/>
       <c r="H105" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
     </row>
     <row r="106" spans="1:8">
       <c r="A106" t="s">
         <v>159</v>
       </c>
       <c r="B106" t="s">
         <v>160</v>
       </c>
       <c r="C106" t="s">
         <v>25</v>
       </c>
       <c r="D106" t="s">
         <v>26</v>
       </c>
       <c r="E106" t="s">
         <v>27</v>
       </c>
       <c r="F106">
         <v>2016</v>
       </c>
       <c r="G106"/>
       <c r="H106" t="s">
         <v>161</v>
       </c>
@@ -6366,51 +6366,51 @@
         <v>17</v>
       </c>
       <c r="H142"/>
     </row>
     <row r="143" spans="1:8">
       <c r="A143" t="s">
         <v>235</v>
       </c>
       <c r="B143" t="s">
         <v>236</v>
       </c>
       <c r="C143" t="s">
         <v>49</v>
       </c>
       <c r="D143" t="s">
         <v>26</v>
       </c>
       <c r="E143" t="s">
         <v>27</v>
       </c>
       <c r="F143">
         <v>2011</v>
       </c>
       <c r="G143"/>
       <c r="H143" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
     </row>
     <row r="144" spans="1:8">
       <c r="A144" t="s">
         <v>237</v>
       </c>
       <c r="B144" t="s">
         <v>238</v>
       </c>
       <c r="C144" t="s">
         <v>25</v>
       </c>
       <c r="D144" t="s">
         <v>26</v>
       </c>
       <c r="E144" t="s">
         <v>27</v>
       </c>
       <c r="F144">
         <v>2011</v>
       </c>
       <c r="G144"/>
       <c r="H144" t="s">
         <v>53</v>
       </c>
@@ -6816,75 +6816,75 @@
       <c r="H161" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="162" spans="1:8">
       <c r="A162" t="s">
         <v>273</v>
       </c>
       <c r="B162" t="s">
         <v>274</v>
       </c>
       <c r="C162" t="s">
         <v>25</v>
       </c>
       <c r="D162" t="s">
         <v>26</v>
       </c>
       <c r="E162" t="s">
         <v>27</v>
       </c>
       <c r="F162">
         <v>2010</v>
       </c>
       <c r="G162"/>
       <c r="H162" t="s">
-        <v>35</v>
+        <v>34</v>
       </c>
     </row>
     <row r="163" spans="1:8">
       <c r="A163" t="s">
         <v>275</v>
       </c>
       <c r="B163" t="s">
         <v>276</v>
       </c>
       <c r="C163" t="s">
         <v>25</v>
       </c>
       <c r="D163" t="s">
         <v>26</v>
       </c>
       <c r="E163" t="s">
         <v>27</v>
       </c>
       <c r="F163">
         <v>2010</v>
       </c>
       <c r="G163"/>
       <c r="H163" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
     </row>
     <row r="164" spans="1:8">
       <c r="A164" t="s">
         <v>277</v>
       </c>
       <c r="B164" t="s">
         <v>278</v>
       </c>
       <c r="C164"/>
       <c r="D164" t="s">
         <v>15</v>
       </c>
       <c r="E164" t="s">
         <v>16</v>
       </c>
       <c r="F164">
         <v>2009</v>
       </c>
       <c r="G164"/>
       <c r="H164" t="s">
         <v>161</v>
       </c>
     </row>
     <row r="165" spans="1:8">
@@ -6908,51 +6908,51 @@
       </c>
       <c r="G165"/>
       <c r="H165" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="166" spans="1:8">
       <c r="A166" t="s">
         <v>281</v>
       </c>
       <c r="B166" t="s">
         <v>282</v>
       </c>
       <c r="C166"/>
       <c r="D166" t="s">
         <v>15</v>
       </c>
       <c r="E166" t="s">
         <v>16</v>
       </c>
       <c r="F166">
         <v>2008</v>
       </c>
       <c r="G166"/>
       <c r="H166" t="s">
-        <v>35</v>
+        <v>34</v>
       </c>
     </row>
     <row r="167" spans="1:8">
       <c r="A167" t="s">
         <v>283</v>
       </c>
       <c r="B167" t="s">
         <v>284</v>
       </c>
       <c r="C167" t="s">
         <v>49</v>
       </c>
       <c r="D167" t="s">
         <v>26</v>
       </c>
       <c r="E167" t="s">
         <v>27</v>
       </c>
       <c r="F167">
         <v>2008</v>
       </c>
       <c r="G167"/>
       <c r="H167" t="s">
         <v>72</v>
       </c>
@@ -7166,51 +7166,51 @@
       <c r="H176" t="s">
         <v>72</v>
       </c>
     </row>
     <row r="177" spans="1:8">
       <c r="A177" t="s">
         <v>303</v>
       </c>
       <c r="B177" t="s">
         <v>304</v>
       </c>
       <c r="C177" t="s">
         <v>25</v>
       </c>
       <c r="D177" t="s">
         <v>26</v>
       </c>
       <c r="E177" t="s">
         <v>27</v>
       </c>
       <c r="F177">
         <v>2007</v>
       </c>
       <c r="G177"/>
       <c r="H177" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
     </row>
     <row r="178" spans="1:8">
       <c r="A178" t="s">
         <v>305</v>
       </c>
       <c r="B178" t="s">
         <v>306</v>
       </c>
       <c r="C178" t="s">
         <v>38</v>
       </c>
       <c r="D178" t="s">
         <v>26</v>
       </c>
       <c r="E178" t="s">
         <v>27</v>
       </c>
       <c r="F178">
         <v>2007</v>
       </c>
       <c r="G178"/>
       <c r="H178" t="s">
         <v>28</v>
       </c>
@@ -7238,147 +7238,147 @@
       <c r="H179" t="s">
         <v>54</v>
       </c>
     </row>
     <row r="180" spans="1:8">
       <c r="A180" t="s">
         <v>309</v>
       </c>
       <c r="B180" t="s">
         <v>310</v>
       </c>
       <c r="C180" t="s">
         <v>25</v>
       </c>
       <c r="D180" t="s">
         <v>26</v>
       </c>
       <c r="E180" t="s">
         <v>27</v>
       </c>
       <c r="F180">
         <v>2007</v>
       </c>
       <c r="G180"/>
       <c r="H180" t="s">
-        <v>35</v>
+        <v>34</v>
       </c>
     </row>
     <row r="181" spans="1:8">
       <c r="A181" t="s">
         <v>311</v>
       </c>
       <c r="B181" t="s">
         <v>312</v>
       </c>
       <c r="C181" t="s">
         <v>25</v>
       </c>
       <c r="D181" t="s">
         <v>26</v>
       </c>
       <c r="E181" t="s">
         <v>27</v>
       </c>
       <c r="F181">
         <v>2007</v>
       </c>
       <c r="G181"/>
       <c r="H181" t="s">
-        <v>35</v>
+        <v>34</v>
       </c>
     </row>
     <row r="182" spans="1:8">
       <c r="A182" t="s">
         <v>313</v>
       </c>
       <c r="B182" t="s">
         <v>314</v>
       </c>
       <c r="C182" t="s">
         <v>25</v>
       </c>
       <c r="D182" t="s">
         <v>26</v>
       </c>
       <c r="E182" t="s">
         <v>27</v>
       </c>
       <c r="F182">
         <v>2007</v>
       </c>
       <c r="G182"/>
       <c r="H182" t="s">
-        <v>35</v>
+        <v>34</v>
       </c>
     </row>
     <row r="183" spans="1:8">
       <c r="A183" t="s">
         <v>315</v>
       </c>
       <c r="B183" t="s">
         <v>316</v>
       </c>
       <c r="C183" t="s">
         <v>25</v>
       </c>
       <c r="D183" t="s">
         <v>26</v>
       </c>
       <c r="E183" t="s">
         <v>27</v>
       </c>
       <c r="F183">
         <v>2007</v>
       </c>
       <c r="G183"/>
       <c r="H183" t="s">
-        <v>35</v>
+        <v>34</v>
       </c>
     </row>
     <row r="184" spans="1:8">
       <c r="A184" t="s">
         <v>317</v>
       </c>
       <c r="B184" t="s">
         <v>318</v>
       </c>
       <c r="C184" t="s">
         <v>25</v>
       </c>
       <c r="D184" t="s">
         <v>26</v>
       </c>
       <c r="E184" t="s">
         <v>27</v>
       </c>
       <c r="F184">
         <v>2007</v>
       </c>
       <c r="G184"/>
       <c r="H184" t="s">
-        <v>35</v>
+        <v>34</v>
       </c>
     </row>
     <row r="185" spans="1:8">
       <c r="A185" t="s">
         <v>319</v>
       </c>
       <c r="B185" t="s">
         <v>320</v>
       </c>
       <c r="C185" t="s">
         <v>25</v>
       </c>
       <c r="D185" t="s">
         <v>26</v>
       </c>
       <c r="E185" t="s">
         <v>27</v>
       </c>
       <c r="F185">
         <v>2007</v>
       </c>
       <c r="G185"/>
       <c r="H185" t="s">
         <v>161</v>
       </c>
@@ -7502,51 +7502,51 @@
       <c r="H190" t="s">
         <v>54</v>
       </c>
     </row>
     <row r="191" spans="1:8">
       <c r="A191" t="s">
         <v>331</v>
       </c>
       <c r="B191" t="s">
         <v>332</v>
       </c>
       <c r="C191" t="s">
         <v>25</v>
       </c>
       <c r="D191" t="s">
         <v>26</v>
       </c>
       <c r="E191" t="s">
         <v>27</v>
       </c>
       <c r="F191">
         <v>2007</v>
       </c>
       <c r="G191"/>
       <c r="H191" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
     </row>
     <row r="192" spans="1:8">
       <c r="A192" t="s">
         <v>333</v>
       </c>
       <c r="B192" t="s">
         <v>334</v>
       </c>
       <c r="C192"/>
       <c r="D192" t="s">
         <v>15</v>
       </c>
       <c r="E192" t="s">
         <v>16</v>
       </c>
       <c r="F192">
         <v>2006</v>
       </c>
       <c r="G192"/>
       <c r="H192" t="s">
         <v>161</v>
       </c>
     </row>
     <row r="193" spans="1:8">
@@ -7592,147 +7592,147 @@
       <c r="H194" t="s">
         <v>72</v>
       </c>
     </row>
     <row r="195" spans="1:8">
       <c r="A195" t="s">
         <v>339</v>
       </c>
       <c r="B195" t="s">
         <v>340</v>
       </c>
       <c r="C195" t="s">
         <v>41</v>
       </c>
       <c r="D195" t="s">
         <v>26</v>
       </c>
       <c r="E195" t="s">
         <v>27</v>
       </c>
       <c r="F195">
         <v>2006</v>
       </c>
       <c r="G195"/>
       <c r="H195" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
     </row>
     <row r="196" spans="1:8">
       <c r="A196" t="s">
         <v>341</v>
       </c>
       <c r="B196" t="s">
         <v>342</v>
       </c>
       <c r="C196" t="s">
         <v>25</v>
       </c>
       <c r="D196" t="s">
         <v>26</v>
       </c>
       <c r="E196" t="s">
         <v>27</v>
       </c>
       <c r="F196">
         <v>2006</v>
       </c>
       <c r="G196"/>
       <c r="H196" t="s">
         <v>148</v>
       </c>
     </row>
     <row r="197" spans="1:8">
       <c r="A197" t="s">
         <v>343</v>
       </c>
       <c r="B197" t="s">
         <v>344</v>
       </c>
       <c r="C197" t="s">
         <v>25</v>
       </c>
       <c r="D197" t="s">
         <v>26</v>
       </c>
       <c r="E197" t="s">
         <v>27</v>
       </c>
       <c r="F197">
         <v>2006</v>
       </c>
       <c r="G197"/>
       <c r="H197" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
     </row>
     <row r="198" spans="1:8">
       <c r="A198" t="s">
         <v>345</v>
       </c>
       <c r="B198" t="s">
         <v>346</v>
       </c>
       <c r="C198" t="s">
         <v>25</v>
       </c>
       <c r="D198" t="s">
         <v>26</v>
       </c>
       <c r="E198" t="s">
         <v>27</v>
       </c>
       <c r="F198">
         <v>2006</v>
       </c>
       <c r="G198"/>
       <c r="H198" t="s">
         <v>184</v>
       </c>
     </row>
     <row r="199" spans="1:8">
       <c r="A199" t="s">
         <v>347</v>
       </c>
       <c r="B199" t="s">
         <v>348</v>
       </c>
       <c r="C199" t="s">
         <v>25</v>
       </c>
       <c r="D199" t="s">
         <v>26</v>
       </c>
       <c r="E199" t="s">
         <v>27</v>
       </c>
       <c r="F199">
         <v>2006</v>
       </c>
       <c r="G199"/>
       <c r="H199" t="s">
-        <v>35</v>
+        <v>34</v>
       </c>
     </row>
     <row r="200" spans="1:8">
       <c r="A200" t="s">
         <v>349</v>
       </c>
       <c r="B200" t="s">
         <v>350</v>
       </c>
       <c r="C200" t="s">
         <v>25</v>
       </c>
       <c r="D200" t="s">
         <v>26</v>
       </c>
       <c r="E200" t="s">
         <v>27</v>
       </c>
       <c r="F200">
         <v>2006</v>
       </c>
       <c r="G200"/>
       <c r="H200" t="s">
         <v>12</v>
       </c>
@@ -7760,51 +7760,51 @@
       <c r="H201" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="202" spans="1:8">
       <c r="A202" t="s">
         <v>353</v>
       </c>
       <c r="B202" t="s">
         <v>354</v>
       </c>
       <c r="C202" t="s">
         <v>25</v>
       </c>
       <c r="D202" t="s">
         <v>26</v>
       </c>
       <c r="E202" t="s">
         <v>27</v>
       </c>
       <c r="F202">
         <v>2006</v>
       </c>
       <c r="G202"/>
       <c r="H202" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
     </row>
     <row r="203" spans="1:8">
       <c r="A203" t="s">
         <v>355</v>
       </c>
       <c r="B203" t="s">
         <v>356</v>
       </c>
       <c r="C203" t="s">
         <v>25</v>
       </c>
       <c r="D203" t="s">
         <v>26</v>
       </c>
       <c r="E203" t="s">
         <v>27</v>
       </c>
       <c r="F203">
         <v>2006</v>
       </c>
       <c r="G203"/>
       <c r="H203" t="s">
         <v>12</v>
       </c>
@@ -8214,51 +8214,51 @@
       <c r="H220" t="s">
         <v>36</v>
       </c>
     </row>
     <row r="221" spans="1:8">
       <c r="A221" t="s">
         <v>391</v>
       </c>
       <c r="B221" t="s">
         <v>392</v>
       </c>
       <c r="C221" t="s">
         <v>25</v>
       </c>
       <c r="D221" t="s">
         <v>26</v>
       </c>
       <c r="E221" t="s">
         <v>27</v>
       </c>
       <c r="F221">
         <v>2005</v>
       </c>
       <c r="G221"/>
       <c r="H221" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
     </row>
     <row r="222" spans="1:8">
       <c r="A222" t="s">
         <v>393</v>
       </c>
       <c r="B222" t="s">
         <v>394</v>
       </c>
       <c r="C222" t="s">
         <v>25</v>
       </c>
       <c r="D222" t="s">
         <v>26</v>
       </c>
       <c r="E222" t="s">
         <v>27</v>
       </c>
       <c r="F222">
         <v>2005</v>
       </c>
       <c r="G222"/>
       <c r="H222" t="s">
         <v>161</v>
       </c>
@@ -8502,51 +8502,51 @@
       <c r="H232" t="s">
         <v>44</v>
       </c>
     </row>
     <row r="233" spans="1:8">
       <c r="A233" t="s">
         <v>415</v>
       </c>
       <c r="B233" t="s">
         <v>416</v>
       </c>
       <c r="C233" t="s">
         <v>25</v>
       </c>
       <c r="D233" t="s">
         <v>26</v>
       </c>
       <c r="E233" t="s">
         <v>27</v>
       </c>
       <c r="F233">
         <v>2004</v>
       </c>
       <c r="G233"/>
       <c r="H233" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
     </row>
     <row r="234" spans="1:8">
       <c r="A234" t="s">
         <v>417</v>
       </c>
       <c r="B234" t="s">
         <v>418</v>
       </c>
       <c r="C234" t="s">
         <v>25</v>
       </c>
       <c r="D234" t="s">
         <v>26</v>
       </c>
       <c r="E234" t="s">
         <v>27</v>
       </c>
       <c r="F234">
         <v>2004</v>
       </c>
       <c r="G234"/>
       <c r="H234" t="s">
         <v>141</v>
       </c>
@@ -9002,51 +9002,51 @@
       <c r="H253" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="254" spans="1:8">
       <c r="A254" t="s">
         <v>457</v>
       </c>
       <c r="B254" t="s">
         <v>458</v>
       </c>
       <c r="C254" t="s">
         <v>25</v>
       </c>
       <c r="D254" t="s">
         <v>26</v>
       </c>
       <c r="E254" t="s">
         <v>27</v>
       </c>
       <c r="F254">
         <v>2003</v>
       </c>
       <c r="G254"/>
       <c r="H254" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
     </row>
     <row r="255" spans="1:8">
       <c r="A255" t="s">
         <v>459</v>
       </c>
       <c r="B255" t="s">
         <v>460</v>
       </c>
       <c r="C255" t="s">
         <v>25</v>
       </c>
       <c r="D255" t="s">
         <v>26</v>
       </c>
       <c r="E255" t="s">
         <v>27</v>
       </c>
       <c r="F255">
         <v>2003</v>
       </c>
       <c r="G255"/>
       <c r="H255" t="s">
         <v>12</v>
       </c>
@@ -9314,147 +9314,147 @@
       <c r="H266" t="s">
         <v>72</v>
       </c>
     </row>
     <row r="267" spans="1:8">
       <c r="A267" t="s">
         <v>483</v>
       </c>
       <c r="B267" t="s">
         <v>484</v>
       </c>
       <c r="C267" t="s">
         <v>46</v>
       </c>
       <c r="D267" t="s">
         <v>26</v>
       </c>
       <c r="E267" t="s">
         <v>27</v>
       </c>
       <c r="F267">
         <v>2002</v>
       </c>
       <c r="G267"/>
       <c r="H267" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
     </row>
     <row r="268" spans="1:8">
       <c r="A268" t="s">
         <v>485</v>
       </c>
       <c r="B268" t="s">
         <v>486</v>
       </c>
       <c r="C268" t="s">
         <v>46</v>
       </c>
       <c r="D268" t="s">
         <v>26</v>
       </c>
       <c r="E268" t="s">
         <v>27</v>
       </c>
       <c r="F268">
         <v>2002</v>
       </c>
       <c r="G268"/>
       <c r="H268" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
     </row>
     <row r="269" spans="1:8">
       <c r="A269" t="s">
         <v>487</v>
       </c>
       <c r="B269" t="s">
         <v>488</v>
       </c>
       <c r="C269" t="s">
         <v>46</v>
       </c>
       <c r="D269" t="s">
         <v>26</v>
       </c>
       <c r="E269" t="s">
         <v>27</v>
       </c>
       <c r="F269">
         <v>2002</v>
       </c>
       <c r="G269"/>
       <c r="H269" t="s">
         <v>54</v>
       </c>
     </row>
     <row r="270" spans="1:8">
       <c r="A270" t="s">
         <v>489</v>
       </c>
       <c r="B270" t="s">
         <v>490</v>
       </c>
       <c r="C270" t="s">
         <v>25</v>
       </c>
       <c r="D270" t="s">
         <v>26</v>
       </c>
       <c r="E270" t="s">
         <v>27</v>
       </c>
       <c r="F270">
         <v>2002</v>
       </c>
       <c r="G270"/>
       <c r="H270" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
     </row>
     <row r="271" spans="1:8">
       <c r="A271" t="s">
         <v>491</v>
       </c>
       <c r="B271" t="s">
         <v>492</v>
       </c>
       <c r="C271" t="s">
         <v>25</v>
       </c>
       <c r="D271" t="s">
         <v>26</v>
       </c>
       <c r="E271" t="s">
         <v>27</v>
       </c>
       <c r="F271">
         <v>2002</v>
       </c>
       <c r="G271"/>
       <c r="H271" t="s">
-        <v>35</v>
+        <v>34</v>
       </c>
     </row>
     <row r="272" spans="1:8">
       <c r="A272" t="s">
         <v>493</v>
       </c>
       <c r="B272" t="s">
         <v>494</v>
       </c>
       <c r="C272" t="s">
         <v>25</v>
       </c>
       <c r="D272" t="s">
         <v>26</v>
       </c>
       <c r="E272" t="s">
         <v>27</v>
       </c>
       <c r="F272">
         <v>2002</v>
       </c>
       <c r="G272"/>
       <c r="H272" t="s">
         <v>44</v>
       </c>
@@ -9838,123 +9838,123 @@
       <c r="H288" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="289" spans="1:8">
       <c r="A289" t="s">
         <v>527</v>
       </c>
       <c r="B289" t="s">
         <v>528</v>
       </c>
       <c r="C289" t="s">
         <v>46</v>
       </c>
       <c r="D289" t="s">
         <v>26</v>
       </c>
       <c r="E289" t="s">
         <v>27</v>
       </c>
       <c r="F289">
         <v>2001</v>
       </c>
       <c r="G289"/>
       <c r="H289" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
     </row>
     <row r="290" spans="1:8">
       <c r="A290" t="s">
         <v>529</v>
       </c>
       <c r="B290" t="s">
         <v>530</v>
       </c>
       <c r="C290" t="s">
         <v>25</v>
       </c>
       <c r="D290" t="s">
         <v>26</v>
       </c>
       <c r="E290" t="s">
         <v>27</v>
       </c>
       <c r="F290">
         <v>2001</v>
       </c>
       <c r="G290"/>
       <c r="H290" t="s">
-        <v>35</v>
+        <v>34</v>
       </c>
     </row>
     <row r="291" spans="1:8">
       <c r="A291" t="s">
         <v>531</v>
       </c>
       <c r="B291" t="s">
         <v>532</v>
       </c>
       <c r="C291" t="s">
         <v>25</v>
       </c>
       <c r="D291" t="s">
         <v>26</v>
       </c>
       <c r="E291" t="s">
         <v>27</v>
       </c>
       <c r="F291">
         <v>2001</v>
       </c>
       <c r="G291"/>
       <c r="H291" t="s">
         <v>92</v>
       </c>
     </row>
     <row r="292" spans="1:8">
       <c r="A292" t="s">
         <v>533</v>
       </c>
       <c r="B292" t="s">
         <v>534</v>
       </c>
       <c r="C292" t="s">
         <v>25</v>
       </c>
       <c r="D292" t="s">
         <v>26</v>
       </c>
       <c r="E292" t="s">
         <v>27</v>
       </c>
       <c r="F292">
         <v>2001</v>
       </c>
       <c r="G292"/>
       <c r="H292" t="s">
-        <v>35</v>
+        <v>34</v>
       </c>
     </row>
     <row r="293" spans="1:8">
       <c r="A293" t="s">
         <v>535</v>
       </c>
       <c r="B293" t="s">
         <v>536</v>
       </c>
       <c r="C293" t="s">
         <v>25</v>
       </c>
       <c r="D293" t="s">
         <v>26</v>
       </c>
       <c r="E293" t="s">
         <v>27</v>
       </c>
       <c r="F293">
         <v>2001</v>
       </c>
       <c r="G293"/>
       <c r="H293" t="s">
         <v>36</v>
       </c>
@@ -10030,51 +10030,51 @@
       <c r="H296" t="s">
         <v>36</v>
       </c>
     </row>
     <row r="297" spans="1:8">
       <c r="A297">
         <v>123456</v>
       </c>
       <c r="B297" t="s">
         <v>543</v>
       </c>
       <c r="C297"/>
       <c r="D297" t="s">
         <v>544</v>
       </c>
       <c r="E297" t="s">
         <v>11</v>
       </c>
       <c r="F297">
         <v>2000</v>
       </c>
       <c r="G297" t="s">
         <v>545</v>
       </c>
       <c r="H297" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
     </row>
     <row r="298" spans="1:8">
       <c r="A298" t="s">
         <v>546</v>
       </c>
       <c r="B298" t="s">
         <v>547</v>
       </c>
       <c r="C298"/>
       <c r="D298"/>
       <c r="E298" t="s">
         <v>39</v>
       </c>
       <c r="F298">
         <v>2000</v>
       </c>
       <c r="G298" t="s">
         <v>545</v>
       </c>
       <c r="H298" t="s">
         <v>161</v>
       </c>
     </row>
     <row r="299" spans="1:8">
@@ -10434,51 +10434,51 @@
       <c r="H313" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="314" spans="1:8">
       <c r="A314" t="s">
         <v>578</v>
       </c>
       <c r="B314" t="s">
         <v>579</v>
       </c>
       <c r="C314" t="s">
         <v>25</v>
       </c>
       <c r="D314" t="s">
         <v>26</v>
       </c>
       <c r="E314" t="s">
         <v>27</v>
       </c>
       <c r="F314">
         <v>2000</v>
       </c>
       <c r="G314"/>
       <c r="H314" t="s">
-        <v>35</v>
+        <v>34</v>
       </c>
     </row>
     <row r="315" spans="1:8">
       <c r="A315" t="s">
         <v>580</v>
       </c>
       <c r="B315" t="s">
         <v>581</v>
       </c>
       <c r="C315" t="s">
         <v>25</v>
       </c>
       <c r="D315" t="s">
         <v>26</v>
       </c>
       <c r="E315" t="s">
         <v>27</v>
       </c>
       <c r="F315">
         <v>2000</v>
       </c>
       <c r="G315"/>
       <c r="H315" t="s">
         <v>12</v>
       </c>
@@ -10814,51 +10814,51 @@
       <c r="H329" t="s">
         <v>74</v>
       </c>
     </row>
     <row r="330" spans="1:8">
       <c r="A330" t="s">
         <v>610</v>
       </c>
       <c r="B330" t="s">
         <v>611</v>
       </c>
       <c r="C330" t="s">
         <v>25</v>
       </c>
       <c r="D330" t="s">
         <v>26</v>
       </c>
       <c r="E330" t="s">
         <v>27</v>
       </c>
       <c r="F330">
         <v>1999</v>
       </c>
       <c r="G330"/>
       <c r="H330" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
     </row>
     <row r="331" spans="1:8">
       <c r="A331" t="s">
         <v>612</v>
       </c>
       <c r="B331" t="s">
         <v>613</v>
       </c>
       <c r="C331" t="s">
         <v>25</v>
       </c>
       <c r="D331" t="s">
         <v>26</v>
       </c>
       <c r="E331" t="s">
         <v>27</v>
       </c>
       <c r="F331">
         <v>1999</v>
       </c>
       <c r="G331"/>
       <c r="H331" t="s">
         <v>148</v>
       </c>
@@ -11246,217 +11246,217 @@
       <c r="H347" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="348" spans="1:8">
       <c r="A348" t="s">
         <v>646</v>
       </c>
       <c r="B348" t="s">
         <v>647</v>
       </c>
       <c r="C348" t="s">
         <v>25</v>
       </c>
       <c r="D348" t="s">
         <v>26</v>
       </c>
       <c r="E348" t="s">
         <v>27</v>
       </c>
       <c r="F348">
         <v>1998</v>
       </c>
       <c r="G348"/>
       <c r="H348" t="s">
-        <v>35</v>
+        <v>34</v>
       </c>
     </row>
     <row r="349" spans="1:8">
       <c r="A349" t="s">
         <v>648</v>
       </c>
       <c r="B349" t="s">
         <v>649</v>
       </c>
       <c r="C349" t="s">
         <v>25</v>
       </c>
       <c r="D349" t="s">
         <v>26</v>
       </c>
       <c r="E349" t="s">
         <v>27</v>
       </c>
       <c r="F349">
         <v>1998</v>
       </c>
       <c r="G349"/>
       <c r="H349" t="s">
-        <v>35</v>
+        <v>34</v>
       </c>
     </row>
     <row r="350" spans="1:8">
       <c r="A350" t="s">
         <v>650</v>
       </c>
       <c r="B350" t="s">
         <v>651</v>
       </c>
       <c r="C350" t="s">
         <v>25</v>
       </c>
       <c r="D350" t="s">
         <v>26</v>
       </c>
       <c r="E350" t="s">
         <v>27</v>
       </c>
       <c r="F350">
         <v>1998</v>
       </c>
       <c r="G350"/>
       <c r="H350" t="s">
-        <v>35</v>
+        <v>34</v>
       </c>
     </row>
     <row r="351" spans="1:8">
       <c r="A351" t="s">
         <v>652</v>
       </c>
       <c r="B351" t="s">
         <v>653</v>
       </c>
       <c r="C351" t="s">
         <v>25</v>
       </c>
       <c r="D351" t="s">
         <v>26</v>
       </c>
       <c r="E351" t="s">
         <v>27</v>
       </c>
       <c r="F351">
         <v>1998</v>
       </c>
       <c r="G351"/>
       <c r="H351" t="s">
-        <v>35</v>
+        <v>34</v>
       </c>
     </row>
     <row r="352" spans="1:8">
       <c r="A352" t="s">
         <v>654</v>
       </c>
       <c r="B352" t="s">
         <v>655</v>
       </c>
       <c r="C352" t="s">
         <v>25</v>
       </c>
       <c r="D352" t="s">
         <v>26</v>
       </c>
       <c r="E352" t="s">
         <v>27</v>
       </c>
       <c r="F352">
         <v>1998</v>
       </c>
       <c r="G352"/>
       <c r="H352" t="s">
         <v>74</v>
       </c>
     </row>
     <row r="353" spans="1:8">
       <c r="A353" t="s">
         <v>656</v>
       </c>
       <c r="B353" t="s">
         <v>657</v>
       </c>
       <c r="C353" t="s">
         <v>25</v>
       </c>
       <c r="D353" t="s">
         <v>26</v>
       </c>
       <c r="E353" t="s">
         <v>27</v>
       </c>
       <c r="F353">
         <v>1998</v>
       </c>
       <c r="G353"/>
       <c r="H353" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
     </row>
     <row r="354" spans="1:8">
       <c r="A354" t="s">
         <v>658</v>
       </c>
       <c r="B354" t="s">
         <v>659</v>
       </c>
       <c r="C354"/>
       <c r="D354" t="s">
         <v>15</v>
       </c>
       <c r="E354" t="s">
         <v>16</v>
       </c>
       <c r="F354">
         <v>1997</v>
       </c>
       <c r="G354"/>
       <c r="H354" t="s">
         <v>141</v>
       </c>
     </row>
     <row r="355" spans="1:8">
       <c r="A355" t="s">
         <v>660</v>
       </c>
       <c r="B355" t="s">
         <v>661</v>
       </c>
       <c r="C355" t="s">
         <v>25</v>
       </c>
       <c r="D355" t="s">
         <v>26</v>
       </c>
       <c r="E355" t="s">
         <v>27</v>
       </c>
       <c r="F355">
         <v>1997</v>
       </c>
       <c r="G355"/>
       <c r="H355" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
     </row>
     <row r="356" spans="1:8">
       <c r="A356" t="s">
         <v>662</v>
       </c>
       <c r="B356" t="s">
         <v>663</v>
       </c>
       <c r="C356" t="s">
         <v>49</v>
       </c>
       <c r="D356" t="s">
         <v>26</v>
       </c>
       <c r="E356" t="s">
         <v>27</v>
       </c>
       <c r="F356">
         <v>1997</v>
       </c>
       <c r="G356"/>
       <c r="H356" t="s">
         <v>12</v>
       </c>
@@ -11484,51 +11484,51 @@
       <c r="H357" t="s">
         <v>36</v>
       </c>
     </row>
     <row r="358" spans="1:8">
       <c r="A358" t="s">
         <v>666</v>
       </c>
       <c r="B358" t="s">
         <v>667</v>
       </c>
       <c r="C358" t="s">
         <v>25</v>
       </c>
       <c r="D358" t="s">
         <v>26</v>
       </c>
       <c r="E358" t="s">
         <v>27</v>
       </c>
       <c r="F358">
         <v>1997</v>
       </c>
       <c r="G358"/>
       <c r="H358" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
     </row>
     <row r="359" spans="1:8">
       <c r="A359" t="s">
         <v>668</v>
       </c>
       <c r="B359" t="s">
         <v>669</v>
       </c>
       <c r="C359" t="s">
         <v>25</v>
       </c>
       <c r="D359" t="s">
         <v>26</v>
       </c>
       <c r="E359" t="s">
         <v>27</v>
       </c>
       <c r="F359">
         <v>1997</v>
       </c>
       <c r="G359"/>
       <c r="H359" t="s">
         <v>161</v>
       </c>
@@ -11864,75 +11864,75 @@
       <c r="H373" t="s">
         <v>148</v>
       </c>
     </row>
     <row r="374" spans="1:8">
       <c r="A374" t="s">
         <v>698</v>
       </c>
       <c r="B374" t="s">
         <v>699</v>
       </c>
       <c r="C374" t="s">
         <v>25</v>
       </c>
       <c r="D374" t="s">
         <v>26</v>
       </c>
       <c r="E374" t="s">
         <v>27</v>
       </c>
       <c r="F374">
         <v>1995</v>
       </c>
       <c r="G374"/>
       <c r="H374" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
     </row>
     <row r="375" spans="1:8">
       <c r="A375" t="s">
         <v>700</v>
       </c>
       <c r="B375" t="s">
         <v>701</v>
       </c>
       <c r="C375" t="s">
         <v>25</v>
       </c>
       <c r="D375" t="s">
         <v>26</v>
       </c>
       <c r="E375" t="s">
         <v>27</v>
       </c>
       <c r="F375">
         <v>1995</v>
       </c>
       <c r="G375"/>
       <c r="H375" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
     </row>
     <row r="376" spans="1:8">
       <c r="A376" t="s">
         <v>702</v>
       </c>
       <c r="B376" t="s">
         <v>703</v>
       </c>
       <c r="C376" t="s">
         <v>49</v>
       </c>
       <c r="D376" t="s">
         <v>26</v>
       </c>
       <c r="E376" t="s">
         <v>27</v>
       </c>
       <c r="F376">
         <v>1995</v>
       </c>
       <c r="G376"/>
       <c r="H376" t="s">
         <v>12</v>
       </c>
@@ -12008,193 +12008,193 @@
       <c r="H379" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="380" spans="1:8">
       <c r="A380" t="s">
         <v>710</v>
       </c>
       <c r="B380" t="s">
         <v>711</v>
       </c>
       <c r="C380" t="s">
         <v>25</v>
       </c>
       <c r="D380" t="s">
         <v>26</v>
       </c>
       <c r="E380" t="s">
         <v>27</v>
       </c>
       <c r="F380">
         <v>1995</v>
       </c>
       <c r="G380"/>
       <c r="H380" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
     </row>
     <row r="381" spans="1:8">
       <c r="A381" t="s">
         <v>712</v>
       </c>
       <c r="B381" t="s">
         <v>713</v>
       </c>
       <c r="C381" t="s">
         <v>25</v>
       </c>
       <c r="D381" t="s">
         <v>26</v>
       </c>
       <c r="E381" t="s">
         <v>27</v>
       </c>
       <c r="F381">
         <v>1995</v>
       </c>
       <c r="G381"/>
       <c r="H381" t="s">
-        <v>35</v>
+        <v>34</v>
       </c>
     </row>
     <row r="382" spans="1:8">
       <c r="A382" t="s">
         <v>714</v>
       </c>
       <c r="B382" t="s">
         <v>715</v>
       </c>
       <c r="C382"/>
       <c r="D382" t="s">
         <v>15</v>
       </c>
       <c r="E382" t="s">
         <v>16</v>
       </c>
       <c r="F382">
         <v>1994</v>
       </c>
       <c r="G382"/>
       <c r="H382" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="383" spans="1:8">
       <c r="A383" t="s">
         <v>716</v>
       </c>
       <c r="B383" t="s">
         <v>717</v>
       </c>
       <c r="C383" t="s">
         <v>25</v>
       </c>
       <c r="D383" t="s">
         <v>26</v>
       </c>
       <c r="E383" t="s">
         <v>27</v>
       </c>
       <c r="F383">
         <v>1994</v>
       </c>
       <c r="G383"/>
       <c r="H383" t="s">
-        <v>35</v>
+        <v>34</v>
       </c>
     </row>
     <row r="384" spans="1:8">
       <c r="A384" t="s">
         <v>718</v>
       </c>
       <c r="B384" t="s">
         <v>719</v>
       </c>
       <c r="C384" t="s">
         <v>25</v>
       </c>
       <c r="D384" t="s">
         <v>26</v>
       </c>
       <c r="E384" t="s">
         <v>27</v>
       </c>
       <c r="F384">
         <v>1994</v>
       </c>
       <c r="G384"/>
       <c r="H384" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
     </row>
     <row r="385" spans="1:8">
       <c r="A385" t="s">
         <v>720</v>
       </c>
       <c r="B385" t="s">
         <v>721</v>
       </c>
       <c r="C385" t="s">
         <v>46</v>
       </c>
       <c r="D385" t="s">
         <v>26</v>
       </c>
       <c r="E385" t="s">
         <v>27</v>
       </c>
       <c r="F385">
         <v>1994</v>
       </c>
       <c r="G385"/>
       <c r="H385" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="386" spans="1:8">
       <c r="A386" t="s">
         <v>722</v>
       </c>
       <c r="B386" t="s">
         <v>723</v>
       </c>
       <c r="C386" t="s">
         <v>25</v>
       </c>
       <c r="D386" t="s">
         <v>26</v>
       </c>
       <c r="E386" t="s">
         <v>27</v>
       </c>
       <c r="F386">
         <v>1994</v>
       </c>
       <c r="G386"/>
       <c r="H386" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
     </row>
     <row r="387" spans="1:8">
       <c r="A387" t="s">
         <v>724</v>
       </c>
       <c r="B387" t="s">
         <v>725</v>
       </c>
       <c r="C387" t="s">
         <v>25</v>
       </c>
       <c r="D387" t="s">
         <v>26</v>
       </c>
       <c r="E387" t="s">
         <v>27</v>
       </c>
       <c r="F387">
         <v>1994</v>
       </c>
       <c r="G387"/>
       <c r="H387" t="s">
         <v>12</v>
       </c>
@@ -12414,51 +12414,51 @@
       <c r="H396" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="397" spans="1:8">
       <c r="A397" t="s">
         <v>744</v>
       </c>
       <c r="B397" t="s">
         <v>745</v>
       </c>
       <c r="C397" t="s">
         <v>25</v>
       </c>
       <c r="D397" t="s">
         <v>26</v>
       </c>
       <c r="E397" t="s">
         <v>27</v>
       </c>
       <c r="F397">
         <v>1994</v>
       </c>
       <c r="G397"/>
       <c r="H397" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
     </row>
     <row r="398" spans="1:8">
       <c r="A398" t="s">
         <v>746</v>
       </c>
       <c r="B398" t="s">
         <v>747</v>
       </c>
       <c r="C398" t="s">
         <v>25</v>
       </c>
       <c r="D398" t="s">
         <v>26</v>
       </c>
       <c r="E398" t="s">
         <v>27</v>
       </c>
       <c r="F398">
         <v>1994</v>
       </c>
       <c r="G398"/>
       <c r="H398" t="s">
         <v>54</v>
       </c>
@@ -12674,75 +12674,75 @@
       </c>
       <c r="G407" t="s">
         <v>545</v>
       </c>
       <c r="H407"/>
     </row>
     <row r="408" spans="1:8">
       <c r="A408" t="s">
         <v>766</v>
       </c>
       <c r="B408" t="s">
         <v>767</v>
       </c>
       <c r="C408"/>
       <c r="D408" t="s">
         <v>15</v>
       </c>
       <c r="E408" t="s">
         <v>16</v>
       </c>
       <c r="F408">
         <v>1992</v>
       </c>
       <c r="G408"/>
       <c r="H408" t="s">
-        <v>35</v>
+        <v>34</v>
       </c>
     </row>
     <row r="409" spans="1:8">
       <c r="A409" t="s">
         <v>768</v>
       </c>
       <c r="B409" t="s">
         <v>769</v>
       </c>
       <c r="C409" t="s">
         <v>46</v>
       </c>
       <c r="D409" t="s">
         <v>26</v>
       </c>
       <c r="E409" t="s">
         <v>27</v>
       </c>
       <c r="F409">
         <v>1992</v>
       </c>
       <c r="G409"/>
       <c r="H409" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
     </row>
     <row r="410" spans="1:8">
       <c r="A410" t="s">
         <v>770</v>
       </c>
       <c r="B410" t="s">
         <v>771</v>
       </c>
       <c r="C410" t="s">
         <v>25</v>
       </c>
       <c r="D410" t="s">
         <v>26</v>
       </c>
       <c r="E410" t="s">
         <v>27</v>
       </c>
       <c r="F410">
         <v>1992</v>
       </c>
       <c r="G410"/>
       <c r="H410" t="s">
         <v>54</v>
       </c>
@@ -12770,51 +12770,51 @@
       <c r="H411" t="s">
         <v>74</v>
       </c>
     </row>
     <row r="412" spans="1:8">
       <c r="A412" t="s">
         <v>774</v>
       </c>
       <c r="B412" t="s">
         <v>775</v>
       </c>
       <c r="C412" t="s">
         <v>25</v>
       </c>
       <c r="D412" t="s">
         <v>26</v>
       </c>
       <c r="E412" t="s">
         <v>27</v>
       </c>
       <c r="F412">
         <v>1991</v>
       </c>
       <c r="G412"/>
       <c r="H412" t="s">
-        <v>35</v>
+        <v>34</v>
       </c>
     </row>
     <row r="413" spans="1:8">
       <c r="A413" t="s">
         <v>776</v>
       </c>
       <c r="B413" t="s">
         <v>777</v>
       </c>
       <c r="C413" t="s">
         <v>46</v>
       </c>
       <c r="D413" t="s">
         <v>26</v>
       </c>
       <c r="E413" t="s">
         <v>27</v>
       </c>
       <c r="F413">
         <v>1991</v>
       </c>
       <c r="G413"/>
       <c r="H413" t="s">
         <v>44</v>
       </c>
@@ -13008,51 +13008,51 @@
       <c r="H421" t="s">
         <v>54</v>
       </c>
     </row>
     <row r="422" spans="1:8">
       <c r="A422" t="s">
         <v>792</v>
       </c>
       <c r="B422" t="s">
         <v>793</v>
       </c>
       <c r="C422" t="s">
         <v>25</v>
       </c>
       <c r="D422" t="s">
         <v>26</v>
       </c>
       <c r="E422" t="s">
         <v>27</v>
       </c>
       <c r="F422">
         <v>1990</v>
       </c>
       <c r="G422"/>
       <c r="H422" t="s">
-        <v>35</v>
+        <v>34</v>
       </c>
     </row>
     <row r="423" spans="1:8">
       <c r="A423" t="s">
         <v>794</v>
       </c>
       <c r="B423" t="s">
         <v>795</v>
       </c>
       <c r="C423" t="s">
         <v>25</v>
       </c>
       <c r="D423" t="s">
         <v>26</v>
       </c>
       <c r="E423" t="s">
         <v>27</v>
       </c>
       <c r="F423">
         <v>1990</v>
       </c>
       <c r="G423"/>
       <c r="H423" t="s">
         <v>12</v>
       </c>
@@ -13316,51 +13316,51 @@
       <c r="H434" t="s">
         <v>54</v>
       </c>
     </row>
     <row r="435" spans="1:8">
       <c r="A435" t="s">
         <v>818</v>
       </c>
       <c r="B435" t="s">
         <v>819</v>
       </c>
       <c r="C435" t="s">
         <v>25</v>
       </c>
       <c r="D435" t="s">
         <v>26</v>
       </c>
       <c r="E435" t="s">
         <v>27</v>
       </c>
       <c r="F435">
         <v>1985</v>
       </c>
       <c r="G435"/>
       <c r="H435" t="s">
-        <v>35</v>
+        <v>34</v>
       </c>
     </row>
     <row r="436" spans="1:8">
       <c r="A436" t="s">
         <v>820</v>
       </c>
       <c r="B436" t="s">
         <v>821</v>
       </c>
       <c r="C436"/>
       <c r="D436" t="s">
         <v>15</v>
       </c>
       <c r="E436" t="s">
         <v>16</v>
       </c>
       <c r="F436">
         <v>1984</v>
       </c>
       <c r="G436"/>
       <c r="H436" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="437" spans="1:8">
@@ -13500,51 +13500,51 @@
       <c r="H442" t="s">
         <v>161</v>
       </c>
     </row>
     <row r="443" spans="1:8">
       <c r="A443" t="s">
         <v>834</v>
       </c>
       <c r="B443" t="s">
         <v>835</v>
       </c>
       <c r="C443" t="s">
         <v>107</v>
       </c>
       <c r="D443" t="s">
         <v>108</v>
       </c>
       <c r="E443" t="s">
         <v>27</v>
       </c>
       <c r="F443">
         <v>1978</v>
       </c>
       <c r="G443"/>
       <c r="H443" t="s">
-        <v>35</v>
+        <v>34</v>
       </c>
     </row>
     <row r="444" spans="1:8">
       <c r="A444" t="s">
         <v>836</v>
       </c>
       <c r="B444" t="s">
         <v>837</v>
       </c>
       <c r="C444" t="s">
         <v>25</v>
       </c>
       <c r="D444" t="s">
         <v>26</v>
       </c>
       <c r="E444" t="s">
         <v>27</v>
       </c>
       <c r="F444">
         <v>1974</v>
       </c>
       <c r="G444"/>
       <c r="H444" t="s">
         <v>28</v>
       </c>
@@ -13602,67 +13602,67 @@
       <c r="B447" t="s">
         <v>843</v>
       </c>
       <c r="C447"/>
       <c r="D447"/>
       <c r="E447"/>
       <c r="F447"/>
       <c r="G447"/>
       <c r="H447" t="s">
         <v>148</v>
       </c>
     </row>
     <row r="448" spans="1:8">
       <c r="A448" t="s">
         <v>844</v>
       </c>
       <c r="B448" t="s">
         <v>845</v>
       </c>
       <c r="C448"/>
       <c r="D448"/>
       <c r="E448"/>
       <c r="F448"/>
       <c r="G448"/>
       <c r="H448" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
     </row>
     <row r="449" spans="1:8">
       <c r="A449" t="s">
         <v>846</v>
       </c>
       <c r="B449" t="s">
         <v>847</v>
       </c>
       <c r="C449"/>
       <c r="D449"/>
       <c r="E449"/>
       <c r="F449"/>
       <c r="G449"/>
       <c r="H449" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
     </row>
     <row r="450" spans="1:8">
       <c r="A450" t="s">
         <v>848</v>
       </c>
       <c r="B450" t="s">
         <v>849</v>
       </c>
       <c r="C450" t="s">
         <v>25</v>
       </c>
       <c r="D450" t="s">
         <v>26</v>
       </c>
       <c r="E450" t="s">
         <v>27</v>
       </c>
       <c r="F450">
         <v>1969</v>
       </c>
       <c r="G450" t="s">
         <v>17</v>
       </c>
       <c r="H450" t="s">