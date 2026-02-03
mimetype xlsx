--- v1 (2025-12-12)
+++ v2 (2026-02-03)
@@ -12,2348 +12,2195 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="normativa" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="858">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="807">
   <si>
     <t>Nombre</t>
   </si>
   <si>
     <t>Enlace</t>
   </si>
   <si>
     <t>Rango norma inferior</t>
   </si>
   <si>
     <t>Rango norma intermedia</t>
   </si>
   <si>
     <t>Rango norma superior</t>
   </si>
   <si>
     <t>Año</t>
   </si>
   <si>
     <t>Ámbito geográfico político</t>
   </si>
   <si>
     <t>Comunidad Autónoma</t>
   </si>
   <si>
-    <t>Pruebas de la Junta de Andalucía creación de Norma</t>
-[...5 lines deleted...]
-    <t>Reglamentos</t>
+    <t>Resolución de 18 de mayo de 2021, de la Dirección General de Biodiversidad, Bosques y Desertificación, por la que se publica el Acuerdo del Consejo de Ministros de 20 de abril de 2021, por el que se autoriza la inclusión en la Lista del Convenio de Ramsar, relativo a humedales de importancia internacional, especialmente como hábitat de aves acuáticas, del Parque Nacional Marítimo-Terrestre de las Islas Atlánticas de Galicia. BOE 122, de 22 de mayo de 2021</t>
+  </si>
+  <si>
+    <t>https://www.boe.es/eli/es/res/2021/05/18/(1)</t>
+  </si>
+  <si>
+    <t>Resolución</t>
+  </si>
+  <si>
+    <t>Gobierno</t>
+  </si>
+  <si>
+    <t>Reglamentos (Gobierno, Autonómico, Entidades locales)</t>
+  </si>
+  <si>
+    <t>Nacional</t>
+  </si>
+  <si>
+    <t>AGE</t>
+  </si>
+  <si>
+    <t>Decreto 18/2020, de 11 de febrero, del Consejo de Gobierno, por el que se aprueba el Plan Rector de Uso y Gestión del Parque Nacional de la Sierra de Guadarrama en el ámbito territorial de la Comunidad de Madrid.</t>
+  </si>
+  <si>
+    <t>https://www.bocm.es/boletin/CM_Orden_BOCM/2020/02/29/BOCM-20200229-1.PDF</t>
+  </si>
+  <si>
+    <t>Decreto</t>
+  </si>
+  <si>
+    <t>Autonómico</t>
+  </si>
+  <si>
+    <t>Ley 5/2019, de 2 de agosto, del patrimonio natural y de la biodiversidad de Galicia. DOG 149 de 7 de agosto de 2019</t>
+  </si>
+  <si>
+    <t>https://www.boe.es/eli/es-ga/l/2019/08/02/5</t>
+  </si>
+  <si>
+    <t>Leyes autonómicas</t>
+  </si>
+  <si>
+    <t>Normas con rango de Ley</t>
+  </si>
+  <si>
+    <t>Acuerdo GOV/116/2019, de 1 de agosto, por el que se da cumplimiento a las sentencias dictadas en los recursos contenciosos administrativos números 503/2010 y 505/2010, interpuestos contra el Decreto 146/2010, de 19 de octubre, , de declaración del Parque Natural de la Sierra de Collserola y de las reservas naturales parciales de La Font Groga y de La Rierada-Can Balasc. DOGC 7932 de 05/08/2019</t>
+  </si>
+  <si>
+    <t>https://dogc.gencat.cat/es/document-del-dogc/?documentId=855576</t>
+  </si>
+  <si>
+    <t>Decreto 15/2019, de 10 de mayo, por el que se modifica el Decreto 9/2014, de 21 de febrero, por el que se declaran las zonas especiales de conservación de la Red Natura 2000 en la Comunidad Autónoma de La Rioja y se aprueban sus planes de gestión y Ordenación de los recursos naturales, aprobando e incorporando el plan de gestión del sitio Ramsar Humedales de la Sierra de Urbión. BOR 60, de 17 de mayo de 2019</t>
+  </si>
+  <si>
+    <t>https://ias1.larioja.org/boletin/Bor_Boletin_visor_Servlet?referencia=10292203-1-PDF-524608-X</t>
+  </si>
+  <si>
+    <t>Decreto 16/2019, de 23 de mayo, por el que se aprueba el Plan Rector de Uso y Gestión del Parque Nacional de la Sierra de Guadarrama en el ámbito territorial de la Comunidad de Castilla y León. BOCYL 98 de 24 de nayo de 2019</t>
+  </si>
+  <si>
+    <t>http://bocyl.jcyl.es/boletines/2019/05/24/pdf/BOCYL-D-24052019-1.pdf</t>
+  </si>
+  <si>
+    <t>Decreto 169/2019, de 29 de octubre, por el que se aprueba la parte Normativa del II Plan Rector de Uso y Gestión del Parque Natural de Gorbeia, y se Ordena la publicación íntegra del II Plan Rector de Uso y Gestión y Documento de Directrices y Actuaciones de Gestión para el Parque Natural y la Zona Especial de Conservación (ZEC) Gorbeia ES2110009. BOPV 220, de 19 de noviembre de 2019</t>
+  </si>
+  <si>
+    <t>https://www.euskadi.eus/y22-bopv/es/bopv2/datos/2019/11/1905333a.shtml</t>
+  </si>
+  <si>
+    <t>Decreto 259/2019, de 10 de octubre, de declaración de ZEC y de aprobación del Plan de gestión integral de los espacios protegidos del Mar Menor y la franja litoral mediterránea de la Región de Murcia (suplemento nº 7 del BORM nº 242, de 19.10.2019</t>
+  </si>
+  <si>
+    <t>https://www.borm.es/#/home/Anuncio/19-10-2019/6450</t>
+  </si>
+  <si>
+    <t>Decreto 27/2019, de 26 de febrero, por el que se aprueba la parte Normativa del Plan Rector de Uso y Gestión del Parque Natural de Urkiola, y se Ordena la publicación íntegra del segundo Plan Rector de Uso y Gestión y Documento de Directrices y Actuaciones de Gestión para el Parque Natural y la Zona Especial de Conservación (ZEC) Urkiola ES2130009. BOPV 53 de 15/03/2019</t>
+  </si>
+  <si>
+    <t>https://www.euskadi.eus/web01-bopv/es/bopv2/datos/2019/03/1901361a.shtml</t>
+  </si>
+  <si>
+    <t>Resolución de 5 de noviembre de 2018, de Parques Nacionales, por la que se publica la aprobación por la UNESCO de la declaración de la Reserva de la Biosfera de Ponga, Asturias.</t>
+  </si>
+  <si>
+    <t>https://www.boe.es/boe/dias/2018/11/19/pdfs/BOE-A-2018-15778.pdf</t>
+  </si>
+  <si>
+    <t>Tratados Internacionales</t>
+  </si>
+  <si>
+    <t>Decreto 190/2018, de 19 de octubre, del Consell por el que se declara paisaje protegido la Sierra de Escalona y su Entorno. DOGV de 30/10/2018</t>
+  </si>
+  <si>
+    <t>https://dogv.gva.es/datos/2018/10/30/pdf/2018_10015.pdf</t>
+  </si>
+  <si>
+    <t>Comunidad Valenciana</t>
+  </si>
+  <si>
+    <t>Real Decreto 699/2018, de 29 de junio, por el que se declara Área Marina Protegida el Corredor de migración de cetáceos del Mediterráneo, se aprueba un régimen de protección preventiva y se propone su inclusión en la Lista de Zonas Especialmente Protegidas de Importancia para el Mediterráneo (Lista ZEPIM) en el marco del Convenio de Barcelona. BOE 158 de 30 de junio de 2018</t>
+  </si>
+  <si>
+    <t>https://www.boe.es/eli/es/rd/2018/06/29/699</t>
+  </si>
+  <si>
+    <t>Real Decreto</t>
+  </si>
+  <si>
+    <t>Real Decreto 190/2018, de 6 de abril, por el que se declara Zona Especial de Conservación el Lugar de Importancia Comunitaria LIC ES6300001 Islas Chafarinas de la región biogeográfica mediterránea de la Red Natura 2000, se amplía y se hace coincidir con el anterior espacio la Zona de Especial Protección para las Aves de igual nombre, y se aprueban las correspondientes medidas de conservación del espacio conjunto. BOE 97, de 21 de abril de 2018</t>
+  </si>
+  <si>
+    <t>https://www.boe.es/eli/es/rd/2018/04/06/190</t>
+  </si>
+  <si>
+    <t>Decreto 111/2018, de 17 de julio, por el que se modifica el Decreto  208/2014, de 2 de septiembre, por el que se aprueba el Plan de Ordenación  de los Recursos Naturales del Parque Natural del Tajo Internacional. DOE 142, de 23 de julio</t>
+  </si>
+  <si>
+    <t>https://doe.juntaex.es/pdfs/doe/2018/1420o/18040128.pdf</t>
+  </si>
+  <si>
+    <t>Decreto 138/2018, de 3 de julio, por el que se modifican las delimitaciones del Parque Natural de L'alt Pirineu y del espacio del PEIN alt Pirineu, previstas en el Decreto 194/2003, de 1 de agosto, de declaración del Parque Natural de L'alt Pirineu. DOGC 7658 de 06/07/2018</t>
+  </si>
+  <si>
+    <t>https://dogc.gencat.cat/es/document-del-dogc/?documentId=822136</t>
+  </si>
+  <si>
+    <t>Decreto 162/2018, de 4 de septiembre, por el que se aprueban el Plan de Ordenación de los Recursos Naturales del ámbito de Sierra de las Nieves y el Plan Rector de Uso y Gestión del Parque Natural Sierra de las Nieves (BOJA 184, 21/09/2018)</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/boja/2018/184/4</t>
+  </si>
+  <si>
+    <t>Decreto 25/2018, de 6 de marzo, por el que se modifica el Decreto  103/2004, de 28 de junio, por el que se regula la Junta Rectora de la Zona  Especial de Conservación (ZEC) Llanos de Cáceres y Sierra de Fuentes. DOE 50 de 12 de marzo de 2018</t>
+  </si>
+  <si>
+    <t>https://doe.juntaex.es/eli/es-ex/d/2018/03/06/25/dof/spa/pdf</t>
+  </si>
+  <si>
+    <t>Ley 2/2017, de 27 de junio, de declaración del Parque Natural Marítimo-Terrestre Es Trenc-Salobrar de Campos. BOE 222, de 14 de septiembre de 2017</t>
+  </si>
+  <si>
+    <t>https://www.boe.es/eli/es-ib/l/2017/06/27/2</t>
+  </si>
+  <si>
+    <t>Decreto 14/2017, de 14 de febrero, por el que se declara el Parque Periurbano de Conservación y Ocio "Dehesa Boyal de Aceituna", en el término municipal de Aceituna. DOE 35 de 20 de febrero de 2017</t>
+  </si>
+  <si>
+    <t>https://doe.juntaex.es/pdfs/doe/2017/350o/17040018.pdf</t>
+  </si>
+  <si>
+    <t>Extremadura</t>
+  </si>
+  <si>
+    <t>Decreto 16/2017, de 14 de febrero, por el que se declara el Parque Periurbano de Conservación y Ocio "Las Quinientas", en el término municipal de Berlanga. DOE 35 de 20 de febrero de 2017</t>
+  </si>
+  <si>
+    <t>https://doe.juntaex.es/pdfs/doe/2017/350o/17040020.pdf</t>
+  </si>
+  <si>
+    <t>Decreto 36/2017, de 21 de julio, por el que se declaran áreas naturales singulares determinados espacios de la Comunidad Autónoma de La Rioja y se aprueban sus Normas de protección</t>
+  </si>
+  <si>
+    <t>https://ias1.larioja.org//cex/sistemas/GenericoServlet?servlet=cex.sistemas.dyn.portal.ImgServletSis&amp;code=oumCvWIgBUF6lChv9ZDgP%2FhXhSM%2FFmcHNWCW3q4TVjzApHyqPVxRsoD%2BHW0E2YV6LEXZYSr1AOG4%0AikryVoQ55GgOpcWpcOgUf%2F5wfx5pENs%3D&amp;&amp;&amp;</t>
+  </si>
+  <si>
+    <t>La Rioja</t>
+  </si>
+  <si>
+    <t>Decreto 1/2017, de 10 de enero, por el que se declaran Zonas Especiales de Conservación Complejo Endorreico de Espera (ES0000026), Laguna de Medina (ES0000027), Complejo Endorreico de Chiclana (ES0000028), Complejo Endorreico del Puerto de Santa María (ES0000029), Complejo Endorreico de Puerto Real (ES0000030), Laguna de los Tollos (ES6120011), Lagunas de Las Canteras y El Tejón (ES6120014), Laguna de La Ratosa (ES6170001), Lagunas de Campillos (ES6170015), Complejo Endorreico de Utrera (ES6180001), Complejo Endorreico La Lantejuela (ES6180002), Laguna del Gosque (ES6180003) y Laguna de Coripe (ES6180006) y se aprueban el Plan de Ordenación de los Recursos Naturales de las Reservas Naturales de las Lagunas de Cádiz, el Plan de Ordenación de los Recursos Naturales de las Reservas Naturales de las Lagunas de Málaga, el Plan de Ordenación de los Recursos Naturales de las Reservas Naturales de las Lagunas de Sevilla.</t>
+  </si>
+  <si>
+    <t>http://juntadeandalucia.es/boja/2017/25/3</t>
+  </si>
+  <si>
+    <t>Andalucía</t>
+  </si>
+  <si>
+    <t>Decreto 2/2017, de 10 de enero, por el que se declara la zona especial de conservación Punta Entinas-Sabinar (ES0000048) y se aprueba el Plan de Ordenación de los Recursos Naturales de la Reserva Natural y el Paraje Natural Punta Entinas-Sabinar. BOJA 23 de 03/02/2017</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/boja/2017/23/5</t>
+  </si>
+  <si>
+    <t>Decreto 191/2017, de 28 de noviembre, por el que se declara la zona especial de conservación Sierras de Cazorla, Segura y Las Villas (ES0000035) y se aprueban el Plan de Ordenación de los Recursos Naturales y el Plan Rector de Uso y Gestión del Parque Natural Sierras de Cazorla, Segura y Las Villas. BOJA 246 de 27/12/2017</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/boja/2017/246/4</t>
+  </si>
+  <si>
+    <t>Decreto 150/2017, de 19 de septiembre, por el que se aprueba el Plan de Ordenación de los Recursos Naturales del ámbito Los alcornocales, se amplía el ámbito territorial del Parque Natural Los alcornocales y de la Zona de Especial Protección para las Aves Los alcornocales (ES0000049), y se aprueba el Plan Rector de Uso y Gestión del Parque Natural Los alcornocales. BOJA 194, de 9 de octubre</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/medioambiente/portal_web/servicios_generales/Normativa/2017/BOJA17-194-00474-17124-01_00122237.pdf</t>
+  </si>
+  <si>
+    <t>Decreto 141/2017, de 5 de septiembre, por el que se declara el Parque Periurbano de Conservación y Ocio Los Baselisos, en el término municipal de Maguilla.DOE 175(12/9/2017)</t>
+  </si>
+  <si>
+    <t>https://doe.juntaex.es/eli/es-ex/d/2017/09/05/141/dof/spa/pdf</t>
+  </si>
+  <si>
+    <t>Decreto 142/2017, de 5 de septiembre, por el que se declara el Parque Periurbano de Conservación y Ocio El Chaparral, en el término municipal de La Albuera.DOE 175(12/9/2017)</t>
+  </si>
+  <si>
+    <t>https://doe.juntaex.es/eli/es-ex/d/2017/09/05/142/dof/spa/pdf</t>
+  </si>
+  <si>
+    <t>Decreto Foral 120/2017, de 27 de diciembre, por el que se designa el Lugar de Importancia Comunitaria denominado Bardenas Reales como Zona Especial de Conservación, se aprueba el Plan de Gestión de la Zona Especial de Conservación, de la ZEPA ES0000171 El Plano-Blanca alta, de la ZEPA ES0000172 Rincón del Bu-La Nasa-Tripazul y del enclave Natural Pinar de Santa Águeda (EN-4), y se actualiza el Plan Rector de Uso y Gestión de las reservas naturales Vedado de Eguaras (RN-31), Rincón del Bu (RN-36) y Caídas de la Negra (RN-37). BON 20 de 29 de enero de 2018</t>
+  </si>
+  <si>
+    <t>https://bon.navarra.es/es/Anuncio/-/texto/2018/20/0/</t>
+  </si>
+  <si>
+    <t>Comunidad Foral de Navarra</t>
+  </si>
+  <si>
+    <t>Decreto 10/2017, de 27 de enero, del Consell, por el que se declaran como zonas especiales de conservación (ZEC) los lugares de importancia comunitaria (LIC) la Sierra de Martés y el Ave, la Muela de Cortes y el Caroche, Valle de Ayora y la Sierra del Boquerón, Sierra de Enguera, y Sierra de Malacara, se modifica el ámbito territorial de la zona de especial protección para las aves (ZEPA) denominada Sierras de Martés-Muela de Cortes, y se aprueba la Norma de gestión de tales ZEC y ZEPA, así como de la ZEPA la Sierra de Malacara. DOCV 7981 de 16 de febrero de 2017</t>
+  </si>
+  <si>
+    <t>http://www.dogv.gva.es/datos/2017/02/16/pdf/2017_1237.pdf</t>
+  </si>
+  <si>
+    <t>Decreto 3/2017, de 10 de enero, por el que se aprueba la parte Normativa del Plan Rector de Uso y Gestión del Parque Natural de Armañón, y se Ordena la publicación íntegra del Plan Rector de Uso y Gestión y Documento de Directrices y Actuaciones de Gestión para el Parque Natural y la Zona Especial De Conservación (ZEC) Armañón ES2130001. BOPV 16, de 24 de enero de 2017</t>
+  </si>
+  <si>
+    <t>https://www.euskadi.eus/y22-bopv/es/bopv2/datos/2017/01/1700418a.shtml</t>
+  </si>
+  <si>
+    <t>Plan de gestión aprobado en base a la Orden 63/2017, de 3 de abril, de la Consejería de Agricultura, Medio Ambiente y Desarrollo Rural, por la que se aprueba el Plan de gestión de las zonas de especial protección para las aves de ambientes esteparios. DOCM 67 de 5 de abril de 2017</t>
+  </si>
+  <si>
+    <t>https://www.castillalamancha.es/sites/default/files/documentos/pdf/20170425/Orden_63_2017_aprob_plan_zepas_esteparias.pdf</t>
+  </si>
+  <si>
+    <t>Orden</t>
+  </si>
+  <si>
+    <t>Castilla-La Mancha</t>
+  </si>
+  <si>
+    <t>Decreto 51/2016, de 26 de abril, por el que se declara el Área Privada de Interés Ecológico Valdepajares del Tajo. DOE 83 de 3 de mayo de 2016</t>
+  </si>
+  <si>
+    <t>https://doe.juntaex.es/pdfs/doe/2016/830o/16040058.pdf</t>
+  </si>
+  <si>
+    <t>Orden Foral 66E/2016 de 1 de Junio, aprueba definitivamente la modificación del Plan municipal de urbanismo para el cambio de clasificación del suelo del Señorio de Egulbati y para la declaración de la totalidad del territorio como paisaje protegido.</t>
+  </si>
+  <si>
+    <t>https://www.navarra.es/home_es/Actualidad/BON/Boletines/2016/156/Anuncio-53/</t>
+  </si>
+  <si>
+    <t>Decreto 2/2016, de 12 de enero, por el que se declara la Zona Especial de Conservación Sierras de Tejeda, almijara y alhama (ES6170007) y se aprueban el Plan de Ordenación de los Recursos Naturales y el Plan Rector de Uso y Gestión del Parque Natural Sierras de Tejeda, almijara y alhama.</t>
+  </si>
+  <si>
+    <t>http://www.juntadeandalucia.es/boja/2016/15/index.html</t>
+  </si>
+  <si>
+    <t>Decreto 81/2016, de 27 de julio, por el que se declara la reserva marina de interés pesquero de Cabo Tiñoso. BORM 176 de 30 de julio de 2016</t>
+  </si>
+  <si>
+    <t>https://www.borm.es/eli/es-mc/d/2016/7/27/81/dof/spa/html</t>
+  </si>
+  <si>
+    <t>Región de Murcia</t>
+  </si>
+  <si>
+    <t>Corrección de Errores del Decreto 85/2016, de 31 de mayo, por el que se designa el Lago de Caicedo Yuso y Arreo (ES2110007) Zona Especial de Conservación, y se declara el Biotopo Protegido del Diapiro de Añana. BOPV N.º 235, 13 de diciembre de 2016</t>
+  </si>
+  <si>
+    <t>https://www.euskadi.eus/y22-bopv/es/bopv2/datos/2016/12/1605268a.shtml</t>
+  </si>
+  <si>
+    <t>Decreto 104/2016, de 12 de julio, del Gobierno de Aragón, por el que se aprueba el Plan de Protección del Monumento Natural de las Grutas de Cristal de Molinos. BOA 141 de 22/07/2016</t>
+  </si>
+  <si>
+    <t>http://www.boa.aragon.es/cgi-bin/EBOA/BRSCGI?CMD=VEROBJ&amp;MLKOB=918813883434</t>
+  </si>
+  <si>
+    <t>Orden de 13 de abril de 2016 por la que se modifica la Orden de 25 de mayo de 2015 por l a que se aprueba el Plan de Conservación del Hábitat del Águila perdicera (Hieraaetus fasciatus) en Extremadura.</t>
+  </si>
+  <si>
+    <t>https://doe.juntaex.es/pdfs/doe/2016/770o/16050075.pdf</t>
+  </si>
+  <si>
+    <t>Orden de 13 de abril de 2016 por la que se modifica la Orden de 25 de mayo de 2015 por la que se aprueba el Plan de Conservación del Hábitat del Buitre negro (Aegypius monachus) en Extremadura. (DOE nº 77, 22.04.2016)</t>
+  </si>
+  <si>
+    <t>http://doe.juntaex.es/pdfs/doe/2016/770o/16050075.pdf</t>
+  </si>
+  <si>
+    <t>Decreto 272/2015, de 28 de agosto, por el que se declara el Parque Periurbano de Conservación y Ocio "Tres Arroyos", en el término municipal de Badajoz. DOE 171 de 3 de septiembre de 2015</t>
+  </si>
+  <si>
+    <t>https://doe.juntaex.es/eli/es-ex/d/2015/08/28/272/dof/spa/pdf</t>
+  </si>
+  <si>
+    <t>Decreto 6/2015, de 20 de enero, por el que se declara la Zona de Especial Conservación de la Red Ecológica Europea Natura 2000 Acantilados de Maro-Cerro Gordo (ES6770002), se amplía el ámbito territorial del Paraje Natural Acantilado de Marco-Cerro Gordo</t>
+  </si>
+  <si>
+    <t>http://www.juntadeandalucia.es/boja/2015/49/BOJA15-049-00001-4420-01_00065657.pdf</t>
+  </si>
+  <si>
+    <t>Orden de 13 de mayo de 2015, por la que se aprueban el Plan de Gestión de la zona especial de conservación Ramblas del Gérgal, Tabernas y Sur de Sierras Alhamilla, el plan de gestión de la zona especial de conservación Sierras del Nordeste, el plan de gestión de la zona especial de conservación Sierra de Arana, el plan de gestión de la zona especial de conservación Sierra de Campanario y Las Cabras, el plan de gestión de la zona especial de conservación Barranco del Río Aguas Blancas, el plan de gestión de las zonas especiales de conservación Marismas y Riberas del Tinto y Estuario del Tinto y el plan de gestión de la zona especial de conservación Sierra de Alanís. BOJA 111 de 11 de junio de 2015</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/boja/2015/111/2</t>
+  </si>
+  <si>
+    <t>Orden de 11 de mayo de 2015, por la que se aprueban el Plan de Gestión de la ZEC Sierras de Gádor y Énix, el Plan de Gestión de la ZEC Sierra del alto de Almagro, el Plan de Gestión de la ZEC Sierras Almagrera, de los Pinos y el Aguilón, el Plan de Gestión de la ZEC Sierra Líjar, el Plan de Gestión de las ZEC Suroeste de la Sierra de Cardeña y Montoro, Guadalmellato y Guadiato-Bembézar, el Plan de Gestión de la ZEC Sierra de Loja, el Plan de Gestión de la ZEC Sierras Bermeja y Real, Sierra Blanca y Valle del Río Genal, el Plan de Gestión de la ZEC Sierra de Camarolos y el Plan de Gestión de la ZEC Sierra Blanquilla. BOJA 104 de 2 de junio de 2015</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/boja/2015/104/1</t>
+  </si>
+  <si>
+    <t>Orden de 18 de marzo de 2015, por la que se aprueban los Planes de Gestión de las Zonas Especiales de Conservación (ZEC) que se citan.</t>
+  </si>
+  <si>
+    <t>http://juntadeandalucia.es/boja/2015/59/BOJA15-059-00002-5464-01_00066670.pdf</t>
+  </si>
+  <si>
+    <t>Acuerdo GOV/145/2015, de 1 de septiembre, por el que se da cumplimiento a la sentencia del Tribunal Superior de Justicia de Cataluña de 8 de octubre de 2014, dictada en el recurso contencioso administrativo 507/2010, interpuesto contra el Decreto 146/2010 , de 19 de octubre, de declaración del Parque Natural de la Sierra de Collserola y de las reservas naturales parciales de La Font Groga y de La Rierada-Can Balasc. DOGC 6951 de 07/09/2015</t>
+  </si>
+  <si>
+    <t>https://dogc.gencat.cat/es/document-del-dogc/?documentId=702048</t>
+  </si>
+  <si>
+    <t>Corrección de Errores materiales del Decreto 49/2015, de 8 de abril, del Gobierno de Aragón, por el que se aprueba el plan rector de uso y gestión del Parque Nacional de Ordesa y Monte Perdido. BOA 182 de 18/09/2015</t>
+  </si>
+  <si>
+    <t>https://www.boa.aragon.es/cgi-bin/EBOA/BRSCGI?CMD=VEROBJ&amp;MLKOB=873503061717</t>
+  </si>
+  <si>
+    <t>Corrección de Errores materiales del Decreto 49/2015, de 8 de abril, del Gobierno de Aragón, por el que se aprueba el plan rector de uso y gestión del Parque Nacional de Ordesa y Monte Perdido. BOA 188 de 28/09/2015</t>
+  </si>
+  <si>
+    <t>https://www.boa.aragon.es/cgi-bin/EBOA/BRSCGI?CMD=VEROBJ&amp;MLKOB=874388223939</t>
+  </si>
+  <si>
+    <t>Decreto 10/2015, de 11 de febrero, por el que se declaran las Zonas Especiales de Conservación de Fuentes del Narcea, Degaña e Ibias (ES1200056) y de Muniellos (ES1200002) y se aprueba el I Instrumento de Gestión Integrado de diversos espacios protegidos en los concejos de Cangas del Narcea, Degaña e Ibias. BOPA 43 de 21 de febrero de 2015</t>
+  </si>
+  <si>
+    <t>https://sede.asturias.es/bopa/2015/02/21/2015-03015.pdf</t>
+  </si>
+  <si>
+    <t>Decreto 191/2015, de 25 de agosto, por el que se rectifica la delimitación de varios espacios del Plan de espacios de interés natural (PEIN), aprobado por el Decreto 328/1992, de 14 de diciembre. DOGC 6944 de 27/08/2015</t>
+  </si>
+  <si>
+    <t>https://dogc.gencat.cat/es/document-del-dogc/?documentId=701289</t>
+  </si>
+  <si>
+    <t>Decreto 273/2015, de 29 de septiembre, del Gobierno de Aragón por el que aprueba el Plan de Protección del Paisaje Protegido de las Fozes de Fago y Biniés</t>
+  </si>
+  <si>
+    <t>https://www.boa.aragon.es/cgi-bin/EBOA/BRSCGI?CMD=VEROBJ&amp;MLKOB=876298862222</t>
+  </si>
+  <si>
+    <t>Orden de 10 de agosto de 2015, por la que se aprueban los planes de gestión de determinadas zonas especiales de conservación con hábitats marinos del litoral andaluz</t>
+  </si>
+  <si>
+    <t>http://juntadeandalucia.es/eboja/2015/193/BOJA15-193-00002-16129-01_00077111.pdf</t>
+  </si>
+  <si>
+    <t>Orden de 25 de mayo de 2015, por la que se aprueba el Plan de Conservación del Hábitat del Águila Perdicera en Extremadura. (DOE nº107, 05.06.2015)</t>
+  </si>
+  <si>
+    <t>https://doe.juntaex.es/pdfs/doe/2015/1070o/15050146.pdf</t>
+  </si>
+  <si>
+    <t>Orden de 25 de mayo de 2015, por la que se aprueba el Plan de Conservación del Hábitat del Buitre Negro en Extremadura. (DOE nº 107, 05.06.2015)</t>
+  </si>
+  <si>
+    <t>https://doe.juntaex.es/pdfs/doe/2015/1070o/15050147.pdf</t>
+  </si>
+  <si>
+    <t>Decreto 244/2014, de 18 de noviembre, por el que se declara el Parque Periurbano de Conservación y Ocio "Dehesa Camadilla de Almaraz", en el término municipal de Almaraz. DOE 226 de 24 de noviembre de 2014</t>
+  </si>
+  <si>
+    <t>https://doe.juntaex.es/eli/es-ex/d/2014/11/18/244/dof/spa/pdf</t>
+  </si>
+  <si>
+    <t>Decreto 167/2014, de 21 de octubre, del Gobierno de Aragón, por el que aprueba el Plan Rector de Uso y Gestión del Parque Natural de Los Valles Occidentales. BOA 215 de 03/11/2014</t>
+  </si>
+  <si>
+    <t>https://www.boa.aragon.es/cgi-bin/EBOA/BRSCGI?CMD=VEROBJ&amp;MLKOB=818791263333</t>
+  </si>
+  <si>
+    <t>Corrección de Errores del Decreto 187/2014, de 18 de noviembre, del Gobierno de Aragón, por el que se aprueba el Plan de Protección del Paisaje Protegido de los Pinares de Rodeno. BOA 14 de 22/01/2015</t>
+  </si>
+  <si>
+    <t>https://www.boa.aragon.es/cgi-bin/EBOA/BRSCGI?CMD=VEROBJ&amp;MLKOB=832760084646</t>
+  </si>
+  <si>
+    <t>Decreto 13/2014, de 18 de febrero, por el que se aprueba el Plan Rector de Uso y Gestión del Parque Nacional de Monfragüe. DOE 37 de 24 de febrero de 2014</t>
+  </si>
+  <si>
+    <t>http://doe.juntaex.es/pdfs/doe/2014/370o/14040023.pdf</t>
+  </si>
+  <si>
+    <t>Decreto 159/2014, de 29 de diciembre, por el que se declaran las Zonas Especiales de Conservación Aller-Lena (ES1200037), Caldoveiro (ES1200012), Montovo-La Mesa (ES1200010), Peña Manteca-Genestaza (ES1200041), Peña Ubiña (ES1200011) y Valgrande (ES1200046) y se aprueba el I Instrumento de Gestión Integrado de diversos espacios protegidos de la Montaña Central Asturiana.</t>
+  </si>
+  <si>
+    <t>https://sede.asturias.es/portal/site/Asturias/menuitem.1003733838db7342ebc4e191100000f7/?vgnextoid=d7d79d16b61ee010VgnVCM1000000100007fRCRD&amp;fecha=03/01/2015&amp;refArticulo=2014-22561&amp;i18n.http.lang=es</t>
+  </si>
+  <si>
+    <t>Decreto 164/2014, de 29 de diciembre, por el que se declara la Zona Especial de Conservación Cueva Rosa (ES1200007) y se aprueba el I Instrumento de Gestión Integrado de los espacios protegidos de Cueva Rosa (Ribadesella). BOPA 3 de 5 de enero de 2015</t>
+  </si>
+  <si>
+    <t>https://sede.asturias.es/ast/bopa-disposiciones?p_p_id=pa_sede_bopa_web_portlet_SedeBopaDispositionWeb&amp;p_p_lifecycle=0&amp;p_p_state=Normal&amp;p_p_mode=view&amp;_pa_sede_bopa_web_portlet_SedeBopaDispositionWeb_mvcRenderCommandName=%2Fdisposition%2Fdetail&amp;p_r_p_dispositionText=taxones&amp;p_r_p_dispositionReference=2014-22567&amp;p_r_p_dispositionDate=05%2F01%2F2015&amp;_pa_sede_bopa_web_portlet_SedeBopaDispositionWeb_isTextDateSearch=false</t>
+  </si>
+  <si>
+    <t>Principado de Asturias</t>
+  </si>
+  <si>
+    <t>Decreto 168/2014, de 21 de octubre, del Gobierno de Aragón, por el que aprueba el Plan Rector de Uso y Gestión del Parque Natural de Posets-Maladeta. BOA 215 de 03/11/2014</t>
+  </si>
+  <si>
+    <t>https://www.boa.aragon.es/cgi-bin/EBOA/BRSCGI?CMD=VEROBJ&amp;MLKOB=818793283434</t>
+  </si>
+  <si>
+    <t>Decreto 177/2014, de 4 de noviembre, del Gobierno de Aragón, por el que aprueba el Plan Rector de Uso y Gestión del Parque Natural del Moncayo. BOA 225 de 17/11/2014</t>
+  </si>
+  <si>
+    <t>https://www.boa.aragon.es/cgi-bin/EBOA/BRSCGI?CMD=VEROBJ&amp;MLKOB=821235483131</t>
+  </si>
+  <si>
+    <t>Decreto 187/2014, de 18 de noviembre, del Gobierno de Aragón, por el que se aprueba el Plan de Protección del Paisaje Protegido de los Pinares de Rodeno. BOA 234 de 28/11/2014</t>
+  </si>
+  <si>
+    <t>https://www.boa.aragon.es/cgi-bin/EBOA/BRSCGI?CMD=VEROBJ&amp;MLKOB=823491885050</t>
+  </si>
+  <si>
+    <t>Decreto 188/2014, de 18 de noviembre, del Gobierno de Aragón, por el que se aprueba el Plan de Protección del Paisaje Protegido de San Juan de la Peña y Monte Oroel. BOA 234 de 28/11/2014</t>
+  </si>
+  <si>
+    <t>https://www.boa.aragon.es/cgi-bin/EBOA/BRSCGI?CMD=VEROBJ&amp;MLKOB=823493905151</t>
+  </si>
+  <si>
+    <t>Decreto 204/2014, de 2 de diciembre, del Gobierno de Aragón, por el que aprueba el Plan Rector de Uso y Gestión del Parque Natural de la Sierra y los Cañones de Guara. BOA 148 de 19/12/2014</t>
+  </si>
+  <si>
+    <t>https://www.boa.aragon.es/cgi-bin/EBOA/BRSCGI?CMD=VEROBJ&amp;MLKOB=827425485454</t>
+  </si>
+  <si>
+    <t>Decreto 221/2013, de 5 de noviembre (BOJA 7, 13/01/2014)</t>
+  </si>
+  <si>
+    <t>http://juntadeandalucia.es/boja/2014/7/BOJA14-007-00066-66-01_00039879.pdf</t>
+  </si>
+  <si>
+    <t>Resolución de 22 de marzo de 2013, de la Dirección General de Sostenibilidad de la Costa y del Mar, por la que se establecen los dos primeros elementos del Inventario Español de Hábitats Marinos: la lista patrón de los tipos de hábitats marinos presentes en España y su clasificación jerárquica. BOE 88, de 12 de abril de 2013</t>
+  </si>
+  <si>
+    <t>https://www.boe.es/eli/es/res/2013/03/22/(3)</t>
+  </si>
+  <si>
+    <t>Decreto 51/2013, de 24 de mayo, por el que se aprueban las normas especiales reguladoras de la subvención a otorgar por concesión directa al Instituto Español de Oceanografía para la ejecución del proyecto denominado “Red de seguimiento de las praderas de Posidonia Oceánica y del cambio climático en el litoral de la Región de Murcia”. BORM 121. 28/05/2013.</t>
+  </si>
+  <si>
+    <t>https://www.borm.es/#/home/Anuncio/28-05-2013/8262</t>
+  </si>
+  <si>
+    <t>Acuerdo de 23/10/2013, del Consejo de Gobierno, por el que se inicia el procedimiento para la modificación del Decreto 222/2004, de 01/06/2004, por el que se aprueba el Plan de Ordenación de los Recursos Naturales y se declara la Reserva Natural de la Laguna del Marquesado, en el término municipal de Laguna del Marquesado en Cuenca. DOCM 208 de 25 de octubre</t>
+  </si>
+  <si>
+    <t>https://docm.jccm.es/portaldocm/descargarArchivo.do?ruta=2013/10/25/pdf/2013_13003.pdf&amp;tipo=rutaDocm</t>
+  </si>
+  <si>
+    <t>Decreto 150/2013, de 9 de abril, por el que se aprueba la modificación del Plan de espacios de interés natural (PEIN), aprobado por el Decreto 328/1992, de 14 de diciembre, en relación con el espacio de La Conreria - Sant Mateu - Céllecs. DOGC 6353 de 11/04/2013</t>
+  </si>
+  <si>
+    <t>https://dogc.gencat.cat/es/document-del-dogc/?documentId=633110</t>
+  </si>
+  <si>
+    <t>Decreto 23/2012, de 14 de febrero, por el que se regula la conservación y el uso sostenible de la flora la fauna silvestres y sus hábitats. BOJA 60 de 27/03/2012</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/boja/2012/60/6</t>
+  </si>
+  <si>
+    <t>Ley 5/2011, de 10 de marzo, de Declaración del Parque Natural de la Sierra Norte de Guadalajara. BOE 104, de 2 de mayo de 2011</t>
+  </si>
+  <si>
+    <t>https://www.boe.es/eli/es-cm/l/2011/03/10/5</t>
+  </si>
+  <si>
+    <t>Ley 6/2011, de 10 de marzo, de Declaración del Parque Natural del Valle de Alcudia y Sierra Madrona. BOE 104, de 2 de mayo de 2011</t>
+  </si>
+  <si>
+    <t>https://www.boe.es/eli/es-cm/l/2011/03/10/6</t>
+  </si>
+  <si>
+    <t>Real Decreto 1274/2011, de 16 de septiembre, por el que se aprueba el Plan estratégico del patrimonio natural y de la biodiversidad 2011-2017, en aplicación de la Ley 42/2007, de 13 de diciembre, del Patrimonio Natural y de la Biodiversidad. BOE 236 de 30 de septiembre de 2011</t>
+  </si>
+  <si>
+    <t>https://www.boe.es/eli/es/rd/2011/09/16/1274</t>
+  </si>
+  <si>
+    <t>Orden de 3 de mayo de 2011, de la Consejera de Medio Ambiente, Planificación Territorial, Agricultura y Pesca, por la que se modifica el Inventario de Zonas Húmedas de la Comunidad Autónoma del País Vasco. BOPV 102 de 31 de mayo de 2011</t>
+  </si>
+  <si>
+    <t>https://www.euskadi.eus/web01-bopv/es/bopv2/datos/2011/05/1102858a.shtml</t>
+  </si>
+  <si>
+    <t>País Vasco</t>
+  </si>
+  <si>
+    <t>Decreto 294/2011, de 4 de noviembre, de concesión directa de subvención al Instituto Español de Oceanografía para la ejecución del programa denominado "Red de Seguimiento de las Praderas de Posidonia Oceánica en el Litoral de la Región de Murcia". BORM 257, 08/11/2011.</t>
+  </si>
+  <si>
+    <t>https://www.borm.es/#/home/Anuncio/08-11-2011/16838</t>
+  </si>
+  <si>
+    <t>Decreto 383/2011, de 30 de diciembre, por el que se declaran determinados Monumentos Naturales de Andalucía en la provincia de Málaga y se dictan Normas y directrices para su Ordenación y gestión. BOJA 8 de 13/01/2012</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/boja/2012/8/7</t>
+  </si>
+  <si>
+    <t>Acuerdo de 27 de septiembre de 2011, del Consejo de Gobierno, por el que se aprueba la formulación del II Plan de Desarrollo Sostenible del Parque Natural Los alcornocales y su área de influencia socioeconómica. BOJA 199 de 10 de octubre de 2011</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/boja/2011/199/d19.pdf</t>
+  </si>
+  <si>
+    <t>Decreto 238/2011, de 12 de julio, por el que se establece la Ordenación y Gestión de Sierra Nevada. BOJA 155, 09/08/2011</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/boja/2011/155/d3.pdf</t>
+  </si>
+  <si>
+    <t>Decreto 40/2011, de 11 de mayo, por el que se aprueba el I Plan Rector de Uso y Gestión y el I Plan de Desarrollo Sostenible del Parque Natural de las Ubiñas - La Mesa. BOPA 122 del 28 de Mayo de 2011</t>
+  </si>
+  <si>
+    <t>https://sede.asturias.es/bopa/disposiciones/repositorio/LEGISLACION37/66/10/001U004LRD0001.pdf</t>
+  </si>
+  <si>
+    <t>Ley 41/2010, de 29 de diciembre, de protección del medio marino. BOE 317, de 30 de diciembre de 2010</t>
+  </si>
+  <si>
+    <t>https://www.boe.es/eli/es/l/2010/12/29/41</t>
+  </si>
+  <si>
+    <t>Leyes Ordinarias de ámbito estatal, Reales Decretos Legislativos, Real Decreto Ley</t>
+  </si>
+  <si>
+    <t>Ley 9/2010, de 30 de julio, de Aguas de Andalucía 2010. BOJA 155 de 09/08/2010</t>
+  </si>
+  <si>
+    <t>https://www.boe.es/eli/es-an/l/2010/07/30/9</t>
+  </si>
+  <si>
+    <t>Ley 7/2010, de 14 julio, de la Dehesa. BOJA 144 de 23/07/2010</t>
+  </si>
+  <si>
+    <t>https://www.boe.es/eli/es-an/l/2010/07/14/7</t>
+  </si>
+  <si>
+    <t>Decreto 204/2010, de 2 de noviembre, del Gobierno de Aragón, por el que se crea el Inventario de Humedales Singulares de Aragón y se establece su régimen de protección. BOA 220 de 11 de noviembre de 2010</t>
+  </si>
+  <si>
+    <t>https://www.boa.aragon.es/cgi-bin/EBOA/BRSCGI?CMD=VEROBJ&amp;MLKOB=558856590404</t>
+  </si>
+  <si>
+    <t>Aragón</t>
+  </si>
+  <si>
+    <t>Decreto 214/2010, de 28/09/2010, por el que se aprueba el Plan de Ordenación de los Recursos Naturales del Valle de Alcudia y Sierra Madrona, se inicia el procedimiento de declaración del Parque Natural del Valle de Alcudia y Sierra Madrona, y se declara el Monumento Natural del Volcán de Alhorín y la Reserva Fluvial del Río Guadalmez. DOCM 193, de 5/10/2010</t>
+  </si>
+  <si>
+    <t>https://docm.jccm.es/portaldocm/descargarArchivo.do?ruta=2010/10/05/pdf/2010_16352.pdf&amp;tipo=rutaDocm</t>
+  </si>
+  <si>
+    <t>Resolución de 7 de septiembre de 2010, por la que se hace público el Acuerdo de la Comisión de Ordenación del Territorio y Medio Ambiente de Canarias de 26 de abril de 2010, relativo a la aprobación definitiva del Plan Especial del Paisaje Protegido de Las Cumbres (C-25).BOC 187 de 22 de septiembre de 2010</t>
+  </si>
+  <si>
+    <t>https://www.gobiernodecanarias.org/boc/2010/187/005.html</t>
+  </si>
+  <si>
+    <t>Resolución de 9 de septiembre de 2010, por la que se hace público el Acuerdo de la Comisión de Ordenación del Territorio y Medio Ambiente de Canarias de 26 de abril de 2010, relativo a la aprobación de la Memoria Ambiental y aprobación Definitiva de las Normas de Conservación del Sitio de Interés Científico del Acantilado de La Hondura, en el término municipal de Fasnia, isla de Tenerife. BOC 185 de 20 de septiembre de 2010</t>
+  </si>
+  <si>
+    <t>https://www.gobiernodecanarias.org/boc/2010/185/001.html</t>
+  </si>
+  <si>
+    <t>Acuerdo GOV/161/2010, de 14 de septiembre, por el que se aprueba definitivamente el Plan especial de la Zona Volcánica de La Garrotxa. DOGC 5735 de 15 de octubre de 2010.</t>
+  </si>
+  <si>
+    <t>https://dogc.gencat.cat/es/document-del-dogc/?documentId=557352</t>
+  </si>
+  <si>
+    <t>Acuerdo GOV/254/2010, de 23 de noviembre, por el que se aprueba definitivamente el Plan especial de protección del medio natural y del paisaje deEls Aiguamolls de L'alt Empordà, en los términos municipales de L'Armentera, Castelló d'Empúries, L'Escala, Palau-saverdera, Pau, Pedret i Marzà, Peralada, Roses, Sant Pere Pescador, Torroella de Fluvià y Ventalló. DOGC 5779 de 21 de diciembre de 2010.</t>
+  </si>
+  <si>
+    <t>https://dogc.gencat.cat/es/document-del-dogc/?documentId=567668</t>
+  </si>
+  <si>
+    <t>Corrección de Errores del Decreto 215/2010, de 28 de septiembre, por el que se aprueba el Plan de Ordenación de los Recursos Naturales de la Sierra Norte de Guadalajara y se inicia el procedimiento para la Declaración del Parque Natural de la Sierra Norte de Guadalajara. DOCM 137, de 14/07/2011</t>
+  </si>
+  <si>
+    <t>https://docm.jccm.es/portaldocm/descargarArchivo.do?ruta=2011/07/14/pdf/2011_10407.pdf&amp;tipo=rutaDocm</t>
+  </si>
+  <si>
+    <t>Decreto 166/2010, de 9 de noviembre, por el que se modifica el Plan de espacios de interés natural, aprobado por el Decreto 328/1992, en relación con el espacio de El Moianès. DOGC 5755 de 15/11/2010</t>
+  </si>
+  <si>
+    <t>https://dogc.gencat.cat/es/document-del-dogc/?documentId=563331</t>
+  </si>
+  <si>
+    <t>Decreto 215/2010, de 28/09/2010, por el que se aprueba el Plan de Ordenación de los Recursos Naturales de la Sierra Norte de Guadalajara y se inicia el procedimiento para la declaración del Parque Natural de la Sierra Norte de Guadalajara. DOCM 193, de 05/10/2010</t>
+  </si>
+  <si>
+    <t>https://docm.jccm.es/portaldocm/descargarArchivo.do?ruta=2010/10/05/pdf/2010_16555.pdf&amp;tipo=rutaDocm</t>
+  </si>
+  <si>
+    <t>Decreto 313/2010, de 22 de junio, por el que se aprueba el II Plan de Desarrollo Sostenible de Doñana y el Programa Operativo Horizonte 2011. Bopa 132, 07/07/2010</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/boja/2010/132/36</t>
+  </si>
+  <si>
+    <t>Decreto 4/2010, de 14 de enero, por el que se aprueba el Plan de Ordenación de los Recursos Naturales del Espacio Natural «Sierra de Guadarrama» (Segovia y Ávila). BOCYL 12, de 20/01/2010</t>
+  </si>
+  <si>
+    <t>https://bocyl.jcyl.es/boletines/2010/01/20/pdf/BOCYL-D-20012010-2.pdf</t>
+  </si>
+  <si>
+    <t>Decreto 233/2010, de 14 de diciembre, del Gobierno de Aragón, por el que se establece un nuevo régimen de protección para la conservación del Cernícalo Primilla (Falco Naumanni) y se aprueba el plan de conservación de su hábitat.</t>
+  </si>
+  <si>
+    <t>http://www.boa.aragon.es/cgi-bin/EBOA/BRSCGI?CMD=VEROBJ&amp;MLKOB=568855240404</t>
+  </si>
+  <si>
+    <t>Ley 4/2009, de 22 de junio, de Ordenación del Territorio de Aragón. BOA 124 de 30/06/2009</t>
+  </si>
+  <si>
+    <t>https://www.boe.es/eli/es-ar/l/2009/06/22/4</t>
+  </si>
+  <si>
+    <t>Acuerdo de 17 de febrero de 2009, del Consejo de Gobierno, por el que se declara la Reserva Natural concertada Charca de Suárez en Motril (Granada), y se autoriza a la Consejera de Medio Ambiente para suscribir con el propietario el Convenio de Colaboración por el que se establece el régimen de protección de la  misma. BOJA 49 de 12 de marzo de 2009</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/boja/boletines/2009/49/d/updf/d26.pdf?lr=lang_es</t>
+  </si>
+  <si>
+    <t>Ley 9/2008, de 9 de diciembre, de modificación de la Ley 6/1992, de 18 de diciembre, de Protección de los Ecosistemas Acuáticos y de Regulación de la Pesca en Castilla y León. BOCyL 249 de 26 de diciembre de 2008</t>
+  </si>
+  <si>
+    <t>https://www.boe.es/eli/es-cl/l/2008/12/09/9</t>
+  </si>
+  <si>
+    <t>Castilla y León</t>
+  </si>
+  <si>
+    <t>Orden de 14 de noviembre de 2008 por la que se aprueba el Plan de conservación del hábitat de Oxygastra curtisii en Extremadura y se ordena la publicación del mismo. DOE 235 de 4 de diciembre de 2008</t>
+  </si>
+  <si>
+    <t>https://doe.juntaex.es/pdfs/doe/2008/2350o/08050378.pdf</t>
+  </si>
+  <si>
+    <t>Decreto 139/2008, de 26 de septiembre, del Consell, por el que se aprueba el Plan Rector de Uso y Gestión del Paisaje Protegido de la Ombria del Benicadell.  DOC 5860.</t>
+  </si>
+  <si>
+    <t>https://dogv.gva.es/datos/2008/09/30/pdf/2008_11243.pdf</t>
+  </si>
+  <si>
+    <t>Decreto 198/2008, de 6 de mayo, por el que se aprueba el Plan de Ordenación de los Recursos Naturales del Paraje Natural Brazo del Este y se amplía el ámbito territorial del citado paraje natural. BOJA 120, 18/06/2008</t>
+  </si>
+  <si>
+    <t>http://www.juntadeandalucia.es/boja/2008/120/d31.pdf</t>
+  </si>
+  <si>
+    <t>Decreto 200/2008, de 12 de diciembre, del Consell, por el que se declara Paraje Natural Municipal el enclave denominado La Dehesa, en el término municipal de Soneja. DOCV 5915 de 17 de diciembre 2008</t>
+  </si>
+  <si>
+    <t>https://dogv.gva.es/datos/2008/12/17/pdf/2008_14647.pdf</t>
+  </si>
+  <si>
+    <t>Decreto 222/2008, de 11 de noviembre, por el que se aprueba  el Plan rector de uso y gestión del área protegida de las islas Medes. DOGC 5258, de 14 de noviembre de 2008</t>
+  </si>
+  <si>
+    <t>https://dogc.gencat.cat/es/document-del-dogc/?documentId=511458</t>
+  </si>
+  <si>
+    <t>Decreto 348/2011, de 22 de noviembre, por el que se declara ZEPA el Paraje Natural Brazo del Este y se modifica el PORN del citado Paraje Natural aprobado por Decreto 198/2008, de 6 de mayo (Boja nº 238, de 5 de diciembre)</t>
+  </si>
+  <si>
+    <t>http://www.juntadeandalucia.es/boja/2011/238/d52.pdf</t>
+  </si>
+  <si>
+    <t>Decreto 37/2008, de 5 de febrero, por el que se aprueba el Plan de Ordenación de los Recursos Naturales y el Plan Rector de Uso y Gestión del Parque Natural Cabo de Gata-Níjar y se precisan los límites del citado Parque Natural. BOJA 59, 26/03/2008</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/boja/2008/59/d32.pdf</t>
+  </si>
+  <si>
+    <t>Ley 42/2007, de 13 de diciembre, del Patrimonio Natural y de la Biodiversidad. BOE 299, de 14 de diciembre de 2007</t>
+  </si>
+  <si>
+    <t>https://www.boe.es/eli/es/l/2007/12/13/42</t>
+  </si>
+  <si>
+    <t>Ley 5/2007, de 8 de marzo, de Declaración del Parque Natural de la Serranía de Cuenca. BOE 119, de 18 de mayo de 2007</t>
+  </si>
+  <si>
+    <t>https://www.boe.es/eli/es-cm/l/2007/03/08/5</t>
+  </si>
+  <si>
+    <t>Ley 1/2007, de 2 de marzo, de declaración del Parque Nacional de Monfragüe. BOE 54, de 3 de marzo de 2007.</t>
+  </si>
+  <si>
+    <t>https://www.boe.es/eli/es/l/2007/03/02/1</t>
+  </si>
+  <si>
+    <t>Decreto 21/2007, de 23 de marzo, por el que se establece la Reserva Marina del Llevant de Mallorca. BOIB 48 de 31/03/2007</t>
+  </si>
+  <si>
+    <t>http://boib.caib.es/pdf/2007048/mp85.pdf?lang=es&amp;mode=view&amp;p_numero=2007048&amp;p_inipag=85&amp;p_finpag=88</t>
+  </si>
+  <si>
+    <t>Illes Balears</t>
+  </si>
+  <si>
+    <t>Anuncio de 5 de junio de 2007, por el que se amplía el trámite de información pública de la aprobación inicial del Plan Especial del Paisaje Protegido de Los Acantilados de La Culata (Tenerife), aprobado mediante Resolución del Director General de Ordenación del Territorio nº 18, de 5 de junio de 2007. BOC 122, 19 de Junio de 2007.</t>
+  </si>
+  <si>
+    <t>https://www.gobiernodecanarias.org/boc/2007/122/013.html</t>
+  </si>
+  <si>
+    <t>Anuncio (Consejo de Gobierno)</t>
+  </si>
+  <si>
+    <t>Decreto 10/2007, de 19 de enero, del Consell, por el que se aprueba el Plan de Ordenación de los Recursos Naturales de Chera-Sot de Chera. DOGV 5435 de 24/01/2007.</t>
+  </si>
+  <si>
+    <t>https://dogv.gva.es/datos/2007/01/24/pdf/2007_825.pdf</t>
+  </si>
+  <si>
+    <t>Decreto 107/2007, de 8 de noviembre, por el que se aprueba el Plan de Ordenación de los Recursos Naturales del Espacio Natural Hoces del alto Ebro y Rudrón (Burgos). BOCYL 221, de 14/11/2007</t>
+  </si>
+  <si>
+    <t>https://bocyl.jcyl.es/boletines/2007/11/14/pdf/BOCYL-D-14112007-4.pdf</t>
+  </si>
+  <si>
+    <t>Decreto 108/2007, de 8 de noviembre, por el que se aprueba el Plan de Ordenación de los Recursos Naturales del área de Miranda del Castañar declarada como Parque Natural de las Batuecas-Sierra de Francia (Salamanca). BOCYL 221, de 14/11/2007</t>
+  </si>
+  <si>
+    <t>https://bocyl.jcyl.es/boletines/2007/11/14/pdf/BOCYL-D-14112007-5.pdf</t>
+  </si>
+  <si>
+    <t>Decreto 109/2007, de 8 de noviembre, por el que se aprueba el Plan de Ordenación de los Recursos Naturales de San Martín del Castañar (Salamanca). BOCYL 221, 14/11/2007</t>
+  </si>
+  <si>
+    <t>https://bocyl.jcyl.es/boletines/2007/11/14/pdf/BOCYL-D-14112007-6.pdf</t>
+  </si>
+  <si>
+    <t>Decreto 111/2007, de 15 de noviembre, por el que se aprueba el Plan de Ordenación de los Recursos Naturales de Lagunas Glaciares de Neila (Burgos). BOCYL 226, 21/11/2007</t>
+  </si>
+  <si>
+    <t>https://bocyl.jcyl.es/boletines/2007/11/21/pdf/BOCYL-D-21112007-2.pdf</t>
+  </si>
+  <si>
+    <t>Decreto 112/2007, de 15 de noviembre, por el que se aprueba el Plan de Ordenación de los Recursos Naturales de Acebal de Garagüeta (Soria). BOCYL 226, 21/11/2007</t>
+  </si>
+  <si>
+    <t>https://bocyl.jcyl.es/boletines/2007/11/21/pdf/BOCYL-D-21112007-3.pdf</t>
+  </si>
+  <si>
+    <t>Decreto 217/2007, de 4 de septiembre, del Gobierno de Aragón, por el que se amplía el ámbito territorial del Paisaje Protegido de los Pinares de Rodeno. BOA 112 de 21/09/2007</t>
+  </si>
+  <si>
+    <t>https://www.boa.aragon.es/cgi-bin/EBOA/BRSCGI?CMD=VEROBJ&amp;MLKOB=222290382626</t>
+  </si>
+  <si>
+    <t>Decreto 22/2007, de 14 de marzo, por el que se aprueba el IV Plan Rector de Uso y Gestión del Parque Natural de Somiedo.  BOPA 88, 17/04/2007.</t>
+  </si>
+  <si>
+    <t>https://sede.asturias.es/bopa/disposiciones/repositorio/LEGISLACION15/66/1/001U002LPM0002.pdf</t>
+  </si>
+  <si>
+    <t>Decreto 229/2007, de 23 de noviembre, del Consell, por el que se aprueba el Plan Rector de Uso y Gestión del Parque Natural del Montgó. DOGV 5648, 27 de noviembre de 2007</t>
+  </si>
+  <si>
+    <t>https://dogv.gva.es/datos/2007/11/27/pdf/2007_14264.pdf</t>
+  </si>
+  <si>
+    <t>Decreto 262/2007, de 16 de octubre, por el que se aprueba el plan rector de uso y gestión del Parque Natural del Estrecho y se modifica el Plan de Ordenación de los Recursos Naturales del Frente Litoral algeciras - Tarifa, aprobado por Decreto 308/2002. BOJA 233, de 27/11/2007</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/boja/2007/233/fasciculo-2.pdf</t>
+  </si>
+  <si>
+    <t>Decreto 4/2007, de 12 de enero, del Consell, por el que se aprueba el Plan Rector de Uso y Gestión del Parque Natural de la Serra d'Irta. DOC 5431 de 18/01/2007</t>
+  </si>
+  <si>
+    <t>https://dogv.gva.es/datos/2007/01/18/pdf/2007_566.pdf</t>
+  </si>
+  <si>
+    <t>Decreto 42/2007, de 13 de abril, del Consell, por el que se aprueba el Plan de Ordenación de los Recursos Naturales del Turia. DOGV 5493, de 19/04/2007</t>
+  </si>
+  <si>
+    <t>https://dogv.gva.es/datos/2007/04/19/pdf/2007_4899.pdf</t>
+  </si>
+  <si>
+    <t>Decreto 82/2007, de 23 de abril, por el que se aprueba el Plan de Conservación del Hábitat del Canutillo de Sabinosa (Silene sabinosae). (BO Canarias nº 90, 05.05.2007)</t>
+  </si>
+  <si>
+    <t>http://www.gobiernodecanarias.org/boc/2007/090/boc-2007-090-002.pdf</t>
+  </si>
+  <si>
+    <t>Ley 14/2006, de 27 de diciembre, de declaración del Parque Natural de los Valles Occidentales. BOA 149 de 30/12/2006</t>
+  </si>
+  <si>
+    <t>https://www.boe.es/eli/es-ar/l/2006/12/27/14</t>
+  </si>
+  <si>
+    <t>Ley 3/2005, de 5 de mayo, de declaración del Parque Natural de los Calares del Mundo y de la Sima. BOE 154, de 29 de junio de 2005</t>
+  </si>
+  <si>
+    <t>https://www.boe.es/eli/es-cm/l/2005/05/05/3</t>
+  </si>
+  <si>
+    <t>Ley 1/2006, de 7 de julio, por la que se declara el Parque Natural del  Tajo Internacional. DOE 80, de 8 de julio de 2006</t>
+  </si>
+  <si>
+    <t>https://www.boe.es/eli/es-ex/l/2006/07/07/1</t>
+  </si>
+  <si>
+    <t>Aprobación definitiva del Plan Especial del biotipo protegido de Iñurritza de Zarautz. Acuerdo Consejo de Diputados  DFG. BOG 136 de 18 de julio de 2006</t>
+  </si>
+  <si>
+    <t>https://egoitza.gipuzkoa.eus/gao-bog/castell/bog/2006/07/18/bo060718.pdf#c0607437</t>
+  </si>
+  <si>
+    <t>Circular o instrucción</t>
+  </si>
+  <si>
+    <t>Corrección de Errores al Decreto 99/2006, de 01-08-2006, por el que se aprueba el Plan de Ordenación de los Recursos Naturales de la Serranía de Cuenca, y se inicia el procedimiento de declaración del Parque Natural de la Sarranía de Cuenca, en los términos municipales de Arcos de la Sierra, Beamud, Cuenca, Huélamo, Las Majadas, Portilla, Tragacete, Uña, Valdemeca, Villalba de la Sierra y Zafrilla, de la provincia de Cuenca. DOCM 210, 11 de octubre, 2006</t>
+  </si>
+  <si>
+    <t>https://docm.jccm.es/portaldocm/verDisposicionAntigua.do?ruta=2006/10/11&amp;idDisposicion=123062813168940907</t>
+  </si>
+  <si>
+    <t>Corrección de Errores del Decreto 111/2006, de 30 de mayo, por el que se aprueba la parte Normativa del Plan Rector de uso y gestión del Parque Natural de Urkiola y se Ordena su publicación íntegra. BOPV 188 de 2 de octubre de 2006</t>
+  </si>
+  <si>
+    <t>https://www.euskadi.eus/web01-bopv/es/bopv2/datos/2006/10/0604839a.shtml</t>
+  </si>
+  <si>
+    <t>Decreto 124/2006, de 14 de diciembre, por el que se aprueba el I Plan Rector de Uso y Gestión y el Plan de Desarrollo Sostenible del Parque Natural de las Fuentes del Narcea, Degaña e Ibias. BOPA 36, 13/02/2007</t>
+  </si>
+  <si>
+    <t>https://sede.asturias.es/bopa/disposiciones/repositorio/LEGISLACION14/66/1/001U002KNC0002.pdf</t>
+  </si>
+  <si>
+    <t>Decreto 13/2006, de 9 de marzo, por el que se modifica el Anexo I del Decreto 140/1998, de 16 de julio, por el que se aprueba el Plan de Ordenación de los Recursos Naturales de Fuentes Carrionas y Fuente Cobre-Montaña Palentina (Palencia). BOCYL 52, de 15/03/2006</t>
+  </si>
+  <si>
+    <t>https://bocyl.jcyl.es/boletines/2006/03/15/pdf/BOCYL-D-15032006-4.pdf</t>
+  </si>
+  <si>
+    <t>Decreto 134/2006, de 4 de julio, por el que se aprueba el Plan de Desarrollo Sostenible del Parque Natural Sierras de Tejeda, Almijara y Alhama. (BOJA 142, 25/07/2006)</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/boja/2006/142/1</t>
+  </si>
+  <si>
+    <t>Decreto 135/2006, de 4 de julio, por el que se aprueba el Plan de Desarrollo Sostenible del Parque Natural Montes de Málaga. (BOJA 142, 25/07/2006)</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/boja/2006/142/2</t>
+  </si>
+  <si>
+    <t>Decreto 175/2006, de 19 de septiembre, por el que se aprueba el Plan de Ordenación de los recursos naturales del área de Armañón.</t>
+  </si>
+  <si>
+    <t>https://www.euskadi.eus/y22-bopv/es/bopv2/datos/2006/11/0605975a.shtml</t>
+  </si>
+  <si>
+    <t>Decreto 177/2006, de 10 de octubre, por el que se aprueba el Plan de Desarrollo Sostenible del Parque Natural Bahía de Cádiz. (BOJA 207, 25/10/2006)</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/boja/2006/207/d1.pdf</t>
+  </si>
+  <si>
+    <t>Decreto 196/2006, de 7 de noviembre, por el que se aprueba el Plan de Desarrollo Sostenible del Parque Natural Sierra de Huétor. BOJA 229, 27/11/2006</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/boja/2006/229/1</t>
+  </si>
+  <si>
+    <t>Decreto 197/2006, de 7 de noviembre, por el que se aprueba el Plan de Desarrollo Sostenible del Parque Natural Sierra de Andújar. BOJA 229 de 27/11/2006</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/boja/2006/229/3</t>
+  </si>
+  <si>
+    <t>Decreto 198/2006, de 7 de noviembre, por el que se aprueba el Plan de Desarrollo Sostenible del Parque Natural Despeñaperros. BOJA 229, de 27/11/2006</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/boja/2006/229/2</t>
+  </si>
+  <si>
+    <t>Decreto 207/2006, de 28 de noviembre, por el que se aprueba el Plan de Desarrollo Sostenible del Parque Natural Sierra de Cardeña y Montoro. BOJA 243, 19/12/2006</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/boja/2006/243/12</t>
+  </si>
+  <si>
+    <t>Decreto 208/2006, de 28 de noviembre, por el que se aprueba el Plan de Desarrollo Sostenible del Parque Natural Sierra de Hornachuelos. BOJA 243, 19/12/2006</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/boja/2006/243/13</t>
+  </si>
+  <si>
+    <t>Decreto 210/2006, de 28 de noviembre, por el que se aprueba el Plan de Desarrollo Sostenible del Parque Natural Sierra María-Los Vélez. BOJA 234, 19/12/2006</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/boja/2006/243/15</t>
+  </si>
+  <si>
+    <t>Decreto 42/2006, de 7 de febrero, del Gobierno de Aragón, por el que se aprueba definitivamente el Plan de Ordenación de los Recursos Naturales de la Laguna de Gallocanta. BOA 22 de 22/02/2006</t>
+  </si>
+  <si>
+    <t>https://www.boa.aragon.es/cgi-bin/EBOA/BRSCGI?CMD=VEROBJ&amp;MLKOB=109569283022</t>
+  </si>
+  <si>
+    <t>Decreto 180/2006, de 12 de diciembre, por el que se aprueba el Plan de Conservación del Hábitat de la Cuernúa (Caralluma burchardii).  (BO Canarias nº 246, 21.12.2006)</t>
+  </si>
+  <si>
+    <t>http://www.gobiernodecanarias.org/boc/2006/246/boc-2006-246-010.pdf</t>
+  </si>
+  <si>
+    <t>Orden de 6 de junio de 2005 por la que se aprueba el Plan de Conservación del Hábitat del Águila Perdicera en Extremadura. DOE 71 de 21 de junio de 2005</t>
+  </si>
+  <si>
+    <t>https://doe.juntaex.es/pdfs/doe/2005/710o/05050127.pdf</t>
+  </si>
+  <si>
+    <t>Orden de 6 de junio de 2005 por la que se aprueba el Plan de Conservación del Hábitat del Buitre Negro en Extremadura. DOE 71 de 21 de junio de 2005</t>
+  </si>
+  <si>
+    <t>https://doe.juntaex.es/pdfs/doe/2005/710o/05050128.pdf</t>
+  </si>
+  <si>
+    <t>Orden de 6 de junio de 2005 por la que se aprueba el Plan de Recuperación del Águila Imperial Ibérica en Extremadura. DOE 71 de 21 de junio de 2005</t>
+  </si>
+  <si>
+    <t>https://doe.juntaex.es/pdfs/doe/2005/710o/05050126.pdf</t>
+  </si>
+  <si>
+    <t>Decreto 81/2005, de 12 de abril, por el que se declara Parque Periurbano de Conservación y Ocio al paraje "La Pisá del Caballo" , en el término municipal de Cabeza la Vaca. DOE 43 de 16/04/2005</t>
+  </si>
+  <si>
+    <t>https://doe.juntaex.es/eli/es-ex/d/2005/04/12/81/dof/spa/pdf</t>
+  </si>
+  <si>
+    <t>Decreto 196/2005, de 30 de agosto, por el que se declara Parque Periurbano de Conservación y Ocio el paraje La Charca de Brozas y Ejido, en el término municipal de Brozas. DOE 104 de 06/09/2005.</t>
+  </si>
+  <si>
+    <t>https://doe.juntaex.es/pdfs/doe/2005/1040o/05040220.pdf</t>
+  </si>
+  <si>
+    <t>Decreto 82/2005, de 12 de abril, por el que se declara Paisaje Protegido al Monte Valcorchero, en el término municipal de Plasencia. DOE 43 de 16/04/2005</t>
+  </si>
+  <si>
+    <t>https://doe.juntaex.es/eli/es-ex/d/2005/04/12/82/dof/spa/pdf</t>
+  </si>
+  <si>
+    <t>Orden de 8 de junio de 2005, de declaración del Parque Periurbano La Suara, en Jerez de la Frontera (Cádiz). Boja 120 del 22 de junio</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/boja/2005/120/24</t>
+  </si>
+  <si>
+    <t>Orden de 20 de junio de 2005, de declaración del Parque Periurbano Santa Catalina, en Jaén. BOJA 127 de 1 de julio</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/boja/2005/127/31</t>
+  </si>
+  <si>
+    <t>Decreto 124/2005, de 14 de junio, por el que se modifica el Decreto 328/1992, de 14 de diciembre, en cuanto a los límites del espacio del Plan de espacios de interés natural en la Playa de Torredembarra. DOGC 4407 de 16 de junio de 2005</t>
+  </si>
+  <si>
+    <t>https://dogc.gencat.cat/es/document-del-dogc/?documentId=385063</t>
+  </si>
+  <si>
+    <t>Decreto 132/2005, de 23 de diciembre, por el que se aprueba el Plan Rector de uso y Gestión del Parque Natural de Ses Salinas de Ibiza y Formentera. BOIB 196 de 31/12/2005</t>
+  </si>
+  <si>
+    <t>http://boib.caib.es/pdf/2005196/mp141.pdf</t>
+  </si>
+  <si>
+    <t>Decreto 148/2005, de 26 de julio, del Gobierno de Aragón, por el que se aprueba definitivamente el Plan de Ordenación de los Recursos Naturales del Parque Natural de Posets-Maladeta y su Area de Influencia Socioeconómica. BOA 94 de 05/08/2005</t>
+  </si>
+  <si>
+    <t>https://www.boa.aragon.es/cgi-bin/EBOA/BRSCGI?CMD=VEROBJ&amp;MLKOB=54267610404</t>
+  </si>
+  <si>
+    <t>Decreto 186/2005, de 26 de julio, por el que se aprueba el Plan de Ordenación de los Recursos Naturales del Parque Natural de Monfragüe y su Área de Influjo Socioeconómico. DOE 3, de 3 de agosto de 2005.</t>
+  </si>
+  <si>
+    <t>https://doe.juntaex.es/pdfs/doe/2005/30e/05040209.pdf</t>
+  </si>
+  <si>
+    <t>Decreto 187/2005, de 26 de julio, por el que se aprueba el Plan de Ordenación de los Recursos Naturales del Espacio Natural "Tajo Internacional". DOE 3, de 3 de agosto de 2005.</t>
+  </si>
+  <si>
+    <t>https://doe.juntaex.es/pdfs/doe/2005/30e/05040210.pdf</t>
+  </si>
+  <si>
+    <t>Decreto 188/2005, de 26 de julio, por el que se aprueba el Plan de Ordenación de los Recursos Naturales del Parque Natural de Cornalvo. DOE 3, de 3 de agosto de 2005.</t>
+  </si>
+  <si>
+    <t>https://doe.juntaex.es/pdfs/doe/2005/30e/05040211.pdf</t>
+  </si>
+  <si>
+    <t>Decreto 191/2005, de 6 de septiembre, por el que se aprueban el Plan de Ordenación de los Recursos Naturales y el Plan Rector de Uso y Gestión del Parque Natural Sierra María-Los Vélez. BOJA 223, 15/11/2005</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/boja/2005/223/d4.pdf</t>
+  </si>
+  <si>
+    <t>Decreto 192/2005, de 6 de septiembre, por el que se aprueban el Plan de Ordenación de los Recursos Naturales y el Plan Rector de Uso y Gestión del Parque Natural de la Breña y Marismas del Barbate. BOJA 223, de 15 de noviembre.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/boja/2005/223/3</t>
+  </si>
+  <si>
+    <t>Decreto 209/2006, de 28 de noviembre, por el que se aprueba el Plan de Desarrollo Sostenible del Parque Natural Sierra de Castril. BOJA 243, 19/12/2006</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/boja/2006/243/14</t>
+  </si>
+  <si>
+    <t>Decreto 24/2005, de 4 de febrero, del Consell de la Generalitat, por el que se aprueba el Plan de Ordenación de los Recursos Naturales de las Hoces del Cabriel. DOGV 4941, de 08/02/2005.</t>
+  </si>
+  <si>
+    <t>https://dogv.gva.es/datos/2005/02/08/pdf/2005_1244.pdf</t>
+  </si>
+  <si>
+    <t>Decreto 27/2005, de 1 de marzo, por el que se aprueba el Plan Rector de Uso y Gestión del Parque Nacional de La Caldera de Taburiente. BOC 52, de 14/03/2005</t>
+  </si>
+  <si>
+    <t>https://www.gobiernodecanarias.org/boc/2005/052/002.html</t>
+  </si>
+  <si>
+    <t>Decreto 98/2004, de 9 de marzo, por el que se crea el Inventario de Humedales de Andalucía y el Comité Andaluz de Humedales. BOJA 66 de 05 de abril de 2004</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/boja/2004/66/2</t>
+  </si>
+  <si>
+    <t>Acuerdo de 2 de septiembre de 2004, que aprueba la revisión del Catálogo de Embalses y Humedales de la Comunidad de Madrid. BOCM 220 de 15 de septiembre de 2004</t>
+  </si>
+  <si>
+    <t>https://gestiona.comunidad.madrid/wleg_pub/secure/Normativas/contenidoNormativa.jsf?idNorma=3322#no-back-button</t>
+  </si>
+  <si>
+    <t>Comunidad de Madrid</t>
+  </si>
+  <si>
+    <t>Decreto 160/2004, de 27 de julio, por el que se aprueba definitivamente el Plan Territorial Sectorial de Zonas Húmedas de la Comunidad Autónoma del País Vasco. BOPV 222 de 19 de noviembre de 2004</t>
+  </si>
+  <si>
+    <t>https://www.euskadi.eus/web01-bopv/es/bopv2/datos/2004/11/0405964a.shtml</t>
+  </si>
+  <si>
+    <t>Decreto Foral 360/2004, de 22 de noviembre, por el que se declara Paisaje Protegido el espacio denominado Montes de Valdorba y se aprueba el Plan de Uso y Gestión del mismo. BON 152 de 20 de diciembre de 2004</t>
+  </si>
+  <si>
+    <t>http://www.lexnavarra.navarra.es/detalle.asp?r=28234</t>
+  </si>
+  <si>
+    <t>Acuerdo de 7 de septiembre de 2004, del Consejo de Gobierno, por el que se declara la Reserva Natural Concertada Puerto Moral, en Aroche (Huelva), y se autoriza a la Consejera para suscribir con la propiedad el Convenio de Colaboración del régimen de protección de la misma. BOJA 191 de 29 de septiembre de 2004</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/boja/2004/191/d2.pdf</t>
+  </si>
+  <si>
+    <t>Decreto 558/2004, de 14 de diciembre, por el que se declara el Paisaje Protegido de Río Tinto. BOJA 10, de 17 de enero de 2005</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/boja/2005/10/2</t>
+  </si>
+  <si>
+    <t>Acuerdo de 27 de enero de 2004, del Consejo de Gobierno, por el que se aprueban los Planes de Desarrollo Sostenible de los Parques Naturales Cabo de Gata-Níjar, Sierras Subbéticas y Sierra de Aracena y Picos de Aroche. BOJA 45, 05/03/2004</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/boja/2004/45/d1.pdf</t>
+  </si>
+  <si>
+    <t>Acuerdo de 9 de marzo de 2004, del Consejo de Gobierno, por el que se aprueba el Plan de Desarrollo Sostenible del Parque Natural de Sierra Nevada. BOJA 60 de 26 de marzo de 2004.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/boja/2004/60/d2.pdf</t>
+  </si>
+  <si>
+    <t>Anuncio de 14 de diciembre de 2004, por el que se somete al trámite de participación ciudadana el Avance del Plan Rector de Uso y Gestión del Parque Natural de Majona (La Gomera), aprobado mediante Resolución de 2 de junio de 2004. BOC 247, de 22 de Diciembre de 2004.</t>
+  </si>
+  <si>
+    <t>https://www.gobiernodecanarias.org/boc/2004/247/017.html</t>
+  </si>
+  <si>
+    <t>Decreto 100/2004, de 9 de marzo, por el que se aprueban el Plan de Ordenación de los Recursos Naturales y el Plan Rector de Uso y Gestión del Parque Natural de Sierra de Huétor. BOJA 69, 08/04/2004.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/boja/2004/69/d5.pdf</t>
+  </si>
+  <si>
+    <t>Decreto 101/2004, de 9 de marzo, por el que se aprueban el Plan de Ordenación de los Recursos Naturales y el Plan Rector de Uso y Gestión del Parque Natural Sierra de Baza. BOJA 78, de 22/04/2004.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/boja/2004/78/d2.pdf</t>
+  </si>
+  <si>
+    <t>Decreto 2/2004, de 15 de enero, por el que se aprueba el Plan de Ordenación de los Recursos Naturales del Parque Natural Collados del Asón. BOC 17, de 27/01/2004.</t>
+  </si>
+  <si>
+    <t>https://boc.cantabria.es/boces/verAnuncioAction.do?idAnuBlob=60770</t>
+  </si>
+  <si>
+    <t>Decreto 258/2004, de 19 de noviembre, del consell de la Generalitat, por el que se modifica el Decreto 81/1993, de 31 de mayo, del Consell de la Generalitat Valenciana, de Régimen Jurídico del Parque de l'albufera. DOGV núm. 4890, de 24-11-2004</t>
+  </si>
+  <si>
+    <t>https://dogv.gva.es/datos/2004/11/24/pdf/2004_11940.pdf</t>
+  </si>
+  <si>
+    <t>Decreto 259/2004, de 19 de noviembre, del Consell de la Generalitat, por el que se aprueba el Plan Rector de Uso y Gestión del Parque Natural de l'albufera. DOGV 4890 de 24/11/2004</t>
+  </si>
+  <si>
+    <t>https://dogv.gva.es/datos/2004/11/24/pdf/2004_11941.pdf</t>
+  </si>
+  <si>
+    <t>Decreto 280/2004, de 17 de diciembre, del Consell de la Generalitat, por el que se aprueba el Plan de Ordenación de los Recursos Naturales del Parc Natural del Marjal de Pego-Oliva. DOGV 4910. 24,12,2004</t>
+  </si>
+  <si>
+    <t>https://dogv.gva.es/datos/2004/12/24/pdf/2004_13219.pdf</t>
+  </si>
+  <si>
+    <t>Decreto 4/2004, de 13 de enero, por el que se aprueban el Plan de Ordenación de los Recursos Naturales y el Plan Rector de Uso y Gestión del Parque Natural Sierras Subbéticas. BOJA 38 de 25/02/2004</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/boja/2004/38/d1.pdf</t>
+  </si>
+  <si>
+    <t>Ley 5/2003, de 27 de febrero, por la que se declara el Parque Natural del Barranco del Río Dulce. BOE 129, de 30 de mayo de 2003</t>
+  </si>
+  <si>
+    <t>https://www.boe.es/eli/es-cm/l/2003/02/27/5</t>
+  </si>
+  <si>
+    <t>Ley 3/2003, de 25 de junio, de declaración del Paraje Natural de Alborán.BOJA 133 de 14 de julio de 2003</t>
+  </si>
+  <si>
+    <t>https://www.boe.es/eli/es-an/l/2003/06/25/3</t>
+  </si>
+  <si>
+    <t>Decreto 112/2003, de 22 de abril, por el que se declara Paisaje Protegido el Corredor Verde del Guadiamar. BOJA 78 de 25/04/2003</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/boja/2003/78/9</t>
+  </si>
+  <si>
+    <t>Orden de 23 de septiembre de 2003, de declaración del Parque Periurbano Dehesa de Santa Fe, en Santa Fe (Granada). BOJA 199 de 16 de octubre de 2003</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/boja/2003/199/1</t>
+  </si>
+  <si>
+    <t>Orden de 14 de febrero de 2003, de declaración del parque periurbano Pinar del Hacho, en Antequera (Málaga). BOJA 54 de 20/03/2003</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/boja/2003/54/49</t>
+  </si>
+  <si>
+    <t>Decreto 57/2003, de 4 de marzo, de declaración del Parque Natural del Estrecho. BOJA 54 de 20 de marzo de 2003</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/boja/2003/54/4</t>
+  </si>
+  <si>
+    <t>Acuerdo de 7 de octubre de 2003, del Consejo de Gobierno, por el que se aprueban los Planes de Desarrollo Sostenible de los Parques Naturales de Sierras de Cazorla, Segura y las Villas, Sierra de las Nieves, la Breña y Marismas de Barbate y Sierra Norte de Sevilla. BOJA 209 de 30 de octubre de 2003</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/boja/2003/209/d1.pdf</t>
+  </si>
+  <si>
+    <t>Decreto 181/2003, de 22 de julio, de modificación del Plan Rector de Uso y Gestión de la Reserva de la Biosfera de Urdaibai, para delimitar como área a Ordenar por el Planeamiento Urbanístico (OPU) el Barrio de Kanala, perteneciente a los términos municipales de Gautegiz Arteaga y Sukarrieta. BOPV 160 de 19 de agosto de 2003</t>
+  </si>
+  <si>
+    <t>https://www.euskadi.eus/web01-bopv/es/bopv2/datos/2003/08/0304685a.shtml</t>
+  </si>
+  <si>
+    <t>Decreto 187/2003, de 24 de junio, por el que se aprueban el Plan de Ordenación de los Recursos Naturales y el Plan Rector de Uso y Gestión del Parque Natural Montes de Málaga. BOJA 136, 17/07/2003</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/boja/2003/136/d2.pdf</t>
+  </si>
+  <si>
+    <t>Decreto 210/2003, de 15 de julio, por el que se aprueban el Plan de Ordenación de los Recursos Naturales y el Plan Rector de Uso y Gestión del Parque Natural Sierra de Aracena y Picos de Aroche. BOJA 165, de 28 de agosto de 2003</t>
+  </si>
+  <si>
+    <t>http://www.juntadeandalucia.es/boja/2003/165/d1.pdf</t>
+  </si>
+  <si>
+    <t>Decreto 22/2003, de 27 de marzo, por el que se da nueva redacción al anexo I del Decreto 100/2002, de 25 de julio, por el que se declara monumento natural la Charca de Zeluán y Ensenada de Llodero (Avilés y Gozón). BOPA 87 de 14 de abril de 2003</t>
+  </si>
+  <si>
+    <t>https://sede.asturias.es/bopa-disposiciones?p_p_id=pa_sede_bopa_web_portlet_SedeBopaDispositionWeb&amp;p_p_lifecycle=0&amp;_pa_sede_bopa_web_portlet_SedeBopaDispositionWeb_mvcRenderCommandName=%2Fdisposition%2Fdetail&amp;p_r_p_dispositionText=2003-1414025&amp;p_r_p_dispositionReference=2003-1414025&amp;p_r_p_dispositionDate=14%2F4%2F2003</t>
+  </si>
+  <si>
+    <t>Decreto 251/2003, de 9 de septiembre, por el que se aprueban el Plan de Ordenación de los Recursos Naturales y el Plan Rector de Uso y Gestión del Parque Natural Sierra de Cardeña y Montoro. BOJA 213, 5/11/2003</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/boja/2003/213/4</t>
+  </si>
+  <si>
+    <t>Decreto 252/2003, de 9 de septiembre, por el que se aprueban el Plan de Ordenación de los Recursos Naturales y el Plan Rector de Uso y Gestión del Parque Natural Sierra de Hornachuelos. BOJA 217, 11/11/2003</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/boja/2003/217/d3.pdf</t>
+  </si>
+  <si>
+    <t>Decreto 288/2003 de 7 de octubre de 2003 2003, por el que se declara la Reserva Fluvial Sotos del Río Tajo, en los términos municipales de Zorita de los Canales, Pastrana y Yebra, provincia de Guadalajara. DOCM 156 de 3 de noviembre de 2003.</t>
+  </si>
+  <si>
+    <t>http://docm.jccm.es/portaldocm/verDisposicionAntigua.do?ruta=2003/11/03&amp;idDisposicion=123063073121130210</t>
+  </si>
+  <si>
+    <t>Decreto 321/2003, de 23/12/2003, por el que se declara la microrreserva Estrecho del Hocino, en el término municipal de Salobre de la provincia de Albacete. DOCM 12 de 28 de enero de 2004</t>
+  </si>
+  <si>
+    <t>https://docm.jccm.es/portaldocm/verDisposicionAntigua.do?ruta=2004/01/28&amp;idDisposicion=123061371580341407</t>
+  </si>
+  <si>
+    <t>Decreto 344/2003, de 9 de diciembre, por el que se aprueban el Plan de Ordenación de los Recursos Naturales y el Plan Rector de Uso y Gestión del Parque Natural de Sierra de las Nieves. BOJA 14, 22/01/2004</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/boja/2004/14/d4.pdf</t>
+  </si>
+  <si>
+    <t>Decreto 354/2003, de 16 de diciembre, por el que se aprueban el Plan de Ordenación de los Recursos Naturales y el Plan Rector de Uso y Gestión del Parque Natural Sierra de Andújar. BOJA 24, 05/02/2004</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/boja/2004/24/d1.pdf</t>
+  </si>
+  <si>
+    <t>Decreto 39/2003, de 4 de febrero, por el que se aprueba el Plan rector de uso y gestión del Parque Nacional de Aigüestortes i Estany de Sant Maurici. DOGC 3825, de 19 de febrero de 2003.</t>
+  </si>
+  <si>
+    <t>https://dogc.gencat.cat/es/document-del-dogc/?documentId=309790</t>
+  </si>
+  <si>
+    <t>Decreto 4/2003, de 21 de enero, del Consell de la Generalitat, por el que se aprueba el Plan de Ordenación de los Recursos Naturales y Rector de Uso y Gestión del Parque Natural de El Prat de Cabanes - Torreblanca.  DOGV 4427 de 28,01,2003</t>
+  </si>
+  <si>
+    <t>https://dogv.gva.es/datos/2003/01/28/pdf/2003_747.pdf</t>
+  </si>
+  <si>
+    <t>Decreto 113/2002, de 10 de septiembre, por el que se declara Parque Periurbano de Conservación y Ocio a la finca La Sierra en el término municipal de Azuaga. DOE 108 (17/09/2002)</t>
+  </si>
+  <si>
+    <t>https://doe.juntaex.es/pdfs/doe/2002/1080o/02040128.pdf</t>
+  </si>
+  <si>
+    <t>Acuerdo de Consejo de Gobierno de 15 de febrero de 2002 sobre la aprobación definitiva del Plan de Ordenación de Recursos Naturales de Cala d'Hort, Cap Llentrisca, Sa Talaia. BOIB 25</t>
+  </si>
+  <si>
+    <t>http://boib.caib.es/pdf/2002025/mp2823.pdf</t>
+  </si>
+  <si>
+    <t>Acuerdo de consejo de gobierno de 24 de mayo de 2002 sobre la aprobación definitiva del Plan de Ordenación de Recursos Naturales de Ses Salines de Eivissa y Formentera. BOIB 80.</t>
+  </si>
+  <si>
+    <t>http://boib.caib.es/pdf/2002080/mp104.pdf</t>
+  </si>
+  <si>
+    <t>Corrección de Errores del Acuerdo de 5 de noviembre de 2002, del Consell de la Generalitat, por el que se declara Paraje Natural Municipal el enclave denominado La Dehesa, en el término municipal de Soneja. DOGV 5040 de 01 de julio de 2005</t>
+  </si>
+  <si>
+    <t>http://www.docv.gva.es/datos/2005/07/01/pdf/2005_7603.pdf</t>
+  </si>
+  <si>
+    <t>Corrección de Errores observados en el anexo del Decreto 121/2001, de 19 de octubre, por el que se declara S'Albufereta Reserva Natural.  BOIB 68 de  06-06-2002</t>
+  </si>
+  <si>
+    <t>http://boib.caib.es/pdf/2002068/p9106.pdf</t>
+  </si>
+  <si>
+    <t>Decreto 101/2002, de 1 de agosto, por el que se aprueba el Plan de Ordenación de los Recursos Naturales del Espacio Natural de Las Médulas (León). BOCYL 151, de 06/08/2002</t>
+  </si>
+  <si>
+    <t>https://bocyl.jcyl.es/boletines/2002/08/06/pdf/BOCYL-D-06082002-2.pdf</t>
+  </si>
+  <si>
+    <t>Decreto 124/2002, de 5 de julio, por el que se aprueba la ampliación del Plan de Ordenación de los Recursos Naturales del Parque Natural del Curso Medio del río Guadarrama y su entorno. BOCM 184 de 5 de agosto de 2002.</t>
+  </si>
+  <si>
+    <t>https://www.bocm.es/boletin/CM_Boletin_BOCM/2002/08/05/18400.PDF</t>
+  </si>
+  <si>
+    <t>Decreto 130/2002, de 10 de octubre, por el que se aprueba el I Plan Rector de Uso y Gestión de la Reserva Naural de Cueva Rosa. BOPA 256 de 5 de noviembre de 2002</t>
+  </si>
+  <si>
+    <t>https://sede.asturias.es/bopa-disposiciones?p_p_id=pa_sede_bopa_web_portlet_SedeBopaDispositionWeb&amp;p_p_lifecycle=0&amp;p_p_state=Normal&amp;p_p_mode=view&amp;_pa_sede_bopa_web_portlet_SedeBopaDispositionWeb_mvcRenderCommandName=%2Fdisposition%2Fdetail&amp;p_r_p_dispositionText=Decreto+130%2F2002%2C+de+10+de+octubre%2C&amp;p_r_p_dispositionReference=2002-2105001&amp;p_r_p_dispositionDate=05%2F11%2F2002&amp;_pa_sede_bopa_web_portlet_SedeBopaDispositionWeb_isTextDateSearch=false</t>
+  </si>
+  <si>
+    <t>Decreto 131/2002, e 10 de octubre, por el que se aprueba el I Plan Rector de Uso y Gestión de la Reserva Natural Parcial de Cueva de Las Caldas. BOPA 256 de 5/11/2002</t>
+  </si>
+  <si>
+    <t>https://sede.asturias.es/bopa/disposiciones/repositorio/LEGISLACION05/66/2/001U001YPM0002.pdf</t>
+  </si>
+  <si>
+    <t>Decreto 132/2002, de 10 de octubre, por el que se aprueba el I Plan Rector de Uso y Gestión de la Reserva Natural Parcial de la Cueva del Sidrón. BOPA 258 de 07/11/2002.</t>
+  </si>
+  <si>
+    <t>https://sede.asturias.es/bopa-disposiciones?p_p_id=pa_sede_bopa_web_portlet_SedeBopaDispositionWeb&amp;p_p_lifecycle=0&amp;p_p_state=Normal&amp;p_p_mode=view&amp;_pa_sede_bopa_web_portlet_SedeBopaDispositionWeb_mvcRenderCommandName=%2Fdisposition%2Fdetail&amp;p_r_p_dispositionText=Decreto+132%2F2002%2C+DE+10+DE+OCTUBRE%2C&amp;p_r_p_dispositionReference=2002-2107003&amp;p_r_p_dispositionDate=07%2F11%2F2002&amp;_pa_sede_bopa_web_portlet_SedeBopaDispositionWeb_isTextDateSearch=false</t>
+  </si>
+  <si>
+    <t>Decreto 133/2002, de 10 de Octubre, por el que se aprueba el I Plan Rector de Uso y Gestión de la Reserva Natural Parcial de la Cueva de la Cueva del Lloviu. BOPA 256.</t>
+  </si>
+  <si>
+    <t>https://sede.asturias.es/bopa/disposiciones/repositorio/LEGISLACION05/66/2/001U001YRH0002.pdf</t>
+  </si>
+  <si>
+    <t>Decreto 143/2002, de 1 de agosto, por el que se aprueba la revisión del Plan de Ordenación de los Recursos Naturales de El Regajal-Mar de Ontígola. BOCM 194 de 16 de agosto de 2002</t>
+  </si>
+  <si>
+    <t>https://www.comunidad.madrid/transparencia/sites/default/files/plan/document/234_395_mgr_cit_52756212_porn_ontigola_0.pdf</t>
+  </si>
+  <si>
+    <t>Decreto 152/2002, de 28 de noviembre, por el que se aprueba el II Plan Rector de Uso y Gestión de la Reserva Natural Parcial de Barayo. BOPA 297.</t>
+  </si>
+  <si>
+    <t>https://sede.asturias.es/bopa/disposiciones/repositorio/LEGISLACION06/66/1/001U001ZJ20002.pdf</t>
+  </si>
+  <si>
+    <t>Decreto 153/2002, de 24 de octubre, por el que se aprueba el Plan Rector de Uso y Gestión del Parque Nacional del Teide. BOC 164, de 11/12/2002</t>
+  </si>
+  <si>
+    <t>https://www.gobiernodecanarias.org/boc/2002/164/002.html</t>
+  </si>
+  <si>
+    <t>Decreto 153/2002, de 28 de noviembre, por el que se aprueba el II Plan Rector de Uso y Gestión de la Reserva Natural Parcial de la Ría de Villaviciosa. BOPA 297 de 26/12/2002.</t>
+  </si>
+  <si>
+    <t>https://sede.asturias.es/bopa-disposiciones?p_p_id=pa_sede_bopa_web_portlet_SedeBopaDispositionWeb&amp;p_p_lifecycle=0&amp;p_p_state=Normal&amp;p_p_mode=view&amp;_pa_sede_bopa_web_portlet_SedeBopaDispositionWeb_mvcRenderCommandName=%2Fdisposition%2Fdetail&amp;p_r_p_dispositionText=Decreto+153%2F2002%2C+DE+28+DE+NOVIEMBRE&amp;p_r_p_dispositionReference=2002-2226005&amp;p_r_p_dispositionDate=26%2F12%2F2002&amp;_pa_sede_bopa_web_portlet_SedeBopaDispositionWeb_isTextDateSearch=false</t>
+  </si>
+  <si>
+    <t>Decreto 160/2002, de 12/11/2002, mpor el que se aprueba el plan de Ordenación de los recursos naturales de los Calares y cabeceras de los ríos Mundo, Tus y Guadalimar, en la provincia de albacete, y se inicia el procedimiento de declaración del Parque Natural de  los calares del Mundo y de la sima, y de las Microrreservas de Peñas Coloradas, del Cerro de Rala, de La cuerda de La Melera y del Ardal y Tinjarra.. DOCM 159, 23/12/2002</t>
+  </si>
+  <si>
+    <t>https://docm.jccm.es/portaldocm/verDisposicionAntigua.do?ruta=2002/12/23&amp;idDisposicion=123062870402430580</t>
+  </si>
+  <si>
+    <t>Decreto 171/2002, de 11 de junio, por el que se modifica el Decreto 328/1992, de 14 de diciembre, en lo que concierne a los límites del espacio Cingles de Bertí del Plan de espacios de interés natural. DOGC 3663 de 25 de junio de 2002</t>
+  </si>
+  <si>
+    <t>https://dogc.gencat.cat/es/document-del-dogc/?documentId=299325</t>
+  </si>
+  <si>
+    <t>Decreto 225/2002, de 25 de junio, del Gobierno de Aragón, por el que se aprueba el Plan Rector de Uso y Gestión del Parque Natural del Moncayo.  BOA 81 de 12/07/2002</t>
+  </si>
+  <si>
+    <t>https://www.boa.aragon.es/#/resultados-fecha?from=busquedaFechaHome</t>
+  </si>
+  <si>
+    <t>Decreto 104/2002, de 25 de julio, por el que se aprueba el Plan de Conservación del Hábitat del Pico Mediano. (Dendrocopos medius). (BOPA nº 192, 19.08.2002)</t>
+  </si>
+  <si>
+    <t>https://www.asturias.es/bopa/2002/08/19/20020819.pdf</t>
+  </si>
+  <si>
+    <t>Decreto 151/2002, de 28 de noviembre, por el que se aprueba el Plan de Conservación del Hábitat del  Murciélago ratonero grande (Myotis myotis) y del Murciélago ratonero mediano (Myotis blythii) en el Principado de Asturias. (BOPA nº 297, 26.12.2002)</t>
+  </si>
+  <si>
+    <t>https://sede.asturias.es/bopa/2002/12/26/20021226.pdf</t>
+  </si>
+  <si>
+    <t>Decreto 199/2001, de 6 de noviembre, por el que se amplía el Catálogo de Hábitat de Protección Especial de CLM y se señala la denominación sintaxonómica equivalente par a los incluidos en el Anejo 1 de la Ley 9/1999 de Conservación de la Naturaleza. DOCM 119 de 13 de noviembre de 2001</t>
+  </si>
+  <si>
+    <t>http://docm.jccm.es/docm/eli/es-cm/d/2001/11/06/199</t>
+  </si>
+  <si>
+    <t>Decreto 35/2001, de 6 de marzo, por el que se declara Parque Periurbano de Conservación y Ocio a la finca Moheda alta en el término municipal de Navalvillar de Pela. DOE 30 de 13/03/2001</t>
+  </si>
+  <si>
+    <t>https://doe.juntaex.es/pdfs/doe/2001/300o/01040038.pdf</t>
+  </si>
+  <si>
+    <t>Orden de 18 de julio de 2001, por la que se establece una reserva marina en la isla de La Palma. BOE 185, de 3 de agosto de 2001</t>
+  </si>
+  <si>
+    <t>https://www.boe.es/eli/es/o/2001/07/18/(1)</t>
+  </si>
+  <si>
+    <t>Canarias</t>
+  </si>
+  <si>
+    <t>Acuerdo del consejo de gobierno de 19 de octubre de 2001 sobre la aprobación definitiva del plan de Ordenación de recursos naturales de S'albufereta. BOIB 130, 30/10/2001.</t>
+  </si>
+  <si>
+    <t>http://boib.caib.es/pdf/2001130/mp16393.pdf</t>
+  </si>
+  <si>
+    <t>Corrección de Errores al Decreto 164/2001, de 7 de junio, por el que se aprueba el Plan de Ordenación de los Recursos Naturales del Espacio Natural Arribes del Duero (Salamanca-Zamora). BOCYL 141, 20/07/2001.</t>
+  </si>
+  <si>
+    <t>https://bocyl.jcyl.es/html/2001/07/20/html/BOCYL-D-20072001-16.do</t>
+  </si>
+  <si>
+    <t>Decreto 1/2001, de 12 de enero, por el que se modifica el Decreto 44/2000, de 1 de septiembre, por el que se aprueba el Plan de Ordenación de los recursos naturales de los Sotos del Ebro en Alfaro. BOR 7.</t>
+  </si>
+  <si>
+    <t>https://ias1.larioja.org/boletin/boletin/bor_mostrar_Anuncio.jsp?referencia=599724-1-HTML-207974-X</t>
+  </si>
+  <si>
+    <t>Decreto 164/2001, de 7 de junio, por el que se aprueba el Plan de Ordenación de los Recursos Naturales del Espacio Natural Arribes del Duero (Salamanca-Zamora)</t>
+  </si>
+  <si>
+    <t>https://bocyl.jcyl.es/boletines/2001/06/13/pdf/BOCYL-D-13062001-20.pdf</t>
+  </si>
+  <si>
+    <t>Decreto 261/2001, de 25 de septiembre, de ampliación de los límites del parque natural de la Zona Volcànica de la Garrotxa. DOGC 3489 de 9 de octubre de 2001.</t>
+  </si>
+  <si>
+    <t>https://dogc.gencat.cat/es/document-del-dogc/?documentId=256691</t>
+  </si>
+  <si>
+    <t>Decreto 263/2001, de 23 de octubre, del Gobierno de Aragón, por el que se modifica el Plan de Ordenación de los Recursos Naturales del Parque de la Sierra y Cañones de Guara, aprobado por Decreto 164/1997, de 23 de septiembre, del Gobierno de Aragón. BOA 134. 14/11/2001</t>
+  </si>
+  <si>
+    <t>http://www.boa.aragon.es/cgi-bin/EBOA/BRSCGI?CMD=VEROBJ&amp;MLKOB=408096414444</t>
+  </si>
+  <si>
+    <t>Decreto 274/2001, de 27 de septiembre, por el que se aprueba el Plan de Ordenación de los Recursos Naturales del Parque Natural del Monte aloia. DOG 205, de 23 de octubre de 2001.</t>
+  </si>
+  <si>
+    <t>https://www.xunta.gal/dog/Publicados/2001/20011023/AnuncioE9DA_es.html</t>
+  </si>
+  <si>
+    <t>Decreto 319/2001, de 4 de diciembre, por el que se modifica la descripción de los límites del ámbito territorial del Parque Natural de la Montaña de Montserrat que contiene el anexo 1 del Decreto 59/1987, de 29 de enero. DOGC 3533 de 13/12/2001</t>
+  </si>
+  <si>
+    <t>https://dogc.gencat.cat/es/document-del-dogc/?documentId=269557</t>
+  </si>
+  <si>
+    <t>Instrumento de ratificación del Convenio Europeo del Paisaje (número 176 del Consejo de Europa), hecho en Florencia el 20 de octubre de 2000. BOE 31, de 5 de febrero de 2008</t>
+  </si>
+  <si>
+    <t>https://www.boe.es/eli/es/ai/2000/10/20/(1)</t>
+  </si>
+  <si>
+    <t>Internacional</t>
+  </si>
+  <si>
+    <t>Ley 1/2000, de 6 de abril, por la que se declara el Parque Natural del alto Tajo. BOE 159 de 4 de julio de 2000</t>
+  </si>
+  <si>
+    <t>https://www.boe.es/eli/es-cm/l/2000/04/06/1</t>
+  </si>
+  <si>
+    <t>Orden de 31 de mayo de 2000, declaración del Parque Periurbano Castala en Berja (Almería). BOJA 75 de 1 de julio.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/boja/2000/75/48</t>
+  </si>
+  <si>
+    <t>Acuerdo de 31 de enero de 2000, del Consejo de Gobierno, por el que se declara la Reserva Natural Concertada Dehesa de Abajo, en Puebla del Río (Sevilla), y se autoriza al Consejero de Medio Ambiente para suscribir con el propietario el Convenio de Colaboración del Régimen de Protección de la misma. BOJA 34 de 21 de marzo de 2000</t>
+  </si>
+  <si>
+    <t>http://www.juntadeandalucia.es/boja/2000/34/d6.pdf</t>
+  </si>
+  <si>
+    <t>Orden de 16 de junio de 2000, sobre declaración del parque periurbano Dehesa del Mercadillo, en Ronda (Málaga). BOJA 82 de 18/07/2000</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/boja/2000/82/55</t>
+  </si>
+  <si>
+    <t>Orden de 11 de enero de 2000, de declaración del Parque Periurbano Fuente Agria, en Villafranca de Córdoba (Córdoba). BOJA 24 de 26/02/2000</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/boja/2000/24/40</t>
+  </si>
+  <si>
+    <t>Orden de 14 de febrero de 2000, de declaración del parque periurbano Fuente La Zarza, en Hinojosa del Duque (Córdoba). BOJA 45, de 15 de abril</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/boja/2000/45/34</t>
+  </si>
+  <si>
+    <t>Orden de 11 de enero de 2000, de declaración del Parque Periurbano La Sierrezuela, en Posadas (Córdoba). BOJA 24 de 26/02/2000</t>
+  </si>
+  <si>
+    <t>http://www.juntadeandalucia.es/boja/2000/24/39</t>
+  </si>
+  <si>
+    <t>Anuncio de 14 de febrero de 2000, por el que se hacen públicos el contenido Normativo, el plano de zonificación y el plano de delimitación del Plan Especial de Protección Paisajística Ramblas de Castro, en el término municipal de Los Realejos (Tenerife). BOC 56 de 5 de mayo</t>
+  </si>
+  <si>
+    <t>https://www.gobiernodecanarias.org/boc/2000/056/018.html</t>
+  </si>
+  <si>
+    <t>Anuncio de 14 de febrero de 2000, por el que se hacen públicos el contenido Normativo y el plano de zonificación del Plan Especial de Protección Paisajística de El Tablado, en el término municipal de Garafía (La Palma). BOC 50, de 24 de Abril de 2000</t>
+  </si>
+  <si>
+    <t>https://www.gobiernodecanarias.org/boc/2000/050/030.html</t>
+  </si>
+  <si>
+    <t>Anuncio de 14 de febrero de 2000, por el que se hacen públicos el contenido Normativo y el plano de zonificación del Plan Especial de Protección Paisajística de Las Lagunetas, en los términos municipales de Tacoronte, El Rosario, El Sauzal, Candelaria, La Matanza de Acentejo, La Victoria de Acentejo y Santa Úrsula (Tenerife). BOC 58, 10 de Mayo de 2000.</t>
+  </si>
+  <si>
+    <t>https://www.gobiernodecanarias.org/boc/2000/058/013.html</t>
+  </si>
+  <si>
+    <t>Decreto 101/2000, de 12 de junio, por el que se aprueba el Plan Rector de Uso y Gestión del Parque Natural del Islote de Lobos, en la isla de Fuerteventura (F-1). BOC 83, de 5 de julio</t>
+  </si>
+  <si>
+    <t>https://www.gobiernodecanarias.org/boc/2000/083/001.html</t>
+  </si>
+  <si>
+    <t>Decreto 198/2000, de 16 de octubre, por el que se aprueba el Plan Rector de Uso y Gestión del Parque Natural de Majona.  BOC 145, de 3 de noviembre</t>
+  </si>
+  <si>
+    <t>https://www.gobiernodecanarias.org/boc/2000/145/boc-2000-145-003.pdf</t>
+  </si>
+  <si>
+    <t>Decreto 20/2000, de 10 de enero, por el que se modifica el Decreto 328/1992, de 14 de diciembre, en lo referente a los límites del espacio del Plan de espacios de interés natural en Les Gavarres. DOGC de 3062 de 24 de enero de 2000</t>
+  </si>
+  <si>
+    <t>https://dogc.gencat.cat/es/document-del-dogc/?documentId=208185</t>
+  </si>
+  <si>
+    <t>Decreto 241/2000, de 23 de mayo, por el que se aprueba el Plan de Ordenación de los Recursos Naturales de las Reservas Naturales Laguna Honda y Laguna del Chinche. BOJA  76.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/boja/2000/76/d5.pdf</t>
+  </si>
+  <si>
+    <t>Decreto 242/2000, de 23 de mayo, por el que se aprueba el Plan de Ordenación de los Recursos Naturales de la Reserva Natural albufera de Adra. BOJA  77.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/boja/2000/77/d6.pdf</t>
+  </si>
+  <si>
+    <t>Decreto 249/2000, de 23 de noviembre, por el que se aprueba el Plan de Ordenación de los Recursos Naturales de Riberas de Castronuño -Vega del Duero (Valladolid). BOCYL 231, 29/11/2000</t>
+  </si>
+  <si>
+    <t>https://bocyl.jcyl.es/boletines/2000/11/29/pdf/BOCYL-D-29112000-26.pdf</t>
+  </si>
+  <si>
+    <t>Decreto 419/2000, de 7 de noviembre, por el que se aprueban los Planes de Ordenación de los Recursos Naturales de determinadas Reservas Naturales de la provincia de Sevilla. BOJA 9, 23/01/2001</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/boja/2001/9/d67.pdf</t>
+  </si>
+  <si>
+    <t>Decreto 109/2000, de 29 de mayo, del Gobierno de Aragón, por el que se establece un régimen de protección para la conservación del cernícalo primilla (Falco naumanni) y se aprueba el Plan de Conservación de su Hábitat.</t>
+  </si>
+  <si>
+    <t>https://www.boa.aragon.es/cgi-bin/EBOA/BRSCGI?CMD=VEROBJ&amp;MLKOB=414745104544&amp;type=pdf</t>
+  </si>
+  <si>
+    <t>Ley Foral 10/1999, de 6 de abril, por la que se declara Parque Natural las Bardenas Reales de Navarra. BON 43 de 9 de abril de 1999.</t>
+  </si>
+  <si>
+    <t>https://www.boe.es/eli/es-nc/lf/1999/04/06/10</t>
+  </si>
+  <si>
+    <t>Ley 3/1999, de 11 de enero, por la que se crea el Parque Nacional de Sierra Nevada. BOE 11, 13 de enero de 1999.</t>
+  </si>
+  <si>
+    <t>https://www.boe.es/eli/es/l/1999/01/11/3</t>
+  </si>
+  <si>
+    <t>Acuerdo del Consejo de Gobierno, de 2 de septiembre de 1999, por el que se aprueba la Propuesta revisada de Lista Regional de Lugares de Importancia Comunitaria de la Comunidad de Madrid, para su inclusión en la Red Natura 2000</t>
+  </si>
+  <si>
+    <t>https://gestiona.comunidad.madrid/rlma_web/Descarga.icm?ver=S&amp;idLegislacion=1384&amp;idDocumento=1</t>
+  </si>
+  <si>
+    <t>Orden de 18 de mayo de 1999, de declaración del Parque Periurbano El Saltillo y Lomero Llano en Valverde del Camino (Huelva). BOJA 68 de 15/06/1999</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/boja/1999/68/45</t>
+  </si>
+  <si>
+    <t>Orden de 17 de junio de 1999, de declaración del Parque Periurbano La Barrosa en Chiclana de la Frontera (Cádiz).BOJA 78 de 8/07/99</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/boja/1999/78/1</t>
+  </si>
+  <si>
+    <t>Orden de 26 de febrero de 1999, de la Consejería de Medio Ambiente por la que se declara el Parque Periurbano de Hacienda Porzuna. BOJA  nº 43 de 13/4/1999.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/boja/1999/43/26</t>
+  </si>
+  <si>
+    <t>Orden de 17 de junio de 1999, de declaración del Parque Periurbano La Norieta en Punta Umbría (Huelva). BOJA 78 de 8/07/99</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/boja/1999/78/2</t>
+  </si>
+  <si>
+    <t>Orden de 17 de junio de 1999, de declaración del Parque Periurbano Los Cabezos en Palma del Río (Córdoba). BOJA número 78 de 08/07/1999</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/boja/1999/78/3</t>
+  </si>
+  <si>
+    <t>Corrección de Errores a la Orden de 9 de abril de 1999, de declaración del Parque Periurbano de Sierra de Gracia en Archidona (Málaga). (BOJA núm. 52, de 6-5-99)</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/boja/1999/73/40</t>
+  </si>
+  <si>
+    <t>Decreto 191/1999, de 21 de septiembre, de declaración del Parque Natural Sierras de Tejeda,Almijara y Alhama. BOJA 131 de 11 de noviembre de 1999.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/boja/1999/131/1</t>
+  </si>
+  <si>
+    <t>Orden de 21 de diciembre de 1999, por la que se establece la reserva marina de Masía Blanca, frente al término municipal de El Vendrell (Tarragona). BOE 7, de 8 de enero de 2000</t>
+  </si>
+  <si>
+    <t>https://www.boe.es/eli/es/o/1999/12/21/(7)</t>
+  </si>
+  <si>
+    <t>Cataluña</t>
+  </si>
+  <si>
+    <t>Decreto 145/1999, de 15 de junio, por el que se aprueba el Plan de Ordenación de Recursos Naturales de las Sierras de Alhama, Tejeda y Almijara. BOJA  95 de 1999</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/boja/1999/95/d2.pdf</t>
+  </si>
+  <si>
+    <t>Decreto 166/1999, de 27 de mayo, por el que se aprueba el Plan de Ordenación de los Recursos Naturales del Parque Natural de O Invernadeiro. DOG 106 de 04 de junio de 1999</t>
+  </si>
+  <si>
+    <t>https://www.xunta.gal/dog/Publicados/1999/19990604/AnuncioB3C6_es.html</t>
+  </si>
+  <si>
+    <t>Decreto 19/1999, de 12 de marzo, por el cual se aprueba el Plan de Uso y Gestión del Parque Natural de s'albufera de Mallorca del período 1999-2002, y se dictan las Normas necesarias para cumplirlo. BOCAIB 37.</t>
+  </si>
+  <si>
+    <t>http://boib.caib.es/pdf/1999037/mp3905.pdf</t>
+  </si>
+  <si>
+    <t>Decreto 204/1999, de 21/09/1999, por el que se aprueba el plan de Ordenación de los recursos naturales del alto Tajo y se inicia el procedimiento de declaración del Parque Natural del alto Tajo, del monumento natural del nacimiento del Rio Cuervo y de la Microreserva de Flora de los Prados Húmedos de Torremocha del Pinar. DOCM 61, de 24/09/1999</t>
+  </si>
+  <si>
+    <t>https://docm.jccm.es/portaldocm/verDisposicionAntigua.do?ruta=1999/09/24&amp;idDisposicion=123062054686330122</t>
+  </si>
+  <si>
+    <t>Decreto 223/1999, de 2 de noviembre, por el que se amplía el ámbito territorial del Parque Natural Sierra de las Nieves. BOJA 149/1999, de 23/12/1999.</t>
+  </si>
+  <si>
+    <t>http://www.juntadeandalucia.es/boja/1999/149/d4.pdf</t>
+  </si>
+  <si>
+    <t>Decreto 227/1999, de 15 de noviembre, por el que se aprueban el Plan de Ordenación de los Recursos Naturales y el Plan Rector de Uso y Gestión del Parque Natural Sierras de Cazorla, Segura y Las Villas. BOJA 149, 23/12/1999</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/boja/1999/149/d5.pdf</t>
+  </si>
+  <si>
+    <t>Decreto 246/1999, de 27 de diciembre, por el que se aprueba el Plan de Ordenación de los Recursos Naturales de la Reserva Natural Lagunas de Archidona. BOJA 22, 22/02/2000</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/boja/2000/22/40</t>
+  </si>
+  <si>
+    <t>Decreto 247/1999, de 27 de diciembre, por el que se aprueba el Plan de Ordenación de los Recursos Naturales de la Reserva Natural Lagunas de Campillos.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/boja/2000/22/44</t>
+  </si>
+  <si>
+    <t>Decreto 248/1999, de 27 de diciembre, por el que se aprueba el Plan de Ordenación de los Recursos Naturales de la Reserva Natural Laguna de La Ratosa. BOJA 22, 22/2/2000</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/boja/2000/22/45</t>
+  </si>
+  <si>
+    <t>Decreto 27/1999, de 11 de febrero, por el que se aprueba el Plan de Ordenación de los Recursos Naturales del Parque Regional en torno a los ejes de los cursos bajos de los ríos Manzanares y Jarama. BOCM 52.</t>
+  </si>
+  <si>
+    <t>https://gestiona.comunidad.madrid/wleg_pub/servlet/Servidor?opcion=VerHtml&amp;nmNorma=1299</t>
+  </si>
+  <si>
+    <t>Decreto 27/1999, de 28 de mayo, por el que se aprueban el I Plan Rector de Uso y Gestión del Parque Natural de Redes y el Plan de Desarrollo Sostenible. BOPA 131 de 08/06/1999.</t>
+  </si>
+  <si>
+    <t>https://sede.asturias.es/bopa/disposiciones/repositorio/LEGISLACION12/66/3/50FB49E82CE64529BCCCCB29594E3A81.pdf</t>
+  </si>
+  <si>
+    <t>Decreto 274/1999, de 21 de octubre, por el que se aprueba el Plan de Ordenación de los Recursos Naturales de las Islas Atlánticas. DOG 209, de 28 de octubre de 1999.</t>
+  </si>
+  <si>
+    <t>https://www.xunta.gal/dog/Publicados/1999/19991028/Anuncio104CA_es.html</t>
+  </si>
+  <si>
+    <t>Decreto 309/1999, de 19 de noviembre. Aprobación del Plan Rector de Uso y Gestión del Parque Rural de Teno. BOC 1 de 3 de enero de 2000</t>
+  </si>
+  <si>
+    <t>https://www.gobiernodecanarias.org/boc/2000/001/002.html</t>
+  </si>
+  <si>
+    <t>Acuerdo del Consejo de Gobierno, de 15 de enero de 1998, por el que se aprueba la Propuesta de Lista Regional de Lugares de Importancia Comunitaria de la Comunidad de Madrid, para su inclusión en la Red Natura 2000</t>
+  </si>
+  <si>
+    <t>https://gestiona.comunidad.madrid/rlma_web/Descarga.icm?ver=S&amp;idLegislacion=1383&amp;idDocumento=1</t>
+  </si>
+  <si>
+    <t>Orden de 9 de enero de 1998, de declaración del Parque Periurbano El Gergal. BOJA 21 de 21/02/1998</t>
+  </si>
+  <si>
+    <t>http://www.juntadeandalucia.es/boja/1998/21/8</t>
+  </si>
+  <si>
+    <t>Decreto Foral 64/1998, de 2 de marzo, por el que se declaran los encinares de Zigadia-Beroate de Betelu, como Enclave Natural (EN-27). BON 32 de 16 de marzo de 1998</t>
+  </si>
+  <si>
+    <t>https://bon.navarra.es/es/Anuncio/-/texto/1998/32/0</t>
+  </si>
+  <si>
+    <t>Decreto Foral 178/1998, de 1 junio, de modificación del Enclave Natural Sotos de Traslapuente  y declaración del Soto de los Tetones como Enclave Natural. BON 72 de 17 de junio de 1998.</t>
+  </si>
+  <si>
+    <t>https://bon.navarra.es/es/Anuncio/-/texto/1998/72/1/</t>
+  </si>
+  <si>
+    <t>Orden de 9 de enero de 1998, de declaración del Parque Periurbano La Corchuela. BOJA 21 de 21/02/1998</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/boja/1998/21/7</t>
+  </si>
+  <si>
+    <t>Orden de 31 de agosto de 1998, por la que se aprueba inicialmente el Plan de Ordenación de los recursos naturales del Humedal de Ajauque y Rambla Salada</t>
+  </si>
+  <si>
+    <t>https://www.borm.es/eli/es-mc/o/1998/8/31/(1)/dof/spa/html</t>
+  </si>
+  <si>
+    <t>Acuerdo de 12 de mayo de 1998, del Consejo de Gobierno, por el que se aprueba la formulación de los Planes de Desarrollo Sostenible del Parque Natural Los alcornocales y del Parque Natural Sierra Mágina. BOJA 74 de 4 de julio de 1998</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/boja/1998/74/d20.pdf</t>
+  </si>
+  <si>
+    <t>Decreto 140/1998, de 16 de julio, por el que se aprueba el Plan de Ordenación de los Recursos Naturales de Fuentes Carrionas y Fuente Cobre-Montaña Palentina (Palencia)</t>
+  </si>
+  <si>
+    <t>https://bocyl.jcyl.es/boletines/1998/07/21/pdf/BOCYL-D-21071998-7.pdf</t>
+  </si>
+  <si>
+    <t>Decreto 141/1998, de 16 de julio, por el que se aprueba el Plan de Ordenación de los Recursos Naturales de Las Batuecas-Sierra de Francia (Salamanca).</t>
+  </si>
+  <si>
+    <t>https://bocyl.jcyl.es/boletines/1998/07/21/pdf/BOCYL-D-21071998-8.pdf</t>
+  </si>
+  <si>
+    <t>Decreto 142/1998, de 16 de julio, por el que se aprueba el Plan de Ordenación de los Recursos Naturales de La Fuentona (Soria)</t>
+  </si>
+  <si>
+    <t>https://bocyl.jcyl.es/boletines/1998/07/21/pdf/BOCYL-D-21071998-9.pdf</t>
+  </si>
+  <si>
+    <t>Decreto 143/1998, de 16 de julio, por el que se aprueba el Plan de Ordenación de los Recursos Naturales del Sabinar de Calatañazor (Soria)</t>
+  </si>
+  <si>
+    <t>https://bocyl.jcyl.es/boletines/1998/07/21/pdf/BOCYL-D-21071998-10.pdf</t>
+  </si>
+  <si>
+    <t>Decreto 155/1998, de 28 de mayo, por el que se aprueba el plan rector de uso y gestión del parque natural Baixa Limia-Serra do Xurés. DOG de 5 de junio de 1998</t>
+  </si>
+  <si>
+    <t>https://www.xunta.gal/dog/Publicados/1998/19980605/Anuncio6A52_es.html</t>
+  </si>
+  <si>
+    <t>Decreto 258/1998, de 29 de septiembre, por el que se aprueba el programa de armonización y desarrollo de actividades socioeconómicas de la Reserva de la Biosfera de Urdaibai. BOPV 200 de 21/10/1998</t>
+  </si>
+  <si>
+    <t>https://www.euskadi.eus/web01-bopv/es/bopv2/datos/1998/10/9804699a.shtml</t>
+  </si>
+  <si>
+    <t>Ley Foral 3/1997, de 27 de febrero, del Parque Natural de Urbasa y Andia. BON  31 de 12 de marzo de 1997.</t>
+  </si>
+  <si>
+    <t>https://www.boe.es/eli/es-nc/lf/1997/02/27/3</t>
+  </si>
+  <si>
+    <t>Decreto 40/1997, de 25 de febrero, por el que se declara Biotopo Protegido el área de Inurritza.</t>
+  </si>
+  <si>
+    <t>https://www.euskadi.eus/y22-bopv/es/bopv2/datos/1997/03/9701351a.shtml</t>
+  </si>
+  <si>
+    <t>Orden de 31 de julio de 1997, por la que se establece una reserva marina y una reserva de pesca en el entorno de la isla de Alborán. BOE 204, de 26 de agosto de 1997</t>
+  </si>
+  <si>
+    <t>https://www.boe.es/eli/es/o/1997/07/31/(6)</t>
+  </si>
+  <si>
+    <t>Anuncio de la Diputación de Barcelona relativo a la aprobación inicial de la modificación del Plan especial de protección del medio físico y del paisaje del espacio natural de Sant  Llorenç del Munt y L'Obac (21/03/1997). DOGC 2371, de 15 de abril de 1997</t>
+  </si>
+  <si>
+    <t>https://portaldogc.gencat.cat/utilsEADOP/PDF/2371/785539.pdf</t>
+  </si>
+  <si>
+    <t>Decreto 155/1997, de 24 de junio, de modificación del Plan Rector de Uso y Gestión del Parque Natural de Valderejo. BOPV 133 de 14 de julio de 1997.</t>
+  </si>
+  <si>
+    <t>https://www.euskadi.eus/web01-bopv/es/bopv2/datos/1997/07/9703714a.pdf</t>
+  </si>
+  <si>
+    <t>Decreto 164/1997, de 23 de septiembre, del Gobierno de Aragón, por el que se aprueba el Plan de Ordenación de los Recursos Naturales del Parque de la Sierra y Cañones de Guara. BOA 117 de 08/10/1997</t>
+  </si>
+  <si>
+    <t>https://www.boa.aragon.es/cgi-bin/EBOA/BRSCGI?CMD=VEROBJ&amp;MLKOB=434957461402</t>
+  </si>
+  <si>
+    <t>Decreto 2/1997, de 7 de enero, por el que se modifican la denominación y límites del Parque Natural Entorno de Doñana, que pasa a denominarse Parque Natural de Doñana, y se aprueban el Plan de Ordenación de los Recursos Naturales y el Plan Rector de Uso y Gestión del mismo. BOJA 19 de13/2/1997</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/boja/1997/19/15</t>
+  </si>
+  <si>
+    <t>Decreto 218 /1997, de 30 de julio, del Gobierno Valenciano, por el que se aprueba el Plan de Ordenación de los Recursos Naturales de la Sierra de Espadán. DOGV 3075.</t>
+  </si>
+  <si>
+    <t>https://dogv.gva.es/datos/1997/09/10/pdf/1997_10029.pdf</t>
+  </si>
+  <si>
+    <t>Decreto 34/1997, de 5 de mayo, por el que se aprueba el Plan de Ordenación de los Recursos Naturales de las Marismas de Santoña, Victoria y Joyel. BOC 97, de 15 de mayo de 1997</t>
+  </si>
+  <si>
+    <t>https://dgmontes.org/c/document_library/get_file?uuid=aae6b52a-2588-4238-ad51-bffc4ab49ba6&amp;groupId=16835</t>
+  </si>
+  <si>
+    <t>Orden de 29 de enero de 1996, por la que se declara el Parque Periurbano Dunas de San Antón, en la provincia de Cádiz. BOJA 25, de 22 de febrero</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/boja/1996/25/31</t>
+  </si>
+  <si>
+    <t>Decreto Foral 251/1996, de 24 de junio, de declaración del Bosque de Orgi como Área Natural Recreativa (ANR-1). BON  86 de 17 de julio de 1996</t>
+  </si>
+  <si>
+    <t>https://bon.navarra.es/es/Anuncio/-/texto/1996/86/3</t>
+  </si>
+  <si>
+    <t>Decreto Foral 308/1996, de 2 de septiembre, de declaración de los Embalses de Leurtza como Área Natural Recreativa (ANR-2). BON 112 de 16 de septiembre de 1996</t>
+  </si>
+  <si>
+    <t>https://bon.navarra.es/es/Anuncio/-/texto/1996/112/2</t>
+  </si>
+  <si>
+    <t>Decreto 30/1996, de 16 de febrero, por el que se establece una reserva marina de interés pesquero en la isla de El Hierro, en el entorno de la Punta de La Restinga, Mar de las Calmas. BOC 31 de 11 de marzo de 1996</t>
+  </si>
+  <si>
+    <t>https://www.gobiernodecanarias.org/boc/1996/031/boc-1996-031-001.pdf</t>
+  </si>
+  <si>
+    <t>Resolución de 28 de enero de 1997, por la que se hace público el Acuerdo de 24 de diciembre 1996  del Gobierno de la Generalidad, por el que se aprueba definitivamente el Plan especial de protección del medio natural y del paisaje de los Tossals d'Isòvol i Olopte. DOGC 2334</t>
+  </si>
+  <si>
+    <t>https://portaldogc.gencat.cat/utilsEADOP/PDF/2334/773471.pdf</t>
+  </si>
+  <si>
+    <t>Corrección de Errores del Decreto 149/2002, de 16 de octubre, por el que se aprueba el Plan Rector de Uso y Gestión del Parque Rural del Nublo, en la isla de Gran Canaria (C-11) (B.O.C. nº 160, de 2.12.02)</t>
+  </si>
+  <si>
+    <t>https://www.gobiernodecanarias.org/boc/2003/119/boc-2003-119-002.pdf</t>
+  </si>
+  <si>
+    <t>Decreto 149/2002, de 16 de octubre, por el que se aprueba el Plan Rector de Uso y Gestión del Parque Rural del Nublo, en la isla de Gran Canaria (C-11)</t>
+  </si>
+  <si>
+    <t>https://www.gobiernodecanarias.org/boc/2002/160/boc-2002-160-002.pdf</t>
+  </si>
+  <si>
+    <t>Decreto 211/1996, de 2 de mayo, por el que se aprueba el Plan de Ordenación de los recursos naturales del espacio natural de las Fragas do Eume. DOG 110, de 5 dejunio de1996.</t>
+  </si>
+  <si>
+    <t>https://www.xunta.gal/dog/Publicados/1996/19960605/Anuncio6F16_es.html</t>
+  </si>
+  <si>
+    <t>Decreto 234/1996, de 5 de julio, por el que se amplía el parque nacional de Aigüestortes y lago de Sant Maurici. DOGC 2228 del 10 de julio de 1996</t>
+  </si>
+  <si>
+    <t>https://portaldogc.gencat.cat/utilsEADOP/PDF/2228/762443.pdf</t>
+  </si>
+  <si>
+    <t>Ley 16/1995, de 4 de mayo, Forestal y de Protección de la Naturaleza de la Comunidad de Madrid. BOE 190, de 10 de agosto de 1995</t>
+  </si>
+  <si>
+    <t>https://www.boe.es/eli/es-md/l/1995/05/04/16</t>
+  </si>
+  <si>
+    <t>Ley 33/1995, de 20 de noviembre de 1995, de declaración del Parque Nacional de Cabañeros. BOE 278, de 21 de noviembre de 1995</t>
+  </si>
+  <si>
+    <t>https://www.boe.es/eli/es/l/1995/11/20/33</t>
+  </si>
+  <si>
+    <t>Decreto 416/1995, de 29 de septiembre, por el que se declara el Biotopo Protegido Río Leizaran.</t>
+  </si>
+  <si>
+    <t>https://www.euskadi.eus/y22-bopv/es/bopv2/datos/1995/10/9504162a.shtml</t>
+  </si>
+  <si>
+    <t>Decreto 417/1995, de 19 de septiembre, por el que se declara Biotopo Protegido las lagunas de Carralogroño, Carravalseca y Prao de la Paul en Laguardia.</t>
+  </si>
+  <si>
+    <t>https://www.euskadi.eus/y22-bopv/es/bopv2/datos/1995/10/9504163a.pdf</t>
+  </si>
+  <si>
+    <t>Orden de 8 de marzo de 1995, por la que se declara el parque periurbano Dehesa del Generalife, en la provincia de Granada. BOJA 46, de 22 de marzo de 1995.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/boja/1995/46/28</t>
+  </si>
+  <si>
+    <t>Decreto 15/1995, de 31 de marzo, por el que se declara reserva marina de interés pesquero la zona de Cabo de Palos-Islas Hormigas. BORM 92 de 21 de abril de 1995</t>
+  </si>
+  <si>
+    <t>https://www.borm.es/eli/es-mc/d/1995/3/31/15/dof/spa/html</t>
+  </si>
+  <si>
+    <t>Orden de 3 de julio de 1995, por la que se establece la reserva marina de Cabo de Gata-Níjar. BOE 165, de 12 de julio de 1995</t>
+  </si>
+  <si>
+    <t>https://www.boe.es/eli/es/o/1995/07/03/(3)</t>
+  </si>
+  <si>
+    <t>Decreto 62/1995, de 24 de marzo, por el que se establece una reserva marina de interés pesquero en el entorno de la isla de La Graciosa y de los islotes del norte de Lanzarote. BOC 51 de 26 de abril de 1995</t>
+  </si>
+  <si>
+    <t>https://www.gobiernodecanarias.org/boc/1995/051/004.html</t>
+  </si>
+  <si>
+    <t>Decreto 174/1995, de 28 de febrero, por el que se aprueba el Plan Rector de Uso y Gestión del Parque Natural de Valderejo. BOPV 65, de 3 de abril de 1995</t>
+  </si>
+  <si>
+    <t>https://www.euskadi.eus/web01-bopv/es/bopv2/datos/1995/04/9501504a.shtml</t>
+  </si>
+  <si>
+    <t>Decreto 36/1995, de 23 de febrero, por el que se aprueba el Plan de Ordenación de los Recursos Naturales de la Sierra de Gredos. BOCyL 42 de 01 de marzo de 1995</t>
+  </si>
+  <si>
+    <t>http://bocyl.jcyl.es/boletines/1995/03/01/pdf/BOCYL-D-01031995-24.pdf</t>
+  </si>
+  <si>
+    <t>Ley 12/1994, de 19 de diciembre, de Espacios Naturales de Canarias. BOC 157 de 24 de diciembre de 1994</t>
+  </si>
+  <si>
+    <t>https://www.boe.es/eli/es-cn/l/1994/12/19/12</t>
+  </si>
+  <si>
+    <t>Decreto 194/1994, de 25 de agosto, por el que se aprueba el Catálogo de Zonas Húmedas y se establece su régimen de protección. BOCyL 168, de 31/08/1994</t>
+  </si>
+  <si>
+    <t>https://bocyl.jcyl.es/boletines/1994/08/31/pdf/BOCYL-D-31081994-1.pdf</t>
+  </si>
+  <si>
+    <t>Decreto 168/1994, de 26 de abril, por el que se declara Parque Natural el área de Aralar.</t>
+  </si>
+  <si>
+    <t>https://www.euskadi.eus/y22-bopv/es/bopv2/datos/1994/06/9402345a.shtml</t>
+  </si>
+  <si>
+    <t>Acuerdo de 20 de diciembre de 1994, del Consejo de Gobierno, por el que se autoriza al Presidente de la Agencia de Medio Ambiente para la suscripción de un Convenio de Colaboración con el Ayuntamiento de Chiclana de la Frontera (Cádiz) para la creación de una Reserva Natural Concertada. BOJA 17 de 31/1/1995.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/boja/1995/17/d2.pdf</t>
+  </si>
+  <si>
+    <t>Decreto 102/1994, de 22 de febrero, por el que se aprueba el Plan de Ordenación de los Recursos Naturales del Parque Natural de Urkiola. (Corrección de Errores).</t>
+  </si>
+  <si>
+    <t>https://www.euskadi.eus/y22-bopv/es/bopv2/datos/1994/06/9402313a.shtml</t>
+  </si>
+  <si>
+    <t>Decreto 105/1994, de 10 de mayo, por el que se aprueba el Plan de Ordenación de los Recursos Naturales y el Plan Rector de Uso y Gestión del Parque Natural Sierra de Hornachuelos. BOJA 103, de 8 de julio de 1994.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/boja/1994/103/d1.pdf</t>
+  </si>
+  <si>
+    <t>Decreto 106/1994, de 10 de mayo, por el que se aprueba el Plan de Ordenación de los Recursos Naturales y el Plan Rector de Uso y Gestión del Parque Natural Sierra de Castril. BOJA 103, de 8 de julio de 1994</t>
+  </si>
+  <si>
+    <t>http://www.juntadeandalucia.es/boja/1994/103/d2.pdf</t>
+  </si>
+  <si>
+    <t>Decreto 107/1994, de 10 de mayo, por el que se aprueba el Plan de Ordenación de los Recursos Naturales y el Plan Rector de Uso y Gestión del Parque Natural Despeñaperros. BOJA  109, de 16 de julio de 1994.</t>
+  </si>
+  <si>
+    <t>http://www.juntadeandalucia.es/boja/1994/109/d2.pdf</t>
+  </si>
+  <si>
+    <t>Decreto 107/1994, de 7 de junio, del Gobierno Valenciano, por el que se aprueba definitivamente el Plan Rector de Uso y Gestión del Parque Natural de las Islas Columbretes. DOC 2291, de 17/06/1994</t>
+  </si>
+  <si>
+    <t>https://dogv.gva.es/datos/1994/06/17/pdf/1994_831716.pdf</t>
+  </si>
+  <si>
+    <t>Decreto 108/1994, de 10 de mayo, por el que se aprueba el Plan de Ordenación de los Recursos Naturales y el Plan Rector de Uso y Gestión del Parque Natural Sierra de Andújar. BOJA 109, de 16 de julio de 1994.</t>
+  </si>
+  <si>
+    <t>http://www.juntadeandalucia.es/boja/1994/109/d4.pdf</t>
+  </si>
+  <si>
+    <t>Decreto 119/1994, de 31 de mayo, por el que se aprueba el Plan de Ordenación de los Recursos Naturales y el Plan Rector de Uso y Gestión del Parque Natural Sierra de las Nieves. BOJA 109, de 16 de julio de 1994.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/boja/1994/109/d5.pdf</t>
+  </si>
+  <si>
+    <t>Decreto 120/1994, de 31 de mayo, por el que se aprueba el Plan de Ordenación de los Recursos Naturales y el Plan Rector de Uso y Gestión del Parque Natural Sierra Norte de Sevilla. BOJA 111, de 20 de julio de 1994</t>
+  </si>
+  <si>
+    <t>http://www.juntadeandalucia.es/boja/1994/111/d3.pdf</t>
+  </si>
+  <si>
+    <t>Decreto 121/1994, de 31 de mayo, por el que se aprueba el Plan de Ordenación de los Recursos Naturales y el Plan Rector de Uso y Gestión del Parque Natural Sierra de Cardeña y Montoro. BOJA 111, de 20 de julio de 1994</t>
+  </si>
+  <si>
+    <t>http://www.juntadeandalucia.es/boja/1994/111/d2.pdf</t>
+  </si>
+  <si>
+    <t>Decreto 122/1994, de 31 de mayo, por el que se aprueba el Plan de Ordenación de los Recursos Naturales y el Plan Rector de Uso y Gestión del Parque Natural Sierra de Baza. BOJA 112, de 21 de julio de 1994.</t>
+  </si>
+  <si>
+    <t>http://www.juntadeandalucia.es/boja/1994/112/d2.pdf</t>
+  </si>
+  <si>
+    <t>Decreto 123/1994, de 31 de mayo, por el que se aprueba el Plan de Ordenación de los Recursos Naturales y el Plan Rector de Uso y Gestión del Parque Natural Sierra de Huétor. BOJA 112, de 21 de julio de 1994.</t>
+  </si>
+  <si>
+    <t>http://www.juntadeandalucia.es/boja/1994/112/d3.pdf</t>
+  </si>
+  <si>
+    <t>Decreto 168/1994, de 26 de abril, por el que se aprueba el Plan de Ordenación de los Recursos Naturales del área de Aralar.</t>
+  </si>
+  <si>
+    <t>https://www.euskadi.eus/y22-bopv/es/bopv2/datos/1994/07/9402393a.shtml</t>
+  </si>
+  <si>
+    <t>Decreto 202/1994, de 13 de septiembre, del Gobierno Valenciano, por el que se aprueba definitivamente el Plan Rector de Uso y Gestión del Paraje Natural de la Comunidad Valenciana de las Salinas de Santa Pola. DOC 2360 de 05/10/1994</t>
+  </si>
+  <si>
+    <t>https://dogv.gva.es/datos/1994/10/05/pdf/1994_832563.pdf</t>
+  </si>
+  <si>
+    <t>Decreto 232/1994, de 8 de noviembre, del Gobierno Valenciano, por el que se aprueba definitivamente el Plan Rector de Uso y Gestión del Paraje Natural de la Comunidad Valenciana del Fondó. Doc 2390 de 18/11/1994</t>
+  </si>
+  <si>
+    <t>https://dogv.gva.es/datos/1994/11/18/pdf/1994_833059.pdf</t>
+  </si>
+  <si>
+    <t>Decreto 38/94, de 19 de mayo, por el que se aprueba el Plan de Ordenación de los Recursos Naturales del Principado de Asturias. BOPA 152 de 02 de julio de 1994</t>
+  </si>
+  <si>
+    <t>https://sede.asturias.es/bopa/disposiciones/repositorio/LEGISLACION14/66/2/3A3385BFCD064E37BD9215FD7AA19538.pdf</t>
+  </si>
+  <si>
+    <t>Decreto 417/1994, de 25 de octubre, por el que se aprueba el Plan de Ordenación de los Recursos Naturales y el Plan Rector de Uso y Gestión del Parque Natural Los alcornocales. BOJA 201, de 20 de diciembre de 1994.</t>
+  </si>
+  <si>
+    <t>http://www.juntadeandalucia.es/boja/1994/201/d1.pdf</t>
+  </si>
+  <si>
+    <t>Decreto 418/1994, de 25 de octubre, por el que se aprueba el Plan de Ordenación de los Recursos Naturales y el Plan Rector de Uso y Gestión del Parque Natural Cabo de Gata-Níjar. BOJA 203, de 22 de diciembre de 1994</t>
+  </si>
+  <si>
+    <t>http://www.juntadeandalucia.es/boja/1994/203/d1.pdf</t>
+  </si>
+  <si>
+    <t>Decreto 424/1994, de 2 de noviembre, por el que se aprueba el Plan de Ordenación de los Recursos Naturales y el Plan Rector de Uso y Gestión del Parque Natural de la Breña y Marismas del Barbate. BOJA 10, de 20 de enero de 1995.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/boja/1995/10/d1.pdf</t>
+  </si>
+  <si>
+    <t>Acuerdo de 25 de enero de 1993, del Govern Valencià, por el que aprueba definitivamente el Plan Rector de Uso y Protección del Parque Natural del Carrascar de la Font Roja. DOCV 1959</t>
+  </si>
+  <si>
+    <t>https://dogv.gva.es/datos/1993/02/08/pdf/1993_827110.pdf</t>
+  </si>
+  <si>
+    <t>Decreto 260/1993, de 30 de diciembre, del Gobierno Valenciano, por el que se aprueba definitivamente el Plan Rector de Uso y Gestión del Parque Natural del Penyal d'Ifac. DOGV 2190 de 21/01/1994</t>
+  </si>
+  <si>
+    <t>https://dogv.gva.es/datos/1994/01/21/pdf/1994_830310.pdf</t>
+  </si>
+  <si>
+    <t>Decreto 32/1993, de 11 de febrero, por el que se aprueba el Plan de Ordenación de los Recursos Naturales del Parque Natural de A Baixa Nimia. DOG 37 de 24/02/1993</t>
+  </si>
+  <si>
+    <t>https://www.xunta.gal/dog/Publicados/1993/19930224/Anuncio2FD2_es.pdf</t>
+  </si>
+  <si>
+    <t>Directiva 92/43/CE de 21 de mayo de 1992 relativa a la conservación de los habitats naturales y de la fauna y flora silvestres. DOUE L 206/7 de 22 de julio de 1992</t>
+  </si>
+  <si>
+    <t>https://www.boe.es/doue/1992/206/L00007-00050.pdf</t>
+  </si>
+  <si>
+    <t>Directiva</t>
   </si>
   <si>
     <t>Normativa Comunitaria</t>
-  </si>
-[...2260 lines deleted...]
-    <t>https://www.boe.es/doue/1992/206/L00007-00050.pdf</t>
   </si>
   <si>
     <t>Ley 6/1992, de 18 diciembre de regulación y protección de los ecosistemas acuáticos. BOCyL 247, 23 diciembre 1992</t>
   </si>
   <si>
     <t>https://www.boe.es/eli/es-cl/l/1992/12/18/6</t>
   </si>
   <si>
     <t>Acuerdo del Consejo de Gobierno de día 10 de septiembre 1992.  BOCAIB 120 (21 de agosto de 1992).</t>
   </si>
   <si>
     <t>http://www.caib.es/sacmicrofront/archivopub.do?ctrl=MCRST34ZI79410&amp;id=79410</t>
   </si>
   <si>
     <t>Decreto 110/1992, de 6 de julio, del Gobierno valenciano, de modificación del Decreto 25/1987, de 16 de marzo, del Parque Natural de El Montgó. DOGV 1844 de 14 de agosto de 1992</t>
   </si>
   <si>
     <t>https://dogv.gva.es/datos/1992/08/14/pdf/1992_825680.pdf</t>
   </si>
   <si>
     <t>Decreto 148/1992, de 5 de junio, por el que se aprueba el Plan de Ordenación de los Recursos Naturales del Complejo Dunar dé Corrubedo y Lagunas de Carregal y Vixán (ayuntamiento de Ribeira - A Coruña). DOG  114, de 16 de junio de 1992.</t>
   </si>
   <si>
     <t>http://www.xunta.es/dog/Publicados/1992/19920616/Anuncio94EE_es.pdf</t>
   </si>
@@ -2933,10858 +2780,8734 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:H454"/>
+  <dimension ref="A1:H384"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="1093.447" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="534.298" bestFit="true" customWidth="true" style="0"/>
-    <col min="3" max="3" width="55.272" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="35.277" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="97.833" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="63.556" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="31.707" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2" spans="1:8">
       <c r="A2" t="s">
         <v>8</v>
       </c>
       <c r="B2" t="s">
         <v>9</v>
       </c>
-      <c r="C2"/>
+      <c r="C2" t="s">
+        <v>10</v>
+      </c>
       <c r="D2" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="E2" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="F2">
-        <v>2025</v>
-[...1 lines deleted...]
-      <c r="G2"/>
+        <v>2021</v>
+      </c>
+      <c r="G2" t="s">
+        <v>13</v>
+      </c>
       <c r="H2" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
     </row>
     <row r="3" spans="1:8">
       <c r="A3" t="s">
-        <v>8</v>
+        <v>15</v>
       </c>
       <c r="B3" t="s">
-        <v>9</v>
-[...1 lines deleted...]
-      <c r="C3"/>
+        <v>16</v>
+      </c>
+      <c r="C3" t="s">
+        <v>17</v>
+      </c>
       <c r="D3" t="s">
-        <v>10</v>
+        <v>18</v>
       </c>
       <c r="E3" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="F3">
-        <v>2025</v>
+        <v>2020</v>
       </c>
       <c r="G3"/>
-      <c r="H3" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H3"/>
     </row>
     <row r="4" spans="1:8">
       <c r="A4" t="s">
-        <v>13</v>
+        <v>19</v>
       </c>
       <c r="B4" t="s">
-        <v>14</v>
+        <v>20</v>
       </c>
       <c r="C4"/>
       <c r="D4" t="s">
-        <v>15</v>
+        <v>21</v>
       </c>
       <c r="E4" t="s">
-        <v>16</v>
+        <v>22</v>
       </c>
       <c r="F4">
-        <v>2025</v>
-[...6 lines deleted...]
-      </c>
+        <v>2019</v>
+      </c>
+      <c r="G4"/>
+      <c r="H4"/>
     </row>
     <row r="5" spans="1:8">
       <c r="A5" t="s">
-        <v>13</v>
+        <v>23</v>
       </c>
       <c r="B5" t="s">
-        <v>14</v>
-[...1 lines deleted...]
-      <c r="C5"/>
+        <v>24</v>
+      </c>
+      <c r="C5" t="s">
+        <v>10</v>
+      </c>
       <c r="D5" t="s">
-        <v>15</v>
+        <v>18</v>
       </c>
       <c r="E5" t="s">
-        <v>16</v>
+        <v>12</v>
       </c>
       <c r="F5">
-        <v>2025</v>
-[...6 lines deleted...]
-      </c>
+        <v>2019</v>
+      </c>
+      <c r="G5"/>
+      <c r="H5"/>
     </row>
     <row r="6" spans="1:8">
       <c r="A6" t="s">
-        <v>19</v>
+        <v>25</v>
       </c>
       <c r="B6" t="s">
-        <v>9</v>
-[...1 lines deleted...]
-      <c r="C6"/>
+        <v>26</v>
+      </c>
+      <c r="C6" t="s">
+        <v>17</v>
+      </c>
       <c r="D6" t="s">
-        <v>15</v>
+        <v>18</v>
       </c>
       <c r="E6" t="s">
-        <v>16</v>
+        <v>12</v>
       </c>
       <c r="F6">
-        <v>2025</v>
-[...6 lines deleted...]
-      </c>
+        <v>2019</v>
+      </c>
+      <c r="G6"/>
+      <c r="H6"/>
     </row>
     <row r="7" spans="1:8">
       <c r="A7" t="s">
-        <v>21</v>
+        <v>27</v>
       </c>
       <c r="B7" t="s">
-        <v>22</v>
-[...1 lines deleted...]
-      <c r="C7"/>
+        <v>28</v>
+      </c>
+      <c r="C7" t="s">
+        <v>17</v>
+      </c>
       <c r="D7" t="s">
-        <v>15</v>
+        <v>18</v>
       </c>
       <c r="E7" t="s">
-        <v>16</v>
+        <v>12</v>
       </c>
       <c r="F7">
-        <v>2025</v>
+        <v>2019</v>
       </c>
       <c r="G7"/>
-      <c r="H7" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H7"/>
     </row>
     <row r="8" spans="1:8">
       <c r="A8" t="s">
-        <v>23</v>
+        <v>29</v>
       </c>
       <c r="B8" t="s">
-        <v>24</v>
+        <v>30</v>
       </c>
       <c r="C8" t="s">
-        <v>25</v>
+        <v>17</v>
       </c>
       <c r="D8" t="s">
-        <v>26</v>
+        <v>18</v>
       </c>
       <c r="E8" t="s">
-        <v>27</v>
+        <v>12</v>
       </c>
       <c r="F8">
-        <v>2025</v>
+        <v>2019</v>
       </c>
       <c r="G8"/>
-      <c r="H8" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H8"/>
     </row>
     <row r="9" spans="1:8">
       <c r="A9" t="s">
-        <v>29</v>
+        <v>31</v>
       </c>
       <c r="B9" t="s">
-        <v>9</v>
+        <v>32</v>
       </c>
       <c r="C9" t="s">
-        <v>30</v>
+        <v>17</v>
       </c>
       <c r="D9" t="s">
-        <v>31</v>
+        <v>18</v>
       </c>
       <c r="E9" t="s">
-        <v>27</v>
+        <v>12</v>
       </c>
       <c r="F9">
-        <v>2025</v>
+        <v>2019</v>
       </c>
       <c r="G9"/>
-      <c r="H9" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H9"/>
     </row>
     <row r="10" spans="1:8">
       <c r="A10" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="B10" t="s">
-        <v>9</v>
+        <v>34</v>
       </c>
       <c r="C10" t="s">
-        <v>25</v>
+        <v>17</v>
       </c>
       <c r="D10" t="s">
-        <v>33</v>
+        <v>18</v>
       </c>
       <c r="E10" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="F10">
-        <v>2024</v>
-[...6 lines deleted...]
-      </c>
+        <v>2019</v>
+      </c>
+      <c r="G10"/>
+      <c r="H10"/>
     </row>
     <row r="11" spans="1:8">
       <c r="A11" t="s">
-        <v>32</v>
+        <v>35</v>
       </c>
       <c r="B11" t="s">
-        <v>9</v>
-[...6 lines deleted...]
-      </c>
+        <v>36</v>
+      </c>
+      <c r="C11"/>
+      <c r="D11"/>
       <c r="E11" t="s">
-        <v>11</v>
+        <v>37</v>
       </c>
       <c r="F11">
-        <v>2024</v>
+        <v>2018</v>
       </c>
       <c r="G11" t="s">
-        <v>17</v>
-[...3 lines deleted...]
-      </c>
+        <v>13</v>
+      </c>
+      <c r="H11"/>
     </row>
     <row r="12" spans="1:8">
       <c r="A12" t="s">
-        <v>32</v>
+        <v>38</v>
       </c>
       <c r="B12" t="s">
-        <v>9</v>
+        <v>39</v>
       </c>
       <c r="C12" t="s">
-        <v>25</v>
+        <v>17</v>
       </c>
       <c r="D12" t="s">
-        <v>33</v>
+        <v>18</v>
       </c>
       <c r="E12" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="F12">
-        <v>2024</v>
-[...3 lines deleted...]
-      </c>
+        <v>2018</v>
+      </c>
+      <c r="G12"/>
       <c r="H12" t="s">
-        <v>36</v>
+        <v>40</v>
       </c>
     </row>
     <row r="13" spans="1:8">
       <c r="A13" t="s">
-        <v>32</v>
+        <v>41</v>
       </c>
       <c r="B13" t="s">
-        <v>9</v>
+        <v>42</v>
       </c>
       <c r="C13" t="s">
-        <v>25</v>
+        <v>43</v>
       </c>
       <c r="D13" t="s">
-        <v>33</v>
+        <v>11</v>
       </c>
       <c r="E13" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="F13">
-        <v>2024</v>
+        <v>2018</v>
       </c>
       <c r="G13" t="s">
-        <v>17</v>
-[...3 lines deleted...]
-      </c>
+        <v>13</v>
+      </c>
+      <c r="H13"/>
     </row>
     <row r="14" spans="1:8">
       <c r="A14" t="s">
-        <v>37</v>
+        <v>44</v>
       </c>
       <c r="B14" t="s">
-        <v>9</v>
+        <v>45</v>
       </c>
       <c r="C14" t="s">
-        <v>38</v>
+        <v>43</v>
       </c>
       <c r="D14" t="s">
-        <v>31</v>
+        <v>11</v>
       </c>
       <c r="E14" t="s">
-        <v>39</v>
+        <v>12</v>
       </c>
       <c r="F14">
-        <v>2024</v>
+        <v>2018</v>
       </c>
       <c r="G14" t="s">
-        <v>17</v>
+        <v>13</v>
       </c>
       <c r="H14"/>
     </row>
     <row r="15" spans="1:8">
       <c r="A15" t="s">
-        <v>40</v>
+        <v>46</v>
       </c>
       <c r="B15" t="s">
-        <v>22</v>
+        <v>47</v>
       </c>
       <c r="C15" t="s">
-        <v>41</v>
+        <v>17</v>
       </c>
       <c r="D15" t="s">
-        <v>31</v>
+        <v>18</v>
       </c>
       <c r="E15" t="s">
-        <v>16</v>
+        <v>12</v>
       </c>
       <c r="F15">
-        <v>2024</v>
-[...3 lines deleted...]
-      </c>
+        <v>2018</v>
+      </c>
+      <c r="G15"/>
       <c r="H15"/>
     </row>
     <row r="16" spans="1:8">
       <c r="A16" t="s">
-        <v>42</v>
+        <v>48</v>
       </c>
       <c r="B16" t="s">
-        <v>9</v>
-[...2 lines deleted...]
-      <c r="D16"/>
+        <v>49</v>
+      </c>
+      <c r="C16" t="s">
+        <v>17</v>
+      </c>
+      <c r="D16" t="s">
+        <v>18</v>
+      </c>
       <c r="E16" t="s">
-        <v>16</v>
+        <v>12</v>
       </c>
       <c r="F16">
-        <v>2024</v>
+        <v>2018</v>
       </c>
       <c r="G16"/>
       <c r="H16"/>
     </row>
     <row r="17" spans="1:8">
       <c r="A17" t="s">
-        <v>43</v>
+        <v>50</v>
       </c>
       <c r="B17" t="s">
-        <v>9</v>
+        <v>51</v>
       </c>
       <c r="C17" t="s">
-        <v>38</v>
+        <v>17</v>
       </c>
       <c r="D17" t="s">
-        <v>31</v>
+        <v>18</v>
       </c>
       <c r="E17" t="s">
-        <v>16</v>
+        <v>12</v>
       </c>
       <c r="F17">
-        <v>2024</v>
-[...6 lines deleted...]
-      </c>
+        <v>2018</v>
+      </c>
+      <c r="G17"/>
+      <c r="H17"/>
     </row>
     <row r="18" spans="1:8">
       <c r="A18" t="s">
-        <v>43</v>
+        <v>52</v>
       </c>
       <c r="B18" t="s">
-        <v>9</v>
+        <v>53</v>
       </c>
       <c r="C18" t="s">
-        <v>38</v>
+        <v>17</v>
       </c>
       <c r="D18" t="s">
-        <v>31</v>
+        <v>18</v>
       </c>
       <c r="E18" t="s">
-        <v>16</v>
+        <v>12</v>
       </c>
       <c r="F18">
-        <v>2024</v>
-[...6 lines deleted...]
-      </c>
+        <v>2018</v>
+      </c>
+      <c r="G18"/>
+      <c r="H18"/>
     </row>
     <row r="19" spans="1:8">
       <c r="A19" t="s">
-        <v>43</v>
+        <v>54</v>
       </c>
       <c r="B19" t="s">
-        <v>9</v>
-[...3 lines deleted...]
-      </c>
+        <v>55</v>
+      </c>
+      <c r="C19"/>
       <c r="D19" t="s">
-        <v>31</v>
+        <v>21</v>
       </c>
       <c r="E19" t="s">
-        <v>16</v>
+        <v>22</v>
       </c>
       <c r="F19">
-        <v>2024</v>
-[...6 lines deleted...]
-      </c>
+        <v>2017</v>
+      </c>
+      <c r="G19"/>
+      <c r="H19"/>
     </row>
     <row r="20" spans="1:8">
       <c r="A20" t="s">
-        <v>43</v>
+        <v>56</v>
       </c>
       <c r="B20" t="s">
-        <v>9</v>
+        <v>57</v>
       </c>
       <c r="C20" t="s">
-        <v>38</v>
+        <v>17</v>
       </c>
       <c r="D20" t="s">
-        <v>31</v>
+        <v>18</v>
       </c>
       <c r="E20" t="s">
-        <v>16</v>
+        <v>12</v>
       </c>
       <c r="F20">
-        <v>2024</v>
-[...3 lines deleted...]
-      </c>
+        <v>2017</v>
+      </c>
+      <c r="G20"/>
       <c r="H20" t="s">
-        <v>18</v>
+        <v>58</v>
       </c>
     </row>
     <row r="21" spans="1:8">
       <c r="A21" t="s">
-        <v>45</v>
+        <v>59</v>
       </c>
       <c r="B21" t="s">
-        <v>9</v>
+        <v>60</v>
       </c>
       <c r="C21" t="s">
-        <v>46</v>
+        <v>17</v>
       </c>
       <c r="D21" t="s">
-        <v>31</v>
+        <v>18</v>
       </c>
       <c r="E21" t="s">
-        <v>16</v>
+        <v>12</v>
       </c>
       <c r="F21">
-        <v>2024</v>
-[...3 lines deleted...]
-      </c>
+        <v>2017</v>
+      </c>
+      <c r="G21"/>
       <c r="H21" t="s">
-        <v>12</v>
+        <v>58</v>
       </c>
     </row>
     <row r="22" spans="1:8">
       <c r="A22" t="s">
-        <v>47</v>
+        <v>61</v>
       </c>
       <c r="B22" t="s">
-        <v>22</v>
+        <v>62</v>
       </c>
       <c r="C22" t="s">
-        <v>38</v>
+        <v>17</v>
       </c>
       <c r="D22" t="s">
-        <v>31</v>
+        <v>18</v>
       </c>
       <c r="E22" t="s">
-        <v>16</v>
+        <v>12</v>
       </c>
       <c r="F22">
-        <v>2024</v>
-[...3 lines deleted...]
-      </c>
+        <v>2017</v>
+      </c>
+      <c r="G22"/>
       <c r="H22" t="s">
-        <v>12</v>
+        <v>63</v>
       </c>
     </row>
     <row r="23" spans="1:8">
       <c r="A23" t="s">
-        <v>47</v>
+        <v>64</v>
       </c>
       <c r="B23" t="s">
-        <v>22</v>
+        <v>65</v>
       </c>
       <c r="C23" t="s">
-        <v>38</v>
+        <v>17</v>
       </c>
       <c r="D23" t="s">
-        <v>31</v>
+        <v>18</v>
       </c>
       <c r="E23" t="s">
-        <v>16</v>
+        <v>12</v>
       </c>
       <c r="F23">
-        <v>2024</v>
-[...3 lines deleted...]
-      </c>
+        <v>2017</v>
+      </c>
+      <c r="G23"/>
       <c r="H23" t="s">
-        <v>18</v>
+        <v>66</v>
       </c>
     </row>
     <row r="24" spans="1:8">
       <c r="A24" t="s">
-        <v>47</v>
+        <v>67</v>
       </c>
       <c r="B24" t="s">
-        <v>22</v>
+        <v>68</v>
       </c>
       <c r="C24" t="s">
-        <v>38</v>
+        <v>17</v>
       </c>
       <c r="D24" t="s">
-        <v>31</v>
+        <v>18</v>
       </c>
       <c r="E24" t="s">
-        <v>16</v>
+        <v>12</v>
       </c>
       <c r="F24">
-        <v>2024</v>
-[...3 lines deleted...]
-      </c>
+        <v>2017</v>
+      </c>
+      <c r="G24"/>
       <c r="H24" t="s">
-        <v>36</v>
+        <v>66</v>
       </c>
     </row>
     <row r="25" spans="1:8">
       <c r="A25" t="s">
-        <v>47</v>
+        <v>69</v>
       </c>
       <c r="B25" t="s">
-        <v>22</v>
+        <v>70</v>
       </c>
       <c r="C25" t="s">
-        <v>38</v>
+        <v>17</v>
       </c>
       <c r="D25" t="s">
-        <v>31</v>
+        <v>18</v>
       </c>
       <c r="E25" t="s">
-        <v>16</v>
+        <v>12</v>
       </c>
       <c r="F25">
-        <v>2024</v>
-[...3 lines deleted...]
-      </c>
+        <v>2017</v>
+      </c>
+      <c r="G25"/>
       <c r="H25" t="s">
-        <v>36</v>
+        <v>66</v>
       </c>
     </row>
     <row r="26" spans="1:8">
       <c r="A26" t="s">
-        <v>47</v>
+        <v>71</v>
       </c>
       <c r="B26" t="s">
-        <v>22</v>
+        <v>72</v>
       </c>
       <c r="C26" t="s">
-        <v>38</v>
+        <v>17</v>
       </c>
       <c r="D26" t="s">
-        <v>31</v>
+        <v>18</v>
       </c>
       <c r="E26" t="s">
-        <v>16</v>
+        <v>12</v>
       </c>
       <c r="F26">
-        <v>2024</v>
-[...3 lines deleted...]
-      </c>
+        <v>2017</v>
+      </c>
+      <c r="G26"/>
       <c r="H26" t="s">
-        <v>18</v>
+        <v>66</v>
       </c>
     </row>
     <row r="27" spans="1:8">
       <c r="A27" t="s">
-        <v>47</v>
+        <v>73</v>
       </c>
       <c r="B27" t="s">
-        <v>22</v>
+        <v>74</v>
       </c>
       <c r="C27" t="s">
-        <v>38</v>
+        <v>17</v>
       </c>
       <c r="D27" t="s">
-        <v>31</v>
+        <v>18</v>
       </c>
       <c r="E27" t="s">
-        <v>16</v>
+        <v>12</v>
       </c>
       <c r="F27">
-        <v>2024</v>
-[...3 lines deleted...]
-      </c>
+        <v>2017</v>
+      </c>
+      <c r="G27"/>
       <c r="H27" t="s">
-        <v>12</v>
+        <v>58</v>
       </c>
     </row>
     <row r="28" spans="1:8">
       <c r="A28" t="s">
-        <v>48</v>
+        <v>75</v>
       </c>
       <c r="B28" t="s">
-        <v>22</v>
+        <v>76</v>
       </c>
       <c r="C28" t="s">
-        <v>49</v>
+        <v>17</v>
       </c>
       <c r="D28" t="s">
-        <v>31</v>
+        <v>18</v>
       </c>
       <c r="E28" t="s">
-        <v>16</v>
+        <v>12</v>
       </c>
       <c r="F28">
-        <v>2024</v>
-[...3 lines deleted...]
-      </c>
+        <v>2017</v>
+      </c>
+      <c r="G28"/>
       <c r="H28" t="s">
-        <v>12</v>
+        <v>58</v>
       </c>
     </row>
     <row r="29" spans="1:8">
       <c r="A29" t="s">
-        <v>50</v>
+        <v>77</v>
       </c>
       <c r="B29" t="s">
-        <v>9</v>
+        <v>78</v>
       </c>
       <c r="C29" t="s">
-        <v>38</v>
+        <v>17</v>
       </c>
       <c r="D29" t="s">
-        <v>33</v>
+        <v>18</v>
       </c>
       <c r="E29" t="s">
-        <v>16</v>
+        <v>12</v>
       </c>
       <c r="F29">
-        <v>2024</v>
-[...3 lines deleted...]
-      </c>
+        <v>2017</v>
+      </c>
+      <c r="G29"/>
       <c r="H29" t="s">
-        <v>34</v>
+        <v>79</v>
       </c>
     </row>
     <row r="30" spans="1:8">
       <c r="A30" t="s">
-        <v>50</v>
+        <v>80</v>
       </c>
       <c r="B30" t="s">
-        <v>9</v>
+        <v>81</v>
       </c>
       <c r="C30" t="s">
-        <v>38</v>
+        <v>17</v>
       </c>
       <c r="D30" t="s">
-        <v>33</v>
+        <v>18</v>
       </c>
       <c r="E30" t="s">
-        <v>16</v>
+        <v>12</v>
       </c>
       <c r="F30">
-        <v>2024</v>
-[...3 lines deleted...]
-      </c>
+        <v>2017</v>
+      </c>
+      <c r="G30"/>
       <c r="H30" t="s">
-        <v>28</v>
+        <v>40</v>
       </c>
     </row>
     <row r="31" spans="1:8">
       <c r="A31" t="s">
-        <v>50</v>
+        <v>82</v>
       </c>
       <c r="B31" t="s">
-        <v>9</v>
+        <v>83</v>
       </c>
       <c r="C31" t="s">
-        <v>38</v>
+        <v>17</v>
       </c>
       <c r="D31" t="s">
-        <v>33</v>
+        <v>18</v>
       </c>
       <c r="E31" t="s">
-        <v>16</v>
+        <v>12</v>
       </c>
       <c r="F31">
-        <v>2024</v>
-[...6 lines deleted...]
-      </c>
+        <v>2017</v>
+      </c>
+      <c r="G31"/>
+      <c r="H31"/>
     </row>
     <row r="32" spans="1:8">
       <c r="A32" t="s">
-        <v>50</v>
+        <v>84</v>
       </c>
       <c r="B32" t="s">
-        <v>9</v>
+        <v>85</v>
       </c>
       <c r="C32" t="s">
-        <v>38</v>
+        <v>86</v>
       </c>
       <c r="D32" t="s">
-        <v>33</v>
+        <v>18</v>
       </c>
       <c r="E32" t="s">
-        <v>16</v>
+        <v>12</v>
       </c>
       <c r="F32">
-        <v>2024</v>
-[...3 lines deleted...]
-      </c>
+        <v>2017</v>
+      </c>
+      <c r="G32"/>
       <c r="H32" t="s">
-        <v>51</v>
+        <v>87</v>
       </c>
     </row>
     <row r="33" spans="1:8">
       <c r="A33" t="s">
-        <v>52</v>
+        <v>88</v>
       </c>
       <c r="B33" t="s">
-        <v>14</v>
-[...1 lines deleted...]
-      <c r="C33"/>
+        <v>89</v>
+      </c>
+      <c r="C33" t="s">
+        <v>17</v>
+      </c>
       <c r="D33" t="s">
-        <v>15</v>
+        <v>18</v>
       </c>
       <c r="E33" t="s">
-        <v>16</v>
+        <v>12</v>
       </c>
       <c r="F33">
-        <v>2024</v>
-[...3 lines deleted...]
-      </c>
+        <v>2016</v>
+      </c>
+      <c r="G33"/>
       <c r="H33" t="s">
-        <v>12</v>
+        <v>58</v>
       </c>
     </row>
     <row r="34" spans="1:8">
       <c r="A34" t="s">
-        <v>52</v>
+        <v>90</v>
       </c>
       <c r="B34" t="s">
-        <v>14</v>
-[...1 lines deleted...]
-      <c r="C34"/>
+        <v>91</v>
+      </c>
+      <c r="C34" t="s">
+        <v>86</v>
+      </c>
       <c r="D34" t="s">
-        <v>15</v>
+        <v>18</v>
       </c>
       <c r="E34" t="s">
-        <v>16</v>
+        <v>12</v>
       </c>
       <c r="F34">
-        <v>2024</v>
-[...3 lines deleted...]
-      </c>
+        <v>2016</v>
+      </c>
+      <c r="G34"/>
       <c r="H34" t="s">
-        <v>53</v>
+        <v>79</v>
       </c>
     </row>
     <row r="35" spans="1:8">
       <c r="A35" t="s">
-        <v>52</v>
+        <v>92</v>
       </c>
       <c r="B35" t="s">
-        <v>14</v>
-[...1 lines deleted...]
-      <c r="C35"/>
+        <v>93</v>
+      </c>
+      <c r="C35" t="s">
+        <v>17</v>
+      </c>
       <c r="D35" t="s">
-        <v>15</v>
+        <v>18</v>
       </c>
       <c r="E35" t="s">
-        <v>16</v>
+        <v>12</v>
       </c>
       <c r="F35">
-        <v>2024</v>
-[...3 lines deleted...]
-      </c>
+        <v>2016</v>
+      </c>
+      <c r="G35"/>
       <c r="H35" t="s">
-        <v>54</v>
+        <v>66</v>
       </c>
     </row>
     <row r="36" spans="1:8">
       <c r="A36" t="s">
-        <v>55</v>
+        <v>94</v>
       </c>
       <c r="B36" t="s">
-        <v>9</v>
+        <v>95</v>
       </c>
       <c r="C36" t="s">
-        <v>25</v>
+        <v>17</v>
       </c>
       <c r="D36" t="s">
-        <v>15</v>
+        <v>18</v>
       </c>
       <c r="E36" t="s">
-        <v>16</v>
+        <v>12</v>
       </c>
       <c r="F36">
-        <v>2024</v>
-[...3 lines deleted...]
-      </c>
+        <v>2016</v>
+      </c>
+      <c r="G36"/>
       <c r="H36" t="s">
-        <v>12</v>
+        <v>96</v>
       </c>
     </row>
     <row r="37" spans="1:8">
       <c r="A37" t="s">
-        <v>56</v>
+        <v>97</v>
       </c>
       <c r="B37" t="s">
-        <v>57</v>
+        <v>98</v>
       </c>
       <c r="C37" t="s">
-        <v>58</v>
+        <v>17</v>
       </c>
       <c r="D37" t="s">
-        <v>31</v>
+        <v>18</v>
       </c>
       <c r="E37" t="s">
-        <v>16</v>
+        <v>12</v>
       </c>
       <c r="F37">
-        <v>2024</v>
+        <v>2016</v>
       </c>
       <c r="G37"/>
       <c r="H37"/>
     </row>
     <row r="38" spans="1:8">
       <c r="A38" t="s">
-        <v>59</v>
+        <v>99</v>
       </c>
       <c r="B38" t="s">
-        <v>22</v>
-[...2 lines deleted...]
-      <c r="D38"/>
+        <v>100</v>
+      </c>
+      <c r="C38" t="s">
+        <v>17</v>
+      </c>
+      <c r="D38" t="s">
+        <v>18</v>
+      </c>
       <c r="E38" t="s">
-        <v>16</v>
+        <v>12</v>
       </c>
       <c r="F38">
-        <v>2024</v>
+        <v>2016</v>
       </c>
       <c r="G38"/>
       <c r="H38"/>
     </row>
     <row r="39" spans="1:8">
       <c r="A39" t="s">
-        <v>60</v>
+        <v>101</v>
       </c>
       <c r="B39" t="s">
-        <v>14</v>
-[...2 lines deleted...]
-      <c r="D39"/>
+        <v>102</v>
+      </c>
+      <c r="C39" t="s">
+        <v>86</v>
+      </c>
+      <c r="D39" t="s">
+        <v>18</v>
+      </c>
       <c r="E39" t="s">
-        <v>16</v>
+        <v>12</v>
       </c>
       <c r="F39">
-        <v>2024</v>
+        <v>2016</v>
       </c>
       <c r="G39"/>
       <c r="H39"/>
     </row>
     <row r="40" spans="1:8">
       <c r="A40" t="s">
-        <v>61</v>
+        <v>103</v>
       </c>
       <c r="B40" t="s">
-        <v>22</v>
-[...1 lines deleted...]
-      <c r="C40"/>
+        <v>104</v>
+      </c>
+      <c r="C40" t="s">
+        <v>86</v>
+      </c>
       <c r="D40" t="s">
-        <v>15</v>
+        <v>18</v>
       </c>
       <c r="E40" t="s">
-        <v>16</v>
+        <v>12</v>
       </c>
       <c r="F40">
-        <v>2024</v>
+        <v>2016</v>
       </c>
       <c r="G40"/>
       <c r="H40"/>
     </row>
     <row r="41" spans="1:8">
       <c r="A41" t="s">
-        <v>62</v>
+        <v>105</v>
       </c>
       <c r="B41" t="s">
-        <v>9</v>
-[...2 lines deleted...]
-      <c r="D41"/>
+        <v>106</v>
+      </c>
+      <c r="C41" t="s">
+        <v>17</v>
+      </c>
+      <c r="D41" t="s">
+        <v>18</v>
+      </c>
       <c r="E41" t="s">
-        <v>16</v>
+        <v>12</v>
       </c>
       <c r="F41">
-        <v>2024</v>
+        <v>2015</v>
       </c>
       <c r="G41"/>
       <c r="H41" t="s">
-        <v>12</v>
+        <v>58</v>
       </c>
     </row>
     <row r="42" spans="1:8">
       <c r="A42" t="s">
-        <v>63</v>
+        <v>107</v>
       </c>
       <c r="B42" t="s">
-        <v>64</v>
-[...1 lines deleted...]
-      <c r="C42"/>
+        <v>108</v>
+      </c>
+      <c r="C42" t="s">
+        <v>17</v>
+      </c>
       <c r="D42" t="s">
-        <v>15</v>
+        <v>18</v>
       </c>
       <c r="E42" t="s">
-        <v>16</v>
+        <v>12</v>
       </c>
       <c r="F42">
-        <v>2024</v>
+        <v>2015</v>
       </c>
       <c r="G42"/>
       <c r="H42" t="s">
-        <v>12</v>
+        <v>66</v>
       </c>
     </row>
     <row r="43" spans="1:8">
       <c r="A43" t="s">
-        <v>65</v>
+        <v>109</v>
       </c>
       <c r="B43" t="s">
-        <v>66</v>
-[...2 lines deleted...]
-      <c r="D43"/>
+        <v>110</v>
+      </c>
+      <c r="C43" t="s">
+        <v>86</v>
+      </c>
+      <c r="D43" t="s">
+        <v>18</v>
+      </c>
       <c r="E43" t="s">
-        <v>16</v>
+        <v>12</v>
       </c>
       <c r="F43">
-        <v>2024</v>
+        <v>2015</v>
       </c>
       <c r="G43"/>
       <c r="H43" t="s">
-        <v>44</v>
+        <v>66</v>
       </c>
     </row>
     <row r="44" spans="1:8">
       <c r="A44" t="s">
-        <v>65</v>
+        <v>111</v>
       </c>
       <c r="B44" t="s">
-        <v>66</v>
-[...2 lines deleted...]
-      <c r="D44"/>
+        <v>112</v>
+      </c>
+      <c r="C44" t="s">
+        <v>86</v>
+      </c>
+      <c r="D44" t="s">
+        <v>18</v>
+      </c>
       <c r="E44" t="s">
-        <v>16</v>
+        <v>12</v>
       </c>
       <c r="F44">
-        <v>2024</v>
+        <v>2015</v>
       </c>
       <c r="G44"/>
       <c r="H44" t="s">
-        <v>51</v>
+        <v>66</v>
       </c>
     </row>
     <row r="45" spans="1:8">
       <c r="A45" t="s">
-        <v>65</v>
+        <v>113</v>
       </c>
       <c r="B45" t="s">
-        <v>66</v>
-[...2 lines deleted...]
-      <c r="D45"/>
+        <v>114</v>
+      </c>
+      <c r="C45" t="s">
+        <v>86</v>
+      </c>
+      <c r="D45" t="s">
+        <v>18</v>
+      </c>
       <c r="E45" t="s">
-        <v>16</v>
+        <v>12</v>
       </c>
       <c r="F45">
-        <v>2024</v>
+        <v>2015</v>
       </c>
       <c r="G45"/>
       <c r="H45" t="s">
-        <v>36</v>
+        <v>66</v>
       </c>
     </row>
     <row r="46" spans="1:8">
       <c r="A46" t="s">
-        <v>65</v>
+        <v>115</v>
       </c>
       <c r="B46" t="s">
-        <v>66</v>
-[...2 lines deleted...]
-      <c r="D46"/>
+        <v>116</v>
+      </c>
+      <c r="C46" t="s">
+        <v>10</v>
+      </c>
+      <c r="D46" t="s">
+        <v>18</v>
+      </c>
       <c r="E46" t="s">
-        <v>16</v>
+        <v>12</v>
       </c>
       <c r="F46">
-        <v>2024</v>
+        <v>2015</v>
       </c>
       <c r="G46"/>
-      <c r="H46" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H46"/>
     </row>
     <row r="47" spans="1:8">
       <c r="A47" t="s">
-        <v>65</v>
+        <v>117</v>
       </c>
       <c r="B47" t="s">
-        <v>66</v>
-[...2 lines deleted...]
-      <c r="D47"/>
+        <v>118</v>
+      </c>
+      <c r="C47" t="s">
+        <v>17</v>
+      </c>
+      <c r="D47" t="s">
+        <v>18</v>
+      </c>
       <c r="E47" t="s">
-        <v>16</v>
+        <v>12</v>
       </c>
       <c r="F47">
-        <v>2024</v>
+        <v>2015</v>
       </c>
       <c r="G47"/>
-      <c r="H47" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H47"/>
     </row>
     <row r="48" spans="1:8">
       <c r="A48" t="s">
-        <v>65</v>
+        <v>119</v>
       </c>
       <c r="B48" t="s">
-        <v>66</v>
-[...2 lines deleted...]
-      <c r="D48"/>
+        <v>120</v>
+      </c>
+      <c r="C48" t="s">
+        <v>17</v>
+      </c>
+      <c r="D48" t="s">
+        <v>18</v>
+      </c>
       <c r="E48" t="s">
-        <v>16</v>
+        <v>12</v>
       </c>
       <c r="F48">
-        <v>2024</v>
+        <v>2015</v>
       </c>
       <c r="G48"/>
-      <c r="H48" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H48"/>
     </row>
     <row r="49" spans="1:8">
       <c r="A49" t="s">
-        <v>65</v>
+        <v>121</v>
       </c>
       <c r="B49" t="s">
-        <v>66</v>
-[...2 lines deleted...]
-      <c r="D49"/>
+        <v>122</v>
+      </c>
+      <c r="C49" t="s">
+        <v>17</v>
+      </c>
+      <c r="D49" t="s">
+        <v>18</v>
+      </c>
       <c r="E49" t="s">
-        <v>16</v>
+        <v>12</v>
       </c>
       <c r="F49">
-        <v>2024</v>
+        <v>2015</v>
       </c>
       <c r="G49"/>
-      <c r="H49" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H49"/>
     </row>
     <row r="50" spans="1:8">
       <c r="A50" t="s">
-        <v>69</v>
+        <v>123</v>
       </c>
       <c r="B50" t="s">
-        <v>9</v>
-[...1 lines deleted...]
-      <c r="C50"/>
+        <v>124</v>
+      </c>
+      <c r="C50" t="s">
+        <v>17</v>
+      </c>
       <c r="D50" t="s">
-        <v>70</v>
+        <v>18</v>
       </c>
       <c r="E50" t="s">
-        <v>16</v>
+        <v>12</v>
       </c>
       <c r="F50">
-        <v>2024</v>
+        <v>2015</v>
       </c>
       <c r="G50"/>
-      <c r="H50" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H50"/>
     </row>
     <row r="51" spans="1:8">
       <c r="A51" t="s">
-        <v>71</v>
+        <v>125</v>
       </c>
       <c r="B51" t="s">
-        <v>9</v>
+        <v>126</v>
       </c>
       <c r="C51" t="s">
-        <v>49</v>
+        <v>17</v>
       </c>
       <c r="D51" t="s">
-        <v>26</v>
+        <v>18</v>
       </c>
       <c r="E51" t="s">
-        <v>27</v>
+        <v>12</v>
       </c>
       <c r="F51">
-        <v>2024</v>
-[...6 lines deleted...]
-      </c>
+        <v>2015</v>
+      </c>
+      <c r="G51"/>
+      <c r="H51"/>
     </row>
     <row r="52" spans="1:8">
       <c r="A52" t="s">
-        <v>71</v>
+        <v>127</v>
       </c>
       <c r="B52" t="s">
-        <v>9</v>
+        <v>128</v>
       </c>
       <c r="C52" t="s">
-        <v>49</v>
+        <v>86</v>
       </c>
       <c r="D52" t="s">
-        <v>26</v>
+        <v>18</v>
       </c>
       <c r="E52" t="s">
-        <v>27</v>
+        <v>12</v>
       </c>
       <c r="F52">
-        <v>2024</v>
-[...3 lines deleted...]
-      </c>
+        <v>2015</v>
+      </c>
+      <c r="G52"/>
       <c r="H52" t="s">
-        <v>72</v>
+        <v>66</v>
       </c>
     </row>
     <row r="53" spans="1:8">
       <c r="A53" t="s">
-        <v>71</v>
+        <v>129</v>
       </c>
       <c r="B53" t="s">
-        <v>9</v>
+        <v>130</v>
       </c>
       <c r="C53" t="s">
-        <v>49</v>
+        <v>86</v>
       </c>
       <c r="D53" t="s">
-        <v>26</v>
+        <v>18</v>
       </c>
       <c r="E53" t="s">
-        <v>27</v>
+        <v>12</v>
       </c>
       <c r="F53">
-        <v>2024</v>
-[...6 lines deleted...]
-      </c>
+        <v>2015</v>
+      </c>
+      <c r="G53"/>
+      <c r="H53"/>
     </row>
     <row r="54" spans="1:8">
       <c r="A54" t="s">
-        <v>73</v>
+        <v>131</v>
       </c>
       <c r="B54" t="s">
-        <v>9</v>
+        <v>132</v>
       </c>
       <c r="C54" t="s">
-        <v>46</v>
+        <v>86</v>
       </c>
       <c r="D54" t="s">
-        <v>26</v>
+        <v>18</v>
       </c>
       <c r="E54" t="s">
-        <v>27</v>
+        <v>12</v>
       </c>
       <c r="F54">
-        <v>2024</v>
-[...6 lines deleted...]
-      </c>
+        <v>2015</v>
+      </c>
+      <c r="G54"/>
+      <c r="H54"/>
     </row>
     <row r="55" spans="1:8">
       <c r="A55" t="s">
-        <v>73</v>
+        <v>133</v>
       </c>
       <c r="B55" t="s">
-        <v>9</v>
+        <v>134</v>
       </c>
       <c r="C55" t="s">
-        <v>46</v>
+        <v>17</v>
       </c>
       <c r="D55" t="s">
-        <v>26</v>
+        <v>18</v>
       </c>
       <c r="E55" t="s">
-        <v>27</v>
+        <v>12</v>
       </c>
       <c r="F55">
-        <v>2024</v>
-[...3 lines deleted...]
-      </c>
+        <v>2014</v>
+      </c>
+      <c r="G55"/>
       <c r="H55" t="s">
-        <v>12</v>
+        <v>58</v>
       </c>
     </row>
     <row r="56" spans="1:8">
       <c r="A56" t="s">
-        <v>73</v>
+        <v>135</v>
       </c>
       <c r="B56" t="s">
-        <v>9</v>
+        <v>136</v>
       </c>
       <c r="C56" t="s">
-        <v>46</v>
+        <v>17</v>
       </c>
       <c r="D56" t="s">
-        <v>26</v>
+        <v>18</v>
       </c>
       <c r="E56" t="s">
-        <v>27</v>
+        <v>12</v>
       </c>
       <c r="F56">
-        <v>2024</v>
-[...6 lines deleted...]
-      </c>
+        <v>2014</v>
+      </c>
+      <c r="G56"/>
+      <c r="H56"/>
     </row>
     <row r="57" spans="1:8">
       <c r="A57" t="s">
-        <v>73</v>
+        <v>137</v>
       </c>
       <c r="B57" t="s">
-        <v>9</v>
+        <v>138</v>
       </c>
       <c r="C57" t="s">
-        <v>46</v>
+        <v>17</v>
       </c>
       <c r="D57" t="s">
-        <v>26</v>
+        <v>18</v>
       </c>
       <c r="E57" t="s">
-        <v>27</v>
+        <v>12</v>
       </c>
       <c r="F57">
-        <v>2024</v>
-[...6 lines deleted...]
-      </c>
+        <v>2014</v>
+      </c>
+      <c r="G57"/>
+      <c r="H57"/>
     </row>
     <row r="58" spans="1:8">
       <c r="A58" t="s">
-        <v>75</v>
+        <v>139</v>
       </c>
       <c r="B58" t="s">
-        <v>9</v>
+        <v>140</v>
       </c>
       <c r="C58" t="s">
-        <v>30</v>
+        <v>17</v>
       </c>
       <c r="D58" t="s">
-        <v>31</v>
+        <v>18</v>
       </c>
       <c r="E58" t="s">
-        <v>27</v>
+        <v>12</v>
       </c>
       <c r="F58">
-        <v>2024</v>
+        <v>2014</v>
       </c>
       <c r="G58"/>
-      <c r="H58" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H58"/>
     </row>
     <row r="59" spans="1:8">
       <c r="A59" t="s">
-        <v>76</v>
+        <v>141</v>
       </c>
       <c r="B59" t="s">
-        <v>9</v>
+        <v>142</v>
       </c>
       <c r="C59" t="s">
-        <v>30</v>
+        <v>17</v>
       </c>
       <c r="D59" t="s">
-        <v>31</v>
+        <v>18</v>
       </c>
       <c r="E59" t="s">
-        <v>27</v>
+        <v>12</v>
       </c>
       <c r="F59">
-        <v>2024</v>
+        <v>2014</v>
       </c>
       <c r="G59"/>
-      <c r="H59" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H59"/>
     </row>
     <row r="60" spans="1:8">
       <c r="A60" t="s">
-        <v>76</v>
+        <v>143</v>
       </c>
       <c r="B60" t="s">
-        <v>9</v>
+        <v>144</v>
       </c>
       <c r="C60" t="s">
-        <v>30</v>
+        <v>17</v>
       </c>
       <c r="D60" t="s">
-        <v>31</v>
+        <v>18</v>
       </c>
       <c r="E60" t="s">
-        <v>27</v>
+        <v>12</v>
       </c>
       <c r="F60">
-        <v>2024</v>
+        <v>2014</v>
       </c>
       <c r="G60"/>
       <c r="H60" t="s">
-        <v>51</v>
+        <v>145</v>
       </c>
     </row>
     <row r="61" spans="1:8">
       <c r="A61" t="s">
-        <v>77</v>
+        <v>146</v>
       </c>
       <c r="B61" t="s">
-        <v>78</v>
-[...2 lines deleted...]
-      <c r="D61"/>
+        <v>147</v>
+      </c>
+      <c r="C61" t="s">
+        <v>17</v>
+      </c>
+      <c r="D61" t="s">
+        <v>18</v>
+      </c>
       <c r="E61" t="s">
-        <v>16</v>
+        <v>12</v>
       </c>
       <c r="F61">
-        <v>2023</v>
+        <v>2014</v>
       </c>
       <c r="G61"/>
-      <c r="H61" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H61"/>
     </row>
     <row r="62" spans="1:8">
       <c r="A62" t="s">
-        <v>79</v>
+        <v>148</v>
       </c>
       <c r="B62" t="s">
-        <v>80</v>
+        <v>149</v>
       </c>
       <c r="C62" t="s">
-        <v>46</v>
+        <v>17</v>
       </c>
       <c r="D62" t="s">
-        <v>31</v>
+        <v>18</v>
       </c>
       <c r="E62" t="s">
-        <v>16</v>
+        <v>12</v>
       </c>
       <c r="F62">
-        <v>2022</v>
-[...6 lines deleted...]
-      </c>
+        <v>2014</v>
+      </c>
+      <c r="G62"/>
+      <c r="H62"/>
     </row>
     <row r="63" spans="1:8">
       <c r="A63" t="s">
-        <v>79</v>
+        <v>150</v>
       </c>
       <c r="B63" t="s">
-        <v>80</v>
+        <v>151</v>
       </c>
       <c r="C63" t="s">
-        <v>46</v>
+        <v>17</v>
       </c>
       <c r="D63" t="s">
-        <v>31</v>
+        <v>18</v>
       </c>
       <c r="E63" t="s">
-        <v>16</v>
+        <v>12</v>
       </c>
       <c r="F63">
-        <v>2022</v>
-[...6 lines deleted...]
-      </c>
+        <v>2014</v>
+      </c>
+      <c r="G63"/>
+      <c r="H63"/>
     </row>
     <row r="64" spans="1:8">
       <c r="A64" t="s">
-        <v>79</v>
+        <v>152</v>
       </c>
       <c r="B64" t="s">
-        <v>80</v>
+        <v>153</v>
       </c>
       <c r="C64" t="s">
-        <v>46</v>
+        <v>17</v>
       </c>
       <c r="D64" t="s">
-        <v>31</v>
+        <v>18</v>
       </c>
       <c r="E64" t="s">
-        <v>16</v>
+        <v>12</v>
       </c>
       <c r="F64">
-        <v>2022</v>
-[...6 lines deleted...]
-      </c>
+        <v>2014</v>
+      </c>
+      <c r="G64"/>
+      <c r="H64"/>
     </row>
     <row r="65" spans="1:8">
       <c r="A65" t="s">
-        <v>81</v>
+        <v>154</v>
       </c>
       <c r="B65" t="s">
-        <v>14</v>
+        <v>155</v>
       </c>
       <c r="C65" t="s">
-        <v>30</v>
+        <v>17</v>
       </c>
       <c r="D65" t="s">
-        <v>31</v>
+        <v>18</v>
       </c>
       <c r="E65" t="s">
-        <v>27</v>
+        <v>12</v>
       </c>
       <c r="F65">
-        <v>2022</v>
-[...6 lines deleted...]
-      </c>
+        <v>2014</v>
+      </c>
+      <c r="G65"/>
+      <c r="H65"/>
     </row>
     <row r="66" spans="1:8">
       <c r="A66" t="s">
-        <v>81</v>
+        <v>156</v>
       </c>
       <c r="B66" t="s">
-        <v>14</v>
+        <v>157</v>
       </c>
       <c r="C66" t="s">
-        <v>30</v>
+        <v>17</v>
       </c>
       <c r="D66" t="s">
-        <v>31</v>
+        <v>18</v>
       </c>
       <c r="E66" t="s">
-        <v>27</v>
+        <v>12</v>
       </c>
       <c r="F66">
-        <v>2022</v>
-[...6 lines deleted...]
-      </c>
+        <v>2014</v>
+      </c>
+      <c r="G66"/>
+      <c r="H66"/>
     </row>
     <row r="67" spans="1:8">
       <c r="A67" t="s">
-        <v>81</v>
+        <v>158</v>
       </c>
       <c r="B67" t="s">
-        <v>14</v>
+        <v>159</v>
       </c>
       <c r="C67" t="s">
-        <v>30</v>
+        <v>10</v>
       </c>
       <c r="D67" t="s">
-        <v>31</v>
+        <v>11</v>
       </c>
       <c r="E67" t="s">
-        <v>27</v>
+        <v>12</v>
       </c>
       <c r="F67">
-        <v>2022</v>
+        <v>2013</v>
       </c>
       <c r="G67" t="s">
-        <v>17</v>
-[...3 lines deleted...]
-      </c>
+        <v>13</v>
+      </c>
+      <c r="H67"/>
     </row>
     <row r="68" spans="1:8">
       <c r="A68" t="s">
-        <v>81</v>
+        <v>160</v>
       </c>
       <c r="B68" t="s">
-        <v>14</v>
+        <v>161</v>
       </c>
       <c r="C68" t="s">
-        <v>30</v>
+        <v>17</v>
       </c>
       <c r="D68" t="s">
-        <v>31</v>
+        <v>18</v>
       </c>
       <c r="E68" t="s">
-        <v>27</v>
+        <v>12</v>
       </c>
       <c r="F68">
-        <v>2022</v>
-[...3 lines deleted...]
-      </c>
+        <v>2013</v>
+      </c>
+      <c r="G68"/>
       <c r="H68" t="s">
-        <v>67</v>
+        <v>96</v>
       </c>
     </row>
     <row r="69" spans="1:8">
       <c r="A69" t="s">
-        <v>82</v>
+        <v>162</v>
       </c>
       <c r="B69" t="s">
-        <v>83</v>
+        <v>163</v>
       </c>
       <c r="C69" t="s">
-        <v>46</v>
+        <v>10</v>
       </c>
       <c r="D69" t="s">
-        <v>26</v>
+        <v>18</v>
       </c>
       <c r="E69" t="s">
-        <v>27</v>
+        <v>12</v>
       </c>
       <c r="F69">
-        <v>2021</v>
+        <v>2013</v>
       </c>
       <c r="G69"/>
       <c r="H69"/>
     </row>
     <row r="70" spans="1:8">
       <c r="A70" t="s">
-        <v>84</v>
+        <v>164</v>
       </c>
       <c r="B70" t="s">
-        <v>85</v>
+        <v>165</v>
       </c>
       <c r="C70" t="s">
-        <v>25</v>
+        <v>17</v>
       </c>
       <c r="D70" t="s">
-        <v>26</v>
+        <v>18</v>
       </c>
       <c r="E70" t="s">
-        <v>27</v>
+        <v>12</v>
       </c>
       <c r="F70">
-        <v>2020</v>
+        <v>2013</v>
       </c>
       <c r="G70"/>
-      <c r="H70" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H70"/>
     </row>
     <row r="71" spans="1:8">
       <c r="A71" t="s">
-        <v>86</v>
+        <v>166</v>
       </c>
       <c r="B71" t="s">
-        <v>87</v>
-[...1 lines deleted...]
-      <c r="C71"/>
+        <v>167</v>
+      </c>
+      <c r="C71" t="s">
+        <v>17</v>
+      </c>
       <c r="D71" t="s">
-        <v>15</v>
+        <v>18</v>
       </c>
       <c r="E71" t="s">
-        <v>16</v>
+        <v>12</v>
       </c>
       <c r="F71">
-        <v>2019</v>
+        <v>2012</v>
       </c>
       <c r="G71"/>
       <c r="H71" t="s">
-        <v>74</v>
+        <v>66</v>
       </c>
     </row>
     <row r="72" spans="1:8">
       <c r="A72" t="s">
-        <v>88</v>
+        <v>168</v>
       </c>
       <c r="B72" t="s">
-        <v>89</v>
-[...3 lines deleted...]
-      </c>
+        <v>169</v>
+      </c>
+      <c r="C72"/>
       <c r="D72" t="s">
-        <v>26</v>
+        <v>21</v>
       </c>
       <c r="E72" t="s">
-        <v>27</v>
+        <v>22</v>
       </c>
       <c r="F72">
-        <v>2019</v>
+        <v>2011</v>
       </c>
       <c r="G72"/>
       <c r="H72" t="s">
-        <v>36</v>
+        <v>87</v>
       </c>
     </row>
     <row r="73" spans="1:8">
       <c r="A73" t="s">
-        <v>90</v>
+        <v>170</v>
       </c>
       <c r="B73" t="s">
-        <v>91</v>
-[...3 lines deleted...]
-      </c>
+        <v>171</v>
+      </c>
+      <c r="C73"/>
       <c r="D73" t="s">
-        <v>26</v>
+        <v>21</v>
       </c>
       <c r="E73" t="s">
-        <v>27</v>
+        <v>22</v>
       </c>
       <c r="F73">
-        <v>2019</v>
+        <v>2011</v>
       </c>
       <c r="G73"/>
       <c r="H73" t="s">
-        <v>92</v>
+        <v>87</v>
       </c>
     </row>
     <row r="74" spans="1:8">
       <c r="A74" t="s">
-        <v>93</v>
+        <v>172</v>
       </c>
       <c r="B74" t="s">
-        <v>94</v>
+        <v>173</v>
       </c>
       <c r="C74" t="s">
-        <v>25</v>
+        <v>43</v>
       </c>
       <c r="D74" t="s">
-        <v>26</v>
+        <v>11</v>
       </c>
       <c r="E74" t="s">
-        <v>27</v>
+        <v>12</v>
       </c>
       <c r="F74">
-        <v>2019</v>
-[...4 lines deleted...]
-      </c>
+        <v>2011</v>
+      </c>
+      <c r="G74" t="s">
+        <v>13</v>
+      </c>
+      <c r="H74"/>
     </row>
     <row r="75" spans="1:8">
       <c r="A75" t="s">
-        <v>95</v>
+        <v>174</v>
       </c>
       <c r="B75" t="s">
-        <v>96</v>
+        <v>175</v>
       </c>
       <c r="C75" t="s">
-        <v>25</v>
+        <v>86</v>
       </c>
       <c r="D75" t="s">
-        <v>26</v>
+        <v>18</v>
       </c>
       <c r="E75" t="s">
-        <v>27</v>
+        <v>12</v>
       </c>
       <c r="F75">
-        <v>2019</v>
+        <v>2011</v>
       </c>
       <c r="G75"/>
       <c r="H75" t="s">
-        <v>35</v>
+        <v>176</v>
       </c>
     </row>
     <row r="76" spans="1:8">
       <c r="A76" t="s">
-        <v>97</v>
+        <v>177</v>
       </c>
       <c r="B76" t="s">
-        <v>98</v>
+        <v>178</v>
       </c>
       <c r="C76" t="s">
-        <v>25</v>
+        <v>17</v>
       </c>
       <c r="D76" t="s">
-        <v>26</v>
+        <v>18</v>
       </c>
       <c r="E76" t="s">
-        <v>27</v>
+        <v>12</v>
       </c>
       <c r="F76">
-        <v>2019</v>
+        <v>2011</v>
       </c>
       <c r="G76"/>
       <c r="H76" t="s">
-        <v>53</v>
+        <v>96</v>
       </c>
     </row>
     <row r="77" spans="1:8">
       <c r="A77" t="s">
-        <v>99</v>
+        <v>179</v>
       </c>
       <c r="B77" t="s">
-        <v>100</v>
+        <v>180</v>
       </c>
       <c r="C77" t="s">
-        <v>25</v>
+        <v>17</v>
       </c>
       <c r="D77" t="s">
-        <v>26</v>
+        <v>18</v>
       </c>
       <c r="E77" t="s">
-        <v>27</v>
+        <v>12</v>
       </c>
       <c r="F77">
-        <v>2019</v>
+        <v>2011</v>
       </c>
       <c r="G77"/>
       <c r="H77" t="s">
-        <v>35</v>
+        <v>66</v>
       </c>
     </row>
     <row r="78" spans="1:8">
       <c r="A78" t="s">
-        <v>101</v>
+        <v>181</v>
       </c>
       <c r="B78" t="s">
-        <v>102</v>
-[...2 lines deleted...]
-      <c r="D78"/>
+        <v>182</v>
+      </c>
+      <c r="C78" t="s">
+        <v>10</v>
+      </c>
+      <c r="D78" t="s">
+        <v>18</v>
+      </c>
       <c r="E78" t="s">
-        <v>39</v>
+        <v>12</v>
       </c>
       <c r="F78">
-        <v>2018</v>
-[...3 lines deleted...]
-      </c>
+        <v>2011</v>
+      </c>
+      <c r="G78"/>
       <c r="H78"/>
     </row>
     <row r="79" spans="1:8">
       <c r="A79" t="s">
-        <v>103</v>
+        <v>183</v>
       </c>
       <c r="B79" t="s">
-        <v>104</v>
+        <v>184</v>
       </c>
       <c r="C79" t="s">
-        <v>25</v>
+        <v>17</v>
       </c>
       <c r="D79" t="s">
-        <v>26</v>
+        <v>18</v>
       </c>
       <c r="E79" t="s">
-        <v>27</v>
+        <v>12</v>
       </c>
       <c r="F79">
-        <v>2018</v>
+        <v>2011</v>
       </c>
       <c r="G79"/>
-      <c r="H79" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H79"/>
     </row>
     <row r="80" spans="1:8">
       <c r="A80" t="s">
-        <v>105</v>
+        <v>185</v>
       </c>
       <c r="B80" t="s">
-        <v>106</v>
+        <v>186</v>
       </c>
       <c r="C80" t="s">
-        <v>107</v>
+        <v>17</v>
       </c>
       <c r="D80" t="s">
-        <v>108</v>
+        <v>18</v>
       </c>
       <c r="E80" t="s">
-        <v>27</v>
+        <v>12</v>
       </c>
       <c r="F80">
-        <v>2018</v>
-[...3 lines deleted...]
-      </c>
+        <v>2011</v>
+      </c>
+      <c r="G80"/>
       <c r="H80"/>
     </row>
     <row r="81" spans="1:8">
       <c r="A81" t="s">
-        <v>109</v>
+        <v>187</v>
       </c>
       <c r="B81" t="s">
-        <v>110</v>
-[...3 lines deleted...]
-      </c>
+        <v>188</v>
+      </c>
+      <c r="C81"/>
       <c r="D81" t="s">
-        <v>108</v>
+        <v>189</v>
       </c>
       <c r="E81" t="s">
-        <v>27</v>
+        <v>22</v>
       </c>
       <c r="F81">
-        <v>2018</v>
+        <v>2010</v>
       </c>
       <c r="G81" t="s">
-        <v>17</v>
-[...3 lines deleted...]
-      </c>
+        <v>13</v>
+      </c>
+      <c r="H81"/>
     </row>
     <row r="82" spans="1:8">
       <c r="A82" t="s">
-        <v>111</v>
+        <v>190</v>
       </c>
       <c r="B82" t="s">
-        <v>112</v>
-[...3 lines deleted...]
-      </c>
+        <v>191</v>
+      </c>
+      <c r="C82"/>
       <c r="D82" t="s">
-        <v>26</v>
+        <v>21</v>
       </c>
       <c r="E82" t="s">
-        <v>27</v>
+        <v>22</v>
       </c>
       <c r="F82">
-        <v>2018</v>
+        <v>2010</v>
       </c>
       <c r="G82"/>
       <c r="H82" t="s">
-        <v>72</v>
+        <v>66</v>
       </c>
     </row>
     <row r="83" spans="1:8">
       <c r="A83" t="s">
-        <v>113</v>
+        <v>192</v>
       </c>
       <c r="B83" t="s">
-        <v>114</v>
-[...3 lines deleted...]
-      </c>
+        <v>193</v>
+      </c>
+      <c r="C83"/>
       <c r="D83" t="s">
-        <v>26</v>
+        <v>21</v>
       </c>
       <c r="E83" t="s">
-        <v>27</v>
+        <v>22</v>
       </c>
       <c r="F83">
-        <v>2018</v>
+        <v>2010</v>
       </c>
       <c r="G83"/>
       <c r="H83" t="s">
-        <v>36</v>
+        <v>66</v>
       </c>
     </row>
     <row r="84" spans="1:8">
       <c r="A84" t="s">
-        <v>115</v>
+        <v>194</v>
       </c>
       <c r="B84" t="s">
-        <v>116</v>
+        <v>195</v>
       </c>
       <c r="C84" t="s">
-        <v>25</v>
+        <v>17</v>
       </c>
       <c r="D84" t="s">
-        <v>26</v>
+        <v>18</v>
       </c>
       <c r="E84" t="s">
-        <v>27</v>
+        <v>12</v>
       </c>
       <c r="F84">
-        <v>2018</v>
+        <v>2010</v>
       </c>
       <c r="G84"/>
       <c r="H84" t="s">
-        <v>12</v>
+        <v>196</v>
       </c>
     </row>
     <row r="85" spans="1:8">
       <c r="A85" t="s">
-        <v>117</v>
+        <v>197</v>
       </c>
       <c r="B85" t="s">
-        <v>118</v>
+        <v>198</v>
       </c>
       <c r="C85" t="s">
-        <v>25</v>
+        <v>17</v>
       </c>
       <c r="D85" t="s">
-        <v>26</v>
+        <v>18</v>
       </c>
       <c r="E85" t="s">
-        <v>27</v>
+        <v>12</v>
       </c>
       <c r="F85">
-        <v>2018</v>
+        <v>2010</v>
       </c>
       <c r="G85"/>
       <c r="H85" t="s">
-        <v>72</v>
+        <v>87</v>
       </c>
     </row>
     <row r="86" spans="1:8">
       <c r="A86" t="s">
-        <v>119</v>
+        <v>199</v>
       </c>
       <c r="B86" t="s">
-        <v>120</v>
-[...1 lines deleted...]
-      <c r="C86"/>
+        <v>200</v>
+      </c>
+      <c r="C86" t="s">
+        <v>10</v>
+      </c>
       <c r="D86" t="s">
-        <v>15</v>
+        <v>18</v>
       </c>
       <c r="E86" t="s">
-        <v>16</v>
+        <v>12</v>
       </c>
       <c r="F86">
-        <v>2017</v>
+        <v>2010</v>
       </c>
       <c r="G86"/>
-      <c r="H86" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H86"/>
     </row>
     <row r="87" spans="1:8">
       <c r="A87" t="s">
-        <v>121</v>
+        <v>201</v>
       </c>
       <c r="B87" t="s">
-        <v>122</v>
+        <v>202</v>
       </c>
       <c r="C87" t="s">
-        <v>25</v>
+        <v>10</v>
       </c>
       <c r="D87" t="s">
-        <v>26</v>
+        <v>18</v>
       </c>
       <c r="E87" t="s">
-        <v>27</v>
+        <v>12</v>
       </c>
       <c r="F87">
-        <v>2017</v>
+        <v>2010</v>
       </c>
       <c r="G87"/>
-      <c r="H87" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H87"/>
     </row>
     <row r="88" spans="1:8">
       <c r="A88" t="s">
-        <v>123</v>
+        <v>203</v>
       </c>
       <c r="B88" t="s">
-        <v>124</v>
+        <v>204</v>
       </c>
       <c r="C88" t="s">
-        <v>25</v>
+        <v>10</v>
       </c>
       <c r="D88" t="s">
-        <v>26</v>
+        <v>18</v>
       </c>
       <c r="E88" t="s">
-        <v>27</v>
+        <v>12</v>
       </c>
       <c r="F88">
-        <v>2017</v>
+        <v>2010</v>
       </c>
       <c r="G88"/>
-      <c r="H88" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H88"/>
     </row>
     <row r="89" spans="1:8">
       <c r="A89" t="s">
-        <v>125</v>
+        <v>205</v>
       </c>
       <c r="B89" t="s">
-        <v>126</v>
+        <v>206</v>
       </c>
       <c r="C89" t="s">
-        <v>25</v>
+        <v>10</v>
       </c>
       <c r="D89" t="s">
-        <v>26</v>
+        <v>18</v>
       </c>
       <c r="E89" t="s">
-        <v>27</v>
+        <v>12</v>
       </c>
       <c r="F89">
-        <v>2017</v>
+        <v>2010</v>
       </c>
       <c r="G89"/>
-      <c r="H89" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H89"/>
     </row>
     <row r="90" spans="1:8">
       <c r="A90" t="s">
-        <v>127</v>
+        <v>207</v>
       </c>
       <c r="B90" t="s">
-        <v>128</v>
+        <v>208</v>
       </c>
       <c r="C90" t="s">
-        <v>25</v>
+        <v>17</v>
       </c>
       <c r="D90" t="s">
-        <v>26</v>
+        <v>18</v>
       </c>
       <c r="E90" t="s">
-        <v>27</v>
+        <v>12</v>
       </c>
       <c r="F90">
-        <v>2017</v>
+        <v>2010</v>
       </c>
       <c r="G90"/>
-      <c r="H90" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H90"/>
     </row>
     <row r="91" spans="1:8">
       <c r="A91" t="s">
-        <v>129</v>
+        <v>209</v>
       </c>
       <c r="B91" t="s">
-        <v>130</v>
+        <v>210</v>
       </c>
       <c r="C91" t="s">
-        <v>25</v>
+        <v>17</v>
       </c>
       <c r="D91" t="s">
-        <v>26</v>
+        <v>18</v>
       </c>
       <c r="E91" t="s">
-        <v>27</v>
+        <v>12</v>
       </c>
       <c r="F91">
-        <v>2017</v>
+        <v>2010</v>
       </c>
       <c r="G91"/>
-      <c r="H91" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H91"/>
     </row>
     <row r="92" spans="1:8">
       <c r="A92" t="s">
-        <v>131</v>
+        <v>211</v>
       </c>
       <c r="B92" t="s">
-        <v>132</v>
+        <v>212</v>
       </c>
       <c r="C92" t="s">
-        <v>25</v>
+        <v>17</v>
       </c>
       <c r="D92" t="s">
-        <v>26</v>
+        <v>18</v>
       </c>
       <c r="E92" t="s">
-        <v>27</v>
+        <v>12</v>
       </c>
       <c r="F92">
-        <v>2017</v>
+        <v>2010</v>
       </c>
       <c r="G92"/>
-      <c r="H92" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H92"/>
     </row>
     <row r="93" spans="1:8">
       <c r="A93" t="s">
-        <v>133</v>
+        <v>213</v>
       </c>
       <c r="B93" t="s">
-        <v>134</v>
+        <v>214</v>
       </c>
       <c r="C93" t="s">
-        <v>25</v>
+        <v>17</v>
       </c>
       <c r="D93" t="s">
-        <v>26</v>
+        <v>18</v>
       </c>
       <c r="E93" t="s">
-        <v>27</v>
+        <v>12</v>
       </c>
       <c r="F93">
-        <v>2017</v>
+        <v>2010</v>
       </c>
       <c r="G93"/>
-      <c r="H93" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H93"/>
     </row>
     <row r="94" spans="1:8">
       <c r="A94" t="s">
-        <v>135</v>
+        <v>215</v>
       </c>
       <c r="B94" t="s">
-        <v>136</v>
+        <v>216</v>
       </c>
       <c r="C94" t="s">
-        <v>25</v>
+        <v>17</v>
       </c>
       <c r="D94" t="s">
-        <v>26</v>
+        <v>18</v>
       </c>
       <c r="E94" t="s">
-        <v>27</v>
+        <v>12</v>
       </c>
       <c r="F94">
-        <v>2017</v>
+        <v>2010</v>
       </c>
       <c r="G94"/>
-      <c r="H94" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H94"/>
     </row>
     <row r="95" spans="1:8">
       <c r="A95" t="s">
-        <v>137</v>
+        <v>217</v>
       </c>
       <c r="B95" t="s">
-        <v>138</v>
+        <v>218</v>
       </c>
       <c r="C95" t="s">
-        <v>25</v>
+        <v>17</v>
       </c>
       <c r="D95" t="s">
-        <v>26</v>
+        <v>18</v>
       </c>
       <c r="E95" t="s">
-        <v>27</v>
+        <v>12</v>
       </c>
       <c r="F95">
-        <v>2017</v>
+        <v>2010</v>
       </c>
       <c r="G95"/>
-      <c r="H95" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H95"/>
     </row>
     <row r="96" spans="1:8">
       <c r="A96" t="s">
-        <v>139</v>
+        <v>219</v>
       </c>
       <c r="B96" t="s">
-        <v>140</v>
-[...3 lines deleted...]
-      </c>
+        <v>220</v>
+      </c>
+      <c r="C96"/>
       <c r="D96" t="s">
-        <v>26</v>
+        <v>21</v>
       </c>
       <c r="E96" t="s">
-        <v>27</v>
+        <v>22</v>
       </c>
       <c r="F96">
-        <v>2017</v>
+        <v>2009</v>
       </c>
       <c r="G96"/>
       <c r="H96" t="s">
-        <v>141</v>
+        <v>196</v>
       </c>
     </row>
     <row r="97" spans="1:8">
       <c r="A97" t="s">
-        <v>142</v>
+        <v>221</v>
       </c>
       <c r="B97" t="s">
-        <v>143</v>
+        <v>222</v>
       </c>
       <c r="C97" t="s">
-        <v>25</v>
+        <v>10</v>
       </c>
       <c r="D97" t="s">
-        <v>26</v>
+        <v>18</v>
       </c>
       <c r="E97" t="s">
-        <v>27</v>
+        <v>12</v>
       </c>
       <c r="F97">
-        <v>2017</v>
+        <v>2009</v>
       </c>
       <c r="G97"/>
       <c r="H97" t="s">
-        <v>54</v>
+        <v>66</v>
       </c>
     </row>
     <row r="98" spans="1:8">
       <c r="A98" t="s">
-        <v>144</v>
+        <v>223</v>
       </c>
       <c r="B98" t="s">
-        <v>145</v>
-[...3 lines deleted...]
-      </c>
+        <v>224</v>
+      </c>
+      <c r="C98"/>
       <c r="D98" t="s">
-        <v>26</v>
+        <v>21</v>
       </c>
       <c r="E98" t="s">
-        <v>27</v>
+        <v>22</v>
       </c>
       <c r="F98">
-        <v>2017</v>
+        <v>2008</v>
       </c>
       <c r="G98"/>
       <c r="H98" t="s">
-        <v>35</v>
+        <v>225</v>
       </c>
     </row>
     <row r="99" spans="1:8">
       <c r="A99" t="s">
-        <v>146</v>
+        <v>226</v>
       </c>
       <c r="B99" t="s">
-        <v>147</v>
+        <v>227</v>
       </c>
       <c r="C99" t="s">
-        <v>49</v>
+        <v>86</v>
       </c>
       <c r="D99" t="s">
-        <v>26</v>
+        <v>18</v>
       </c>
       <c r="E99" t="s">
-        <v>27</v>
+        <v>12</v>
       </c>
       <c r="F99">
-        <v>2017</v>
+        <v>2008</v>
       </c>
       <c r="G99"/>
       <c r="H99" t="s">
-        <v>28</v>
+        <v>58</v>
       </c>
     </row>
     <row r="100" spans="1:8">
       <c r="A100" t="s">
-        <v>146</v>
+        <v>228</v>
       </c>
       <c r="B100" t="s">
-        <v>147</v>
+        <v>229</v>
       </c>
       <c r="C100" t="s">
-        <v>49</v>
+        <v>17</v>
       </c>
       <c r="D100" t="s">
-        <v>26</v>
+        <v>18</v>
       </c>
       <c r="E100" t="s">
-        <v>27</v>
+        <v>12</v>
       </c>
       <c r="F100">
-        <v>2017</v>
+        <v>2008</v>
       </c>
       <c r="G100"/>
-      <c r="H100" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H100"/>
     </row>
     <row r="101" spans="1:8">
       <c r="A101" t="s">
-        <v>149</v>
+        <v>230</v>
       </c>
       <c r="B101" t="s">
-        <v>150</v>
+        <v>231</v>
       </c>
       <c r="C101" t="s">
-        <v>25</v>
+        <v>17</v>
       </c>
       <c r="D101" t="s">
-        <v>26</v>
+        <v>18</v>
       </c>
       <c r="E101" t="s">
-        <v>27</v>
+        <v>12</v>
       </c>
       <c r="F101">
-        <v>2016</v>
+        <v>2008</v>
       </c>
       <c r="G101"/>
-      <c r="H101" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H101"/>
     </row>
     <row r="102" spans="1:8">
       <c r="A102" t="s">
-        <v>151</v>
+        <v>232</v>
       </c>
       <c r="B102" t="s">
-        <v>152</v>
+        <v>233</v>
       </c>
       <c r="C102" t="s">
-        <v>49</v>
+        <v>17</v>
       </c>
       <c r="D102" t="s">
-        <v>26</v>
+        <v>18</v>
       </c>
       <c r="E102" t="s">
-        <v>27</v>
+        <v>12</v>
       </c>
       <c r="F102">
-        <v>2016</v>
+        <v>2008</v>
       </c>
       <c r="G102"/>
-      <c r="H102" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H102"/>
     </row>
     <row r="103" spans="1:8">
       <c r="A103" t="s">
-        <v>153</v>
+        <v>234</v>
       </c>
       <c r="B103" t="s">
-        <v>154</v>
+        <v>235</v>
       </c>
       <c r="C103" t="s">
-        <v>25</v>
+        <v>17</v>
       </c>
       <c r="D103" t="s">
-        <v>26</v>
+        <v>18</v>
       </c>
       <c r="E103" t="s">
-        <v>27</v>
+        <v>12</v>
       </c>
       <c r="F103">
-        <v>2016</v>
+        <v>2008</v>
       </c>
       <c r="G103"/>
-      <c r="H103" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H103"/>
     </row>
     <row r="104" spans="1:8">
       <c r="A104" t="s">
-        <v>155</v>
+        <v>236</v>
       </c>
       <c r="B104" t="s">
-        <v>156</v>
+        <v>237</v>
       </c>
       <c r="C104" t="s">
-        <v>25</v>
+        <v>17</v>
       </c>
       <c r="D104" t="s">
-        <v>26</v>
+        <v>18</v>
       </c>
       <c r="E104" t="s">
-        <v>27</v>
+        <v>12</v>
       </c>
       <c r="F104">
-        <v>2016</v>
+        <v>2008</v>
       </c>
       <c r="G104"/>
-      <c r="H104" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H104"/>
     </row>
     <row r="105" spans="1:8">
       <c r="A105" t="s">
-        <v>157</v>
+        <v>238</v>
       </c>
       <c r="B105" t="s">
-        <v>158</v>
+        <v>239</v>
       </c>
       <c r="C105" t="s">
-        <v>25</v>
+        <v>17</v>
       </c>
       <c r="D105" t="s">
-        <v>26</v>
+        <v>18</v>
       </c>
       <c r="E105" t="s">
-        <v>27</v>
+        <v>12</v>
       </c>
       <c r="F105">
-        <v>2016</v>
+        <v>2008</v>
       </c>
       <c r="G105"/>
-      <c r="H105" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H105"/>
     </row>
     <row r="106" spans="1:8">
       <c r="A106" t="s">
-        <v>159</v>
+        <v>240</v>
       </c>
       <c r="B106" t="s">
-        <v>160</v>
-[...3 lines deleted...]
-      </c>
+        <v>241</v>
+      </c>
+      <c r="C106"/>
       <c r="D106" t="s">
-        <v>26</v>
+        <v>189</v>
       </c>
       <c r="E106" t="s">
-        <v>27</v>
+        <v>22</v>
       </c>
       <c r="F106">
-        <v>2016</v>
-[...4 lines deleted...]
-      </c>
+        <v>2007</v>
+      </c>
+      <c r="G106" t="s">
+        <v>13</v>
+      </c>
+      <c r="H106"/>
     </row>
     <row r="107" spans="1:8">
       <c r="A107" t="s">
-        <v>162</v>
+        <v>242</v>
       </c>
       <c r="B107" t="s">
-        <v>163</v>
-[...3 lines deleted...]
-      </c>
+        <v>243</v>
+      </c>
+      <c r="C107"/>
       <c r="D107" t="s">
-        <v>26</v>
+        <v>21</v>
       </c>
       <c r="E107" t="s">
-        <v>27</v>
+        <v>22</v>
       </c>
       <c r="F107">
-        <v>2016</v>
+        <v>2007</v>
       </c>
       <c r="G107"/>
-      <c r="H107"/>
+      <c r="H107" t="s">
+        <v>87</v>
+      </c>
     </row>
     <row r="108" spans="1:8">
       <c r="A108" t="s">
-        <v>164</v>
+        <v>244</v>
       </c>
       <c r="B108" t="s">
-        <v>165</v>
-[...3 lines deleted...]
-      </c>
+        <v>245</v>
+      </c>
+      <c r="C108"/>
       <c r="D108" t="s">
-        <v>26</v>
+        <v>21</v>
       </c>
       <c r="E108" t="s">
-        <v>27</v>
+        <v>22</v>
       </c>
       <c r="F108">
-        <v>2016</v>
+        <v>2007</v>
       </c>
       <c r="G108"/>
       <c r="H108" t="s">
-        <v>12</v>
+        <v>58</v>
       </c>
     </row>
     <row r="109" spans="1:8">
       <c r="A109" t="s">
-        <v>166</v>
+        <v>246</v>
       </c>
       <c r="B109" t="s">
-        <v>167</v>
+        <v>247</v>
       </c>
       <c r="C109" t="s">
-        <v>25</v>
+        <v>17</v>
       </c>
       <c r="D109" t="s">
-        <v>26</v>
+        <v>18</v>
       </c>
       <c r="E109" t="s">
-        <v>27</v>
+        <v>12</v>
       </c>
       <c r="F109">
-        <v>2015</v>
+        <v>2007</v>
       </c>
       <c r="G109"/>
       <c r="H109" t="s">
-        <v>72</v>
+        <v>248</v>
       </c>
     </row>
     <row r="110" spans="1:8">
       <c r="A110" t="s">
-        <v>168</v>
+        <v>249</v>
       </c>
       <c r="B110" t="s">
-        <v>169</v>
+        <v>250</v>
       </c>
       <c r="C110" t="s">
-        <v>25</v>
+        <v>251</v>
       </c>
       <c r="D110" t="s">
-        <v>26</v>
+        <v>18</v>
       </c>
       <c r="E110" t="s">
-        <v>27</v>
+        <v>12</v>
       </c>
       <c r="F110">
-        <v>2015</v>
+        <v>2007</v>
       </c>
       <c r="G110"/>
-      <c r="H110" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H110"/>
     </row>
     <row r="111" spans="1:8">
       <c r="A111" t="s">
-        <v>170</v>
+        <v>252</v>
       </c>
       <c r="B111" t="s">
-        <v>171</v>
+        <v>253</v>
       </c>
       <c r="C111" t="s">
-        <v>49</v>
+        <v>17</v>
       </c>
       <c r="D111" t="s">
-        <v>26</v>
+        <v>18</v>
       </c>
       <c r="E111" t="s">
-        <v>27</v>
+        <v>12</v>
       </c>
       <c r="F111">
-        <v>2015</v>
+        <v>2007</v>
       </c>
       <c r="G111"/>
-      <c r="H111" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H111"/>
     </row>
     <row r="112" spans="1:8">
       <c r="A112" t="s">
-        <v>172</v>
+        <v>254</v>
       </c>
       <c r="B112" t="s">
-        <v>173</v>
+        <v>255</v>
       </c>
       <c r="C112" t="s">
-        <v>49</v>
+        <v>17</v>
       </c>
       <c r="D112" t="s">
-        <v>26</v>
+        <v>18</v>
       </c>
       <c r="E112" t="s">
-        <v>27</v>
+        <v>12</v>
       </c>
       <c r="F112">
-        <v>2015</v>
+        <v>2007</v>
       </c>
       <c r="G112"/>
-      <c r="H112" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H112"/>
     </row>
     <row r="113" spans="1:8">
       <c r="A113" t="s">
-        <v>174</v>
+        <v>256</v>
       </c>
       <c r="B113" t="s">
-        <v>175</v>
+        <v>257</v>
       </c>
       <c r="C113" t="s">
-        <v>49</v>
+        <v>17</v>
       </c>
       <c r="D113" t="s">
-        <v>26</v>
+        <v>18</v>
       </c>
       <c r="E113" t="s">
-        <v>27</v>
+        <v>12</v>
       </c>
       <c r="F113">
-        <v>2015</v>
+        <v>2007</v>
       </c>
       <c r="G113"/>
-      <c r="H113" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H113"/>
     </row>
     <row r="114" spans="1:8">
       <c r="A114" t="s">
-        <v>176</v>
+        <v>258</v>
       </c>
       <c r="B114" t="s">
-        <v>177</v>
+        <v>259</v>
       </c>
       <c r="C114" t="s">
-        <v>46</v>
+        <v>17</v>
       </c>
       <c r="D114" t="s">
-        <v>26</v>
+        <v>18</v>
       </c>
       <c r="E114" t="s">
-        <v>27</v>
+        <v>12</v>
       </c>
       <c r="F114">
-        <v>2015</v>
+        <v>2007</v>
       </c>
       <c r="G114"/>
-      <c r="H114" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H114"/>
     </row>
     <row r="115" spans="1:8">
       <c r="A115" t="s">
-        <v>178</v>
+        <v>260</v>
       </c>
       <c r="B115" t="s">
-        <v>179</v>
+        <v>261</v>
       </c>
       <c r="C115" t="s">
-        <v>25</v>
+        <v>17</v>
       </c>
       <c r="D115" t="s">
-        <v>26</v>
+        <v>18</v>
       </c>
       <c r="E115" t="s">
-        <v>27</v>
+        <v>12</v>
       </c>
       <c r="F115">
-        <v>2015</v>
+        <v>2007</v>
       </c>
       <c r="G115"/>
-      <c r="H115" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H115"/>
     </row>
     <row r="116" spans="1:8">
       <c r="A116" t="s">
-        <v>180</v>
+        <v>262</v>
       </c>
       <c r="B116" t="s">
-        <v>181</v>
+        <v>263</v>
       </c>
       <c r="C116" t="s">
-        <v>25</v>
+        <v>17</v>
       </c>
       <c r="D116" t="s">
-        <v>26</v>
+        <v>18</v>
       </c>
       <c r="E116" t="s">
-        <v>27</v>
+        <v>12</v>
       </c>
       <c r="F116">
-        <v>2015</v>
+        <v>2007</v>
       </c>
       <c r="G116"/>
-      <c r="H116" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H116"/>
     </row>
     <row r="117" spans="1:8">
       <c r="A117" t="s">
-        <v>182</v>
+        <v>264</v>
       </c>
       <c r="B117" t="s">
-        <v>183</v>
+        <v>265</v>
       </c>
       <c r="C117" t="s">
-        <v>25</v>
+        <v>17</v>
       </c>
       <c r="D117" t="s">
-        <v>26</v>
+        <v>18</v>
       </c>
       <c r="E117" t="s">
-        <v>27</v>
+        <v>12</v>
       </c>
       <c r="F117">
-        <v>2015</v>
+        <v>2007</v>
       </c>
       <c r="G117"/>
-      <c r="H117" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H117"/>
     </row>
     <row r="118" spans="1:8">
       <c r="A118" t="s">
-        <v>185</v>
+        <v>266</v>
       </c>
       <c r="B118" t="s">
-        <v>186</v>
+        <v>267</v>
       </c>
       <c r="C118" t="s">
-        <v>25</v>
+        <v>17</v>
       </c>
       <c r="D118" t="s">
-        <v>26</v>
+        <v>18</v>
       </c>
       <c r="E118" t="s">
-        <v>27</v>
+        <v>12</v>
       </c>
       <c r="F118">
-        <v>2015</v>
+        <v>2007</v>
       </c>
       <c r="G118"/>
-      <c r="H118" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H118"/>
     </row>
     <row r="119" spans="1:8">
       <c r="A119" t="s">
-        <v>187</v>
+        <v>268</v>
       </c>
       <c r="B119" t="s">
-        <v>188</v>
+        <v>269</v>
       </c>
       <c r="C119" t="s">
-        <v>25</v>
+        <v>17</v>
       </c>
       <c r="D119" t="s">
-        <v>26</v>
+        <v>18</v>
       </c>
       <c r="E119" t="s">
-        <v>27</v>
+        <v>12</v>
       </c>
       <c r="F119">
-        <v>2015</v>
+        <v>2007</v>
       </c>
       <c r="G119"/>
-      <c r="H119" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H119"/>
     </row>
     <row r="120" spans="1:8">
       <c r="A120" t="s">
-        <v>189</v>
+        <v>270</v>
       </c>
       <c r="B120" t="s">
-        <v>190</v>
+        <v>271</v>
       </c>
       <c r="C120" t="s">
-        <v>49</v>
+        <v>17</v>
       </c>
       <c r="D120" t="s">
-        <v>26</v>
+        <v>18</v>
       </c>
       <c r="E120" t="s">
-        <v>27</v>
+        <v>12</v>
       </c>
       <c r="F120">
-        <v>2015</v>
+        <v>2007</v>
       </c>
       <c r="G120"/>
-      <c r="H120" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H120"/>
     </row>
     <row r="121" spans="1:8">
       <c r="A121" t="s">
-        <v>191</v>
+        <v>272</v>
       </c>
       <c r="B121" t="s">
-        <v>192</v>
+        <v>273</v>
       </c>
       <c r="C121" t="s">
-        <v>49</v>
+        <v>17</v>
       </c>
       <c r="D121" t="s">
-        <v>26</v>
+        <v>18</v>
       </c>
       <c r="E121" t="s">
-        <v>27</v>
+        <v>12</v>
       </c>
       <c r="F121">
-        <v>2015</v>
+        <v>2007</v>
       </c>
       <c r="G121"/>
-      <c r="H121" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H121"/>
     </row>
     <row r="122" spans="1:8">
       <c r="A122" t="s">
-        <v>193</v>
+        <v>274</v>
       </c>
       <c r="B122" t="s">
-        <v>194</v>
+        <v>275</v>
       </c>
       <c r="C122" t="s">
-        <v>49</v>
+        <v>17</v>
       </c>
       <c r="D122" t="s">
-        <v>26</v>
+        <v>18</v>
       </c>
       <c r="E122" t="s">
-        <v>27</v>
+        <v>12</v>
       </c>
       <c r="F122">
-        <v>2015</v>
+        <v>2007</v>
       </c>
       <c r="G122"/>
       <c r="H122"/>
     </row>
     <row r="123" spans="1:8">
       <c r="A123" t="s">
-        <v>195</v>
+        <v>276</v>
       </c>
       <c r="B123" t="s">
-        <v>196</v>
+        <v>277</v>
       </c>
       <c r="C123" t="s">
-        <v>25</v>
+        <v>17</v>
       </c>
       <c r="D123" t="s">
-        <v>26</v>
+        <v>18</v>
       </c>
       <c r="E123" t="s">
-        <v>27</v>
+        <v>12</v>
       </c>
       <c r="F123">
-        <v>2014</v>
+        <v>2007</v>
       </c>
       <c r="G123"/>
-      <c r="H123" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H123"/>
     </row>
     <row r="124" spans="1:8">
       <c r="A124" t="s">
-        <v>197</v>
+        <v>278</v>
       </c>
       <c r="B124" t="s">
-        <v>198</v>
-[...3 lines deleted...]
-      </c>
+        <v>279</v>
+      </c>
+      <c r="C124"/>
       <c r="D124" t="s">
-        <v>26</v>
+        <v>21</v>
       </c>
       <c r="E124" t="s">
-        <v>27</v>
+        <v>22</v>
       </c>
       <c r="F124">
-        <v>2014</v>
+        <v>2006</v>
       </c>
       <c r="G124"/>
       <c r="H124" t="s">
-        <v>161</v>
+        <v>196</v>
       </c>
     </row>
     <row r="125" spans="1:8">
       <c r="A125" t="s">
-        <v>199</v>
+        <v>280</v>
       </c>
       <c r="B125" t="s">
-        <v>200</v>
-[...3 lines deleted...]
-      </c>
+        <v>281</v>
+      </c>
+      <c r="C125"/>
       <c r="D125" t="s">
-        <v>26</v>
+        <v>21</v>
       </c>
       <c r="E125" t="s">
-        <v>27</v>
+        <v>22</v>
       </c>
       <c r="F125">
-        <v>2014</v>
+        <v>2006</v>
       </c>
       <c r="G125"/>
       <c r="H125" t="s">
-        <v>161</v>
+        <v>87</v>
       </c>
     </row>
     <row r="126" spans="1:8">
       <c r="A126" t="s">
-        <v>201</v>
+        <v>282</v>
       </c>
       <c r="B126" t="s">
-        <v>202</v>
-[...3 lines deleted...]
-      </c>
+        <v>283</v>
+      </c>
+      <c r="C126"/>
       <c r="D126" t="s">
-        <v>26</v>
+        <v>21</v>
       </c>
       <c r="E126" t="s">
-        <v>27</v>
+        <v>22</v>
       </c>
       <c r="F126">
-        <v>2014</v>
+        <v>2006</v>
       </c>
       <c r="G126"/>
       <c r="H126" t="s">
-        <v>72</v>
+        <v>58</v>
       </c>
     </row>
     <row r="127" spans="1:8">
       <c r="A127" t="s">
-        <v>203</v>
+        <v>284</v>
       </c>
       <c r="B127" t="s">
-        <v>204</v>
+        <v>285</v>
       </c>
       <c r="C127" t="s">
-        <v>25</v>
+        <v>286</v>
       </c>
       <c r="D127" t="s">
-        <v>26</v>
+        <v>18</v>
       </c>
       <c r="E127" t="s">
-        <v>27</v>
+        <v>12</v>
       </c>
       <c r="F127">
-        <v>2014</v>
+        <v>2006</v>
       </c>
       <c r="G127"/>
-      <c r="H127" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H127"/>
     </row>
     <row r="128" spans="1:8">
       <c r="A128" t="s">
-        <v>205</v>
+        <v>287</v>
       </c>
       <c r="B128" t="s">
-        <v>206</v>
+        <v>288</v>
       </c>
       <c r="C128" t="s">
-        <v>25</v>
+        <v>17</v>
       </c>
       <c r="D128" t="s">
-        <v>26</v>
+        <v>18</v>
       </c>
       <c r="E128" t="s">
-        <v>27</v>
+        <v>12</v>
       </c>
       <c r="F128">
-        <v>2014</v>
+        <v>2006</v>
       </c>
       <c r="G128"/>
-      <c r="H128" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H128"/>
     </row>
     <row r="129" spans="1:8">
       <c r="A129" t="s">
-        <v>207</v>
+        <v>289</v>
       </c>
       <c r="B129" t="s">
-        <v>208</v>
+        <v>290</v>
       </c>
       <c r="C129" t="s">
-        <v>25</v>
+        <v>17</v>
       </c>
       <c r="D129" t="s">
-        <v>26</v>
+        <v>18</v>
       </c>
       <c r="E129" t="s">
-        <v>27</v>
+        <v>12</v>
       </c>
       <c r="F129">
-        <v>2014</v>
+        <v>2006</v>
       </c>
       <c r="G129"/>
-      <c r="H129" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H129"/>
     </row>
     <row r="130" spans="1:8">
       <c r="A130" t="s">
-        <v>209</v>
+        <v>291</v>
       </c>
       <c r="B130" t="s">
-        <v>210</v>
+        <v>292</v>
       </c>
       <c r="C130" t="s">
-        <v>25</v>
+        <v>17</v>
       </c>
       <c r="D130" t="s">
-        <v>26</v>
+        <v>18</v>
       </c>
       <c r="E130" t="s">
-        <v>27</v>
+        <v>12</v>
       </c>
       <c r="F130">
-        <v>2014</v>
+        <v>2006</v>
       </c>
       <c r="G130"/>
-      <c r="H130" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H130"/>
     </row>
     <row r="131" spans="1:8">
       <c r="A131" t="s">
-        <v>211</v>
+        <v>293</v>
       </c>
       <c r="B131" t="s">
-        <v>212</v>
+        <v>294</v>
       </c>
       <c r="C131" t="s">
-        <v>25</v>
+        <v>17</v>
       </c>
       <c r="D131" t="s">
-        <v>26</v>
+        <v>18</v>
       </c>
       <c r="E131" t="s">
-        <v>27</v>
+        <v>12</v>
       </c>
       <c r="F131">
-        <v>2014</v>
+        <v>2006</v>
       </c>
       <c r="G131"/>
-      <c r="H131" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H131"/>
     </row>
     <row r="132" spans="1:8">
       <c r="A132" t="s">
-        <v>213</v>
+        <v>295</v>
       </c>
       <c r="B132" t="s">
-        <v>214</v>
+        <v>296</v>
       </c>
       <c r="C132" t="s">
-        <v>25</v>
+        <v>17</v>
       </c>
       <c r="D132" t="s">
-        <v>26</v>
+        <v>18</v>
       </c>
       <c r="E132" t="s">
-        <v>27</v>
+        <v>12</v>
       </c>
       <c r="F132">
-        <v>2014</v>
+        <v>2006</v>
       </c>
       <c r="G132"/>
-      <c r="H132" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H132"/>
     </row>
     <row r="133" spans="1:8">
       <c r="A133" t="s">
-        <v>215</v>
+        <v>297</v>
       </c>
       <c r="B133" t="s">
-        <v>216</v>
+        <v>298</v>
       </c>
       <c r="C133" t="s">
-        <v>25</v>
+        <v>17</v>
       </c>
       <c r="D133" t="s">
-        <v>26</v>
+        <v>18</v>
       </c>
       <c r="E133" t="s">
-        <v>27</v>
+        <v>12</v>
       </c>
       <c r="F133">
-        <v>2014</v>
+        <v>2006</v>
       </c>
       <c r="G133"/>
-      <c r="H133" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H133"/>
     </row>
     <row r="134" spans="1:8">
       <c r="A134" t="s">
-        <v>217</v>
+        <v>299</v>
       </c>
       <c r="B134" t="s">
-        <v>218</v>
+        <v>300</v>
       </c>
       <c r="C134" t="s">
-        <v>25</v>
+        <v>17</v>
       </c>
       <c r="D134" t="s">
-        <v>26</v>
+        <v>18</v>
       </c>
       <c r="E134" t="s">
-        <v>27</v>
+        <v>12</v>
       </c>
       <c r="F134">
-        <v>2014</v>
+        <v>2006</v>
       </c>
       <c r="G134"/>
-      <c r="H134" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H134"/>
     </row>
     <row r="135" spans="1:8">
       <c r="A135" t="s">
-        <v>219</v>
+        <v>301</v>
       </c>
       <c r="B135" t="s">
-        <v>220</v>
+        <v>302</v>
       </c>
       <c r="C135" t="s">
-        <v>46</v>
+        <v>17</v>
       </c>
       <c r="D135" t="s">
-        <v>108</v>
+        <v>18</v>
       </c>
       <c r="E135" t="s">
-        <v>27</v>
+        <v>12</v>
       </c>
       <c r="F135">
-        <v>2013</v>
-[...3 lines deleted...]
-      </c>
+        <v>2006</v>
+      </c>
+      <c r="G135"/>
       <c r="H135"/>
     </row>
     <row r="136" spans="1:8">
       <c r="A136" t="s">
-        <v>221</v>
+        <v>303</v>
       </c>
       <c r="B136" t="s">
-        <v>222</v>
+        <v>304</v>
       </c>
       <c r="C136" t="s">
-        <v>25</v>
+        <v>17</v>
       </c>
       <c r="D136" t="s">
-        <v>26</v>
+        <v>18</v>
       </c>
       <c r="E136" t="s">
-        <v>27</v>
+        <v>12</v>
       </c>
       <c r="F136">
-        <v>2013</v>
+        <v>2006</v>
       </c>
       <c r="G136"/>
-      <c r="H136" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H136"/>
     </row>
     <row r="137" spans="1:8">
       <c r="A137" t="s">
-        <v>223</v>
+        <v>305</v>
       </c>
       <c r="B137" t="s">
-        <v>224</v>
+        <v>306</v>
       </c>
       <c r="C137" t="s">
-        <v>46</v>
+        <v>17</v>
       </c>
       <c r="D137" t="s">
-        <v>26</v>
+        <v>18</v>
       </c>
       <c r="E137" t="s">
-        <v>27</v>
+        <v>12</v>
       </c>
       <c r="F137">
-        <v>2013</v>
+        <v>2006</v>
       </c>
       <c r="G137"/>
-      <c r="H137" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H137"/>
     </row>
     <row r="138" spans="1:8">
       <c r="A138" t="s">
-        <v>225</v>
+        <v>307</v>
       </c>
       <c r="B138" t="s">
-        <v>226</v>
+        <v>308</v>
       </c>
       <c r="C138" t="s">
-        <v>25</v>
+        <v>17</v>
       </c>
       <c r="D138" t="s">
-        <v>26</v>
+        <v>18</v>
       </c>
       <c r="E138" t="s">
-        <v>27</v>
+        <v>12</v>
       </c>
       <c r="F138">
-        <v>2013</v>
+        <v>2006</v>
       </c>
       <c r="G138"/>
-      <c r="H138" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H138"/>
     </row>
     <row r="139" spans="1:8">
       <c r="A139" t="s">
-        <v>227</v>
+        <v>309</v>
       </c>
       <c r="B139" t="s">
-        <v>228</v>
+        <v>310</v>
       </c>
       <c r="C139" t="s">
-        <v>25</v>
+        <v>17</v>
       </c>
       <c r="D139" t="s">
-        <v>26</v>
+        <v>18</v>
       </c>
       <c r="E139" t="s">
-        <v>27</v>
+        <v>12</v>
       </c>
       <c r="F139">
-        <v>2012</v>
+        <v>2006</v>
       </c>
       <c r="G139"/>
-      <c r="H139" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H139"/>
     </row>
     <row r="140" spans="1:8">
       <c r="A140" t="s">
-        <v>229</v>
+        <v>311</v>
       </c>
       <c r="B140" t="s">
-        <v>230</v>
-[...1 lines deleted...]
-      <c r="C140"/>
+        <v>312</v>
+      </c>
+      <c r="C140" t="s">
+        <v>17</v>
+      </c>
       <c r="D140" t="s">
-        <v>15</v>
+        <v>18</v>
       </c>
       <c r="E140" t="s">
-        <v>16</v>
+        <v>12</v>
       </c>
       <c r="F140">
-        <v>2011</v>
+        <v>2006</v>
       </c>
       <c r="G140"/>
-      <c r="H140" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H140"/>
     </row>
     <row r="141" spans="1:8">
       <c r="A141" t="s">
-        <v>231</v>
+        <v>313</v>
       </c>
       <c r="B141" t="s">
-        <v>232</v>
-[...1 lines deleted...]
-      <c r="C141"/>
+        <v>314</v>
+      </c>
+      <c r="C141" t="s">
+        <v>17</v>
+      </c>
       <c r="D141" t="s">
-        <v>15</v>
+        <v>18</v>
       </c>
       <c r="E141" t="s">
-        <v>16</v>
+        <v>12</v>
       </c>
       <c r="F141">
-        <v>2011</v>
+        <v>2006</v>
       </c>
       <c r="G141"/>
-      <c r="H141" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H141"/>
     </row>
     <row r="142" spans="1:8">
       <c r="A142" t="s">
-        <v>233</v>
+        <v>315</v>
       </c>
       <c r="B142" t="s">
-        <v>234</v>
+        <v>316</v>
       </c>
       <c r="C142" t="s">
-        <v>107</v>
+        <v>17</v>
       </c>
       <c r="D142" t="s">
-        <v>108</v>
+        <v>18</v>
       </c>
       <c r="E142" t="s">
-        <v>27</v>
+        <v>12</v>
       </c>
       <c r="F142">
-        <v>2011</v>
-[...3 lines deleted...]
-      </c>
+        <v>2006</v>
+      </c>
+      <c r="G142"/>
       <c r="H142"/>
     </row>
     <row r="143" spans="1:8">
       <c r="A143" t="s">
-        <v>235</v>
+        <v>317</v>
       </c>
       <c r="B143" t="s">
-        <v>236</v>
+        <v>318</v>
       </c>
       <c r="C143" t="s">
-        <v>49</v>
+        <v>17</v>
       </c>
       <c r="D143" t="s">
-        <v>26</v>
+        <v>18</v>
       </c>
       <c r="E143" t="s">
-        <v>27</v>
+        <v>12</v>
       </c>
       <c r="F143">
-        <v>2011</v>
+        <v>2006</v>
       </c>
       <c r="G143"/>
-      <c r="H143" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H143"/>
     </row>
     <row r="144" spans="1:8">
       <c r="A144" t="s">
-        <v>237</v>
+        <v>319</v>
       </c>
       <c r="B144" t="s">
-        <v>238</v>
+        <v>320</v>
       </c>
       <c r="C144" t="s">
-        <v>25</v>
+        <v>86</v>
       </c>
       <c r="D144" t="s">
-        <v>26</v>
+        <v>18</v>
       </c>
       <c r="E144" t="s">
-        <v>27</v>
+        <v>12</v>
       </c>
       <c r="F144">
-        <v>2011</v>
+        <v>2005</v>
       </c>
       <c r="G144"/>
       <c r="H144" t="s">
-        <v>53</v>
+        <v>58</v>
       </c>
     </row>
     <row r="145" spans="1:8">
       <c r="A145" t="s">
-        <v>239</v>
+        <v>321</v>
       </c>
       <c r="B145" t="s">
-        <v>240</v>
+        <v>322</v>
       </c>
       <c r="C145" t="s">
-        <v>25</v>
+        <v>86</v>
       </c>
       <c r="D145" t="s">
-        <v>26</v>
+        <v>18</v>
       </c>
       <c r="E145" t="s">
-        <v>27</v>
+        <v>12</v>
       </c>
       <c r="F145">
-        <v>2011</v>
+        <v>2005</v>
       </c>
       <c r="G145"/>
       <c r="H145" t="s">
-        <v>12</v>
+        <v>58</v>
       </c>
     </row>
     <row r="146" spans="1:8">
       <c r="A146" t="s">
-        <v>241</v>
+        <v>323</v>
       </c>
       <c r="B146" t="s">
-        <v>242</v>
+        <v>324</v>
       </c>
       <c r="C146" t="s">
-        <v>46</v>
+        <v>86</v>
       </c>
       <c r="D146" t="s">
-        <v>26</v>
+        <v>18</v>
       </c>
       <c r="E146" t="s">
-        <v>27</v>
+        <v>12</v>
       </c>
       <c r="F146">
-        <v>2011</v>
+        <v>2005</v>
       </c>
       <c r="G146"/>
       <c r="H146" t="s">
-        <v>12</v>
+        <v>58</v>
       </c>
     </row>
     <row r="147" spans="1:8">
       <c r="A147" t="s">
-        <v>243</v>
+        <v>325</v>
       </c>
       <c r="B147" t="s">
-        <v>244</v>
+        <v>326</v>
       </c>
       <c r="C147" t="s">
-        <v>25</v>
+        <v>17</v>
       </c>
       <c r="D147" t="s">
-        <v>26</v>
+        <v>18</v>
       </c>
       <c r="E147" t="s">
-        <v>27</v>
+        <v>12</v>
       </c>
       <c r="F147">
-        <v>2011</v>
+        <v>2005</v>
       </c>
       <c r="G147"/>
       <c r="H147" t="s">
-        <v>12</v>
+        <v>58</v>
       </c>
     </row>
     <row r="148" spans="1:8">
       <c r="A148" t="s">
-        <v>245</v>
+        <v>327</v>
       </c>
       <c r="B148" t="s">
-        <v>246</v>
+        <v>328</v>
       </c>
       <c r="C148" t="s">
-        <v>25</v>
+        <v>17</v>
       </c>
       <c r="D148" t="s">
-        <v>26</v>
+        <v>18</v>
       </c>
       <c r="E148" t="s">
-        <v>27</v>
+        <v>12</v>
       </c>
       <c r="F148">
-        <v>2011</v>
+        <v>2005</v>
       </c>
       <c r="G148"/>
       <c r="H148" t="s">
-        <v>184</v>
+        <v>58</v>
       </c>
     </row>
     <row r="149" spans="1:8">
       <c r="A149" t="s">
-        <v>247</v>
+        <v>329</v>
       </c>
       <c r="B149" t="s">
-        <v>248</v>
-[...1 lines deleted...]
-      <c r="C149"/>
+        <v>330</v>
+      </c>
+      <c r="C149" t="s">
+        <v>17</v>
+      </c>
       <c r="D149" t="s">
-        <v>70</v>
+        <v>18</v>
       </c>
       <c r="E149" t="s">
-        <v>16</v>
+        <v>12</v>
       </c>
       <c r="F149">
-        <v>2010</v>
-[...4 lines deleted...]
-      <c r="H149"/>
+        <v>2005</v>
+      </c>
+      <c r="G149"/>
+      <c r="H149" t="s">
+        <v>58</v>
+      </c>
     </row>
     <row r="150" spans="1:8">
       <c r="A150" t="s">
-        <v>249</v>
+        <v>331</v>
       </c>
       <c r="B150" t="s">
-        <v>250</v>
-[...1 lines deleted...]
-      <c r="C150"/>
+        <v>332</v>
+      </c>
+      <c r="C150" t="s">
+        <v>86</v>
+      </c>
       <c r="D150" t="s">
-        <v>15</v>
+        <v>18</v>
       </c>
       <c r="E150" t="s">
-        <v>16</v>
+        <v>12</v>
       </c>
       <c r="F150">
-        <v>2010</v>
+        <v>2005</v>
       </c>
       <c r="G150"/>
       <c r="H150" t="s">
-        <v>12</v>
+        <v>66</v>
       </c>
     </row>
     <row r="151" spans="1:8">
       <c r="A151" t="s">
-        <v>251</v>
+        <v>333</v>
       </c>
       <c r="B151" t="s">
-        <v>252</v>
-[...1 lines deleted...]
-      <c r="C151"/>
+        <v>334</v>
+      </c>
+      <c r="C151" t="s">
+        <v>86</v>
+      </c>
       <c r="D151" t="s">
-        <v>15</v>
+        <v>18</v>
       </c>
       <c r="E151" t="s">
-        <v>16</v>
+        <v>12</v>
       </c>
       <c r="F151">
-        <v>2010</v>
+        <v>2005</v>
       </c>
       <c r="G151"/>
       <c r="H151" t="s">
-        <v>12</v>
+        <v>66</v>
       </c>
     </row>
     <row r="152" spans="1:8">
       <c r="A152" t="s">
-        <v>253</v>
+        <v>335</v>
       </c>
       <c r="B152" t="s">
-        <v>254</v>
+        <v>336</v>
       </c>
       <c r="C152" t="s">
-        <v>25</v>
+        <v>17</v>
       </c>
       <c r="D152" t="s">
-        <v>26</v>
+        <v>18</v>
       </c>
       <c r="E152" t="s">
-        <v>27</v>
+        <v>12</v>
       </c>
       <c r="F152">
-        <v>2010</v>
+        <v>2005</v>
       </c>
       <c r="G152"/>
-      <c r="H152" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H152"/>
     </row>
     <row r="153" spans="1:8">
       <c r="A153" t="s">
-        <v>255</v>
+        <v>337</v>
       </c>
       <c r="B153" t="s">
-        <v>256</v>
+        <v>338</v>
       </c>
       <c r="C153" t="s">
-        <v>25</v>
+        <v>17</v>
       </c>
       <c r="D153" t="s">
-        <v>26</v>
+        <v>18</v>
       </c>
       <c r="E153" t="s">
-        <v>27</v>
+        <v>12</v>
       </c>
       <c r="F153">
-        <v>2010</v>
+        <v>2005</v>
       </c>
       <c r="G153"/>
-      <c r="H153" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H153"/>
     </row>
     <row r="154" spans="1:8">
       <c r="A154" t="s">
-        <v>257</v>
+        <v>339</v>
       </c>
       <c r="B154" t="s">
-        <v>258</v>
+        <v>340</v>
       </c>
       <c r="C154" t="s">
-        <v>46</v>
+        <v>17</v>
       </c>
       <c r="D154" t="s">
-        <v>26</v>
+        <v>18</v>
       </c>
       <c r="E154" t="s">
-        <v>27</v>
+        <v>12</v>
       </c>
       <c r="F154">
-        <v>2010</v>
+        <v>2005</v>
       </c>
       <c r="G154"/>
-      <c r="H154" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H154"/>
     </row>
     <row r="155" spans="1:8">
       <c r="A155" t="s">
-        <v>259</v>
+        <v>341</v>
       </c>
       <c r="B155" t="s">
-        <v>260</v>
+        <v>342</v>
       </c>
       <c r="C155" t="s">
-        <v>46</v>
+        <v>17</v>
       </c>
       <c r="D155" t="s">
-        <v>26</v>
+        <v>18</v>
       </c>
       <c r="E155" t="s">
-        <v>27</v>
+        <v>12</v>
       </c>
       <c r="F155">
-        <v>2010</v>
+        <v>2005</v>
       </c>
       <c r="G155"/>
-      <c r="H155" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H155"/>
     </row>
     <row r="156" spans="1:8">
       <c r="A156" t="s">
-        <v>261</v>
+        <v>343</v>
       </c>
       <c r="B156" t="s">
-        <v>262</v>
+        <v>344</v>
       </c>
       <c r="C156" t="s">
-        <v>46</v>
+        <v>17</v>
       </c>
       <c r="D156" t="s">
-        <v>26</v>
+        <v>18</v>
       </c>
       <c r="E156" t="s">
-        <v>27</v>
+        <v>12</v>
       </c>
       <c r="F156">
-        <v>2010</v>
+        <v>2005</v>
       </c>
       <c r="G156"/>
-      <c r="H156" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H156"/>
     </row>
     <row r="157" spans="1:8">
       <c r="A157" t="s">
-        <v>263</v>
+        <v>345</v>
       </c>
       <c r="B157" t="s">
-        <v>264</v>
+        <v>346</v>
       </c>
       <c r="C157" t="s">
-        <v>46</v>
+        <v>17</v>
       </c>
       <c r="D157" t="s">
-        <v>26</v>
+        <v>18</v>
       </c>
       <c r="E157" t="s">
-        <v>27</v>
+        <v>12</v>
       </c>
       <c r="F157">
-        <v>2010</v>
+        <v>2005</v>
       </c>
       <c r="G157"/>
-      <c r="H157" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H157"/>
     </row>
     <row r="158" spans="1:8">
       <c r="A158" t="s">
-        <v>265</v>
+        <v>347</v>
       </c>
       <c r="B158" t="s">
-        <v>266</v>
+        <v>348</v>
       </c>
       <c r="C158" t="s">
-        <v>25</v>
+        <v>17</v>
       </c>
       <c r="D158" t="s">
-        <v>26</v>
+        <v>18</v>
       </c>
       <c r="E158" t="s">
-        <v>27</v>
+        <v>12</v>
       </c>
       <c r="F158">
-        <v>2010</v>
+        <v>2005</v>
       </c>
       <c r="G158"/>
-      <c r="H158" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H158"/>
     </row>
     <row r="159" spans="1:8">
       <c r="A159" t="s">
-        <v>267</v>
+        <v>349</v>
       </c>
       <c r="B159" t="s">
-        <v>268</v>
+        <v>350</v>
       </c>
       <c r="C159" t="s">
-        <v>25</v>
+        <v>17</v>
       </c>
       <c r="D159" t="s">
-        <v>26</v>
+        <v>18</v>
       </c>
       <c r="E159" t="s">
-        <v>27</v>
+        <v>12</v>
       </c>
       <c r="F159">
-        <v>2010</v>
+        <v>2005</v>
       </c>
       <c r="G159"/>
-      <c r="H159" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H159"/>
     </row>
     <row r="160" spans="1:8">
       <c r="A160" t="s">
-        <v>269</v>
+        <v>351</v>
       </c>
       <c r="B160" t="s">
-        <v>270</v>
+        <v>352</v>
       </c>
       <c r="C160" t="s">
-        <v>25</v>
+        <v>17</v>
       </c>
       <c r="D160" t="s">
-        <v>26</v>
+        <v>18</v>
       </c>
       <c r="E160" t="s">
-        <v>27</v>
+        <v>12</v>
       </c>
       <c r="F160">
-        <v>2010</v>
+        <v>2005</v>
       </c>
       <c r="G160"/>
-      <c r="H160" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H160"/>
     </row>
     <row r="161" spans="1:8">
       <c r="A161" t="s">
-        <v>271</v>
+        <v>353</v>
       </c>
       <c r="B161" t="s">
-        <v>272</v>
+        <v>354</v>
       </c>
       <c r="C161" t="s">
-        <v>25</v>
+        <v>17</v>
       </c>
       <c r="D161" t="s">
-        <v>26</v>
+        <v>18</v>
       </c>
       <c r="E161" t="s">
-        <v>27</v>
+        <v>12</v>
       </c>
       <c r="F161">
-        <v>2010</v>
+        <v>2005</v>
       </c>
       <c r="G161"/>
-      <c r="H161" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H161"/>
     </row>
     <row r="162" spans="1:8">
       <c r="A162" t="s">
-        <v>273</v>
+        <v>355</v>
       </c>
       <c r="B162" t="s">
-        <v>274</v>
+        <v>356</v>
       </c>
       <c r="C162" t="s">
-        <v>25</v>
+        <v>17</v>
       </c>
       <c r="D162" t="s">
-        <v>26</v>
+        <v>18</v>
       </c>
       <c r="E162" t="s">
-        <v>27</v>
+        <v>12</v>
       </c>
       <c r="F162">
-        <v>2010</v>
+        <v>2005</v>
       </c>
       <c r="G162"/>
-      <c r="H162" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H162"/>
     </row>
     <row r="163" spans="1:8">
       <c r="A163" t="s">
-        <v>275</v>
+        <v>357</v>
       </c>
       <c r="B163" t="s">
-        <v>276</v>
+        <v>358</v>
       </c>
       <c r="C163" t="s">
-        <v>25</v>
+        <v>17</v>
       </c>
       <c r="D163" t="s">
-        <v>26</v>
+        <v>18</v>
       </c>
       <c r="E163" t="s">
-        <v>27</v>
+        <v>12</v>
       </c>
       <c r="F163">
-        <v>2010</v>
+        <v>2004</v>
       </c>
       <c r="G163"/>
       <c r="H163" t="s">
-        <v>35</v>
+        <v>66</v>
       </c>
     </row>
     <row r="164" spans="1:8">
       <c r="A164" t="s">
-        <v>277</v>
+        <v>359</v>
       </c>
       <c r="B164" t="s">
-        <v>278</v>
-[...1 lines deleted...]
-      <c r="C164"/>
+        <v>360</v>
+      </c>
+      <c r="C164" t="s">
+        <v>10</v>
+      </c>
       <c r="D164" t="s">
-        <v>15</v>
+        <v>18</v>
       </c>
       <c r="E164" t="s">
-        <v>16</v>
+        <v>12</v>
       </c>
       <c r="F164">
-        <v>2009</v>
+        <v>2004</v>
       </c>
       <c r="G164"/>
       <c r="H164" t="s">
-        <v>161</v>
+        <v>361</v>
       </c>
     </row>
     <row r="165" spans="1:8">
       <c r="A165" t="s">
-        <v>279</v>
+        <v>362</v>
       </c>
       <c r="B165" t="s">
-        <v>280</v>
+        <v>363</v>
       </c>
       <c r="C165" t="s">
-        <v>46</v>
+        <v>17</v>
       </c>
       <c r="D165" t="s">
-        <v>26</v>
+        <v>18</v>
       </c>
       <c r="E165" t="s">
-        <v>27</v>
+        <v>12</v>
       </c>
       <c r="F165">
-        <v>2009</v>
+        <v>2004</v>
       </c>
       <c r="G165"/>
       <c r="H165" t="s">
-        <v>12</v>
+        <v>176</v>
       </c>
     </row>
     <row r="166" spans="1:8">
       <c r="A166" t="s">
-        <v>281</v>
+        <v>364</v>
       </c>
       <c r="B166" t="s">
-        <v>282</v>
-[...1 lines deleted...]
-      <c r="C166"/>
+        <v>365</v>
+      </c>
+      <c r="C166" t="s">
+        <v>17</v>
+      </c>
       <c r="D166" t="s">
-        <v>15</v>
+        <v>18</v>
       </c>
       <c r="E166" t="s">
-        <v>16</v>
+        <v>12</v>
       </c>
       <c r="F166">
-        <v>2008</v>
+        <v>2004</v>
       </c>
       <c r="G166"/>
       <c r="H166" t="s">
-        <v>34</v>
+        <v>79</v>
       </c>
     </row>
     <row r="167" spans="1:8">
       <c r="A167" t="s">
-        <v>283</v>
+        <v>366</v>
       </c>
       <c r="B167" t="s">
-        <v>284</v>
+        <v>367</v>
       </c>
       <c r="C167" t="s">
-        <v>49</v>
+        <v>10</v>
       </c>
       <c r="D167" t="s">
-        <v>26</v>
+        <v>18</v>
       </c>
       <c r="E167" t="s">
-        <v>27</v>
+        <v>12</v>
       </c>
       <c r="F167">
-        <v>2008</v>
+        <v>2004</v>
       </c>
       <c r="G167"/>
       <c r="H167" t="s">
-        <v>72</v>
+        <v>66</v>
       </c>
     </row>
     <row r="168" spans="1:8">
       <c r="A168" t="s">
-        <v>285</v>
+        <v>368</v>
       </c>
       <c r="B168" t="s">
-        <v>286</v>
+        <v>369</v>
       </c>
       <c r="C168" t="s">
-        <v>25</v>
+        <v>17</v>
       </c>
       <c r="D168" t="s">
-        <v>26</v>
+        <v>18</v>
       </c>
       <c r="E168" t="s">
-        <v>27</v>
+        <v>12</v>
       </c>
       <c r="F168">
-        <v>2008</v>
+        <v>2004</v>
       </c>
       <c r="G168"/>
       <c r="H168" t="s">
-        <v>54</v>
+        <v>66</v>
       </c>
     </row>
     <row r="169" spans="1:8">
       <c r="A169" t="s">
-        <v>287</v>
+        <v>370</v>
       </c>
       <c r="B169" t="s">
-        <v>288</v>
+        <v>371</v>
       </c>
       <c r="C169" t="s">
-        <v>25</v>
+        <v>10</v>
       </c>
       <c r="D169" t="s">
-        <v>26</v>
+        <v>18</v>
       </c>
       <c r="E169" t="s">
-        <v>27</v>
+        <v>12</v>
       </c>
       <c r="F169">
-        <v>2008</v>
+        <v>2004</v>
       </c>
       <c r="G169"/>
-      <c r="H169" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H169"/>
     </row>
     <row r="170" spans="1:8">
       <c r="A170" t="s">
-        <v>289</v>
+        <v>372</v>
       </c>
       <c r="B170" t="s">
-        <v>290</v>
+        <v>373</v>
       </c>
       <c r="C170" t="s">
-        <v>25</v>
+        <v>10</v>
       </c>
       <c r="D170" t="s">
-        <v>26</v>
+        <v>18</v>
       </c>
       <c r="E170" t="s">
-        <v>27</v>
+        <v>12</v>
       </c>
       <c r="F170">
-        <v>2008</v>
+        <v>2004</v>
       </c>
       <c r="G170"/>
-      <c r="H170" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H170"/>
     </row>
     <row r="171" spans="1:8">
       <c r="A171" t="s">
-        <v>291</v>
+        <v>374</v>
       </c>
       <c r="B171" t="s">
-        <v>292</v>
+        <v>375</v>
       </c>
       <c r="C171" t="s">
-        <v>25</v>
+        <v>251</v>
       </c>
       <c r="D171" t="s">
-        <v>26</v>
+        <v>18</v>
       </c>
       <c r="E171" t="s">
-        <v>27</v>
+        <v>12</v>
       </c>
       <c r="F171">
-        <v>2008</v>
+        <v>2004</v>
       </c>
       <c r="G171"/>
-      <c r="H171" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H171"/>
     </row>
     <row r="172" spans="1:8">
       <c r="A172" t="s">
-        <v>293</v>
+        <v>376</v>
       </c>
       <c r="B172" t="s">
-        <v>294</v>
+        <v>377</v>
       </c>
       <c r="C172" t="s">
-        <v>25</v>
+        <v>17</v>
       </c>
       <c r="D172" t="s">
-        <v>26</v>
+        <v>18</v>
       </c>
       <c r="E172" t="s">
-        <v>27</v>
+        <v>12</v>
       </c>
       <c r="F172">
-        <v>2008</v>
+        <v>2004</v>
       </c>
       <c r="G172"/>
-      <c r="H172" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H172"/>
     </row>
     <row r="173" spans="1:8">
       <c r="A173" t="s">
-        <v>295</v>
+        <v>378</v>
       </c>
       <c r="B173" t="s">
-        <v>296</v>
+        <v>379</v>
       </c>
       <c r="C173" t="s">
-        <v>25</v>
+        <v>17</v>
       </c>
       <c r="D173" t="s">
-        <v>26</v>
+        <v>18</v>
       </c>
       <c r="E173" t="s">
-        <v>27</v>
+        <v>12</v>
       </c>
       <c r="F173">
-        <v>2008</v>
+        <v>2004</v>
       </c>
       <c r="G173"/>
-      <c r="H173" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H173"/>
     </row>
     <row r="174" spans="1:8">
       <c r="A174" t="s">
-        <v>297</v>
+        <v>380</v>
       </c>
       <c r="B174" t="s">
-        <v>298</v>
-[...1 lines deleted...]
-      <c r="C174"/>
+        <v>381</v>
+      </c>
+      <c r="C174" t="s">
+        <v>17</v>
+      </c>
       <c r="D174" t="s">
-        <v>70</v>
+        <v>18</v>
       </c>
       <c r="E174" t="s">
-        <v>16</v>
+        <v>12</v>
       </c>
       <c r="F174">
-        <v>2007</v>
-[...3 lines deleted...]
-      </c>
+        <v>2004</v>
+      </c>
+      <c r="G174"/>
       <c r="H174"/>
     </row>
     <row r="175" spans="1:8">
       <c r="A175" t="s">
-        <v>299</v>
+        <v>382</v>
       </c>
       <c r="B175" t="s">
-        <v>300</v>
-[...1 lines deleted...]
-      <c r="C175"/>
+        <v>383</v>
+      </c>
+      <c r="C175" t="s">
+        <v>17</v>
+      </c>
       <c r="D175" t="s">
-        <v>15</v>
+        <v>18</v>
       </c>
       <c r="E175" t="s">
-        <v>16</v>
+        <v>12</v>
       </c>
       <c r="F175">
-        <v>2007</v>
+        <v>2004</v>
       </c>
       <c r="G175"/>
-      <c r="H175" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H175"/>
     </row>
     <row r="176" spans="1:8">
       <c r="A176" t="s">
-        <v>301</v>
+        <v>384</v>
       </c>
       <c r="B176" t="s">
-        <v>302</v>
-[...1 lines deleted...]
-      <c r="C176"/>
+        <v>385</v>
+      </c>
+      <c r="C176" t="s">
+        <v>17</v>
+      </c>
       <c r="D176" t="s">
-        <v>15</v>
+        <v>18</v>
       </c>
       <c r="E176" t="s">
-        <v>16</v>
+        <v>12</v>
       </c>
       <c r="F176">
-        <v>2007</v>
+        <v>2004</v>
       </c>
       <c r="G176"/>
-      <c r="H176" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H176"/>
     </row>
     <row r="177" spans="1:8">
       <c r="A177" t="s">
-        <v>303</v>
+        <v>386</v>
       </c>
       <c r="B177" t="s">
-        <v>304</v>
+        <v>387</v>
       </c>
       <c r="C177" t="s">
-        <v>25</v>
+        <v>17</v>
       </c>
       <c r="D177" t="s">
-        <v>26</v>
+        <v>18</v>
       </c>
       <c r="E177" t="s">
-        <v>27</v>
+        <v>12</v>
       </c>
       <c r="F177">
-        <v>2007</v>
+        <v>2004</v>
       </c>
       <c r="G177"/>
-      <c r="H177" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H177"/>
     </row>
     <row r="178" spans="1:8">
       <c r="A178" t="s">
-        <v>305</v>
+        <v>388</v>
       </c>
       <c r="B178" t="s">
-        <v>306</v>
+        <v>389</v>
       </c>
       <c r="C178" t="s">
-        <v>38</v>
+        <v>17</v>
       </c>
       <c r="D178" t="s">
-        <v>26</v>
+        <v>18</v>
       </c>
       <c r="E178" t="s">
-        <v>27</v>
+        <v>12</v>
       </c>
       <c r="F178">
-        <v>2007</v>
+        <v>2004</v>
       </c>
       <c r="G178"/>
-      <c r="H178" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H178"/>
     </row>
     <row r="179" spans="1:8">
       <c r="A179" t="s">
-        <v>307</v>
+        <v>390</v>
       </c>
       <c r="B179" t="s">
-        <v>308</v>
-[...3 lines deleted...]
-      </c>
+        <v>391</v>
+      </c>
+      <c r="C179"/>
       <c r="D179" t="s">
-        <v>26</v>
+        <v>21</v>
       </c>
       <c r="E179" t="s">
-        <v>27</v>
+        <v>22</v>
       </c>
       <c r="F179">
-        <v>2007</v>
+        <v>2003</v>
       </c>
       <c r="G179"/>
       <c r="H179" t="s">
-        <v>54</v>
+        <v>87</v>
       </c>
     </row>
     <row r="180" spans="1:8">
       <c r="A180" t="s">
-        <v>309</v>
+        <v>392</v>
       </c>
       <c r="B180" t="s">
-        <v>310</v>
-[...3 lines deleted...]
-      </c>
+        <v>393</v>
+      </c>
+      <c r="C180"/>
       <c r="D180" t="s">
-        <v>26</v>
+        <v>21</v>
       </c>
       <c r="E180" t="s">
-        <v>27</v>
+        <v>22</v>
       </c>
       <c r="F180">
-        <v>2007</v>
+        <v>2003</v>
       </c>
       <c r="G180"/>
       <c r="H180" t="s">
-        <v>34</v>
+        <v>66</v>
       </c>
     </row>
     <row r="181" spans="1:8">
       <c r="A181" t="s">
-        <v>311</v>
+        <v>394</v>
       </c>
       <c r="B181" t="s">
-        <v>312</v>
+        <v>395</v>
       </c>
       <c r="C181" t="s">
-        <v>25</v>
+        <v>17</v>
       </c>
       <c r="D181" t="s">
-        <v>26</v>
+        <v>18</v>
       </c>
       <c r="E181" t="s">
-        <v>27</v>
+        <v>12</v>
       </c>
       <c r="F181">
-        <v>2007</v>
+        <v>2003</v>
       </c>
       <c r="G181"/>
       <c r="H181" t="s">
-        <v>34</v>
+        <v>66</v>
       </c>
     </row>
     <row r="182" spans="1:8">
       <c r="A182" t="s">
-        <v>313</v>
+        <v>396</v>
       </c>
       <c r="B182" t="s">
-        <v>314</v>
+        <v>397</v>
       </c>
       <c r="C182" t="s">
-        <v>25</v>
+        <v>86</v>
       </c>
       <c r="D182" t="s">
-        <v>26</v>
+        <v>18</v>
       </c>
       <c r="E182" t="s">
-        <v>27</v>
+        <v>12</v>
       </c>
       <c r="F182">
-        <v>2007</v>
+        <v>2003</v>
       </c>
       <c r="G182"/>
       <c r="H182" t="s">
-        <v>34</v>
+        <v>66</v>
       </c>
     </row>
     <row r="183" spans="1:8">
       <c r="A183" t="s">
-        <v>315</v>
+        <v>398</v>
       </c>
       <c r="B183" t="s">
-        <v>316</v>
+        <v>399</v>
       </c>
       <c r="C183" t="s">
-        <v>25</v>
+        <v>86</v>
       </c>
       <c r="D183" t="s">
-        <v>26</v>
+        <v>18</v>
       </c>
       <c r="E183" t="s">
-        <v>27</v>
+        <v>12</v>
       </c>
       <c r="F183">
-        <v>2007</v>
+        <v>2003</v>
       </c>
       <c r="G183"/>
       <c r="H183" t="s">
-        <v>34</v>
+        <v>66</v>
       </c>
     </row>
     <row r="184" spans="1:8">
       <c r="A184" t="s">
-        <v>317</v>
+        <v>400</v>
       </c>
       <c r="B184" t="s">
-        <v>318</v>
+        <v>401</v>
       </c>
       <c r="C184" t="s">
-        <v>25</v>
+        <v>17</v>
       </c>
       <c r="D184" t="s">
-        <v>26</v>
+        <v>18</v>
       </c>
       <c r="E184" t="s">
-        <v>27</v>
+        <v>12</v>
       </c>
       <c r="F184">
-        <v>2007</v>
+        <v>2003</v>
       </c>
       <c r="G184"/>
       <c r="H184" t="s">
-        <v>34</v>
+        <v>66</v>
       </c>
     </row>
     <row r="185" spans="1:8">
       <c r="A185" t="s">
-        <v>319</v>
+        <v>402</v>
       </c>
       <c r="B185" t="s">
-        <v>320</v>
+        <v>403</v>
       </c>
       <c r="C185" t="s">
-        <v>25</v>
+        <v>10</v>
       </c>
       <c r="D185" t="s">
-        <v>26</v>
+        <v>18</v>
       </c>
       <c r="E185" t="s">
-        <v>27</v>
+        <v>12</v>
       </c>
       <c r="F185">
-        <v>2007</v>
+        <v>2003</v>
       </c>
       <c r="G185"/>
-      <c r="H185" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H185"/>
     </row>
     <row r="186" spans="1:8">
       <c r="A186" t="s">
-        <v>321</v>
+        <v>404</v>
       </c>
       <c r="B186" t="s">
-        <v>322</v>
+        <v>405</v>
       </c>
       <c r="C186" t="s">
-        <v>25</v>
+        <v>17</v>
       </c>
       <c r="D186" t="s">
-        <v>26</v>
+        <v>18</v>
       </c>
       <c r="E186" t="s">
-        <v>27</v>
+        <v>12</v>
       </c>
       <c r="F186">
-        <v>2007</v>
+        <v>2003</v>
       </c>
       <c r="G186"/>
-      <c r="H186" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H186"/>
     </row>
     <row r="187" spans="1:8">
       <c r="A187" t="s">
-        <v>323</v>
+        <v>406</v>
       </c>
       <c r="B187" t="s">
-        <v>324</v>
+        <v>407</v>
       </c>
       <c r="C187" t="s">
-        <v>25</v>
+        <v>17</v>
       </c>
       <c r="D187" t="s">
-        <v>26</v>
+        <v>18</v>
       </c>
       <c r="E187" t="s">
-        <v>27</v>
+        <v>12</v>
       </c>
       <c r="F187">
-        <v>2007</v>
+        <v>2003</v>
       </c>
       <c r="G187"/>
-      <c r="H187" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H187"/>
     </row>
     <row r="188" spans="1:8">
       <c r="A188" t="s">
-        <v>325</v>
+        <v>408</v>
       </c>
       <c r="B188" t="s">
-        <v>326</v>
+        <v>409</v>
       </c>
       <c r="C188" t="s">
-        <v>25</v>
+        <v>17</v>
       </c>
       <c r="D188" t="s">
-        <v>26</v>
+        <v>18</v>
       </c>
       <c r="E188" t="s">
-        <v>27</v>
+        <v>12</v>
       </c>
       <c r="F188">
-        <v>2007</v>
+        <v>2003</v>
       </c>
       <c r="G188"/>
-      <c r="H188" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H188"/>
     </row>
     <row r="189" spans="1:8">
       <c r="A189" t="s">
-        <v>327</v>
+        <v>410</v>
       </c>
       <c r="B189" t="s">
-        <v>328</v>
+        <v>411</v>
       </c>
       <c r="C189" t="s">
-        <v>25</v>
+        <v>17</v>
       </c>
       <c r="D189" t="s">
-        <v>26</v>
+        <v>18</v>
       </c>
       <c r="E189" t="s">
-        <v>27</v>
+        <v>12</v>
       </c>
       <c r="F189">
-        <v>2007</v>
+        <v>2003</v>
       </c>
       <c r="G189"/>
-      <c r="H189" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H189"/>
     </row>
     <row r="190" spans="1:8">
       <c r="A190" t="s">
-        <v>329</v>
+        <v>412</v>
       </c>
       <c r="B190" t="s">
-        <v>330</v>
+        <v>413</v>
       </c>
       <c r="C190" t="s">
-        <v>25</v>
+        <v>17</v>
       </c>
       <c r="D190" t="s">
-        <v>26</v>
+        <v>18</v>
       </c>
       <c r="E190" t="s">
-        <v>27</v>
+        <v>12</v>
       </c>
       <c r="F190">
-        <v>2007</v>
+        <v>2003</v>
       </c>
       <c r="G190"/>
-      <c r="H190" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H190"/>
     </row>
     <row r="191" spans="1:8">
       <c r="A191" t="s">
-        <v>331</v>
+        <v>414</v>
       </c>
       <c r="B191" t="s">
-        <v>332</v>
+        <v>415</v>
       </c>
       <c r="C191" t="s">
-        <v>25</v>
+        <v>17</v>
       </c>
       <c r="D191" t="s">
-        <v>26</v>
+        <v>18</v>
       </c>
       <c r="E191" t="s">
-        <v>27</v>
+        <v>12</v>
       </c>
       <c r="F191">
-        <v>2007</v>
+        <v>2003</v>
       </c>
       <c r="G191"/>
-      <c r="H191" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H191"/>
     </row>
     <row r="192" spans="1:8">
       <c r="A192" t="s">
-        <v>333</v>
+        <v>416</v>
       </c>
       <c r="B192" t="s">
-        <v>334</v>
-[...1 lines deleted...]
-      <c r="C192"/>
+        <v>417</v>
+      </c>
+      <c r="C192" t="s">
+        <v>17</v>
+      </c>
       <c r="D192" t="s">
-        <v>15</v>
+        <v>18</v>
       </c>
       <c r="E192" t="s">
-        <v>16</v>
+        <v>12</v>
       </c>
       <c r="F192">
-        <v>2006</v>
+        <v>2003</v>
       </c>
       <c r="G192"/>
-      <c r="H192" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H192"/>
     </row>
     <row r="193" spans="1:8">
       <c r="A193" t="s">
-        <v>335</v>
+        <v>418</v>
       </c>
       <c r="B193" t="s">
-        <v>336</v>
-[...1 lines deleted...]
-      <c r="C193"/>
+        <v>419</v>
+      </c>
+      <c r="C193" t="s">
+        <v>17</v>
+      </c>
       <c r="D193" t="s">
-        <v>15</v>
+        <v>18</v>
       </c>
       <c r="E193" t="s">
-        <v>16</v>
+        <v>12</v>
       </c>
       <c r="F193">
-        <v>2006</v>
+        <v>2003</v>
       </c>
       <c r="G193"/>
-      <c r="H193" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H193"/>
     </row>
     <row r="194" spans="1:8">
       <c r="A194" t="s">
-        <v>337</v>
+        <v>420</v>
       </c>
       <c r="B194" t="s">
-        <v>338</v>
-[...1 lines deleted...]
-      <c r="C194"/>
+        <v>421</v>
+      </c>
+      <c r="C194" t="s">
+        <v>17</v>
+      </c>
       <c r="D194" t="s">
-        <v>15</v>
+        <v>18</v>
       </c>
       <c r="E194" t="s">
-        <v>16</v>
+        <v>12</v>
       </c>
       <c r="F194">
-        <v>2006</v>
+        <v>2003</v>
       </c>
       <c r="G194"/>
-      <c r="H194" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H194"/>
     </row>
     <row r="195" spans="1:8">
       <c r="A195" t="s">
-        <v>339</v>
+        <v>422</v>
       </c>
       <c r="B195" t="s">
-        <v>340</v>
+        <v>423</v>
       </c>
       <c r="C195" t="s">
-        <v>41</v>
+        <v>17</v>
       </c>
       <c r="D195" t="s">
-        <v>26</v>
+        <v>18</v>
       </c>
       <c r="E195" t="s">
-        <v>27</v>
+        <v>12</v>
       </c>
       <c r="F195">
-        <v>2006</v>
+        <v>2003</v>
       </c>
       <c r="G195"/>
-      <c r="H195" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H195"/>
     </row>
     <row r="196" spans="1:8">
       <c r="A196" t="s">
-        <v>341</v>
+        <v>424</v>
       </c>
       <c r="B196" t="s">
-        <v>342</v>
+        <v>425</v>
       </c>
       <c r="C196" t="s">
-        <v>25</v>
+        <v>17</v>
       </c>
       <c r="D196" t="s">
-        <v>26</v>
+        <v>18</v>
       </c>
       <c r="E196" t="s">
-        <v>27</v>
+        <v>12</v>
       </c>
       <c r="F196">
-        <v>2006</v>
+        <v>2003</v>
       </c>
       <c r="G196"/>
-      <c r="H196" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H196"/>
     </row>
     <row r="197" spans="1:8">
       <c r="A197" t="s">
-        <v>343</v>
+        <v>426</v>
       </c>
       <c r="B197" t="s">
-        <v>344</v>
+        <v>427</v>
       </c>
       <c r="C197" t="s">
-        <v>25</v>
+        <v>17</v>
       </c>
       <c r="D197" t="s">
-        <v>26</v>
+        <v>18</v>
       </c>
       <c r="E197" t="s">
-        <v>27</v>
+        <v>12</v>
       </c>
       <c r="F197">
-        <v>2006</v>
+        <v>2003</v>
       </c>
       <c r="G197"/>
-      <c r="H197" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H197"/>
     </row>
     <row r="198" spans="1:8">
       <c r="A198" t="s">
-        <v>345</v>
+        <v>428</v>
       </c>
       <c r="B198" t="s">
-        <v>346</v>
+        <v>429</v>
       </c>
       <c r="C198" t="s">
-        <v>25</v>
+        <v>17</v>
       </c>
       <c r="D198" t="s">
-        <v>26</v>
+        <v>18</v>
       </c>
       <c r="E198" t="s">
-        <v>27</v>
+        <v>12</v>
       </c>
       <c r="F198">
-        <v>2006</v>
+        <v>2002</v>
       </c>
       <c r="G198"/>
       <c r="H198" t="s">
-        <v>184</v>
+        <v>58</v>
       </c>
     </row>
     <row r="199" spans="1:8">
       <c r="A199" t="s">
-        <v>347</v>
+        <v>430</v>
       </c>
       <c r="B199" t="s">
-        <v>348</v>
+        <v>431</v>
       </c>
       <c r="C199" t="s">
-        <v>25</v>
+        <v>10</v>
       </c>
       <c r="D199" t="s">
-        <v>26</v>
+        <v>18</v>
       </c>
       <c r="E199" t="s">
-        <v>27</v>
+        <v>12</v>
       </c>
       <c r="F199">
-        <v>2006</v>
+        <v>2002</v>
       </c>
       <c r="G199"/>
-      <c r="H199" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H199"/>
     </row>
     <row r="200" spans="1:8">
       <c r="A200" t="s">
-        <v>349</v>
+        <v>432</v>
       </c>
       <c r="B200" t="s">
-        <v>350</v>
+        <v>433</v>
       </c>
       <c r="C200" t="s">
-        <v>25</v>
+        <v>10</v>
       </c>
       <c r="D200" t="s">
-        <v>26</v>
+        <v>18</v>
       </c>
       <c r="E200" t="s">
-        <v>27</v>
+        <v>12</v>
       </c>
       <c r="F200">
-        <v>2006</v>
+        <v>2002</v>
       </c>
       <c r="G200"/>
-      <c r="H200" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H200"/>
     </row>
     <row r="201" spans="1:8">
       <c r="A201" t="s">
-        <v>351</v>
+        <v>434</v>
       </c>
       <c r="B201" t="s">
-        <v>352</v>
+        <v>435</v>
       </c>
       <c r="C201" t="s">
-        <v>25</v>
+        <v>10</v>
       </c>
       <c r="D201" t="s">
-        <v>26</v>
+        <v>18</v>
       </c>
       <c r="E201" t="s">
-        <v>27</v>
+        <v>12</v>
       </c>
       <c r="F201">
-        <v>2006</v>
+        <v>2002</v>
       </c>
       <c r="G201"/>
-      <c r="H201" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H201"/>
     </row>
     <row r="202" spans="1:8">
       <c r="A202" t="s">
-        <v>353</v>
+        <v>436</v>
       </c>
       <c r="B202" t="s">
-        <v>354</v>
+        <v>437</v>
       </c>
       <c r="C202" t="s">
-        <v>25</v>
+        <v>17</v>
       </c>
       <c r="D202" t="s">
-        <v>26</v>
+        <v>18</v>
       </c>
       <c r="E202" t="s">
-        <v>27</v>
+        <v>12</v>
       </c>
       <c r="F202">
-        <v>2006</v>
+        <v>2002</v>
       </c>
       <c r="G202"/>
-      <c r="H202" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H202"/>
     </row>
     <row r="203" spans="1:8">
       <c r="A203" t="s">
-        <v>355</v>
+        <v>438</v>
       </c>
       <c r="B203" t="s">
-        <v>356</v>
+        <v>439</v>
       </c>
       <c r="C203" t="s">
-        <v>25</v>
+        <v>17</v>
       </c>
       <c r="D203" t="s">
-        <v>26</v>
+        <v>18</v>
       </c>
       <c r="E203" t="s">
-        <v>27</v>
+        <v>12</v>
       </c>
       <c r="F203">
-        <v>2006</v>
+        <v>2002</v>
       </c>
       <c r="G203"/>
-      <c r="H203" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H203"/>
     </row>
     <row r="204" spans="1:8">
       <c r="A204" t="s">
-        <v>357</v>
+        <v>440</v>
       </c>
       <c r="B204" t="s">
-        <v>358</v>
+        <v>441</v>
       </c>
       <c r="C204" t="s">
-        <v>25</v>
+        <v>17</v>
       </c>
       <c r="D204" t="s">
-        <v>26</v>
+        <v>18</v>
       </c>
       <c r="E204" t="s">
-        <v>27</v>
+        <v>12</v>
       </c>
       <c r="F204">
-        <v>2006</v>
+        <v>2002</v>
       </c>
       <c r="G204"/>
-      <c r="H204" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H204"/>
     </row>
     <row r="205" spans="1:8">
       <c r="A205" t="s">
-        <v>359</v>
+        <v>442</v>
       </c>
       <c r="B205" t="s">
-        <v>360</v>
+        <v>443</v>
       </c>
       <c r="C205" t="s">
-        <v>25</v>
+        <v>17</v>
       </c>
       <c r="D205" t="s">
-        <v>26</v>
+        <v>18</v>
       </c>
       <c r="E205" t="s">
-        <v>27</v>
+        <v>12</v>
       </c>
       <c r="F205">
-        <v>2006</v>
+        <v>2002</v>
       </c>
       <c r="G205"/>
-      <c r="H205" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H205"/>
     </row>
     <row r="206" spans="1:8">
       <c r="A206" t="s">
-        <v>361</v>
+        <v>444</v>
       </c>
       <c r="B206" t="s">
-        <v>362</v>
+        <v>445</v>
       </c>
       <c r="C206" t="s">
-        <v>25</v>
+        <v>17</v>
       </c>
       <c r="D206" t="s">
-        <v>26</v>
+        <v>18</v>
       </c>
       <c r="E206" t="s">
-        <v>27</v>
+        <v>12</v>
       </c>
       <c r="F206">
-        <v>2006</v>
+        <v>2002</v>
       </c>
       <c r="G206"/>
-      <c r="H206" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H206"/>
     </row>
     <row r="207" spans="1:8">
       <c r="A207" t="s">
-        <v>363</v>
+        <v>446</v>
       </c>
       <c r="B207" t="s">
-        <v>364</v>
+        <v>447</v>
       </c>
       <c r="C207" t="s">
-        <v>25</v>
+        <v>17</v>
       </c>
       <c r="D207" t="s">
-        <v>26</v>
+        <v>18</v>
       </c>
       <c r="E207" t="s">
-        <v>27</v>
+        <v>12</v>
       </c>
       <c r="F207">
-        <v>2006</v>
+        <v>2002</v>
       </c>
       <c r="G207"/>
-      <c r="H207" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H207"/>
     </row>
     <row r="208" spans="1:8">
       <c r="A208" t="s">
-        <v>365</v>
+        <v>448</v>
       </c>
       <c r="B208" t="s">
-        <v>366</v>
+        <v>449</v>
       </c>
       <c r="C208" t="s">
-        <v>25</v>
+        <v>17</v>
       </c>
       <c r="D208" t="s">
-        <v>26</v>
+        <v>18</v>
       </c>
       <c r="E208" t="s">
-        <v>27</v>
+        <v>12</v>
       </c>
       <c r="F208">
-        <v>2006</v>
+        <v>2002</v>
       </c>
       <c r="G208"/>
-      <c r="H208" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H208"/>
     </row>
     <row r="209" spans="1:8">
       <c r="A209" t="s">
-        <v>367</v>
+        <v>450</v>
       </c>
       <c r="B209" t="s">
-        <v>368</v>
+        <v>451</v>
       </c>
       <c r="C209" t="s">
-        <v>25</v>
+        <v>17</v>
       </c>
       <c r="D209" t="s">
-        <v>26</v>
+        <v>18</v>
       </c>
       <c r="E209" t="s">
-        <v>27</v>
+        <v>12</v>
       </c>
       <c r="F209">
-        <v>2006</v>
+        <v>2002</v>
       </c>
       <c r="G209"/>
-      <c r="H209" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H209"/>
     </row>
     <row r="210" spans="1:8">
       <c r="A210" t="s">
-        <v>369</v>
+        <v>452</v>
       </c>
       <c r="B210" t="s">
-        <v>370</v>
+        <v>453</v>
       </c>
       <c r="C210" t="s">
-        <v>25</v>
+        <v>17</v>
       </c>
       <c r="D210" t="s">
-        <v>26</v>
+        <v>18</v>
       </c>
       <c r="E210" t="s">
-        <v>27</v>
+        <v>12</v>
       </c>
       <c r="F210">
-        <v>2006</v>
+        <v>2002</v>
       </c>
       <c r="G210"/>
-      <c r="H210" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H210"/>
     </row>
     <row r="211" spans="1:8">
       <c r="A211" t="s">
-        <v>371</v>
+        <v>454</v>
       </c>
       <c r="B211" t="s">
-        <v>372</v>
+        <v>455</v>
       </c>
       <c r="C211" t="s">
-        <v>25</v>
+        <v>17</v>
       </c>
       <c r="D211" t="s">
-        <v>26</v>
+        <v>18</v>
       </c>
       <c r="E211" t="s">
-        <v>27</v>
+        <v>12</v>
       </c>
       <c r="F211">
-        <v>2006</v>
+        <v>2002</v>
       </c>
       <c r="G211"/>
       <c r="H211"/>
     </row>
     <row r="212" spans="1:8">
       <c r="A212" t="s">
-        <v>373</v>
+        <v>456</v>
       </c>
       <c r="B212" t="s">
-        <v>374</v>
+        <v>457</v>
       </c>
       <c r="C212" t="s">
-        <v>49</v>
+        <v>17</v>
       </c>
       <c r="D212" t="s">
-        <v>26</v>
+        <v>18</v>
       </c>
       <c r="E212" t="s">
-        <v>27</v>
+        <v>12</v>
       </c>
       <c r="F212">
-        <v>2005</v>
+        <v>2002</v>
       </c>
       <c r="G212"/>
-      <c r="H212" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H212"/>
     </row>
     <row r="213" spans="1:8">
       <c r="A213" t="s">
-        <v>375</v>
+        <v>458</v>
       </c>
       <c r="B213" t="s">
-        <v>376</v>
+        <v>459</v>
       </c>
       <c r="C213" t="s">
-        <v>49</v>
+        <v>17</v>
       </c>
       <c r="D213" t="s">
-        <v>26</v>
+        <v>18</v>
       </c>
       <c r="E213" t="s">
-        <v>27</v>
+        <v>12</v>
       </c>
       <c r="F213">
-        <v>2005</v>
+        <v>2002</v>
       </c>
       <c r="G213"/>
-      <c r="H213" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H213"/>
     </row>
     <row r="214" spans="1:8">
       <c r="A214" t="s">
-        <v>377</v>
+        <v>460</v>
       </c>
       <c r="B214" t="s">
-        <v>378</v>
+        <v>461</v>
       </c>
       <c r="C214" t="s">
-        <v>49</v>
+        <v>17</v>
       </c>
       <c r="D214" t="s">
-        <v>26</v>
+        <v>18</v>
       </c>
       <c r="E214" t="s">
-        <v>27</v>
+        <v>12</v>
       </c>
       <c r="F214">
-        <v>2005</v>
+        <v>2002</v>
       </c>
       <c r="G214"/>
-      <c r="H214" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H214"/>
     </row>
     <row r="215" spans="1:8">
       <c r="A215" t="s">
-        <v>379</v>
+        <v>462</v>
       </c>
       <c r="B215" t="s">
-        <v>380</v>
+        <v>463</v>
       </c>
       <c r="C215" t="s">
-        <v>25</v>
+        <v>17</v>
       </c>
       <c r="D215" t="s">
-        <v>26</v>
+        <v>18</v>
       </c>
       <c r="E215" t="s">
-        <v>27</v>
+        <v>12</v>
       </c>
       <c r="F215">
-        <v>2005</v>
+        <v>2002</v>
       </c>
       <c r="G215"/>
-      <c r="H215" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H215"/>
     </row>
     <row r="216" spans="1:8">
       <c r="A216" t="s">
-        <v>381</v>
+        <v>464</v>
       </c>
       <c r="B216" t="s">
-        <v>382</v>
+        <v>465</v>
       </c>
       <c r="C216" t="s">
-        <v>25</v>
+        <v>17</v>
       </c>
       <c r="D216" t="s">
-        <v>26</v>
+        <v>18</v>
       </c>
       <c r="E216" t="s">
-        <v>27</v>
+        <v>12</v>
       </c>
       <c r="F216">
-        <v>2005</v>
+        <v>2002</v>
       </c>
       <c r="G216"/>
-      <c r="H216" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H216"/>
     </row>
     <row r="217" spans="1:8">
       <c r="A217" t="s">
-        <v>383</v>
+        <v>466</v>
       </c>
       <c r="B217" t="s">
-        <v>384</v>
+        <v>467</v>
       </c>
       <c r="C217" t="s">
-        <v>25</v>
+        <v>17</v>
       </c>
       <c r="D217" t="s">
-        <v>26</v>
+        <v>18</v>
       </c>
       <c r="E217" t="s">
-        <v>27</v>
+        <v>12</v>
       </c>
       <c r="F217">
-        <v>2005</v>
+        <v>2002</v>
       </c>
       <c r="G217"/>
-      <c r="H217" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H217"/>
     </row>
     <row r="218" spans="1:8">
       <c r="A218" t="s">
-        <v>385</v>
+        <v>468</v>
       </c>
       <c r="B218" t="s">
-        <v>386</v>
+        <v>469</v>
       </c>
       <c r="C218" t="s">
-        <v>49</v>
+        <v>17</v>
       </c>
       <c r="D218" t="s">
-        <v>26</v>
+        <v>18</v>
       </c>
       <c r="E218" t="s">
-        <v>27</v>
+        <v>12</v>
       </c>
       <c r="F218">
-        <v>2005</v>
+        <v>2001</v>
       </c>
       <c r="G218"/>
       <c r="H218" t="s">
-        <v>12</v>
+        <v>87</v>
       </c>
     </row>
     <row r="219" spans="1:8">
       <c r="A219" t="s">
-        <v>387</v>
+        <v>470</v>
       </c>
       <c r="B219" t="s">
-        <v>388</v>
+        <v>471</v>
       </c>
       <c r="C219" t="s">
-        <v>49</v>
+        <v>17</v>
       </c>
       <c r="D219" t="s">
-        <v>26</v>
+        <v>18</v>
       </c>
       <c r="E219" t="s">
-        <v>27</v>
+        <v>12</v>
       </c>
       <c r="F219">
-        <v>2005</v>
+        <v>2001</v>
       </c>
       <c r="G219"/>
       <c r="H219" t="s">
-        <v>12</v>
+        <v>58</v>
       </c>
     </row>
     <row r="220" spans="1:8">
       <c r="A220" t="s">
-        <v>389</v>
+        <v>472</v>
       </c>
       <c r="B220" t="s">
-        <v>390</v>
+        <v>473</v>
       </c>
       <c r="C220" t="s">
-        <v>25</v>
+        <v>86</v>
       </c>
       <c r="D220" t="s">
-        <v>26</v>
+        <v>18</v>
       </c>
       <c r="E220" t="s">
-        <v>27</v>
+        <v>12</v>
       </c>
       <c r="F220">
-        <v>2005</v>
+        <v>2001</v>
       </c>
       <c r="G220"/>
       <c r="H220" t="s">
-        <v>36</v>
+        <v>474</v>
       </c>
     </row>
     <row r="221" spans="1:8">
       <c r="A221" t="s">
-        <v>391</v>
+        <v>475</v>
       </c>
       <c r="B221" t="s">
-        <v>392</v>
+        <v>476</v>
       </c>
       <c r="C221" t="s">
-        <v>25</v>
+        <v>10</v>
       </c>
       <c r="D221" t="s">
-        <v>26</v>
+        <v>18</v>
       </c>
       <c r="E221" t="s">
-        <v>27</v>
+        <v>12</v>
       </c>
       <c r="F221">
-        <v>2005</v>
+        <v>2001</v>
       </c>
       <c r="G221"/>
-      <c r="H221" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H221"/>
     </row>
     <row r="222" spans="1:8">
       <c r="A222" t="s">
-        <v>393</v>
+        <v>477</v>
       </c>
       <c r="B222" t="s">
-        <v>394</v>
+        <v>478</v>
       </c>
       <c r="C222" t="s">
-        <v>25</v>
+        <v>17</v>
       </c>
       <c r="D222" t="s">
-        <v>26</v>
+        <v>18</v>
       </c>
       <c r="E222" t="s">
-        <v>27</v>
+        <v>12</v>
       </c>
       <c r="F222">
-        <v>2005</v>
+        <v>2001</v>
       </c>
       <c r="G222"/>
-      <c r="H222" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H222"/>
     </row>
     <row r="223" spans="1:8">
       <c r="A223" t="s">
-        <v>395</v>
+        <v>479</v>
       </c>
       <c r="B223" t="s">
-        <v>396</v>
+        <v>480</v>
       </c>
       <c r="C223" t="s">
-        <v>25</v>
+        <v>17</v>
       </c>
       <c r="D223" t="s">
-        <v>26</v>
+        <v>18</v>
       </c>
       <c r="E223" t="s">
-        <v>27</v>
+        <v>12</v>
       </c>
       <c r="F223">
-        <v>2005</v>
+        <v>2001</v>
       </c>
       <c r="G223"/>
-      <c r="H223" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H223"/>
     </row>
     <row r="224" spans="1:8">
       <c r="A224" t="s">
-        <v>397</v>
+        <v>481</v>
       </c>
       <c r="B224" t="s">
-        <v>398</v>
+        <v>482</v>
       </c>
       <c r="C224" t="s">
-        <v>25</v>
+        <v>17</v>
       </c>
       <c r="D224" t="s">
-        <v>26</v>
+        <v>18</v>
       </c>
       <c r="E224" t="s">
-        <v>27</v>
+        <v>12</v>
       </c>
       <c r="F224">
-        <v>2005</v>
+        <v>2001</v>
       </c>
       <c r="G224"/>
-      <c r="H224" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H224"/>
     </row>
     <row r="225" spans="1:8">
       <c r="A225" t="s">
-        <v>399</v>
+        <v>483</v>
       </c>
       <c r="B225" t="s">
-        <v>400</v>
+        <v>484</v>
       </c>
       <c r="C225" t="s">
-        <v>25</v>
+        <v>17</v>
       </c>
       <c r="D225" t="s">
-        <v>26</v>
+        <v>18</v>
       </c>
       <c r="E225" t="s">
-        <v>27</v>
+        <v>12</v>
       </c>
       <c r="F225">
-        <v>2005</v>
+        <v>2001</v>
       </c>
       <c r="G225"/>
-      <c r="H225" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H225"/>
     </row>
     <row r="226" spans="1:8">
       <c r="A226" t="s">
-        <v>401</v>
+        <v>485</v>
       </c>
       <c r="B226" t="s">
-        <v>402</v>
+        <v>486</v>
       </c>
       <c r="C226" t="s">
-        <v>25</v>
+        <v>17</v>
       </c>
       <c r="D226" t="s">
-        <v>26</v>
+        <v>18</v>
       </c>
       <c r="E226" t="s">
-        <v>27</v>
+        <v>12</v>
       </c>
       <c r="F226">
-        <v>2005</v>
+        <v>2001</v>
       </c>
       <c r="G226"/>
-      <c r="H226" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H226"/>
     </row>
     <row r="227" spans="1:8">
       <c r="A227" t="s">
-        <v>403</v>
+        <v>487</v>
       </c>
       <c r="B227" t="s">
-        <v>404</v>
+        <v>488</v>
       </c>
       <c r="C227" t="s">
-        <v>25</v>
+        <v>17</v>
       </c>
       <c r="D227" t="s">
-        <v>26</v>
+        <v>18</v>
       </c>
       <c r="E227" t="s">
-        <v>27</v>
+        <v>12</v>
       </c>
       <c r="F227">
-        <v>2005</v>
+        <v>2001</v>
       </c>
       <c r="G227"/>
-      <c r="H227" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H227"/>
     </row>
     <row r="228" spans="1:8">
       <c r="A228" t="s">
-        <v>405</v>
+        <v>489</v>
       </c>
       <c r="B228" t="s">
-        <v>406</v>
+        <v>490</v>
       </c>
       <c r="C228" t="s">
-        <v>25</v>
+        <v>17</v>
       </c>
       <c r="D228" t="s">
-        <v>26</v>
+        <v>18</v>
       </c>
       <c r="E228" t="s">
-        <v>27</v>
+        <v>12</v>
       </c>
       <c r="F228">
-        <v>2005</v>
+        <v>2001</v>
       </c>
       <c r="G228"/>
-      <c r="H228" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H228"/>
     </row>
     <row r="229" spans="1:8">
       <c r="A229" t="s">
-        <v>407</v>
+        <v>491</v>
       </c>
       <c r="B229" t="s">
-        <v>408</v>
-[...6 lines deleted...]
-      </c>
+        <v>492</v>
+      </c>
+      <c r="C229"/>
+      <c r="D229"/>
       <c r="E229" t="s">
-        <v>27</v>
+        <v>37</v>
       </c>
       <c r="F229">
-        <v>2005</v>
-[...1 lines deleted...]
-      <c r="G229"/>
+        <v>2000</v>
+      </c>
+      <c r="G229" t="s">
+        <v>493</v>
+      </c>
       <c r="H229" t="s">
-        <v>54</v>
+        <v>196</v>
       </c>
     </row>
     <row r="230" spans="1:8">
       <c r="A230" t="s">
-        <v>409</v>
+        <v>494</v>
       </c>
       <c r="B230" t="s">
-        <v>410</v>
-[...3 lines deleted...]
-      </c>
+        <v>495</v>
+      </c>
+      <c r="C230"/>
       <c r="D230" t="s">
-        <v>26</v>
+        <v>21</v>
       </c>
       <c r="E230" t="s">
-        <v>27</v>
+        <v>22</v>
       </c>
       <c r="F230">
-        <v>2005</v>
+        <v>2000</v>
       </c>
       <c r="G230"/>
       <c r="H230" t="s">
-        <v>28</v>
+        <v>87</v>
       </c>
     </row>
     <row r="231" spans="1:8">
       <c r="A231" t="s">
-        <v>411</v>
+        <v>496</v>
       </c>
       <c r="B231" t="s">
-        <v>412</v>
+        <v>497</v>
       </c>
       <c r="C231" t="s">
-        <v>25</v>
+        <v>86</v>
       </c>
       <c r="D231" t="s">
-        <v>26</v>
+        <v>18</v>
       </c>
       <c r="E231" t="s">
-        <v>27</v>
+        <v>12</v>
       </c>
       <c r="F231">
-        <v>2004</v>
+        <v>2000</v>
       </c>
       <c r="G231"/>
       <c r="H231" t="s">
-        <v>12</v>
+        <v>66</v>
       </c>
     </row>
     <row r="232" spans="1:8">
       <c r="A232" t="s">
-        <v>413</v>
+        <v>498</v>
       </c>
       <c r="B232" t="s">
-        <v>414</v>
+        <v>499</v>
       </c>
       <c r="C232" t="s">
-        <v>46</v>
+        <v>10</v>
       </c>
       <c r="D232" t="s">
-        <v>26</v>
+        <v>18</v>
       </c>
       <c r="E232" t="s">
-        <v>27</v>
+        <v>12</v>
       </c>
       <c r="F232">
-        <v>2004</v>
+        <v>2000</v>
       </c>
       <c r="G232"/>
       <c r="H232" t="s">
-        <v>44</v>
+        <v>66</v>
       </c>
     </row>
     <row r="233" spans="1:8">
       <c r="A233" t="s">
-        <v>415</v>
+        <v>500</v>
       </c>
       <c r="B233" t="s">
-        <v>416</v>
+        <v>501</v>
       </c>
       <c r="C233" t="s">
-        <v>25</v>
+        <v>86</v>
       </c>
       <c r="D233" t="s">
-        <v>26</v>
+        <v>18</v>
       </c>
       <c r="E233" t="s">
-        <v>27</v>
+        <v>12</v>
       </c>
       <c r="F233">
-        <v>2004</v>
+        <v>2000</v>
       </c>
       <c r="G233"/>
       <c r="H233" t="s">
-        <v>35</v>
+        <v>66</v>
       </c>
     </row>
     <row r="234" spans="1:8">
       <c r="A234" t="s">
-        <v>417</v>
+        <v>502</v>
       </c>
       <c r="B234" t="s">
-        <v>418</v>
+        <v>503</v>
       </c>
       <c r="C234" t="s">
-        <v>25</v>
+        <v>86</v>
       </c>
       <c r="D234" t="s">
-        <v>26</v>
+        <v>18</v>
       </c>
       <c r="E234" t="s">
-        <v>27</v>
+        <v>12</v>
       </c>
       <c r="F234">
-        <v>2004</v>
+        <v>2000</v>
       </c>
       <c r="G234"/>
       <c r="H234" t="s">
-        <v>141</v>
+        <v>66</v>
       </c>
     </row>
     <row r="235" spans="1:8">
       <c r="A235" t="s">
-        <v>419</v>
+        <v>504</v>
       </c>
       <c r="B235" t="s">
-        <v>420</v>
+        <v>505</v>
       </c>
       <c r="C235" t="s">
-        <v>46</v>
+        <v>86</v>
       </c>
       <c r="D235" t="s">
-        <v>26</v>
+        <v>18</v>
       </c>
       <c r="E235" t="s">
-        <v>27</v>
+        <v>12</v>
       </c>
       <c r="F235">
-        <v>2004</v>
+        <v>2000</v>
       </c>
       <c r="G235"/>
       <c r="H235" t="s">
-        <v>12</v>
+        <v>66</v>
       </c>
     </row>
     <row r="236" spans="1:8">
       <c r="A236" t="s">
-        <v>421</v>
+        <v>506</v>
       </c>
       <c r="B236" t="s">
-        <v>422</v>
+        <v>507</v>
       </c>
       <c r="C236" t="s">
-        <v>25</v>
+        <v>86</v>
       </c>
       <c r="D236" t="s">
-        <v>26</v>
+        <v>18</v>
       </c>
       <c r="E236" t="s">
-        <v>27</v>
+        <v>12</v>
       </c>
       <c r="F236">
-        <v>2004</v>
+        <v>2000</v>
       </c>
       <c r="G236"/>
       <c r="H236" t="s">
-        <v>12</v>
+        <v>66</v>
       </c>
     </row>
     <row r="237" spans="1:8">
       <c r="A237" t="s">
-        <v>423</v>
+        <v>508</v>
       </c>
       <c r="B237" t="s">
-        <v>424</v>
+        <v>509</v>
       </c>
       <c r="C237" t="s">
-        <v>46</v>
+        <v>251</v>
       </c>
       <c r="D237" t="s">
-        <v>26</v>
+        <v>18</v>
       </c>
       <c r="E237" t="s">
-        <v>27</v>
+        <v>12</v>
       </c>
       <c r="F237">
-        <v>2004</v>
+        <v>2000</v>
       </c>
       <c r="G237"/>
-      <c r="H237" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H237"/>
     </row>
     <row r="238" spans="1:8">
       <c r="A238" t="s">
-        <v>425</v>
+        <v>510</v>
       </c>
       <c r="B238" t="s">
-        <v>426</v>
+        <v>511</v>
       </c>
       <c r="C238" t="s">
-        <v>46</v>
+        <v>251</v>
       </c>
       <c r="D238" t="s">
-        <v>26</v>
+        <v>18</v>
       </c>
       <c r="E238" t="s">
-        <v>27</v>
+        <v>12</v>
       </c>
       <c r="F238">
-        <v>2004</v>
+        <v>2000</v>
       </c>
       <c r="G238"/>
-      <c r="H238" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H238"/>
     </row>
     <row r="239" spans="1:8">
       <c r="A239" t="s">
-        <v>427</v>
+        <v>512</v>
       </c>
       <c r="B239" t="s">
-        <v>428</v>
+        <v>513</v>
       </c>
       <c r="C239" t="s">
-        <v>38</v>
+        <v>251</v>
       </c>
       <c r="D239" t="s">
-        <v>26</v>
+        <v>18</v>
       </c>
       <c r="E239" t="s">
-        <v>27</v>
+        <v>12</v>
       </c>
       <c r="F239">
-        <v>2004</v>
+        <v>2000</v>
       </c>
       <c r="G239"/>
-      <c r="H239" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H239"/>
     </row>
     <row r="240" spans="1:8">
       <c r="A240" t="s">
-        <v>429</v>
+        <v>514</v>
       </c>
       <c r="B240" t="s">
-        <v>430</v>
+        <v>515</v>
       </c>
       <c r="C240" t="s">
-        <v>25</v>
+        <v>17</v>
       </c>
       <c r="D240" t="s">
-        <v>26</v>
+        <v>18</v>
       </c>
       <c r="E240" t="s">
-        <v>27</v>
+        <v>12</v>
       </c>
       <c r="F240">
-        <v>2004</v>
+        <v>2000</v>
       </c>
       <c r="G240"/>
-      <c r="H240" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H240"/>
     </row>
     <row r="241" spans="1:8">
       <c r="A241" t="s">
-        <v>431</v>
+        <v>516</v>
       </c>
       <c r="B241" t="s">
-        <v>432</v>
+        <v>517</v>
       </c>
       <c r="C241" t="s">
-        <v>25</v>
+        <v>17</v>
       </c>
       <c r="D241" t="s">
-        <v>26</v>
+        <v>18</v>
       </c>
       <c r="E241" t="s">
-        <v>27</v>
+        <v>12</v>
       </c>
       <c r="F241">
-        <v>2004</v>
+        <v>2000</v>
       </c>
       <c r="G241"/>
-      <c r="H241" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H241"/>
     </row>
     <row r="242" spans="1:8">
       <c r="A242" t="s">
-        <v>433</v>
+        <v>518</v>
       </c>
       <c r="B242" t="s">
-        <v>434</v>
+        <v>519</v>
       </c>
       <c r="C242" t="s">
-        <v>25</v>
+        <v>17</v>
       </c>
       <c r="D242" t="s">
-        <v>26</v>
+        <v>18</v>
       </c>
       <c r="E242" t="s">
-        <v>27</v>
+        <v>12</v>
       </c>
       <c r="F242">
-        <v>2004</v>
+        <v>2000</v>
       </c>
       <c r="G242"/>
-      <c r="H242" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H242"/>
     </row>
     <row r="243" spans="1:8">
       <c r="A243" t="s">
-        <v>435</v>
+        <v>520</v>
       </c>
       <c r="B243" t="s">
-        <v>436</v>
+        <v>521</v>
       </c>
       <c r="C243" t="s">
-        <v>25</v>
+        <v>17</v>
       </c>
       <c r="D243" t="s">
-        <v>26</v>
+        <v>18</v>
       </c>
       <c r="E243" t="s">
-        <v>27</v>
+        <v>12</v>
       </c>
       <c r="F243">
-        <v>2004</v>
+        <v>2000</v>
       </c>
       <c r="G243"/>
-      <c r="H243" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H243"/>
     </row>
     <row r="244" spans="1:8">
       <c r="A244" t="s">
-        <v>437</v>
+        <v>522</v>
       </c>
       <c r="B244" t="s">
-        <v>438</v>
+        <v>523</v>
       </c>
       <c r="C244" t="s">
-        <v>25</v>
+        <v>17</v>
       </c>
       <c r="D244" t="s">
-        <v>26</v>
+        <v>18</v>
       </c>
       <c r="E244" t="s">
-        <v>27</v>
+        <v>12</v>
       </c>
       <c r="F244">
-        <v>2004</v>
+        <v>2000</v>
       </c>
       <c r="G244"/>
-      <c r="H244" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H244"/>
     </row>
     <row r="245" spans="1:8">
       <c r="A245" t="s">
-        <v>439</v>
+        <v>524</v>
       </c>
       <c r="B245" t="s">
-        <v>440</v>
+        <v>525</v>
       </c>
       <c r="C245" t="s">
-        <v>25</v>
+        <v>17</v>
       </c>
       <c r="D245" t="s">
-        <v>26</v>
+        <v>18</v>
       </c>
       <c r="E245" t="s">
-        <v>27</v>
+        <v>12</v>
       </c>
       <c r="F245">
-        <v>2004</v>
+        <v>2000</v>
       </c>
       <c r="G245"/>
-      <c r="H245" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H245"/>
     </row>
     <row r="246" spans="1:8">
       <c r="A246" t="s">
-        <v>441</v>
+        <v>526</v>
       </c>
       <c r="B246" t="s">
-        <v>442</v>
+        <v>527</v>
       </c>
       <c r="C246" t="s">
-        <v>25</v>
+        <v>17</v>
       </c>
       <c r="D246" t="s">
-        <v>26</v>
+        <v>18</v>
       </c>
       <c r="E246" t="s">
-        <v>27</v>
+        <v>12</v>
       </c>
       <c r="F246">
-        <v>2004</v>
+        <v>2000</v>
       </c>
       <c r="G246"/>
-      <c r="H246" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H246"/>
     </row>
     <row r="247" spans="1:8">
       <c r="A247" t="s">
-        <v>443</v>
+        <v>528</v>
       </c>
       <c r="B247" t="s">
-        <v>444</v>
-[...1 lines deleted...]
-      <c r="C247"/>
+        <v>529</v>
+      </c>
+      <c r="C247" t="s">
+        <v>17</v>
+      </c>
       <c r="D247" t="s">
-        <v>15</v>
+        <v>18</v>
       </c>
       <c r="E247" t="s">
-        <v>16</v>
+        <v>12</v>
       </c>
       <c r="F247">
-        <v>2003</v>
+        <v>2000</v>
       </c>
       <c r="G247"/>
-      <c r="H247" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H247"/>
     </row>
     <row r="248" spans="1:8">
       <c r="A248" t="s">
-        <v>445</v>
+        <v>530</v>
       </c>
       <c r="B248" t="s">
-        <v>446</v>
+        <v>531</v>
       </c>
       <c r="C248"/>
       <c r="D248" t="s">
-        <v>15</v>
+        <v>21</v>
       </c>
       <c r="E248" t="s">
-        <v>16</v>
+        <v>22</v>
       </c>
       <c r="F248">
-        <v>2003</v>
+        <v>1999</v>
       </c>
       <c r="G248"/>
       <c r="H248" t="s">
-        <v>12</v>
+        <v>79</v>
       </c>
     </row>
     <row r="249" spans="1:8">
       <c r="A249" t="s">
-        <v>447</v>
+        <v>532</v>
       </c>
       <c r="B249" t="s">
-        <v>448</v>
-[...3 lines deleted...]
-      </c>
+        <v>533</v>
+      </c>
+      <c r="C249"/>
       <c r="D249" t="s">
-        <v>26</v>
+        <v>21</v>
       </c>
       <c r="E249" t="s">
-        <v>27</v>
+        <v>22</v>
       </c>
       <c r="F249">
-        <v>2003</v>
+        <v>1999</v>
       </c>
       <c r="G249"/>
       <c r="H249" t="s">
-        <v>12</v>
+        <v>66</v>
       </c>
     </row>
     <row r="250" spans="1:8">
       <c r="A250" t="s">
-        <v>449</v>
+        <v>534</v>
       </c>
       <c r="B250" t="s">
-        <v>450</v>
+        <v>535</v>
       </c>
       <c r="C250" t="s">
-        <v>49</v>
+        <v>10</v>
       </c>
       <c r="D250" t="s">
-        <v>26</v>
+        <v>18</v>
       </c>
       <c r="E250" t="s">
-        <v>27</v>
+        <v>12</v>
       </c>
       <c r="F250">
-        <v>2003</v>
+        <v>1999</v>
       </c>
       <c r="G250"/>
       <c r="H250" t="s">
-        <v>12</v>
+        <v>361</v>
       </c>
     </row>
     <row r="251" spans="1:8">
       <c r="A251" t="s">
-        <v>451</v>
+        <v>536</v>
       </c>
       <c r="B251" t="s">
-        <v>452</v>
+        <v>537</v>
       </c>
       <c r="C251" t="s">
-        <v>49</v>
+        <v>86</v>
       </c>
       <c r="D251" t="s">
-        <v>26</v>
+        <v>18</v>
       </c>
       <c r="E251" t="s">
-        <v>27</v>
+        <v>12</v>
       </c>
       <c r="F251">
-        <v>2003</v>
+        <v>1999</v>
       </c>
       <c r="G251"/>
       <c r="H251" t="s">
-        <v>12</v>
+        <v>66</v>
       </c>
     </row>
     <row r="252" spans="1:8">
       <c r="A252" t="s">
-        <v>453</v>
+        <v>538</v>
       </c>
       <c r="B252" t="s">
-        <v>454</v>
+        <v>539</v>
       </c>
       <c r="C252" t="s">
-        <v>25</v>
+        <v>86</v>
       </c>
       <c r="D252" t="s">
-        <v>26</v>
+        <v>18</v>
       </c>
       <c r="E252" t="s">
-        <v>27</v>
+        <v>12</v>
       </c>
       <c r="F252">
-        <v>2003</v>
+        <v>1999</v>
       </c>
       <c r="G252"/>
       <c r="H252" t="s">
-        <v>12</v>
+        <v>66</v>
       </c>
     </row>
     <row r="253" spans="1:8">
       <c r="A253" t="s">
-        <v>455</v>
+        <v>540</v>
       </c>
       <c r="B253" t="s">
-        <v>456</v>
+        <v>541</v>
       </c>
       <c r="C253" t="s">
-        <v>46</v>
+        <v>86</v>
       </c>
       <c r="D253" t="s">
-        <v>26</v>
+        <v>18</v>
       </c>
       <c r="E253" t="s">
-        <v>27</v>
+        <v>12</v>
       </c>
       <c r="F253">
-        <v>2003</v>
+        <v>1999</v>
       </c>
       <c r="G253"/>
       <c r="H253" t="s">
-        <v>12</v>
+        <v>66</v>
       </c>
     </row>
     <row r="254" spans="1:8">
       <c r="A254" t="s">
-        <v>457</v>
+        <v>542</v>
       </c>
       <c r="B254" t="s">
-        <v>458</v>
+        <v>543</v>
       </c>
       <c r="C254" t="s">
-        <v>25</v>
+        <v>86</v>
       </c>
       <c r="D254" t="s">
-        <v>26</v>
+        <v>18</v>
       </c>
       <c r="E254" t="s">
-        <v>27</v>
+        <v>12</v>
       </c>
       <c r="F254">
-        <v>2003</v>
+        <v>1999</v>
       </c>
       <c r="G254"/>
       <c r="H254" t="s">
-        <v>35</v>
+        <v>66</v>
       </c>
     </row>
     <row r="255" spans="1:8">
       <c r="A255" t="s">
-        <v>459</v>
+        <v>544</v>
       </c>
       <c r="B255" t="s">
-        <v>460</v>
+        <v>545</v>
       </c>
       <c r="C255" t="s">
-        <v>25</v>
+        <v>86</v>
       </c>
       <c r="D255" t="s">
-        <v>26</v>
+        <v>18</v>
       </c>
       <c r="E255" t="s">
-        <v>27</v>
+        <v>12</v>
       </c>
       <c r="F255">
-        <v>2003</v>
+        <v>1999</v>
       </c>
       <c r="G255"/>
       <c r="H255" t="s">
-        <v>12</v>
+        <v>66</v>
       </c>
     </row>
     <row r="256" spans="1:8">
       <c r="A256" t="s">
-        <v>461</v>
+        <v>546</v>
       </c>
       <c r="B256" t="s">
-        <v>462</v>
+        <v>547</v>
       </c>
       <c r="C256" t="s">
-        <v>25</v>
+        <v>86</v>
       </c>
       <c r="D256" t="s">
-        <v>26</v>
+        <v>18</v>
       </c>
       <c r="E256" t="s">
-        <v>27</v>
+        <v>12</v>
       </c>
       <c r="F256">
-        <v>2003</v>
+        <v>1999</v>
       </c>
       <c r="G256"/>
       <c r="H256" t="s">
-        <v>12</v>
+        <v>66</v>
       </c>
     </row>
     <row r="257" spans="1:8">
       <c r="A257" t="s">
-        <v>463</v>
+        <v>548</v>
       </c>
       <c r="B257" t="s">
-        <v>464</v>
+        <v>549</v>
       </c>
       <c r="C257" t="s">
-        <v>25</v>
+        <v>17</v>
       </c>
       <c r="D257" t="s">
-        <v>26</v>
+        <v>18</v>
       </c>
       <c r="E257" t="s">
-        <v>27</v>
+        <v>12</v>
       </c>
       <c r="F257">
-        <v>2003</v>
+        <v>1999</v>
       </c>
       <c r="G257"/>
       <c r="H257" t="s">
-        <v>184</v>
+        <v>66</v>
       </c>
     </row>
     <row r="258" spans="1:8">
       <c r="A258" t="s">
-        <v>465</v>
+        <v>550</v>
       </c>
       <c r="B258" t="s">
-        <v>466</v>
+        <v>551</v>
       </c>
       <c r="C258" t="s">
-        <v>25</v>
+        <v>86</v>
       </c>
       <c r="D258" t="s">
-        <v>26</v>
+        <v>18</v>
       </c>
       <c r="E258" t="s">
-        <v>27</v>
+        <v>12</v>
       </c>
       <c r="F258">
-        <v>2003</v>
+        <v>1999</v>
       </c>
       <c r="G258"/>
       <c r="H258" t="s">
-        <v>12</v>
+        <v>552</v>
       </c>
     </row>
     <row r="259" spans="1:8">
       <c r="A259" t="s">
-        <v>467</v>
+        <v>553</v>
       </c>
       <c r="B259" t="s">
-        <v>468</v>
+        <v>554</v>
       </c>
       <c r="C259" t="s">
-        <v>25</v>
+        <v>17</v>
       </c>
       <c r="D259" t="s">
-        <v>26</v>
+        <v>18</v>
       </c>
       <c r="E259" t="s">
-        <v>27</v>
+        <v>12</v>
       </c>
       <c r="F259">
-        <v>2003</v>
+        <v>1999</v>
       </c>
       <c r="G259"/>
-      <c r="H259" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H259"/>
     </row>
     <row r="260" spans="1:8">
       <c r="A260" t="s">
-        <v>469</v>
+        <v>555</v>
       </c>
       <c r="B260" t="s">
-        <v>470</v>
+        <v>556</v>
       </c>
       <c r="C260" t="s">
-        <v>25</v>
+        <v>17</v>
       </c>
       <c r="D260" t="s">
-        <v>26</v>
+        <v>18</v>
       </c>
       <c r="E260" t="s">
-        <v>27</v>
+        <v>12</v>
       </c>
       <c r="F260">
-        <v>2003</v>
+        <v>1999</v>
       </c>
       <c r="G260"/>
-      <c r="H260" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H260"/>
     </row>
     <row r="261" spans="1:8">
       <c r="A261" t="s">
-        <v>471</v>
+        <v>557</v>
       </c>
       <c r="B261" t="s">
-        <v>472</v>
+        <v>558</v>
       </c>
       <c r="C261" t="s">
-        <v>25</v>
+        <v>17</v>
       </c>
       <c r="D261" t="s">
-        <v>26</v>
+        <v>18</v>
       </c>
       <c r="E261" t="s">
-        <v>27</v>
+        <v>12</v>
       </c>
       <c r="F261">
-        <v>2003</v>
+        <v>1999</v>
       </c>
       <c r="G261"/>
-      <c r="H261" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H261"/>
     </row>
     <row r="262" spans="1:8">
       <c r="A262" t="s">
-        <v>473</v>
+        <v>559</v>
       </c>
       <c r="B262" t="s">
-        <v>474</v>
+        <v>560</v>
       </c>
       <c r="C262" t="s">
-        <v>25</v>
+        <v>17</v>
       </c>
       <c r="D262" t="s">
-        <v>26</v>
+        <v>18</v>
       </c>
       <c r="E262" t="s">
-        <v>27</v>
+        <v>12</v>
       </c>
       <c r="F262">
-        <v>2003</v>
+        <v>1999</v>
       </c>
       <c r="G262"/>
-      <c r="H262" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H262"/>
     </row>
     <row r="263" spans="1:8">
       <c r="A263" t="s">
-        <v>475</v>
+        <v>561</v>
       </c>
       <c r="B263" t="s">
-        <v>476</v>
+        <v>562</v>
       </c>
       <c r="C263" t="s">
-        <v>25</v>
+        <v>17</v>
       </c>
       <c r="D263" t="s">
-        <v>26</v>
+        <v>18</v>
       </c>
       <c r="E263" t="s">
-        <v>27</v>
+        <v>12</v>
       </c>
       <c r="F263">
-        <v>2003</v>
+        <v>1999</v>
       </c>
       <c r="G263"/>
-      <c r="H263" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H263"/>
     </row>
     <row r="264" spans="1:8">
       <c r="A264" t="s">
-        <v>477</v>
+        <v>563</v>
       </c>
       <c r="B264" t="s">
-        <v>478</v>
+        <v>564</v>
       </c>
       <c r="C264" t="s">
-        <v>25</v>
+        <v>17</v>
       </c>
       <c r="D264" t="s">
-        <v>26</v>
+        <v>18</v>
       </c>
       <c r="E264" t="s">
-        <v>27</v>
+        <v>12</v>
       </c>
       <c r="F264">
-        <v>2003</v>
+        <v>1999</v>
       </c>
       <c r="G264"/>
-      <c r="H264" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H264"/>
     </row>
     <row r="265" spans="1:8">
       <c r="A265" t="s">
-        <v>479</v>
+        <v>565</v>
       </c>
       <c r="B265" t="s">
-        <v>480</v>
+        <v>566</v>
       </c>
       <c r="C265" t="s">
-        <v>25</v>
+        <v>17</v>
       </c>
       <c r="D265" t="s">
-        <v>26</v>
+        <v>18</v>
       </c>
       <c r="E265" t="s">
-        <v>27</v>
+        <v>12</v>
       </c>
       <c r="F265">
-        <v>2003</v>
+        <v>1999</v>
       </c>
       <c r="G265"/>
-      <c r="H265" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H265"/>
     </row>
     <row r="266" spans="1:8">
       <c r="A266" t="s">
-        <v>481</v>
+        <v>567</v>
       </c>
       <c r="B266" t="s">
-        <v>482</v>
+        <v>568</v>
       </c>
       <c r="C266" t="s">
-        <v>25</v>
+        <v>17</v>
       </c>
       <c r="D266" t="s">
-        <v>26</v>
+        <v>18</v>
       </c>
       <c r="E266" t="s">
-        <v>27</v>
+        <v>12</v>
       </c>
       <c r="F266">
-        <v>2002</v>
+        <v>1999</v>
       </c>
       <c r="G266"/>
-      <c r="H266" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H266"/>
     </row>
     <row r="267" spans="1:8">
       <c r="A267" t="s">
-        <v>483</v>
+        <v>569</v>
       </c>
       <c r="B267" t="s">
-        <v>484</v>
+        <v>570</v>
       </c>
       <c r="C267" t="s">
-        <v>46</v>
+        <v>17</v>
       </c>
       <c r="D267" t="s">
-        <v>26</v>
+        <v>18</v>
       </c>
       <c r="E267" t="s">
-        <v>27</v>
+        <v>12</v>
       </c>
       <c r="F267">
-        <v>2002</v>
+        <v>1999</v>
       </c>
       <c r="G267"/>
-      <c r="H267" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H267"/>
     </row>
     <row r="268" spans="1:8">
       <c r="A268" t="s">
-        <v>485</v>
+        <v>571</v>
       </c>
       <c r="B268" t="s">
-        <v>486</v>
+        <v>572</v>
       </c>
       <c r="C268" t="s">
-        <v>46</v>
+        <v>17</v>
       </c>
       <c r="D268" t="s">
-        <v>26</v>
+        <v>18</v>
       </c>
       <c r="E268" t="s">
-        <v>27</v>
+        <v>12</v>
       </c>
       <c r="F268">
-        <v>2002</v>
+        <v>1999</v>
       </c>
       <c r="G268"/>
-      <c r="H268" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H268"/>
     </row>
     <row r="269" spans="1:8">
       <c r="A269" t="s">
-        <v>487</v>
+        <v>573</v>
       </c>
       <c r="B269" t="s">
-        <v>488</v>
+        <v>574</v>
       </c>
       <c r="C269" t="s">
-        <v>46</v>
+        <v>17</v>
       </c>
       <c r="D269" t="s">
-        <v>26</v>
+        <v>18</v>
       </c>
       <c r="E269" t="s">
-        <v>27</v>
+        <v>12</v>
       </c>
       <c r="F269">
-        <v>2002</v>
+        <v>1999</v>
       </c>
       <c r="G269"/>
-      <c r="H269" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H269"/>
     </row>
     <row r="270" spans="1:8">
       <c r="A270" t="s">
-        <v>489</v>
+        <v>575</v>
       </c>
       <c r="B270" t="s">
-        <v>490</v>
+        <v>576</v>
       </c>
       <c r="C270" t="s">
-        <v>25</v>
+        <v>17</v>
       </c>
       <c r="D270" t="s">
-        <v>26</v>
+        <v>18</v>
       </c>
       <c r="E270" t="s">
-        <v>27</v>
+        <v>12</v>
       </c>
       <c r="F270">
-        <v>2002</v>
+        <v>1999</v>
       </c>
       <c r="G270"/>
-      <c r="H270" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H270"/>
     </row>
     <row r="271" spans="1:8">
       <c r="A271" t="s">
-        <v>491</v>
+        <v>577</v>
       </c>
       <c r="B271" t="s">
-        <v>492</v>
+        <v>578</v>
       </c>
       <c r="C271" t="s">
-        <v>25</v>
+        <v>17</v>
       </c>
       <c r="D271" t="s">
-        <v>26</v>
+        <v>18</v>
       </c>
       <c r="E271" t="s">
-        <v>27</v>
+        <v>12</v>
       </c>
       <c r="F271">
-        <v>2002</v>
+        <v>1999</v>
       </c>
       <c r="G271"/>
-      <c r="H271" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H271"/>
     </row>
     <row r="272" spans="1:8">
       <c r="A272" t="s">
-        <v>493</v>
+        <v>579</v>
       </c>
       <c r="B272" t="s">
-        <v>494</v>
+        <v>580</v>
       </c>
       <c r="C272" t="s">
-        <v>25</v>
+        <v>10</v>
       </c>
       <c r="D272" t="s">
-        <v>26</v>
+        <v>18</v>
       </c>
       <c r="E272" t="s">
-        <v>27</v>
+        <v>12</v>
       </c>
       <c r="F272">
-        <v>2002</v>
+        <v>1998</v>
       </c>
       <c r="G272"/>
       <c r="H272" t="s">
-        <v>44</v>
+        <v>361</v>
       </c>
     </row>
     <row r="273" spans="1:8">
       <c r="A273" t="s">
-        <v>495</v>
+        <v>581</v>
       </c>
       <c r="B273" t="s">
-        <v>496</v>
+        <v>582</v>
       </c>
       <c r="C273" t="s">
-        <v>25</v>
+        <v>86</v>
       </c>
       <c r="D273" t="s">
-        <v>26</v>
+        <v>18</v>
       </c>
       <c r="E273" t="s">
-        <v>27</v>
+        <v>12</v>
       </c>
       <c r="F273">
-        <v>2002</v>
+        <v>1998</v>
       </c>
       <c r="G273"/>
       <c r="H273" t="s">
-        <v>184</v>
+        <v>66</v>
       </c>
     </row>
     <row r="274" spans="1:8">
       <c r="A274" t="s">
-        <v>497</v>
+        <v>583</v>
       </c>
       <c r="B274" t="s">
-        <v>498</v>
+        <v>584</v>
       </c>
       <c r="C274" t="s">
-        <v>25</v>
+        <v>17</v>
       </c>
       <c r="D274" t="s">
-        <v>26</v>
+        <v>18</v>
       </c>
       <c r="E274" t="s">
-        <v>27</v>
+        <v>12</v>
       </c>
       <c r="F274">
-        <v>2002</v>
+        <v>1998</v>
       </c>
       <c r="G274"/>
       <c r="H274" t="s">
-        <v>184</v>
+        <v>79</v>
       </c>
     </row>
     <row r="275" spans="1:8">
       <c r="A275" t="s">
-        <v>499</v>
+        <v>585</v>
       </c>
       <c r="B275" t="s">
-        <v>500</v>
+        <v>586</v>
       </c>
       <c r="C275" t="s">
-        <v>25</v>
+        <v>17</v>
       </c>
       <c r="D275" t="s">
-        <v>26</v>
+        <v>18</v>
       </c>
       <c r="E275" t="s">
-        <v>27</v>
+        <v>12</v>
       </c>
       <c r="F275">
-        <v>2002</v>
+        <v>1998</v>
       </c>
       <c r="G275"/>
       <c r="H275" t="s">
-        <v>184</v>
+        <v>79</v>
       </c>
     </row>
     <row r="276" spans="1:8">
       <c r="A276" t="s">
-        <v>501</v>
+        <v>587</v>
       </c>
       <c r="B276" t="s">
-        <v>502</v>
+        <v>588</v>
       </c>
       <c r="C276" t="s">
-        <v>25</v>
+        <v>86</v>
       </c>
       <c r="D276" t="s">
-        <v>26</v>
+        <v>18</v>
       </c>
       <c r="E276" t="s">
-        <v>27</v>
+        <v>12</v>
       </c>
       <c r="F276">
-        <v>2002</v>
+        <v>1998</v>
       </c>
       <c r="G276"/>
       <c r="H276" t="s">
-        <v>184</v>
+        <v>66</v>
       </c>
     </row>
     <row r="277" spans="1:8">
       <c r="A277" t="s">
-        <v>503</v>
+        <v>589</v>
       </c>
       <c r="B277" t="s">
-        <v>504</v>
+        <v>590</v>
       </c>
       <c r="C277" t="s">
-        <v>25</v>
+        <v>86</v>
       </c>
       <c r="D277" t="s">
-        <v>26</v>
+        <v>18</v>
       </c>
       <c r="E277" t="s">
-        <v>27</v>
+        <v>12</v>
       </c>
       <c r="F277">
-        <v>2002</v>
+        <v>1998</v>
       </c>
       <c r="G277"/>
-      <c r="H277" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H277"/>
     </row>
     <row r="278" spans="1:8">
       <c r="A278" t="s">
-        <v>505</v>
+        <v>591</v>
       </c>
       <c r="B278" t="s">
-        <v>506</v>
+        <v>592</v>
       </c>
       <c r="C278" t="s">
-        <v>25</v>
+        <v>10</v>
       </c>
       <c r="D278" t="s">
-        <v>26</v>
+        <v>18</v>
       </c>
       <c r="E278" t="s">
-        <v>27</v>
+        <v>12</v>
       </c>
       <c r="F278">
-        <v>2002</v>
+        <v>1998</v>
       </c>
       <c r="G278"/>
-      <c r="H278" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H278"/>
     </row>
     <row r="279" spans="1:8">
       <c r="A279" t="s">
-        <v>507</v>
+        <v>593</v>
       </c>
       <c r="B279" t="s">
-        <v>508</v>
+        <v>594</v>
       </c>
       <c r="C279" t="s">
-        <v>25</v>
+        <v>17</v>
       </c>
       <c r="D279" t="s">
-        <v>26</v>
+        <v>18</v>
       </c>
       <c r="E279" t="s">
-        <v>27</v>
+        <v>12</v>
       </c>
       <c r="F279">
-        <v>2002</v>
+        <v>1998</v>
       </c>
       <c r="G279"/>
-      <c r="H279" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H279"/>
     </row>
     <row r="280" spans="1:8">
       <c r="A280" t="s">
-        <v>509</v>
+        <v>595</v>
       </c>
       <c r="B280" t="s">
-        <v>510</v>
+        <v>596</v>
       </c>
       <c r="C280" t="s">
-        <v>25</v>
+        <v>17</v>
       </c>
       <c r="D280" t="s">
-        <v>26</v>
+        <v>18</v>
       </c>
       <c r="E280" t="s">
-        <v>27</v>
+        <v>12</v>
       </c>
       <c r="F280">
-        <v>2002</v>
+        <v>1998</v>
       </c>
       <c r="G280"/>
-      <c r="H280" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H280"/>
     </row>
     <row r="281" spans="1:8">
       <c r="A281" t="s">
-        <v>511</v>
+        <v>597</v>
       </c>
       <c r="B281" t="s">
-        <v>512</v>
+        <v>598</v>
       </c>
       <c r="C281" t="s">
-        <v>25</v>
+        <v>17</v>
       </c>
       <c r="D281" t="s">
-        <v>26</v>
+        <v>18</v>
       </c>
       <c r="E281" t="s">
-        <v>27</v>
+        <v>12</v>
       </c>
       <c r="F281">
-        <v>2002</v>
+        <v>1998</v>
       </c>
       <c r="G281"/>
-      <c r="H281" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H281"/>
     </row>
     <row r="282" spans="1:8">
       <c r="A282" t="s">
-        <v>513</v>
+        <v>599</v>
       </c>
       <c r="B282" t="s">
-        <v>514</v>
+        <v>600</v>
       </c>
       <c r="C282" t="s">
-        <v>25</v>
+        <v>17</v>
       </c>
       <c r="D282" t="s">
-        <v>26</v>
+        <v>18</v>
       </c>
       <c r="E282" t="s">
-        <v>27</v>
+        <v>12</v>
       </c>
       <c r="F282">
-        <v>2002</v>
+        <v>1998</v>
       </c>
       <c r="G282"/>
-      <c r="H282" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H282"/>
     </row>
     <row r="283" spans="1:8">
       <c r="A283" t="s">
-        <v>515</v>
+        <v>601</v>
       </c>
       <c r="B283" t="s">
-        <v>516</v>
+        <v>602</v>
       </c>
       <c r="C283" t="s">
-        <v>25</v>
+        <v>17</v>
       </c>
       <c r="D283" t="s">
-        <v>26</v>
+        <v>18</v>
       </c>
       <c r="E283" t="s">
-        <v>27</v>
+        <v>12</v>
       </c>
       <c r="F283">
-        <v>2002</v>
+        <v>1998</v>
       </c>
       <c r="G283"/>
-      <c r="H283" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H283"/>
     </row>
     <row r="284" spans="1:8">
       <c r="A284" t="s">
-        <v>517</v>
+        <v>603</v>
       </c>
       <c r="B284" t="s">
-        <v>518</v>
+        <v>604</v>
       </c>
       <c r="C284" t="s">
-        <v>25</v>
+        <v>17</v>
       </c>
       <c r="D284" t="s">
-        <v>26</v>
+        <v>18</v>
       </c>
       <c r="E284" t="s">
-        <v>27</v>
+        <v>12</v>
       </c>
       <c r="F284">
-        <v>2002</v>
+        <v>1998</v>
       </c>
       <c r="G284"/>
       <c r="H284"/>
     </row>
     <row r="285" spans="1:8">
       <c r="A285" t="s">
-        <v>519</v>
+        <v>605</v>
       </c>
       <c r="B285" t="s">
-        <v>520</v>
-[...3 lines deleted...]
-      </c>
+        <v>606</v>
+      </c>
+      <c r="C285"/>
       <c r="D285" t="s">
-        <v>26</v>
+        <v>21</v>
       </c>
       <c r="E285" t="s">
-        <v>27</v>
+        <v>22</v>
       </c>
       <c r="F285">
-        <v>2002</v>
+        <v>1997</v>
       </c>
       <c r="G285"/>
-      <c r="H285"/>
+      <c r="H285" t="s">
+        <v>79</v>
+      </c>
     </row>
     <row r="286" spans="1:8">
       <c r="A286" t="s">
-        <v>521</v>
+        <v>607</v>
       </c>
       <c r="B286" t="s">
-        <v>522</v>
+        <v>608</v>
       </c>
       <c r="C286" t="s">
-        <v>25</v>
+        <v>17</v>
       </c>
       <c r="D286" t="s">
-        <v>26</v>
+        <v>18</v>
       </c>
       <c r="E286" t="s">
-        <v>27</v>
+        <v>12</v>
       </c>
       <c r="F286">
-        <v>2001</v>
+        <v>1997</v>
       </c>
       <c r="G286"/>
       <c r="H286" t="s">
-        <v>148</v>
+        <v>176</v>
       </c>
     </row>
     <row r="287" spans="1:8">
       <c r="A287" t="s">
-        <v>523</v>
+        <v>609</v>
       </c>
       <c r="B287" t="s">
-        <v>524</v>
+        <v>610</v>
       </c>
       <c r="C287" t="s">
-        <v>25</v>
+        <v>86</v>
       </c>
       <c r="D287" t="s">
-        <v>26</v>
+        <v>18</v>
       </c>
       <c r="E287" t="s">
-        <v>27</v>
+        <v>12</v>
       </c>
       <c r="F287">
-        <v>2001</v>
+        <v>1997</v>
       </c>
       <c r="G287"/>
       <c r="H287" t="s">
-        <v>72</v>
+        <v>66</v>
       </c>
     </row>
     <row r="288" spans="1:8">
       <c r="A288" t="s">
-        <v>525</v>
+        <v>611</v>
       </c>
       <c r="B288" t="s">
-        <v>526</v>
+        <v>612</v>
       </c>
       <c r="C288" t="s">
-        <v>49</v>
+        <v>251</v>
       </c>
       <c r="D288" t="s">
-        <v>26</v>
+        <v>18</v>
       </c>
       <c r="E288" t="s">
-        <v>27</v>
+        <v>12</v>
       </c>
       <c r="F288">
-        <v>2001</v>
+        <v>1997</v>
       </c>
       <c r="G288"/>
-      <c r="H288" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H288"/>
     </row>
     <row r="289" spans="1:8">
       <c r="A289" t="s">
-        <v>527</v>
+        <v>613</v>
       </c>
       <c r="B289" t="s">
-        <v>528</v>
+        <v>614</v>
       </c>
       <c r="C289" t="s">
-        <v>46</v>
+        <v>17</v>
       </c>
       <c r="D289" t="s">
-        <v>26</v>
+        <v>18</v>
       </c>
       <c r="E289" t="s">
-        <v>27</v>
+        <v>12</v>
       </c>
       <c r="F289">
-        <v>2001</v>
+        <v>1997</v>
       </c>
       <c r="G289"/>
-      <c r="H289" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H289"/>
     </row>
     <row r="290" spans="1:8">
       <c r="A290" t="s">
-        <v>529</v>
+        <v>615</v>
       </c>
       <c r="B290" t="s">
-        <v>530</v>
+        <v>616</v>
       </c>
       <c r="C290" t="s">
-        <v>25</v>
+        <v>17</v>
       </c>
       <c r="D290" t="s">
-        <v>26</v>
+        <v>18</v>
       </c>
       <c r="E290" t="s">
-        <v>27</v>
+        <v>12</v>
       </c>
       <c r="F290">
-        <v>2001</v>
+        <v>1997</v>
       </c>
       <c r="G290"/>
-      <c r="H290" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H290"/>
     </row>
     <row r="291" spans="1:8">
       <c r="A291" t="s">
-        <v>531</v>
+        <v>617</v>
       </c>
       <c r="B291" t="s">
-        <v>532</v>
+        <v>618</v>
       </c>
       <c r="C291" t="s">
-        <v>25</v>
+        <v>17</v>
       </c>
       <c r="D291" t="s">
-        <v>26</v>
+        <v>18</v>
       </c>
       <c r="E291" t="s">
-        <v>27</v>
+        <v>12</v>
       </c>
       <c r="F291">
-        <v>2001</v>
+        <v>1997</v>
       </c>
       <c r="G291"/>
-      <c r="H291" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H291"/>
     </row>
     <row r="292" spans="1:8">
       <c r="A292" t="s">
-        <v>533</v>
+        <v>619</v>
       </c>
       <c r="B292" t="s">
-        <v>534</v>
+        <v>620</v>
       </c>
       <c r="C292" t="s">
-        <v>25</v>
+        <v>17</v>
       </c>
       <c r="D292" t="s">
-        <v>26</v>
+        <v>18</v>
       </c>
       <c r="E292" t="s">
-        <v>27</v>
+        <v>12</v>
       </c>
       <c r="F292">
-        <v>2001</v>
+        <v>1997</v>
       </c>
       <c r="G292"/>
-      <c r="H292" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H292"/>
     </row>
     <row r="293" spans="1:8">
       <c r="A293" t="s">
-        <v>535</v>
+        <v>621</v>
       </c>
       <c r="B293" t="s">
-        <v>536</v>
+        <v>622</v>
       </c>
       <c r="C293" t="s">
-        <v>25</v>
+        <v>17</v>
       </c>
       <c r="D293" t="s">
-        <v>26</v>
+        <v>18</v>
       </c>
       <c r="E293" t="s">
-        <v>27</v>
+        <v>12</v>
       </c>
       <c r="F293">
-        <v>2001</v>
+        <v>1997</v>
       </c>
       <c r="G293"/>
-      <c r="H293" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H293"/>
     </row>
     <row r="294" spans="1:8">
       <c r="A294" t="s">
-        <v>537</v>
+        <v>623</v>
       </c>
       <c r="B294" t="s">
-        <v>538</v>
+        <v>624</v>
       </c>
       <c r="C294" t="s">
-        <v>25</v>
+        <v>86</v>
       </c>
       <c r="D294" t="s">
-        <v>26</v>
+        <v>18</v>
       </c>
       <c r="E294" t="s">
-        <v>27</v>
+        <v>12</v>
       </c>
       <c r="F294">
-        <v>2001</v>
+        <v>1996</v>
       </c>
       <c r="G294"/>
       <c r="H294" t="s">
-        <v>161</v>
+        <v>66</v>
       </c>
     </row>
     <row r="295" spans="1:8">
       <c r="A295" t="s">
-        <v>539</v>
+        <v>625</v>
       </c>
       <c r="B295" t="s">
-        <v>540</v>
+        <v>626</v>
       </c>
       <c r="C295" t="s">
-        <v>25</v>
+        <v>17</v>
       </c>
       <c r="D295" t="s">
-        <v>26</v>
+        <v>18</v>
       </c>
       <c r="E295" t="s">
-        <v>27</v>
+        <v>12</v>
       </c>
       <c r="F295">
-        <v>2001</v>
+        <v>1996</v>
       </c>
       <c r="G295"/>
       <c r="H295" t="s">
-        <v>74</v>
+        <v>79</v>
       </c>
     </row>
     <row r="296" spans="1:8">
       <c r="A296" t="s">
-        <v>541</v>
+        <v>627</v>
       </c>
       <c r="B296" t="s">
-        <v>542</v>
+        <v>628</v>
       </c>
       <c r="C296" t="s">
-        <v>25</v>
+        <v>17</v>
       </c>
       <c r="D296" t="s">
-        <v>26</v>
+        <v>18</v>
       </c>
       <c r="E296" t="s">
-        <v>27</v>
+        <v>12</v>
       </c>
       <c r="F296">
-        <v>2001</v>
+        <v>1996</v>
       </c>
       <c r="G296"/>
       <c r="H296" t="s">
-        <v>36</v>
+        <v>79</v>
       </c>
     </row>
     <row r="297" spans="1:8">
-      <c r="A297">
-        <v>123456</v>
+      <c r="A297" t="s">
+        <v>629</v>
       </c>
       <c r="B297" t="s">
-        <v>543</v>
-[...1 lines deleted...]
-      <c r="C297"/>
+        <v>630</v>
+      </c>
+      <c r="C297" t="s">
+        <v>17</v>
+      </c>
       <c r="D297" t="s">
-        <v>544</v>
+        <v>18</v>
       </c>
       <c r="E297" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="F297">
-        <v>2000</v>
-[...3 lines deleted...]
-      </c>
+        <v>1996</v>
+      </c>
+      <c r="G297"/>
       <c r="H297" t="s">
-        <v>68</v>
+        <v>474</v>
       </c>
     </row>
     <row r="298" spans="1:8">
       <c r="A298" t="s">
-        <v>546</v>
+        <v>631</v>
       </c>
       <c r="B298" t="s">
-        <v>547</v>
-[...2 lines deleted...]
-      <c r="D298"/>
+        <v>632</v>
+      </c>
+      <c r="C298" t="s">
+        <v>10</v>
+      </c>
+      <c r="D298" t="s">
+        <v>18</v>
+      </c>
       <c r="E298" t="s">
-        <v>39</v>
+        <v>12</v>
       </c>
       <c r="F298">
-        <v>2000</v>
-[...6 lines deleted...]
-      </c>
+        <v>1996</v>
+      </c>
+      <c r="G298"/>
+      <c r="H298"/>
     </row>
     <row r="299" spans="1:8">
       <c r="A299" t="s">
-        <v>548</v>
+        <v>633</v>
       </c>
       <c r="B299" t="s">
-        <v>549</v>
-[...1 lines deleted...]
-      <c r="C299"/>
+        <v>634</v>
+      </c>
+      <c r="C299" t="s">
+        <v>17</v>
+      </c>
       <c r="D299" t="s">
-        <v>15</v>
+        <v>18</v>
       </c>
       <c r="E299" t="s">
-        <v>16</v>
+        <v>12</v>
       </c>
       <c r="F299">
-        <v>2000</v>
+        <v>1996</v>
       </c>
       <c r="G299"/>
-      <c r="H299" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H299"/>
     </row>
     <row r="300" spans="1:8">
       <c r="A300" t="s">
-        <v>550</v>
+        <v>635</v>
       </c>
       <c r="B300" t="s">
-        <v>551</v>
+        <v>636</v>
       </c>
       <c r="C300" t="s">
-        <v>49</v>
+        <v>17</v>
       </c>
       <c r="D300" t="s">
-        <v>26</v>
+        <v>18</v>
       </c>
       <c r="E300" t="s">
-        <v>27</v>
+        <v>12</v>
       </c>
       <c r="F300">
-        <v>2000</v>
+        <v>1996</v>
       </c>
       <c r="G300"/>
-      <c r="H300" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H300"/>
     </row>
     <row r="301" spans="1:8">
       <c r="A301" t="s">
-        <v>552</v>
+        <v>637</v>
       </c>
       <c r="B301" t="s">
-        <v>553</v>
+        <v>638</v>
       </c>
       <c r="C301" t="s">
-        <v>46</v>
+        <v>17</v>
       </c>
       <c r="D301" t="s">
-        <v>26</v>
+        <v>18</v>
       </c>
       <c r="E301" t="s">
-        <v>27</v>
+        <v>12</v>
       </c>
       <c r="F301">
-        <v>2000</v>
+        <v>1996</v>
       </c>
       <c r="G301"/>
-      <c r="H301" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H301"/>
     </row>
     <row r="302" spans="1:8">
       <c r="A302" t="s">
-        <v>554</v>
+        <v>639</v>
       </c>
       <c r="B302" t="s">
-        <v>555</v>
+        <v>640</v>
       </c>
       <c r="C302" t="s">
-        <v>49</v>
+        <v>17</v>
       </c>
       <c r="D302" t="s">
-        <v>26</v>
+        <v>18</v>
       </c>
       <c r="E302" t="s">
-        <v>27</v>
+        <v>12</v>
       </c>
       <c r="F302">
-        <v>2000</v>
+        <v>1996</v>
       </c>
       <c r="G302"/>
-      <c r="H302" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H302"/>
     </row>
     <row r="303" spans="1:8">
       <c r="A303" t="s">
-        <v>556</v>
+        <v>641</v>
       </c>
       <c r="B303" t="s">
-        <v>557</v>
-[...3 lines deleted...]
-      </c>
+        <v>642</v>
+      </c>
+      <c r="C303"/>
       <c r="D303" t="s">
-        <v>26</v>
+        <v>21</v>
       </c>
       <c r="E303" t="s">
-        <v>27</v>
+        <v>22</v>
       </c>
       <c r="F303">
-        <v>2000</v>
+        <v>1995</v>
       </c>
       <c r="G303"/>
       <c r="H303" t="s">
-        <v>12</v>
+        <v>361</v>
       </c>
     </row>
     <row r="304" spans="1:8">
       <c r="A304" t="s">
-        <v>558</v>
+        <v>643</v>
       </c>
       <c r="B304" t="s">
-        <v>559</v>
-[...3 lines deleted...]
-      </c>
+        <v>644</v>
+      </c>
+      <c r="C304"/>
       <c r="D304" t="s">
-        <v>26</v>
+        <v>21</v>
       </c>
       <c r="E304" t="s">
-        <v>27</v>
+        <v>22</v>
       </c>
       <c r="F304">
-        <v>2000</v>
+        <v>1995</v>
       </c>
       <c r="G304"/>
       <c r="H304" t="s">
-        <v>12</v>
+        <v>87</v>
       </c>
     </row>
     <row r="305" spans="1:8">
       <c r="A305" t="s">
-        <v>560</v>
+        <v>645</v>
       </c>
       <c r="B305" t="s">
-        <v>561</v>
+        <v>646</v>
       </c>
       <c r="C305" t="s">
-        <v>49</v>
+        <v>17</v>
       </c>
       <c r="D305" t="s">
-        <v>26</v>
+        <v>18</v>
       </c>
       <c r="E305" t="s">
-        <v>27</v>
+        <v>12</v>
       </c>
       <c r="F305">
-        <v>2000</v>
+        <v>1995</v>
       </c>
       <c r="G305"/>
       <c r="H305" t="s">
-        <v>12</v>
+        <v>176</v>
       </c>
     </row>
     <row r="306" spans="1:8">
       <c r="A306" t="s">
-        <v>562</v>
+        <v>647</v>
       </c>
       <c r="B306" t="s">
-        <v>563</v>
+        <v>648</v>
       </c>
       <c r="C306" t="s">
-        <v>38</v>
+        <v>17</v>
       </c>
       <c r="D306" t="s">
-        <v>26</v>
+        <v>18</v>
       </c>
       <c r="E306" t="s">
-        <v>27</v>
+        <v>12</v>
       </c>
       <c r="F306">
-        <v>2000</v>
+        <v>1995</v>
       </c>
       <c r="G306"/>
       <c r="H306" t="s">
-        <v>28</v>
+        <v>176</v>
       </c>
     </row>
     <row r="307" spans="1:8">
       <c r="A307" t="s">
-        <v>564</v>
+        <v>649</v>
       </c>
       <c r="B307" t="s">
-        <v>565</v>
+        <v>650</v>
       </c>
       <c r="C307" t="s">
-        <v>38</v>
+        <v>86</v>
       </c>
       <c r="D307" t="s">
-        <v>26</v>
+        <v>18</v>
       </c>
       <c r="E307" t="s">
-        <v>27</v>
+        <v>12</v>
       </c>
       <c r="F307">
-        <v>2000</v>
+        <v>1995</v>
       </c>
       <c r="G307"/>
       <c r="H307" t="s">
-        <v>28</v>
+        <v>66</v>
       </c>
     </row>
     <row r="308" spans="1:8">
       <c r="A308" t="s">
-        <v>566</v>
+        <v>651</v>
       </c>
       <c r="B308" t="s">
-        <v>567</v>
+        <v>652</v>
       </c>
       <c r="C308" t="s">
-        <v>38</v>
+        <v>17</v>
       </c>
       <c r="D308" t="s">
-        <v>26</v>
+        <v>18</v>
       </c>
       <c r="E308" t="s">
-        <v>27</v>
+        <v>12</v>
       </c>
       <c r="F308">
-        <v>2000</v>
+        <v>1995</v>
       </c>
       <c r="G308"/>
       <c r="H308" t="s">
-        <v>28</v>
+        <v>96</v>
       </c>
     </row>
     <row r="309" spans="1:8">
       <c r="A309" t="s">
-        <v>568</v>
+        <v>653</v>
       </c>
       <c r="B309" t="s">
-        <v>569</v>
+        <v>654</v>
       </c>
       <c r="C309" t="s">
-        <v>25</v>
+        <v>86</v>
       </c>
       <c r="D309" t="s">
-        <v>26</v>
+        <v>18</v>
       </c>
       <c r="E309" t="s">
-        <v>27</v>
+        <v>12</v>
       </c>
       <c r="F309">
-        <v>2000</v>
+        <v>1995</v>
       </c>
       <c r="G309"/>
       <c r="H309" t="s">
-        <v>28</v>
+        <v>66</v>
       </c>
     </row>
     <row r="310" spans="1:8">
       <c r="A310" t="s">
-        <v>570</v>
+        <v>655</v>
       </c>
       <c r="B310" t="s">
-        <v>571</v>
+        <v>656</v>
       </c>
       <c r="C310" t="s">
-        <v>25</v>
+        <v>17</v>
       </c>
       <c r="D310" t="s">
-        <v>26</v>
+        <v>18</v>
       </c>
       <c r="E310" t="s">
-        <v>27</v>
+        <v>12</v>
       </c>
       <c r="F310">
-        <v>2000</v>
+        <v>1995</v>
       </c>
       <c r="G310"/>
       <c r="H310" t="s">
-        <v>28</v>
+        <v>474</v>
       </c>
     </row>
     <row r="311" spans="1:8">
       <c r="A311" t="s">
-        <v>572</v>
+        <v>657</v>
       </c>
       <c r="B311" t="s">
-        <v>573</v>
+        <v>658</v>
       </c>
       <c r="C311" t="s">
-        <v>25</v>
+        <v>17</v>
       </c>
       <c r="D311" t="s">
-        <v>26</v>
+        <v>18</v>
       </c>
       <c r="E311" t="s">
-        <v>27</v>
+        <v>12</v>
       </c>
       <c r="F311">
-        <v>2000</v>
+        <v>1995</v>
       </c>
       <c r="G311"/>
-      <c r="H311" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H311"/>
     </row>
     <row r="312" spans="1:8">
       <c r="A312" t="s">
-        <v>574</v>
+        <v>659</v>
       </c>
       <c r="B312" t="s">
-        <v>575</v>
+        <v>660</v>
       </c>
       <c r="C312" t="s">
-        <v>25</v>
+        <v>17</v>
       </c>
       <c r="D312" t="s">
-        <v>26</v>
+        <v>18</v>
       </c>
       <c r="E312" t="s">
-        <v>27</v>
+        <v>12</v>
       </c>
       <c r="F312">
-        <v>2000</v>
+        <v>1995</v>
       </c>
       <c r="G312"/>
-      <c r="H312" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H312"/>
     </row>
     <row r="313" spans="1:8">
       <c r="A313" t="s">
-        <v>576</v>
+        <v>661</v>
       </c>
       <c r="B313" t="s">
-        <v>577</v>
-[...3 lines deleted...]
-      </c>
+        <v>662</v>
+      </c>
+      <c r="C313"/>
       <c r="D313" t="s">
-        <v>26</v>
+        <v>21</v>
       </c>
       <c r="E313" t="s">
-        <v>27</v>
+        <v>22</v>
       </c>
       <c r="F313">
-        <v>2000</v>
+        <v>1994</v>
       </c>
       <c r="G313"/>
       <c r="H313" t="s">
-        <v>12</v>
+        <v>474</v>
       </c>
     </row>
     <row r="314" spans="1:8">
       <c r="A314" t="s">
-        <v>578</v>
+        <v>663</v>
       </c>
       <c r="B314" t="s">
-        <v>579</v>
+        <v>664</v>
       </c>
       <c r="C314" t="s">
-        <v>25</v>
+        <v>17</v>
       </c>
       <c r="D314" t="s">
-        <v>26</v>
+        <v>18</v>
       </c>
       <c r="E314" t="s">
-        <v>27</v>
+        <v>12</v>
       </c>
       <c r="F314">
-        <v>2000</v>
+        <v>1994</v>
       </c>
       <c r="G314"/>
       <c r="H314" t="s">
-        <v>34</v>
+        <v>225</v>
       </c>
     </row>
     <row r="315" spans="1:8">
       <c r="A315" t="s">
-        <v>580</v>
+        <v>665</v>
       </c>
       <c r="B315" t="s">
-        <v>581</v>
+        <v>666</v>
       </c>
       <c r="C315" t="s">
-        <v>25</v>
+        <v>17</v>
       </c>
       <c r="D315" t="s">
-        <v>26</v>
+        <v>18</v>
       </c>
       <c r="E315" t="s">
-        <v>27</v>
+        <v>12</v>
       </c>
       <c r="F315">
-        <v>2000</v>
+        <v>1994</v>
       </c>
       <c r="G315"/>
       <c r="H315" t="s">
-        <v>12</v>
+        <v>176</v>
       </c>
     </row>
     <row r="316" spans="1:8">
       <c r="A316" t="s">
-        <v>582</v>
+        <v>667</v>
       </c>
       <c r="B316" t="s">
-        <v>583</v>
+        <v>668</v>
       </c>
       <c r="C316" t="s">
-        <v>25</v>
+        <v>10</v>
       </c>
       <c r="D316" t="s">
-        <v>26</v>
+        <v>18</v>
       </c>
       <c r="E316" t="s">
-        <v>27</v>
+        <v>12</v>
       </c>
       <c r="F316">
-        <v>2000</v>
+        <v>1994</v>
       </c>
       <c r="G316"/>
       <c r="H316" t="s">
-        <v>184</v>
+        <v>66</v>
       </c>
     </row>
     <row r="317" spans="1:8">
       <c r="A317" t="s">
-        <v>584</v>
+        <v>669</v>
       </c>
       <c r="B317" t="s">
-        <v>585</v>
-[...1 lines deleted...]
-      <c r="C317"/>
+        <v>670</v>
+      </c>
+      <c r="C317" t="s">
+        <v>17</v>
+      </c>
       <c r="D317" t="s">
-        <v>15</v>
+        <v>18</v>
       </c>
       <c r="E317" t="s">
-        <v>16</v>
+        <v>12</v>
       </c>
       <c r="F317">
-        <v>1999</v>
+        <v>1994</v>
       </c>
       <c r="G317"/>
-      <c r="H317" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H317"/>
     </row>
     <row r="318" spans="1:8">
       <c r="A318" t="s">
-        <v>586</v>
+        <v>671</v>
       </c>
       <c r="B318" t="s">
-        <v>587</v>
-[...1 lines deleted...]
-      <c r="C318"/>
+        <v>672</v>
+      </c>
+      <c r="C318" t="s">
+        <v>17</v>
+      </c>
       <c r="D318" t="s">
-        <v>15</v>
+        <v>18</v>
       </c>
       <c r="E318" t="s">
-        <v>16</v>
+        <v>12</v>
       </c>
       <c r="F318">
-        <v>1999</v>
+        <v>1994</v>
       </c>
       <c r="G318"/>
-      <c r="H318" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H318"/>
     </row>
     <row r="319" spans="1:8">
       <c r="A319" t="s">
-        <v>588</v>
+        <v>673</v>
       </c>
       <c r="B319" t="s">
-        <v>589</v>
+        <v>674</v>
       </c>
       <c r="C319" t="s">
-        <v>46</v>
+        <v>17</v>
       </c>
       <c r="D319" t="s">
-        <v>26</v>
+        <v>18</v>
       </c>
       <c r="E319" t="s">
-        <v>27</v>
+        <v>12</v>
       </c>
       <c r="F319">
-        <v>1999</v>
+        <v>1994</v>
       </c>
       <c r="G319"/>
-      <c r="H319" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H319"/>
     </row>
     <row r="320" spans="1:8">
       <c r="A320" t="s">
-        <v>590</v>
+        <v>675</v>
       </c>
       <c r="B320" t="s">
-        <v>591</v>
+        <v>676</v>
       </c>
       <c r="C320" t="s">
-        <v>49</v>
+        <v>17</v>
       </c>
       <c r="D320" t="s">
-        <v>26</v>
+        <v>18</v>
       </c>
       <c r="E320" t="s">
-        <v>27</v>
+        <v>12</v>
       </c>
       <c r="F320">
-        <v>1999</v>
+        <v>1994</v>
       </c>
       <c r="G320"/>
-      <c r="H320" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H320"/>
     </row>
     <row r="321" spans="1:8">
       <c r="A321" t="s">
-        <v>592</v>
+        <v>677</v>
       </c>
       <c r="B321" t="s">
-        <v>593</v>
+        <v>678</v>
       </c>
       <c r="C321" t="s">
-        <v>49</v>
+        <v>17</v>
       </c>
       <c r="D321" t="s">
-        <v>26</v>
+        <v>18</v>
       </c>
       <c r="E321" t="s">
-        <v>27</v>
+        <v>12</v>
       </c>
       <c r="F321">
-        <v>1999</v>
+        <v>1994</v>
       </c>
       <c r="G321"/>
-      <c r="H321" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H321"/>
     </row>
     <row r="322" spans="1:8">
       <c r="A322" t="s">
-        <v>594</v>
+        <v>679</v>
       </c>
       <c r="B322" t="s">
-        <v>595</v>
+        <v>680</v>
       </c>
       <c r="C322" t="s">
-        <v>49</v>
+        <v>17</v>
       </c>
       <c r="D322" t="s">
-        <v>26</v>
+        <v>18</v>
       </c>
       <c r="E322" t="s">
-        <v>27</v>
+        <v>12</v>
       </c>
       <c r="F322">
-        <v>1999</v>
+        <v>1994</v>
       </c>
       <c r="G322"/>
-      <c r="H322" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H322"/>
     </row>
     <row r="323" spans="1:8">
       <c r="A323" t="s">
-        <v>596</v>
+        <v>681</v>
       </c>
       <c r="B323" t="s">
-        <v>597</v>
+        <v>682</v>
       </c>
       <c r="C323" t="s">
-        <v>49</v>
+        <v>17</v>
       </c>
       <c r="D323" t="s">
-        <v>26</v>
+        <v>18</v>
       </c>
       <c r="E323" t="s">
-        <v>27</v>
+        <v>12</v>
       </c>
       <c r="F323">
-        <v>1999</v>
+        <v>1994</v>
       </c>
       <c r="G323"/>
-      <c r="H323" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H323"/>
     </row>
     <row r="324" spans="1:8">
       <c r="A324" t="s">
-        <v>598</v>
+        <v>683</v>
       </c>
       <c r="B324" t="s">
-        <v>599</v>
+        <v>684</v>
       </c>
       <c r="C324" t="s">
-        <v>49</v>
+        <v>17</v>
       </c>
       <c r="D324" t="s">
-        <v>26</v>
+        <v>18</v>
       </c>
       <c r="E324" t="s">
-        <v>27</v>
+        <v>12</v>
       </c>
       <c r="F324">
-        <v>1999</v>
+        <v>1994</v>
       </c>
       <c r="G324"/>
-      <c r="H324" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H324"/>
     </row>
     <row r="325" spans="1:8">
       <c r="A325" t="s">
-        <v>600</v>
+        <v>685</v>
       </c>
       <c r="B325" t="s">
-        <v>601</v>
+        <v>686</v>
       </c>
       <c r="C325" t="s">
-        <v>49</v>
+        <v>17</v>
       </c>
       <c r="D325" t="s">
-        <v>26</v>
+        <v>18</v>
       </c>
       <c r="E325" t="s">
-        <v>27</v>
+        <v>12</v>
       </c>
       <c r="F325">
-        <v>1999</v>
+        <v>1994</v>
       </c>
       <c r="G325"/>
-      <c r="H325" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H325"/>
     </row>
     <row r="326" spans="1:8">
       <c r="A326" t="s">
-        <v>602</v>
+        <v>687</v>
       </c>
       <c r="B326" t="s">
-        <v>603</v>
+        <v>688</v>
       </c>
       <c r="C326" t="s">
-        <v>25</v>
+        <v>17</v>
       </c>
       <c r="D326" t="s">
-        <v>26</v>
+        <v>18</v>
       </c>
       <c r="E326" t="s">
-        <v>27</v>
+        <v>12</v>
       </c>
       <c r="F326">
-        <v>1999</v>
+        <v>1994</v>
       </c>
       <c r="G326"/>
-      <c r="H326" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H326"/>
     </row>
     <row r="327" spans="1:8">
       <c r="A327" t="s">
-        <v>604</v>
+        <v>689</v>
       </c>
       <c r="B327" t="s">
-        <v>605</v>
+        <v>690</v>
       </c>
       <c r="C327" t="s">
-        <v>49</v>
+        <v>17</v>
       </c>
       <c r="D327" t="s">
-        <v>26</v>
+        <v>18</v>
       </c>
       <c r="E327" t="s">
-        <v>27</v>
+        <v>12</v>
       </c>
       <c r="F327">
-        <v>1999</v>
+        <v>1994</v>
       </c>
       <c r="G327"/>
-      <c r="H327" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H327"/>
     </row>
     <row r="328" spans="1:8">
       <c r="A328" t="s">
-        <v>606</v>
+        <v>691</v>
       </c>
       <c r="B328" t="s">
-        <v>607</v>
+        <v>692</v>
       </c>
       <c r="C328" t="s">
-        <v>25</v>
+        <v>17</v>
       </c>
       <c r="D328" t="s">
-        <v>26</v>
+        <v>18</v>
       </c>
       <c r="E328" t="s">
-        <v>27</v>
+        <v>12</v>
       </c>
       <c r="F328">
-        <v>1999</v>
+        <v>1994</v>
       </c>
       <c r="G328"/>
-      <c r="H328" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H328"/>
     </row>
     <row r="329" spans="1:8">
       <c r="A329" t="s">
-        <v>608</v>
+        <v>693</v>
       </c>
       <c r="B329" t="s">
-        <v>609</v>
+        <v>694</v>
       </c>
       <c r="C329" t="s">
-        <v>25</v>
+        <v>17</v>
       </c>
       <c r="D329" t="s">
-        <v>26</v>
+        <v>18</v>
       </c>
       <c r="E329" t="s">
-        <v>27</v>
+        <v>12</v>
       </c>
       <c r="F329">
-        <v>1999</v>
+        <v>1994</v>
       </c>
       <c r="G329"/>
-      <c r="H329" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H329"/>
     </row>
     <row r="330" spans="1:8">
       <c r="A330" t="s">
-        <v>610</v>
+        <v>695</v>
       </c>
       <c r="B330" t="s">
-        <v>611</v>
+        <v>696</v>
       </c>
       <c r="C330" t="s">
-        <v>25</v>
+        <v>17</v>
       </c>
       <c r="D330" t="s">
-        <v>26</v>
+        <v>18</v>
       </c>
       <c r="E330" t="s">
-        <v>27</v>
+        <v>12</v>
       </c>
       <c r="F330">
-        <v>1999</v>
+        <v>1994</v>
       </c>
       <c r="G330"/>
-      <c r="H330" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H330"/>
     </row>
     <row r="331" spans="1:8">
       <c r="A331" t="s">
-        <v>612</v>
+        <v>697</v>
       </c>
       <c r="B331" t="s">
-        <v>613</v>
+        <v>698</v>
       </c>
       <c r="C331" t="s">
-        <v>25</v>
+        <v>17</v>
       </c>
       <c r="D331" t="s">
-        <v>26</v>
+        <v>18</v>
       </c>
       <c r="E331" t="s">
-        <v>27</v>
+        <v>12</v>
       </c>
       <c r="F331">
-        <v>1999</v>
+        <v>1994</v>
       </c>
       <c r="G331"/>
-      <c r="H331" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H331"/>
     </row>
     <row r="332" spans="1:8">
       <c r="A332" t="s">
-        <v>614</v>
+        <v>699</v>
       </c>
       <c r="B332" t="s">
-        <v>615</v>
+        <v>700</v>
       </c>
       <c r="C332" t="s">
-        <v>25</v>
+        <v>17</v>
       </c>
       <c r="D332" t="s">
-        <v>26</v>
+        <v>18</v>
       </c>
       <c r="E332" t="s">
-        <v>27</v>
+        <v>12</v>
       </c>
       <c r="F332">
-        <v>1999</v>
+        <v>1994</v>
       </c>
       <c r="G332"/>
-      <c r="H332" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H332"/>
     </row>
     <row r="333" spans="1:8">
       <c r="A333" t="s">
-        <v>616</v>
+        <v>701</v>
       </c>
       <c r="B333" t="s">
-        <v>617</v>
+        <v>702</v>
       </c>
       <c r="C333" t="s">
-        <v>25</v>
+        <v>17</v>
       </c>
       <c r="D333" t="s">
-        <v>26</v>
+        <v>18</v>
       </c>
       <c r="E333" t="s">
-        <v>27</v>
+        <v>12</v>
       </c>
       <c r="F333">
-        <v>1999</v>
+        <v>1994</v>
       </c>
       <c r="G333"/>
-      <c r="H333" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H333"/>
     </row>
     <row r="334" spans="1:8">
       <c r="A334" t="s">
-        <v>618</v>
+        <v>703</v>
       </c>
       <c r="B334" t="s">
-        <v>619</v>
+        <v>704</v>
       </c>
       <c r="C334" t="s">
-        <v>25</v>
+        <v>17</v>
       </c>
       <c r="D334" t="s">
-        <v>26</v>
+        <v>18</v>
       </c>
       <c r="E334" t="s">
-        <v>27</v>
+        <v>12</v>
       </c>
       <c r="F334">
-        <v>1999</v>
+        <v>1994</v>
       </c>
       <c r="G334"/>
-      <c r="H334" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H334"/>
     </row>
     <row r="335" spans="1:8">
       <c r="A335" t="s">
-        <v>620</v>
+        <v>705</v>
       </c>
       <c r="B335" t="s">
-        <v>621</v>
+        <v>706</v>
       </c>
       <c r="C335" t="s">
-        <v>25</v>
+        <v>10</v>
       </c>
       <c r="D335" t="s">
-        <v>26</v>
+        <v>18</v>
       </c>
       <c r="E335" t="s">
-        <v>27</v>
+        <v>12</v>
       </c>
       <c r="F335">
-        <v>1999</v>
+        <v>1993</v>
       </c>
       <c r="G335"/>
-      <c r="H335" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H335"/>
     </row>
     <row r="336" spans="1:8">
       <c r="A336" t="s">
-        <v>622</v>
+        <v>707</v>
       </c>
       <c r="B336" t="s">
-        <v>623</v>
+        <v>708</v>
       </c>
       <c r="C336" t="s">
-        <v>25</v>
+        <v>17</v>
       </c>
       <c r="D336" t="s">
-        <v>26</v>
+        <v>18</v>
       </c>
       <c r="E336" t="s">
-        <v>27</v>
+        <v>12</v>
       </c>
       <c r="F336">
-        <v>1999</v>
+        <v>1993</v>
       </c>
       <c r="G336"/>
-      <c r="H336" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H336"/>
     </row>
     <row r="337" spans="1:8">
       <c r="A337" t="s">
-        <v>624</v>
+        <v>709</v>
       </c>
       <c r="B337" t="s">
-        <v>625</v>
+        <v>710</v>
       </c>
       <c r="C337" t="s">
-        <v>25</v>
+        <v>17</v>
       </c>
       <c r="D337" t="s">
-        <v>26</v>
+        <v>18</v>
       </c>
       <c r="E337" t="s">
-        <v>27</v>
+        <v>12</v>
       </c>
       <c r="F337">
-        <v>1999</v>
+        <v>1993</v>
       </c>
       <c r="G337"/>
-      <c r="H337" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H337"/>
     </row>
     <row r="338" spans="1:8">
       <c r="A338" t="s">
-        <v>626</v>
+        <v>711</v>
       </c>
       <c r="B338" t="s">
-        <v>627</v>
-[...3 lines deleted...]
-      </c>
+        <v>712</v>
+      </c>
+      <c r="C338"/>
       <c r="D338" t="s">
-        <v>26</v>
+        <v>713</v>
       </c>
       <c r="E338" t="s">
-        <v>27</v>
+        <v>714</v>
       </c>
       <c r="F338">
-        <v>1999</v>
-[...4 lines deleted...]
-      </c>
+        <v>1992</v>
+      </c>
+      <c r="G338" t="s">
+        <v>493</v>
+      </c>
+      <c r="H338"/>
     </row>
     <row r="339" spans="1:8">
       <c r="A339" t="s">
-        <v>628</v>
+        <v>715</v>
       </c>
       <c r="B339" t="s">
-        <v>629</v>
-[...3 lines deleted...]
-      </c>
+        <v>716</v>
+      </c>
+      <c r="C339"/>
       <c r="D339" t="s">
-        <v>26</v>
+        <v>21</v>
       </c>
       <c r="E339" t="s">
-        <v>27</v>
+        <v>22</v>
       </c>
       <c r="F339">
-        <v>1999</v>
+        <v>1992</v>
       </c>
       <c r="G339"/>
       <c r="H339" t="s">
-        <v>74</v>
+        <v>225</v>
       </c>
     </row>
     <row r="340" spans="1:8">
       <c r="A340" t="s">
-        <v>630</v>
+        <v>717</v>
       </c>
       <c r="B340" t="s">
-        <v>631</v>
+        <v>718</v>
       </c>
       <c r="C340" t="s">
-        <v>25</v>
+        <v>10</v>
       </c>
       <c r="D340" t="s">
-        <v>26</v>
+        <v>18</v>
       </c>
       <c r="E340" t="s">
-        <v>27</v>
+        <v>12</v>
       </c>
       <c r="F340">
-        <v>1999</v>
+        <v>1992</v>
       </c>
       <c r="G340"/>
-      <c r="H340" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H340"/>
     </row>
     <row r="341" spans="1:8">
       <c r="A341" t="s">
-        <v>632</v>
+        <v>719</v>
       </c>
       <c r="B341" t="s">
-        <v>633</v>
+        <v>720</v>
       </c>
       <c r="C341" t="s">
-        <v>46</v>
+        <v>17</v>
       </c>
       <c r="D341" t="s">
-        <v>26</v>
+        <v>18</v>
       </c>
       <c r="E341" t="s">
-        <v>27</v>
+        <v>12</v>
       </c>
       <c r="F341">
-        <v>1998</v>
+        <v>1992</v>
       </c>
       <c r="G341"/>
-      <c r="H341" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H341"/>
     </row>
     <row r="342" spans="1:8">
       <c r="A342" t="s">
-        <v>634</v>
+        <v>721</v>
       </c>
       <c r="B342" t="s">
-        <v>635</v>
+        <v>722</v>
       </c>
       <c r="C342" t="s">
-        <v>49</v>
+        <v>17</v>
       </c>
       <c r="D342" t="s">
-        <v>26</v>
+        <v>18</v>
       </c>
       <c r="E342" t="s">
-        <v>27</v>
+        <v>12</v>
       </c>
       <c r="F342">
-        <v>1998</v>
+        <v>1992</v>
       </c>
       <c r="G342"/>
-      <c r="H342" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H342"/>
     </row>
     <row r="343" spans="1:8">
       <c r="A343" t="s">
-        <v>636</v>
+        <v>723</v>
       </c>
       <c r="B343" t="s">
-        <v>637</v>
+        <v>724</v>
       </c>
       <c r="C343" t="s">
-        <v>25</v>
+        <v>17</v>
       </c>
       <c r="D343" t="s">
-        <v>26</v>
+        <v>18</v>
       </c>
       <c r="E343" t="s">
-        <v>27</v>
+        <v>12</v>
       </c>
       <c r="F343">
-        <v>1998</v>
+        <v>1991</v>
       </c>
       <c r="G343"/>
       <c r="H343" t="s">
-        <v>141</v>
+        <v>225</v>
       </c>
     </row>
     <row r="344" spans="1:8">
       <c r="A344" t="s">
-        <v>638</v>
+        <v>725</v>
       </c>
       <c r="B344" t="s">
-        <v>639</v>
+        <v>726</v>
       </c>
       <c r="C344" t="s">
-        <v>25</v>
+        <v>10</v>
       </c>
       <c r="D344" t="s">
-        <v>26</v>
+        <v>18</v>
       </c>
       <c r="E344" t="s">
-        <v>27</v>
+        <v>12</v>
       </c>
       <c r="F344">
-        <v>1998</v>
+        <v>1991</v>
       </c>
       <c r="G344"/>
       <c r="H344" t="s">
-        <v>141</v>
+        <v>361</v>
       </c>
     </row>
     <row r="345" spans="1:8">
       <c r="A345" t="s">
-        <v>640</v>
+        <v>727</v>
       </c>
       <c r="B345" t="s">
-        <v>641</v>
+        <v>728</v>
       </c>
       <c r="C345" t="s">
-        <v>49</v>
+        <v>17</v>
       </c>
       <c r="D345" t="s">
-        <v>26</v>
+        <v>18</v>
       </c>
       <c r="E345" t="s">
-        <v>27</v>
+        <v>12</v>
       </c>
       <c r="F345">
-        <v>1998</v>
+        <v>1991</v>
       </c>
       <c r="G345"/>
       <c r="H345" t="s">
-        <v>12</v>
+        <v>79</v>
       </c>
     </row>
     <row r="346" spans="1:8">
       <c r="A346" t="s">
-        <v>642</v>
+        <v>729</v>
       </c>
       <c r="B346" t="s">
-        <v>643</v>
+        <v>730</v>
       </c>
       <c r="C346" t="s">
-        <v>49</v>
+        <v>86</v>
       </c>
       <c r="D346" t="s">
-        <v>26</v>
+        <v>18</v>
       </c>
       <c r="E346" t="s">
-        <v>27</v>
+        <v>12</v>
       </c>
       <c r="F346">
-        <v>1998</v>
+        <v>1991</v>
       </c>
       <c r="G346"/>
       <c r="H346" t="s">
-        <v>53</v>
+        <v>66</v>
       </c>
     </row>
     <row r="347" spans="1:8">
       <c r="A347" t="s">
-        <v>644</v>
+        <v>731</v>
       </c>
       <c r="B347" t="s">
-        <v>645</v>
+        <v>732</v>
       </c>
       <c r="C347" t="s">
-        <v>46</v>
+        <v>17</v>
       </c>
       <c r="D347" t="s">
-        <v>26</v>
+        <v>18</v>
       </c>
       <c r="E347" t="s">
-        <v>27</v>
+        <v>12</v>
       </c>
       <c r="F347">
-        <v>1998</v>
+        <v>1991</v>
       </c>
       <c r="G347"/>
-      <c r="H347" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H347"/>
     </row>
     <row r="348" spans="1:8">
       <c r="A348" t="s">
-        <v>646</v>
+        <v>733</v>
       </c>
       <c r="B348" t="s">
-        <v>647</v>
+        <v>734</v>
       </c>
       <c r="C348" t="s">
-        <v>25</v>
+        <v>17</v>
       </c>
       <c r="D348" t="s">
-        <v>26</v>
+        <v>18</v>
       </c>
       <c r="E348" t="s">
-        <v>27</v>
+        <v>12</v>
       </c>
       <c r="F348">
-        <v>1998</v>
+        <v>1991</v>
       </c>
       <c r="G348"/>
-      <c r="H348" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H348"/>
     </row>
     <row r="349" spans="1:8">
       <c r="A349" t="s">
-        <v>648</v>
+        <v>735</v>
       </c>
       <c r="B349" t="s">
-        <v>649</v>
-[...3 lines deleted...]
-      </c>
+        <v>736</v>
+      </c>
+      <c r="C349"/>
       <c r="D349" t="s">
-        <v>26</v>
+        <v>21</v>
       </c>
       <c r="E349" t="s">
-        <v>27</v>
+        <v>22</v>
       </c>
       <c r="F349">
-        <v>1998</v>
+        <v>1990</v>
       </c>
       <c r="G349"/>
       <c r="H349" t="s">
-        <v>34</v>
+        <v>361</v>
       </c>
     </row>
     <row r="350" spans="1:8">
       <c r="A350" t="s">
-        <v>650</v>
+        <v>737</v>
       </c>
       <c r="B350" t="s">
-        <v>651</v>
+        <v>738</v>
       </c>
       <c r="C350" t="s">
-        <v>25</v>
+        <v>86</v>
       </c>
       <c r="D350" t="s">
-        <v>26</v>
+        <v>18</v>
       </c>
       <c r="E350" t="s">
-        <v>27</v>
+        <v>12</v>
       </c>
       <c r="F350">
-        <v>1998</v>
+        <v>1990</v>
       </c>
       <c r="G350"/>
       <c r="H350" t="s">
-        <v>34</v>
+        <v>66</v>
       </c>
     </row>
     <row r="351" spans="1:8">
       <c r="A351" t="s">
-        <v>652</v>
+        <v>739</v>
       </c>
       <c r="B351" t="s">
-        <v>653</v>
+        <v>740</v>
       </c>
       <c r="C351" t="s">
-        <v>25</v>
+        <v>86</v>
       </c>
       <c r="D351" t="s">
-        <v>26</v>
+        <v>18</v>
       </c>
       <c r="E351" t="s">
-        <v>27</v>
+        <v>12</v>
       </c>
       <c r="F351">
-        <v>1998</v>
+        <v>1990</v>
       </c>
       <c r="G351"/>
       <c r="H351" t="s">
-        <v>34</v>
+        <v>40</v>
       </c>
     </row>
     <row r="352" spans="1:8">
       <c r="A352" t="s">
-        <v>654</v>
+        <v>741</v>
       </c>
       <c r="B352" t="s">
-        <v>655</v>
+        <v>742</v>
       </c>
       <c r="C352" t="s">
-        <v>25</v>
+        <v>17</v>
       </c>
       <c r="D352" t="s">
-        <v>26</v>
+        <v>18</v>
       </c>
       <c r="E352" t="s">
-        <v>27</v>
+        <v>12</v>
       </c>
       <c r="F352">
-        <v>1998</v>
+        <v>1990</v>
       </c>
       <c r="G352"/>
-      <c r="H352" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H352"/>
     </row>
     <row r="353" spans="1:8">
       <c r="A353" t="s">
-        <v>656</v>
+        <v>743</v>
       </c>
       <c r="B353" t="s">
-        <v>657</v>
+        <v>744</v>
       </c>
       <c r="C353" t="s">
-        <v>25</v>
+        <v>17</v>
       </c>
       <c r="D353" t="s">
-        <v>26</v>
+        <v>18</v>
       </c>
       <c r="E353" t="s">
-        <v>27</v>
+        <v>12</v>
       </c>
       <c r="F353">
-        <v>1998</v>
+        <v>1990</v>
       </c>
       <c r="G353"/>
-      <c r="H353" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H353"/>
     </row>
     <row r="354" spans="1:8">
       <c r="A354" t="s">
-        <v>658</v>
+        <v>745</v>
       </c>
       <c r="B354" t="s">
-        <v>659</v>
-[...1 lines deleted...]
-      <c r="C354"/>
+        <v>746</v>
+      </c>
+      <c r="C354" t="s">
+        <v>17</v>
+      </c>
       <c r="D354" t="s">
-        <v>15</v>
+        <v>18</v>
       </c>
       <c r="E354" t="s">
-        <v>16</v>
+        <v>12</v>
       </c>
       <c r="F354">
-        <v>1997</v>
+        <v>1990</v>
       </c>
       <c r="G354"/>
-      <c r="H354" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H354"/>
     </row>
     <row r="355" spans="1:8">
       <c r="A355" t="s">
-        <v>660</v>
+        <v>747</v>
       </c>
       <c r="B355" t="s">
-        <v>661</v>
+        <v>748</v>
       </c>
       <c r="C355" t="s">
-        <v>25</v>
+        <v>17</v>
       </c>
       <c r="D355" t="s">
-        <v>26</v>
+        <v>18</v>
       </c>
       <c r="E355" t="s">
-        <v>27</v>
+        <v>12</v>
       </c>
       <c r="F355">
-        <v>1997</v>
+        <v>1990</v>
       </c>
       <c r="G355"/>
-      <c r="H355" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H355"/>
     </row>
     <row r="356" spans="1:8">
       <c r="A356" t="s">
-        <v>662</v>
+        <v>749</v>
       </c>
       <c r="B356" t="s">
-        <v>663</v>
+        <v>750</v>
       </c>
       <c r="C356" t="s">
-        <v>49</v>
+        <v>17</v>
       </c>
       <c r="D356" t="s">
-        <v>26</v>
+        <v>18</v>
       </c>
       <c r="E356" t="s">
-        <v>27</v>
+        <v>12</v>
       </c>
       <c r="F356">
-        <v>1997</v>
+        <v>1989</v>
       </c>
       <c r="G356"/>
-      <c r="H356" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H356"/>
     </row>
     <row r="357" spans="1:8">
       <c r="A357" t="s">
-        <v>664</v>
+        <v>751</v>
       </c>
       <c r="B357" t="s">
-        <v>665</v>
+        <v>752</v>
       </c>
       <c r="C357" t="s">
-        <v>38</v>
+        <v>10</v>
       </c>
       <c r="D357" t="s">
-        <v>26</v>
+        <v>18</v>
       </c>
       <c r="E357" t="s">
-        <v>27</v>
+        <v>12</v>
       </c>
       <c r="F357">
-        <v>1997</v>
+        <v>1988</v>
       </c>
       <c r="G357"/>
-      <c r="H357" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H357"/>
     </row>
     <row r="358" spans="1:8">
       <c r="A358" t="s">
-        <v>666</v>
+        <v>753</v>
       </c>
       <c r="B358" t="s">
-        <v>667</v>
+        <v>754</v>
       </c>
       <c r="C358" t="s">
-        <v>25</v>
+        <v>17</v>
       </c>
       <c r="D358" t="s">
-        <v>26</v>
+        <v>18</v>
       </c>
       <c r="E358" t="s">
-        <v>27</v>
+        <v>12</v>
       </c>
       <c r="F358">
-        <v>1997</v>
+        <v>1988</v>
       </c>
       <c r="G358"/>
-      <c r="H358" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H358"/>
     </row>
     <row r="359" spans="1:8">
       <c r="A359" t="s">
-        <v>668</v>
+        <v>755</v>
       </c>
       <c r="B359" t="s">
-        <v>669</v>
-[...3 lines deleted...]
-      </c>
+        <v>756</v>
+      </c>
+      <c r="C359"/>
       <c r="D359" t="s">
-        <v>26</v>
+        <v>21</v>
       </c>
       <c r="E359" t="s">
-        <v>27</v>
+        <v>22</v>
       </c>
       <c r="F359">
-        <v>1997</v>
+        <v>1987</v>
       </c>
       <c r="G359"/>
       <c r="H359" t="s">
-        <v>161</v>
+        <v>474</v>
       </c>
     </row>
     <row r="360" spans="1:8">
       <c r="A360" t="s">
-        <v>670</v>
+        <v>757</v>
       </c>
       <c r="B360" t="s">
-        <v>671</v>
-[...3 lines deleted...]
-      </c>
+        <v>758</v>
+      </c>
+      <c r="C360"/>
       <c r="D360" t="s">
-        <v>26</v>
+        <v>21</v>
       </c>
       <c r="E360" t="s">
-        <v>27</v>
+        <v>22</v>
       </c>
       <c r="F360">
-        <v>1997</v>
+        <v>1987</v>
       </c>
       <c r="G360"/>
       <c r="H360" t="s">
-        <v>12</v>
+        <v>66</v>
       </c>
     </row>
     <row r="361" spans="1:8">
       <c r="A361" t="s">
-        <v>672</v>
+        <v>759</v>
       </c>
       <c r="B361" t="s">
-        <v>673</v>
+        <v>760</v>
       </c>
       <c r="C361" t="s">
-        <v>25</v>
+        <v>17</v>
       </c>
       <c r="D361" t="s">
-        <v>26</v>
+        <v>18</v>
       </c>
       <c r="E361" t="s">
-        <v>27</v>
+        <v>12</v>
       </c>
       <c r="F361">
-        <v>1997</v>
+        <v>1987</v>
       </c>
       <c r="G361"/>
       <c r="H361" t="s">
-        <v>54</v>
+        <v>66</v>
       </c>
     </row>
     <row r="362" spans="1:8">
       <c r="A362" t="s">
-        <v>674</v>
+        <v>761</v>
       </c>
       <c r="B362" t="s">
-        <v>675</v>
+        <v>762</v>
       </c>
       <c r="C362" t="s">
-        <v>25</v>
+        <v>17</v>
       </c>
       <c r="D362" t="s">
-        <v>26</v>
+        <v>18</v>
       </c>
       <c r="E362" t="s">
-        <v>27</v>
+        <v>12</v>
       </c>
       <c r="F362">
-        <v>1997</v>
+        <v>1987</v>
       </c>
       <c r="G362"/>
       <c r="H362" t="s">
-        <v>18</v>
+        <v>66</v>
       </c>
     </row>
     <row r="363" spans="1:8">
       <c r="A363" t="s">
-        <v>676</v>
+        <v>763</v>
       </c>
       <c r="B363" t="s">
-        <v>677</v>
+        <v>764</v>
       </c>
       <c r="C363" t="s">
-        <v>49</v>
+        <v>17</v>
       </c>
       <c r="D363" t="s">
-        <v>26</v>
+        <v>18</v>
       </c>
       <c r="E363" t="s">
-        <v>27</v>
+        <v>12</v>
       </c>
       <c r="F363">
-        <v>1996</v>
+        <v>1986</v>
       </c>
       <c r="G363"/>
       <c r="H363" t="s">
-        <v>12</v>
+        <v>66</v>
       </c>
     </row>
     <row r="364" spans="1:8">
       <c r="A364" t="s">
-        <v>678</v>
+        <v>765</v>
       </c>
       <c r="B364" t="s">
-        <v>679</v>
+        <v>766</v>
       </c>
       <c r="C364" t="s">
-        <v>25</v>
+        <v>86</v>
       </c>
       <c r="D364" t="s">
-        <v>26</v>
+        <v>18</v>
       </c>
       <c r="E364" t="s">
-        <v>27</v>
+        <v>12</v>
       </c>
       <c r="F364">
-        <v>1996</v>
+        <v>1986</v>
       </c>
       <c r="G364"/>
       <c r="H364" t="s">
-        <v>141</v>
+        <v>40</v>
       </c>
     </row>
     <row r="365" spans="1:8">
       <c r="A365" t="s">
-        <v>680</v>
+        <v>767</v>
       </c>
       <c r="B365" t="s">
-        <v>681</v>
+        <v>768</v>
       </c>
       <c r="C365" t="s">
-        <v>25</v>
+        <v>17</v>
       </c>
       <c r="D365" t="s">
-        <v>26</v>
+        <v>18</v>
       </c>
       <c r="E365" t="s">
-        <v>27</v>
+        <v>12</v>
       </c>
       <c r="F365">
-        <v>1996</v>
+        <v>1985</v>
       </c>
       <c r="G365"/>
-      <c r="H365" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H365"/>
     </row>
     <row r="366" spans="1:8">
       <c r="A366" t="s">
-        <v>682</v>
+        <v>769</v>
       </c>
       <c r="B366" t="s">
-        <v>683</v>
-[...3 lines deleted...]
-      </c>
+        <v>770</v>
+      </c>
+      <c r="C366"/>
       <c r="D366" t="s">
-        <v>26</v>
+        <v>21</v>
       </c>
       <c r="E366" t="s">
-        <v>27</v>
+        <v>22</v>
       </c>
       <c r="F366">
-        <v>1996</v>
+        <v>1984</v>
       </c>
       <c r="G366"/>
       <c r="H366" t="s">
-        <v>28</v>
+        <v>66</v>
       </c>
     </row>
     <row r="367" spans="1:8">
       <c r="A367" t="s">
-        <v>684</v>
+        <v>771</v>
       </c>
       <c r="B367" t="s">
-        <v>685</v>
-[...3 lines deleted...]
-      </c>
+        <v>772</v>
+      </c>
+      <c r="C367"/>
       <c r="D367" t="s">
-        <v>26</v>
+        <v>21</v>
       </c>
       <c r="E367" t="s">
-        <v>27</v>
+        <v>22</v>
       </c>
       <c r="F367">
-        <v>1996</v>
+        <v>1984</v>
       </c>
       <c r="G367"/>
       <c r="H367" t="s">
-        <v>36</v>
+        <v>66</v>
       </c>
     </row>
     <row r="368" spans="1:8">
       <c r="A368" t="s">
-        <v>686</v>
+        <v>773</v>
       </c>
       <c r="B368" t="s">
-        <v>687</v>
-[...3 lines deleted...]
-      </c>
+        <v>774</v>
+      </c>
+      <c r="C368"/>
       <c r="D368" t="s">
-        <v>26</v>
+        <v>21</v>
       </c>
       <c r="E368" t="s">
-        <v>27</v>
+        <v>22</v>
       </c>
       <c r="F368">
-        <v>1996</v>
+        <v>1984</v>
       </c>
       <c r="G368"/>
       <c r="H368" t="s">
-        <v>28</v>
+        <v>66</v>
       </c>
     </row>
     <row r="369" spans="1:8">
       <c r="A369" t="s">
-        <v>688</v>
+        <v>775</v>
       </c>
       <c r="B369" t="s">
-        <v>689</v>
+        <v>776</v>
       </c>
       <c r="C369" t="s">
-        <v>25</v>
+        <v>10</v>
       </c>
       <c r="D369" t="s">
-        <v>26</v>
+        <v>18</v>
       </c>
       <c r="E369" t="s">
-        <v>27</v>
+        <v>12</v>
       </c>
       <c r="F369">
-        <v>1996</v>
+        <v>1984</v>
       </c>
       <c r="G369"/>
       <c r="H369" t="s">
-        <v>28</v>
+        <v>79</v>
       </c>
     </row>
     <row r="370" spans="1:8">
       <c r="A370" t="s">
-        <v>690</v>
+        <v>777</v>
       </c>
       <c r="B370" t="s">
-        <v>691</v>
+        <v>778</v>
       </c>
       <c r="C370" t="s">
-        <v>25</v>
+        <v>17</v>
       </c>
       <c r="D370" t="s">
-        <v>26</v>
+        <v>18</v>
       </c>
       <c r="E370" t="s">
-        <v>27</v>
+        <v>12</v>
       </c>
       <c r="F370">
-        <v>1996</v>
+        <v>1984</v>
       </c>
       <c r="G370"/>
       <c r="H370" t="s">
-        <v>74</v>
+        <v>66</v>
       </c>
     </row>
     <row r="371" spans="1:8">
       <c r="A371" t="s">
-        <v>692</v>
+        <v>779</v>
       </c>
       <c r="B371" t="s">
-        <v>693</v>
-[...3 lines deleted...]
-      </c>
+        <v>780</v>
+      </c>
+      <c r="C371"/>
       <c r="D371" t="s">
-        <v>26</v>
+        <v>21</v>
       </c>
       <c r="E371" t="s">
-        <v>27</v>
+        <v>22</v>
       </c>
       <c r="F371">
-        <v>1996</v>
+        <v>1981</v>
       </c>
       <c r="G371"/>
       <c r="H371" t="s">
-        <v>36</v>
+        <v>474</v>
       </c>
     </row>
     <row r="372" spans="1:8">
       <c r="A372" t="s">
-        <v>694</v>
+        <v>781</v>
       </c>
       <c r="B372" t="s">
-        <v>695</v>
-[...1 lines deleted...]
-      <c r="C372"/>
+        <v>782</v>
+      </c>
+      <c r="C372" t="s">
+        <v>43</v>
+      </c>
       <c r="D372" t="s">
-        <v>15</v>
+        <v>11</v>
       </c>
       <c r="E372" t="s">
-        <v>16</v>
+        <v>12</v>
       </c>
       <c r="F372">
-        <v>1995</v>
+        <v>1978</v>
       </c>
       <c r="G372"/>
       <c r="H372" t="s">
-        <v>44</v>
+        <v>196</v>
       </c>
     </row>
     <row r="373" spans="1:8">
       <c r="A373" t="s">
-        <v>696</v>
+        <v>783</v>
       </c>
       <c r="B373" t="s">
-        <v>697</v>
-[...1 lines deleted...]
-      <c r="C373"/>
+        <v>784</v>
+      </c>
+      <c r="C373" t="s">
+        <v>43</v>
+      </c>
       <c r="D373" t="s">
-        <v>15</v>
+        <v>11</v>
       </c>
       <c r="E373" t="s">
-        <v>16</v>
+        <v>12</v>
       </c>
       <c r="F373">
-        <v>1995</v>
+        <v>1978</v>
       </c>
       <c r="G373"/>
       <c r="H373" t="s">
-        <v>148</v>
+        <v>225</v>
       </c>
     </row>
     <row r="374" spans="1:8">
       <c r="A374" t="s">
-        <v>698</v>
+        <v>785</v>
       </c>
       <c r="B374" t="s">
-        <v>699</v>
+        <v>786</v>
       </c>
       <c r="C374" t="s">
-        <v>25</v>
+        <v>17</v>
       </c>
       <c r="D374" t="s">
-        <v>26</v>
+        <v>18</v>
       </c>
       <c r="E374" t="s">
-        <v>27</v>
+        <v>12</v>
       </c>
       <c r="F374">
-        <v>1995</v>
+        <v>1974</v>
       </c>
       <c r="G374"/>
       <c r="H374" t="s">
-        <v>35</v>
+        <v>474</v>
       </c>
     </row>
     <row r="375" spans="1:8">
       <c r="A375" t="s">
-        <v>700</v>
+        <v>787</v>
       </c>
       <c r="B375" t="s">
-        <v>701</v>
+        <v>788</v>
       </c>
       <c r="C375" t="s">
-        <v>25</v>
+        <v>17</v>
       </c>
       <c r="D375" t="s">
-        <v>26</v>
+        <v>18</v>
       </c>
       <c r="E375" t="s">
-        <v>27</v>
+        <v>12</v>
       </c>
       <c r="F375">
-        <v>1995</v>
+        <v>1973</v>
       </c>
       <c r="G375"/>
       <c r="H375" t="s">
-        <v>35</v>
+        <v>87</v>
       </c>
     </row>
     <row r="376" spans="1:8">
       <c r="A376" t="s">
-        <v>702</v>
+        <v>789</v>
       </c>
       <c r="B376" t="s">
-        <v>703</v>
+        <v>790</v>
       </c>
       <c r="C376" t="s">
-        <v>49</v>
+        <v>17</v>
       </c>
       <c r="D376" t="s">
-        <v>26</v>
+        <v>18</v>
       </c>
       <c r="E376" t="s">
-        <v>27</v>
+        <v>12</v>
       </c>
       <c r="F376">
-        <v>1995</v>
+        <v>1973</v>
       </c>
       <c r="G376"/>
-      <c r="H376" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H376"/>
     </row>
     <row r="377" spans="1:8">
       <c r="A377" t="s">
-        <v>704</v>
+        <v>791</v>
       </c>
       <c r="B377" t="s">
-        <v>705</v>
-[...12 lines deleted...]
-      </c>
+        <v>792</v>
+      </c>
+      <c r="C377"/>
+      <c r="D377"/>
+      <c r="E377"/>
+      <c r="F377"/>
       <c r="G377"/>
       <c r="H377" t="s">
-        <v>53</v>
+        <v>87</v>
       </c>
     </row>
     <row r="378" spans="1:8">
       <c r="A378" t="s">
-        <v>706</v>
+        <v>793</v>
       </c>
       <c r="B378" t="s">
-        <v>707</v>
-[...12 lines deleted...]
-      </c>
+        <v>794</v>
+      </c>
+      <c r="C378"/>
+      <c r="D378"/>
+      <c r="E378"/>
+      <c r="F378"/>
       <c r="G378"/>
       <c r="H378" t="s">
-        <v>12</v>
+        <v>248</v>
       </c>
     </row>
     <row r="379" spans="1:8">
       <c r="A379" t="s">
-        <v>708</v>
+        <v>795</v>
       </c>
       <c r="B379" t="s">
-        <v>709</v>
-[...12 lines deleted...]
-      </c>
+        <v>796</v>
+      </c>
+      <c r="C379"/>
+      <c r="D379"/>
+      <c r="E379"/>
+      <c r="F379"/>
       <c r="G379"/>
       <c r="H379" t="s">
-        <v>28</v>
+        <v>176</v>
       </c>
     </row>
     <row r="380" spans="1:8">
       <c r="A380" t="s">
-        <v>710</v>
+        <v>797</v>
       </c>
       <c r="B380" t="s">
-        <v>711</v>
+        <v>798</v>
       </c>
       <c r="C380" t="s">
-        <v>25</v>
+        <v>17</v>
       </c>
       <c r="D380" t="s">
-        <v>26</v>
+        <v>18</v>
       </c>
       <c r="E380" t="s">
-        <v>27</v>
+        <v>12</v>
       </c>
       <c r="F380">
-        <v>1995</v>
-[...1 lines deleted...]
-      <c r="G380"/>
+        <v>1969</v>
+      </c>
+      <c r="G380" t="s">
+        <v>13</v>
+      </c>
       <c r="H380" t="s">
-        <v>35</v>
+        <v>66</v>
       </c>
     </row>
     <row r="381" spans="1:8">
       <c r="A381" t="s">
-        <v>712</v>
+        <v>799</v>
       </c>
       <c r="B381" t="s">
-        <v>713</v>
+        <v>800</v>
       </c>
       <c r="C381" t="s">
-        <v>25</v>
+        <v>17</v>
       </c>
       <c r="D381" t="s">
-        <v>26</v>
+        <v>18</v>
       </c>
       <c r="E381" t="s">
-        <v>27</v>
+        <v>12</v>
       </c>
       <c r="F381">
-        <v>1995</v>
-[...4 lines deleted...]
-      </c>
+        <v>1969</v>
+      </c>
+      <c r="G381" t="s">
+        <v>13</v>
+      </c>
+      <c r="H381"/>
     </row>
     <row r="382" spans="1:8">
       <c r="A382" t="s">
-        <v>714</v>
+        <v>801</v>
       </c>
       <c r="B382" t="s">
-        <v>715</v>
-[...1 lines deleted...]
-      <c r="C382"/>
+        <v>802</v>
+      </c>
+      <c r="C382" t="s">
+        <v>17</v>
+      </c>
       <c r="D382" t="s">
-        <v>15</v>
+        <v>18</v>
       </c>
       <c r="E382" t="s">
-        <v>16</v>
+        <v>12</v>
       </c>
       <c r="F382">
-        <v>1994</v>
+        <v>1954</v>
       </c>
       <c r="G382"/>
       <c r="H382" t="s">
-        <v>28</v>
+        <v>474</v>
       </c>
     </row>
     <row r="383" spans="1:8">
       <c r="A383" t="s">
-        <v>716</v>
+        <v>803</v>
       </c>
       <c r="B383" t="s">
-        <v>717</v>
+        <v>804</v>
       </c>
       <c r="C383" t="s">
-        <v>25</v>
+        <v>17</v>
       </c>
       <c r="D383" t="s">
-        <v>26</v>
+        <v>18</v>
       </c>
       <c r="E383" t="s">
-        <v>27</v>
+        <v>12</v>
       </c>
       <c r="F383">
-        <v>1994</v>
+        <v>1954</v>
       </c>
       <c r="G383"/>
       <c r="H383" t="s">
-        <v>34</v>
+        <v>474</v>
       </c>
     </row>
     <row r="384" spans="1:8">
       <c r="A384" t="s">
-        <v>718</v>
+        <v>805</v>
       </c>
       <c r="B384" t="s">
-        <v>719</v>
+        <v>806</v>
       </c>
       <c r="C384" t="s">
-        <v>25</v>
+        <v>43</v>
       </c>
       <c r="D384" t="s">
-        <v>26</v>
+        <v>11</v>
       </c>
       <c r="E384" t="s">
-        <v>27</v>
+        <v>12</v>
       </c>
       <c r="F384">
-        <v>1994</v>
+        <v>1918</v>
       </c>
       <c r="G384"/>
       <c r="H384" t="s">
-        <v>35</v>
-[...1637 lines deleted...]
-        <v>161</v>
+        <v>196</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">