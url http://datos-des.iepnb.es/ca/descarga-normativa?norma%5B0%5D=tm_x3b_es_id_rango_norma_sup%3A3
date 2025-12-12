--- v0 (2025-10-26)
+++ v1 (2025-12-12)
@@ -203,120 +203,120 @@
   <si>
     <t>Cataluña</t>
   </si>
   <si>
     <t>Comunidad de Madrid</t>
   </si>
   <si>
     <t>sg2</t>
   </si>
   <si>
     <t>sg3</t>
   </si>
   <si>
     <t>sg5</t>
   </si>
   <si>
     <t>Orden</t>
   </si>
   <si>
     <t>Pruebas Legislacion Alta</t>
   </si>
   <si>
     <t>Comunicación</t>
   </si>
   <si>
+    <t>Castilla y León</t>
+  </si>
+  <si>
     <t>Canarias</t>
   </si>
   <si>
     <t>AGE</t>
   </si>
   <si>
-    <t>Castilla y León</t>
-[...1 lines deleted...]
-  <si>
     <t>Prueba de Legislación con Nivel de Administración Nacional.</t>
   </si>
   <si>
     <t>https://www.google.com/testing/branch</t>
   </si>
   <si>
+    <t>Extremadura</t>
+  </si>
+  <si>
     <t>Ciudad Autónoma de Ceuta</t>
   </si>
   <si>
     <t>Ciudad Autónoma de Melilla</t>
   </si>
   <si>
-    <t>Extremadura</t>
-[...1 lines deleted...]
-  <si>
     <t>Prueba Nacional con publicadores con AppUsuPerOrg.</t>
   </si>
   <si>
     <t>Comunidad Valenciana</t>
   </si>
   <si>
     <t>Prueba de Modificación Alta</t>
   </si>
   <si>
     <t>Decreto</t>
   </si>
   <si>
     <t>Prueba añadir norma 2</t>
   </si>
   <si>
     <t>https://testingdatagenerator.com/doi.html</t>
   </si>
   <si>
     <t>Anuncio (Consejo de Ministros)</t>
   </si>
   <si>
     <t>Norma Prueba Alta</t>
   </si>
   <si>
     <t>Prueba Validacion Alta Legislación</t>
   </si>
   <si>
     <t>Pruebassssssssssssss años</t>
   </si>
   <si>
     <t>Pruebas de Nuevas Normas a 10/12/2024 a las 10:20:23</t>
   </si>
   <si>
     <t>Pruebas para saber si el campo Norma puede usar / , ; y : .</t>
   </si>
   <si>
     <t>https://www.google.com/test/branch</t>
   </si>
   <si>
     <t>Pruebas Normas con Unificación- Detalles 17/12/2024 - Hora: 09:17:00. Prueba de funcionamiento; Correcto/Funcionando con Modificación  17/12/2024 - Hora: 09:19:00..</t>
   </si>
   <si>
+    <t>Extra-Regio</t>
+  </si>
+  <si>
     <t>Illes Balears</t>
-  </si>
-[...1 lines deleted...]
-    <t>Extra-Regio</t>
   </si>
   <si>
     <t>Pruebas de Legislación loadOptions</t>
   </si>
   <si>
     <t>Decreto-ley 1/2023, de 30 de enero, de medidas extraordinarias y urgentes para la protección de la lagartija pitiusa (Podarcis pityusensis) y la lagartija balear (Podarcis lilfordi) y para la prevención y lucha contra las especies de la familia Colubridae sensu lato.</t>
   </si>
   <si>
     <t>https://www.boe.es/eli/es-ib/dl/2023/01/30/1</t>
   </si>
   <si>
     <t>Autonómico</t>
   </si>
   <si>
     <t>sg4</t>
   </si>
   <si>
     <t>https://www.google.com/testsg4</t>
   </si>
   <si>
     <t>Ley 2/2023, de 31 de enero, de biodiversidad y patrimonio natural de La Rioja</t>
   </si>
   <si>
     <t>https://www.boe.es/boe/dias/2023/02/18/pdfs/BOE-A-2023-4327.pdf</t>
   </si>
@@ -2434,129 +2434,129 @@
       <c r="H19"/>
     </row>
     <row r="20" spans="1:8">
       <c r="A20" t="s">
         <v>53</v>
       </c>
       <c r="B20" t="s">
         <v>26</v>
       </c>
       <c r="C20" t="s">
         <v>54</v>
       </c>
       <c r="D20" t="s">
         <v>49</v>
       </c>
       <c r="E20" t="s">
         <v>10</v>
       </c>
       <c r="F20">
         <v>2024</v>
       </c>
       <c r="G20" t="s">
         <v>22</v>
       </c>
       <c r="H20" t="s">
-        <v>24</v>
+        <v>55</v>
       </c>
     </row>
     <row r="21" spans="1:8">
       <c r="A21" t="s">
         <v>53</v>
       </c>
       <c r="B21" t="s">
         <v>26</v>
       </c>
       <c r="C21" t="s">
         <v>54</v>
       </c>
       <c r="D21" t="s">
         <v>49</v>
       </c>
       <c r="E21" t="s">
         <v>10</v>
       </c>
       <c r="F21">
         <v>2024</v>
       </c>
       <c r="G21" t="s">
         <v>22</v>
       </c>
       <c r="H21" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
     </row>
     <row r="22" spans="1:8">
       <c r="A22" t="s">
         <v>53</v>
       </c>
       <c r="B22" t="s">
         <v>26</v>
       </c>
       <c r="C22" t="s">
         <v>54</v>
       </c>
       <c r="D22" t="s">
         <v>49</v>
       </c>
       <c r="E22" t="s">
         <v>10</v>
       </c>
       <c r="F22">
         <v>2024</v>
       </c>
       <c r="G22" t="s">
         <v>22</v>
       </c>
       <c r="H22" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
     </row>
     <row r="23" spans="1:8">
       <c r="A23" t="s">
         <v>53</v>
       </c>
       <c r="B23" t="s">
         <v>26</v>
       </c>
       <c r="C23" t="s">
         <v>54</v>
       </c>
       <c r="D23" t="s">
         <v>49</v>
       </c>
       <c r="E23" t="s">
         <v>10</v>
       </c>
       <c r="F23">
         <v>2024</v>
       </c>
       <c r="G23" t="s">
         <v>22</v>
       </c>
       <c r="H23" t="s">
-        <v>56</v>
+        <v>23</v>
       </c>
     </row>
     <row r="24" spans="1:8">
       <c r="A24" t="s">
         <v>57</v>
       </c>
       <c r="B24" t="s">
         <v>26</v>
       </c>
       <c r="C24" t="s">
         <v>38</v>
       </c>
       <c r="D24" t="s">
         <v>49</v>
       </c>
       <c r="E24" t="s">
         <v>10</v>
       </c>
       <c r="F24">
         <v>2024</v>
       </c>
       <c r="G24" t="s">
         <v>22</v>
       </c>
       <c r="H24" t="s">
@@ -2642,77 +2642,77 @@
       </c>
     </row>
     <row r="28" spans="1:8">
       <c r="A28" t="s">
         <v>58</v>
       </c>
       <c r="B28" t="s">
         <v>29</v>
       </c>
       <c r="C28" t="s">
         <v>54</v>
       </c>
       <c r="D28" t="s">
         <v>49</v>
       </c>
       <c r="E28" t="s">
         <v>10</v>
       </c>
       <c r="F28">
         <v>2024</v>
       </c>
       <c r="G28" t="s">
         <v>22</v>
       </c>
       <c r="H28" t="s">
-        <v>23</v>
+        <v>55</v>
       </c>
     </row>
     <row r="29" spans="1:8">
       <c r="A29" t="s">
         <v>58</v>
       </c>
       <c r="B29" t="s">
         <v>29</v>
       </c>
       <c r="C29" t="s">
         <v>54</v>
       </c>
       <c r="D29" t="s">
         <v>49</v>
       </c>
       <c r="E29" t="s">
         <v>10</v>
       </c>
       <c r="F29">
         <v>2024</v>
       </c>
       <c r="G29" t="s">
         <v>22</v>
       </c>
       <c r="H29" t="s">
-        <v>55</v>
+        <v>23</v>
       </c>
     </row>
     <row r="30" spans="1:8">
       <c r="A30" t="s">
         <v>58</v>
       </c>
       <c r="B30" t="s">
         <v>29</v>
       </c>
       <c r="C30" t="s">
         <v>54</v>
       </c>
       <c r="D30" t="s">
         <v>49</v>
       </c>
       <c r="E30" t="s">
         <v>10</v>
       </c>
       <c r="F30">
         <v>2024</v>
       </c>
       <c r="G30" t="s">
         <v>22</v>
       </c>
       <c r="H30" t="s">
@@ -2746,393 +2746,393 @@
       </c>
     </row>
     <row r="32" spans="1:8">
       <c r="A32" t="s">
         <v>61</v>
       </c>
       <c r="B32" t="s">
         <v>26</v>
       </c>
       <c r="C32" t="s">
         <v>54</v>
       </c>
       <c r="D32" t="s">
         <v>62</v>
       </c>
       <c r="E32" t="s">
         <v>10</v>
       </c>
       <c r="F32">
         <v>2024</v>
       </c>
       <c r="G32" t="s">
         <v>22</v>
       </c>
       <c r="H32" t="s">
-        <v>24</v>
+        <v>63</v>
       </c>
     </row>
     <row r="33" spans="1:8">
       <c r="A33" t="s">
         <v>61</v>
       </c>
       <c r="B33" t="s">
         <v>26</v>
       </c>
       <c r="C33" t="s">
         <v>54</v>
       </c>
       <c r="D33" t="s">
         <v>62</v>
       </c>
       <c r="E33" t="s">
         <v>10</v>
       </c>
       <c r="F33">
         <v>2024</v>
       </c>
       <c r="G33" t="s">
         <v>22</v>
       </c>
       <c r="H33" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
     </row>
     <row r="34" spans="1:8">
       <c r="A34" t="s">
         <v>61</v>
       </c>
       <c r="B34" t="s">
         <v>26</v>
       </c>
       <c r="C34" t="s">
         <v>54</v>
       </c>
       <c r="D34" t="s">
         <v>62</v>
       </c>
       <c r="E34" t="s">
         <v>10</v>
       </c>
       <c r="F34">
         <v>2024</v>
       </c>
       <c r="G34" t="s">
         <v>22</v>
       </c>
       <c r="H34" t="s">
-        <v>64</v>
+        <v>24</v>
       </c>
     </row>
     <row r="35" spans="1:8">
       <c r="A35" t="s">
         <v>61</v>
       </c>
       <c r="B35" t="s">
         <v>26</v>
       </c>
       <c r="C35" t="s">
         <v>54</v>
       </c>
       <c r="D35" t="s">
         <v>62</v>
       </c>
       <c r="E35" t="s">
         <v>10</v>
       </c>
       <c r="F35">
         <v>2024</v>
       </c>
       <c r="G35" t="s">
         <v>22</v>
       </c>
       <c r="H35" t="s">
         <v>65</v>
       </c>
     </row>
     <row r="36" spans="1:8">
       <c r="A36" t="s">
         <v>66</v>
       </c>
       <c r="B36" t="s">
         <v>67</v>
       </c>
       <c r="C36"/>
       <c r="D36" t="s">
         <v>21</v>
       </c>
       <c r="E36" t="s">
         <v>10</v>
       </c>
       <c r="F36">
         <v>2024</v>
       </c>
       <c r="G36" t="s">
         <v>22</v>
       </c>
       <c r="H36" t="s">
-        <v>63</v>
+        <v>68</v>
       </c>
     </row>
     <row r="37" spans="1:8">
       <c r="A37" t="s">
         <v>66</v>
       </c>
       <c r="B37" t="s">
         <v>67</v>
       </c>
       <c r="C37"/>
       <c r="D37" t="s">
         <v>21</v>
       </c>
       <c r="E37" t="s">
         <v>10</v>
       </c>
       <c r="F37">
         <v>2024</v>
       </c>
       <c r="G37" t="s">
         <v>22</v>
       </c>
       <c r="H37" t="s">
-        <v>18</v>
+        <v>69</v>
       </c>
     </row>
     <row r="38" spans="1:8">
       <c r="A38" t="s">
         <v>66</v>
       </c>
       <c r="B38" t="s">
         <v>67</v>
       </c>
       <c r="C38"/>
       <c r="D38" t="s">
         <v>21</v>
       </c>
       <c r="E38" t="s">
         <v>10</v>
       </c>
       <c r="F38">
         <v>2024</v>
       </c>
       <c r="G38" t="s">
         <v>22</v>
       </c>
       <c r="H38" t="s">
         <v>64</v>
       </c>
     </row>
     <row r="39" spans="1:8">
       <c r="A39" t="s">
         <v>66</v>
       </c>
       <c r="B39" t="s">
         <v>67</v>
       </c>
       <c r="C39"/>
       <c r="D39" t="s">
         <v>21</v>
       </c>
       <c r="E39" t="s">
         <v>10</v>
       </c>
       <c r="F39">
         <v>2024</v>
       </c>
       <c r="G39" t="s">
         <v>22</v>
       </c>
       <c r="H39" t="s">
-        <v>24</v>
+        <v>70</v>
       </c>
     </row>
     <row r="40" spans="1:8">
       <c r="A40" t="s">
         <v>66</v>
       </c>
       <c r="B40" t="s">
         <v>67</v>
       </c>
       <c r="C40"/>
       <c r="D40" t="s">
         <v>21</v>
       </c>
       <c r="E40" t="s">
         <v>10</v>
       </c>
       <c r="F40">
         <v>2024</v>
       </c>
       <c r="G40" t="s">
         <v>22</v>
       </c>
       <c r="H40" t="s">
-        <v>68</v>
+        <v>56</v>
       </c>
     </row>
     <row r="41" spans="1:8">
       <c r="A41" t="s">
         <v>66</v>
       </c>
       <c r="B41" t="s">
         <v>67</v>
       </c>
       <c r="C41"/>
       <c r="D41" t="s">
         <v>21</v>
       </c>
       <c r="E41" t="s">
         <v>10</v>
       </c>
       <c r="F41">
         <v>2024</v>
       </c>
       <c r="G41" t="s">
         <v>22</v>
       </c>
       <c r="H41" t="s">
-        <v>69</v>
+        <v>18</v>
       </c>
     </row>
     <row r="42" spans="1:8">
       <c r="A42" t="s">
         <v>66</v>
       </c>
       <c r="B42" t="s">
         <v>67</v>
       </c>
       <c r="C42"/>
       <c r="D42" t="s">
         <v>21</v>
       </c>
       <c r="E42" t="s">
         <v>10</v>
       </c>
       <c r="F42">
         <v>2024</v>
       </c>
       <c r="G42" t="s">
         <v>22</v>
       </c>
       <c r="H42" t="s">
-        <v>56</v>
+        <v>24</v>
       </c>
     </row>
     <row r="43" spans="1:8">
       <c r="A43" t="s">
         <v>66</v>
       </c>
       <c r="B43" t="s">
         <v>67</v>
       </c>
       <c r="C43"/>
       <c r="D43" t="s">
         <v>21</v>
       </c>
       <c r="E43" t="s">
         <v>10</v>
       </c>
       <c r="F43">
         <v>2024</v>
       </c>
       <c r="G43" t="s">
         <v>22</v>
       </c>
       <c r="H43" t="s">
-        <v>70</v>
+        <v>65</v>
       </c>
     </row>
     <row r="44" spans="1:8">
       <c r="A44" t="s">
         <v>71</v>
       </c>
       <c r="B44" t="s">
         <v>20</v>
       </c>
       <c r="C44"/>
       <c r="D44" t="s">
         <v>21</v>
       </c>
       <c r="E44" t="s">
         <v>10</v>
       </c>
       <c r="F44">
         <v>2024</v>
       </c>
       <c r="G44" t="s">
         <v>22</v>
       </c>
       <c r="H44" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
     </row>
     <row r="45" spans="1:8">
       <c r="A45" t="s">
         <v>71</v>
       </c>
       <c r="B45" t="s">
         <v>20</v>
       </c>
       <c r="C45"/>
       <c r="D45" t="s">
         <v>21</v>
       </c>
       <c r="E45" t="s">
         <v>10</v>
       </c>
       <c r="F45">
         <v>2024</v>
       </c>
       <c r="G45" t="s">
         <v>22</v>
       </c>
       <c r="H45" t="s">
-        <v>72</v>
+        <v>18</v>
       </c>
     </row>
     <row r="46" spans="1:8">
       <c r="A46" t="s">
         <v>71</v>
       </c>
       <c r="B46" t="s">
         <v>20</v>
       </c>
       <c r="C46"/>
       <c r="D46" t="s">
         <v>21</v>
       </c>
       <c r="E46" t="s">
         <v>10</v>
       </c>
       <c r="F46">
         <v>2024</v>
       </c>
       <c r="G46" t="s">
         <v>22</v>
       </c>
       <c r="H46" t="s">
-        <v>24</v>
+        <v>72</v>
       </c>
     </row>
     <row r="47" spans="1:8">
       <c r="A47" t="s">
         <v>73</v>
       </c>
       <c r="B47" t="s">
         <v>26</v>
       </c>
       <c r="C47" t="s">
         <v>74</v>
       </c>
       <c r="D47" t="s">
         <v>21</v>
       </c>
       <c r="E47" t="s">
         <v>10</v>
       </c>
       <c r="F47">
         <v>2024</v>
       </c>
       <c r="G47" t="s">
         <v>22</v>
       </c>
       <c r="H47" t="s">
@@ -3254,171 +3254,171 @@
       <c r="F53">
         <v>2024</v>
       </c>
       <c r="G53"/>
       <c r="H53" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="54" spans="1:8">
       <c r="A54" t="s">
         <v>84</v>
       </c>
       <c r="B54" t="s">
         <v>67</v>
       </c>
       <c r="C54"/>
       <c r="D54"/>
       <c r="E54" t="s">
         <v>10</v>
       </c>
       <c r="F54">
         <v>2024</v>
       </c>
       <c r="G54"/>
       <c r="H54" t="s">
-        <v>23</v>
+        <v>56</v>
       </c>
     </row>
     <row r="55" spans="1:8">
       <c r="A55" t="s">
         <v>84</v>
       </c>
       <c r="B55" t="s">
         <v>67</v>
       </c>
       <c r="C55"/>
       <c r="D55"/>
       <c r="E55" t="s">
         <v>10</v>
       </c>
       <c r="F55">
         <v>2024</v>
       </c>
       <c r="G55"/>
       <c r="H55" t="s">
-        <v>55</v>
+        <v>65</v>
       </c>
     </row>
     <row r="56" spans="1:8">
       <c r="A56" t="s">
         <v>84</v>
       </c>
       <c r="B56" t="s">
         <v>67</v>
       </c>
       <c r="C56"/>
       <c r="D56"/>
       <c r="E56" t="s">
         <v>10</v>
       </c>
       <c r="F56">
         <v>2024</v>
       </c>
       <c r="G56"/>
       <c r="H56" t="s">
-        <v>56</v>
+        <v>55</v>
       </c>
     </row>
     <row r="57" spans="1:8">
       <c r="A57" t="s">
         <v>84</v>
       </c>
       <c r="B57" t="s">
         <v>67</v>
       </c>
       <c r="C57"/>
       <c r="D57"/>
       <c r="E57" t="s">
         <v>10</v>
       </c>
       <c r="F57">
         <v>2024</v>
       </c>
       <c r="G57"/>
       <c r="H57" t="s">
         <v>85</v>
       </c>
     </row>
     <row r="58" spans="1:8">
       <c r="A58" t="s">
         <v>84</v>
       </c>
       <c r="B58" t="s">
         <v>67</v>
       </c>
       <c r="C58"/>
       <c r="D58"/>
       <c r="E58" t="s">
         <v>10</v>
       </c>
       <c r="F58">
         <v>2024</v>
       </c>
       <c r="G58"/>
       <c r="H58" t="s">
-        <v>86</v>
+        <v>24</v>
       </c>
     </row>
     <row r="59" spans="1:8">
       <c r="A59" t="s">
         <v>84</v>
       </c>
       <c r="B59" t="s">
         <v>67</v>
       </c>
       <c r="C59"/>
       <c r="D59"/>
       <c r="E59" t="s">
         <v>10</v>
       </c>
       <c r="F59">
         <v>2024</v>
       </c>
       <c r="G59"/>
       <c r="H59" t="s">
-        <v>64</v>
+        <v>23</v>
       </c>
     </row>
     <row r="60" spans="1:8">
       <c r="A60" t="s">
         <v>84</v>
       </c>
       <c r="B60" t="s">
         <v>67</v>
       </c>
       <c r="C60"/>
       <c r="D60"/>
       <c r="E60" t="s">
         <v>10</v>
       </c>
       <c r="F60">
         <v>2024</v>
       </c>
       <c r="G60"/>
       <c r="H60" t="s">
-        <v>24</v>
+        <v>86</v>
       </c>
     </row>
     <row r="61" spans="1:8">
       <c r="A61" t="s">
         <v>87</v>
       </c>
       <c r="B61" t="s">
         <v>26</v>
       </c>
       <c r="C61"/>
       <c r="D61" t="s">
         <v>35</v>
       </c>
       <c r="E61" t="s">
         <v>10</v>
       </c>
       <c r="F61">
         <v>2024</v>
       </c>
       <c r="G61"/>
       <c r="H61" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="62" spans="1:8">
@@ -3548,77 +3548,77 @@
       <c r="H67"/>
     </row>
     <row r="68" spans="1:8">
       <c r="A68" t="s">
         <v>102</v>
       </c>
       <c r="B68" t="s">
         <v>103</v>
       </c>
       <c r="C68" t="s">
         <v>38</v>
       </c>
       <c r="D68" t="s">
         <v>49</v>
       </c>
       <c r="E68" t="s">
         <v>10</v>
       </c>
       <c r="F68">
         <v>2022</v>
       </c>
       <c r="G68" t="s">
         <v>22</v>
       </c>
       <c r="H68" t="s">
-        <v>55</v>
+        <v>23</v>
       </c>
     </row>
     <row r="69" spans="1:8">
       <c r="A69" t="s">
         <v>102</v>
       </c>
       <c r="B69" t="s">
         <v>103</v>
       </c>
       <c r="C69" t="s">
         <v>38</v>
       </c>
       <c r="D69" t="s">
         <v>49</v>
       </c>
       <c r="E69" t="s">
         <v>10</v>
       </c>
       <c r="F69">
         <v>2022</v>
       </c>
       <c r="G69" t="s">
         <v>22</v>
       </c>
       <c r="H69" t="s">
-        <v>23</v>
+        <v>55</v>
       </c>
     </row>
     <row r="70" spans="1:8">
       <c r="A70" t="s">
         <v>102</v>
       </c>
       <c r="B70" t="s">
         <v>103</v>
       </c>
       <c r="C70" t="s">
         <v>38</v>
       </c>
       <c r="D70" t="s">
         <v>49</v>
       </c>
       <c r="E70" t="s">
         <v>10</v>
       </c>
       <c r="F70">
         <v>2022</v>
       </c>
       <c r="G70" t="s">
         <v>22</v>
       </c>
       <c r="H70" t="s">
@@ -3728,51 +3728,51 @@
       </c>
       <c r="G75"/>
       <c r="H75" t="s">
         <v>115</v>
       </c>
     </row>
     <row r="76" spans="1:8">
       <c r="A76" t="s">
         <v>116</v>
       </c>
       <c r="B76" t="s">
         <v>117</v>
       </c>
       <c r="C76"/>
       <c r="D76" t="s">
         <v>21</v>
       </c>
       <c r="E76" t="s">
         <v>10</v>
       </c>
       <c r="F76">
         <v>2020</v>
       </c>
       <c r="G76"/>
       <c r="H76" t="s">
-        <v>65</v>
+        <v>63</v>
       </c>
     </row>
     <row r="77" spans="1:8">
       <c r="A77" t="s">
         <v>118</v>
       </c>
       <c r="B77" t="s">
         <v>119</v>
       </c>
       <c r="C77"/>
       <c r="D77" t="s">
         <v>35</v>
       </c>
       <c r="E77" t="s">
         <v>10</v>
       </c>
       <c r="F77">
         <v>2019</v>
       </c>
       <c r="G77"/>
       <c r="H77" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="78" spans="1:8">
@@ -3794,161 +3794,161 @@
       </c>
       <c r="G78"/>
       <c r="H78" t="s">
         <v>46</v>
       </c>
     </row>
     <row r="79" spans="1:8">
       <c r="A79" t="s">
         <v>122</v>
       </c>
       <c r="B79" t="s">
         <v>123</v>
       </c>
       <c r="C79"/>
       <c r="D79" t="s">
         <v>21</v>
       </c>
       <c r="E79" t="s">
         <v>10</v>
       </c>
       <c r="F79">
         <v>2017</v>
       </c>
       <c r="G79"/>
       <c r="H79" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
     </row>
     <row r="80" spans="1:8">
       <c r="A80" t="s">
         <v>124</v>
       </c>
       <c r="B80" t="s">
         <v>125</v>
       </c>
       <c r="C80"/>
       <c r="D80" t="s">
         <v>21</v>
       </c>
       <c r="E80" t="s">
         <v>10</v>
       </c>
       <c r="F80">
         <v>2017</v>
       </c>
       <c r="G80"/>
       <c r="H80" t="s">
-        <v>65</v>
+        <v>63</v>
       </c>
     </row>
     <row r="81" spans="1:8">
       <c r="A81" t="s">
         <v>126</v>
       </c>
       <c r="B81" t="s">
         <v>127</v>
       </c>
       <c r="C81"/>
       <c r="D81" t="s">
         <v>21</v>
       </c>
       <c r="E81" t="s">
         <v>10</v>
       </c>
       <c r="F81">
         <v>2016</v>
       </c>
       <c r="G81"/>
       <c r="H81" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="82" spans="1:8">
       <c r="A82" t="s">
         <v>128</v>
       </c>
       <c r="B82" t="s">
         <v>129</v>
       </c>
       <c r="C82"/>
       <c r="D82" t="s">
         <v>21</v>
       </c>
       <c r="E82" t="s">
         <v>10</v>
       </c>
       <c r="F82">
         <v>2015</v>
       </c>
       <c r="G82"/>
       <c r="H82" t="s">
-        <v>65</v>
+        <v>63</v>
       </c>
     </row>
     <row r="83" spans="1:8">
       <c r="A83" t="s">
         <v>130</v>
       </c>
       <c r="B83" t="s">
         <v>131</v>
       </c>
       <c r="C83"/>
       <c r="D83" t="s">
         <v>35</v>
       </c>
       <c r="E83" t="s">
         <v>10</v>
       </c>
       <c r="F83">
         <v>2015</v>
       </c>
       <c r="G83" t="s">
         <v>22</v>
       </c>
       <c r="H83"/>
     </row>
     <row r="84" spans="1:8">
       <c r="A84" t="s">
         <v>132</v>
       </c>
       <c r="B84" t="s">
         <v>133</v>
       </c>
       <c r="C84"/>
       <c r="D84" t="s">
         <v>21</v>
       </c>
       <c r="E84" t="s">
         <v>10</v>
       </c>
       <c r="F84">
         <v>2015</v>
       </c>
       <c r="G84"/>
       <c r="H84" t="s">
-        <v>65</v>
+        <v>63</v>
       </c>
     </row>
     <row r="85" spans="1:8">
       <c r="A85" t="s">
         <v>134</v>
       </c>
       <c r="B85" t="s">
         <v>135</v>
       </c>
       <c r="C85"/>
       <c r="D85"/>
       <c r="E85" t="s">
         <v>10</v>
       </c>
       <c r="F85">
         <v>2015</v>
       </c>
       <c r="G85"/>
       <c r="H85" t="s">
         <v>115</v>
       </c>
     </row>
     <row r="86" spans="1:8">
       <c r="A86" t="s">
         <v>136</v>
@@ -4010,51 +4010,51 @@
       </c>
       <c r="G88"/>
       <c r="H88" t="s">
         <v>56</v>
       </c>
     </row>
     <row r="89" spans="1:8">
       <c r="A89" t="s">
         <v>141</v>
       </c>
       <c r="B89" t="s">
         <v>142</v>
       </c>
       <c r="C89"/>
       <c r="D89" t="s">
         <v>21</v>
       </c>
       <c r="E89" t="s">
         <v>10</v>
       </c>
       <c r="F89">
         <v>2013</v>
       </c>
       <c r="G89"/>
       <c r="H89" t="s">
-        <v>65</v>
+        <v>63</v>
       </c>
     </row>
     <row r="90" spans="1:8">
       <c r="A90" t="s">
         <v>143</v>
       </c>
       <c r="B90" t="s">
         <v>144</v>
       </c>
       <c r="C90"/>
       <c r="D90" t="s">
         <v>21</v>
       </c>
       <c r="E90" t="s">
         <v>10</v>
       </c>
       <c r="F90">
         <v>2013</v>
       </c>
       <c r="G90"/>
       <c r="H90" t="s">
         <v>112</v>
       </c>
     </row>
     <row r="91" spans="1:8">
@@ -4098,73 +4098,73 @@
       </c>
       <c r="G92"/>
       <c r="H92" t="s">
         <v>56</v>
       </c>
     </row>
     <row r="93" spans="1:8">
       <c r="A93" t="s">
         <v>148</v>
       </c>
       <c r="B93" t="s">
         <v>149</v>
       </c>
       <c r="C93"/>
       <c r="D93" t="s">
         <v>21</v>
       </c>
       <c r="E93" t="s">
         <v>10</v>
       </c>
       <c r="F93">
         <v>2012</v>
       </c>
       <c r="G93"/>
       <c r="H93" t="s">
-        <v>65</v>
+        <v>63</v>
       </c>
     </row>
     <row r="94" spans="1:8">
       <c r="A94" t="s">
         <v>150</v>
       </c>
       <c r="B94" t="s">
         <v>151</v>
       </c>
       <c r="C94"/>
       <c r="D94" t="s">
         <v>35</v>
       </c>
       <c r="E94" t="s">
         <v>10</v>
       </c>
       <c r="F94">
         <v>2012</v>
       </c>
       <c r="G94"/>
       <c r="H94" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
     </row>
     <row r="95" spans="1:8">
       <c r="A95" t="s">
         <v>152</v>
       </c>
       <c r="B95" t="s">
         <v>153</v>
       </c>
       <c r="C95"/>
       <c r="D95" t="s">
         <v>35</v>
       </c>
       <c r="E95" t="s">
         <v>10</v>
       </c>
       <c r="F95">
         <v>2011</v>
       </c>
       <c r="G95" t="s">
         <v>22</v>
       </c>
       <c r="H95"/>
     </row>
     <row r="96" spans="1:8">
@@ -4208,51 +4208,51 @@
       </c>
       <c r="G97"/>
       <c r="H97" t="s">
         <v>112</v>
       </c>
     </row>
     <row r="98" spans="1:8">
       <c r="A98" t="s">
         <v>158</v>
       </c>
       <c r="B98" t="s">
         <v>159</v>
       </c>
       <c r="C98"/>
       <c r="D98" t="s">
         <v>21</v>
       </c>
       <c r="E98" t="s">
         <v>10</v>
       </c>
       <c r="F98">
         <v>2011</v>
       </c>
       <c r="G98"/>
       <c r="H98" t="s">
-        <v>70</v>
+        <v>68</v>
       </c>
     </row>
     <row r="99" spans="1:8">
       <c r="A99" t="s">
         <v>160</v>
       </c>
       <c r="B99" t="s">
         <v>161</v>
       </c>
       <c r="C99"/>
       <c r="D99" t="s">
         <v>21</v>
       </c>
       <c r="E99" t="s">
         <v>10</v>
       </c>
       <c r="F99">
         <v>2011</v>
       </c>
       <c r="G99"/>
       <c r="H99" t="s">
         <v>115</v>
       </c>
     </row>
     <row r="100" spans="1:8">
@@ -4406,117 +4406,117 @@
       </c>
       <c r="G106"/>
       <c r="H106" t="s">
         <v>176</v>
       </c>
     </row>
     <row r="107" spans="1:8">
       <c r="A107" t="s">
         <v>177</v>
       </c>
       <c r="B107" t="s">
         <v>178</v>
       </c>
       <c r="C107"/>
       <c r="D107" t="s">
         <v>21</v>
       </c>
       <c r="E107" t="s">
         <v>10</v>
       </c>
       <c r="F107">
         <v>2010</v>
       </c>
       <c r="G107"/>
       <c r="H107" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
     </row>
     <row r="108" spans="1:8">
       <c r="A108" t="s">
         <v>179</v>
       </c>
       <c r="B108" t="s">
         <v>180</v>
       </c>
       <c r="C108"/>
       <c r="D108" t="s">
         <v>21</v>
       </c>
       <c r="E108" t="s">
         <v>10</v>
       </c>
       <c r="F108">
         <v>2010</v>
       </c>
       <c r="G108"/>
       <c r="H108" t="s">
         <v>112</v>
       </c>
     </row>
     <row r="109" spans="1:8">
       <c r="A109" t="s">
         <v>181</v>
       </c>
       <c r="B109" t="s">
         <v>182</v>
       </c>
       <c r="C109"/>
       <c r="D109" t="s">
         <v>21</v>
       </c>
       <c r="E109" t="s">
         <v>10</v>
       </c>
       <c r="F109">
         <v>2010</v>
       </c>
       <c r="G109"/>
       <c r="H109" t="s">
-        <v>65</v>
+        <v>63</v>
       </c>
     </row>
     <row r="110" spans="1:8">
       <c r="A110" t="s">
         <v>183</v>
       </c>
       <c r="B110" t="s">
         <v>184</v>
       </c>
       <c r="C110"/>
       <c r="D110" t="s">
         <v>21</v>
       </c>
       <c r="E110" t="s">
         <v>10</v>
       </c>
       <c r="F110">
         <v>2010</v>
       </c>
       <c r="G110"/>
       <c r="H110" t="s">
-        <v>65</v>
+        <v>63</v>
       </c>
     </row>
     <row r="111" spans="1:8">
       <c r="A111" t="s">
         <v>185</v>
       </c>
       <c r="B111" t="s">
         <v>186</v>
       </c>
       <c r="C111"/>
       <c r="D111" t="s">
         <v>21</v>
       </c>
       <c r="E111" t="s">
         <v>10</v>
       </c>
       <c r="F111">
         <v>2010</v>
       </c>
       <c r="G111"/>
       <c r="H111" t="s">
         <v>55</v>
       </c>
     </row>
     <row r="112" spans="1:8">
@@ -4538,51 +4538,51 @@
       </c>
       <c r="G112"/>
       <c r="H112" t="s">
         <v>176</v>
       </c>
     </row>
     <row r="113" spans="1:8">
       <c r="A113" t="s">
         <v>189</v>
       </c>
       <c r="B113" t="s">
         <v>190</v>
       </c>
       <c r="C113"/>
       <c r="D113" t="s">
         <v>21</v>
       </c>
       <c r="E113" t="s">
         <v>10</v>
       </c>
       <c r="F113">
         <v>2009</v>
       </c>
       <c r="G113"/>
       <c r="H113" t="s">
-        <v>65</v>
+        <v>63</v>
       </c>
     </row>
     <row r="114" spans="1:8">
       <c r="A114" t="s">
         <v>191</v>
       </c>
       <c r="B114" t="s">
         <v>192</v>
       </c>
       <c r="C114"/>
       <c r="D114" t="s">
         <v>21</v>
       </c>
       <c r="E114" t="s">
         <v>10</v>
       </c>
       <c r="F114">
         <v>2009</v>
       </c>
       <c r="G114"/>
       <c r="H114" t="s">
         <v>72</v>
       </c>
     </row>
     <row r="115" spans="1:8">
@@ -4626,181 +4626,181 @@
       </c>
       <c r="G116"/>
       <c r="H116" t="s">
         <v>115</v>
       </c>
     </row>
     <row r="117" spans="1:8">
       <c r="A117" t="s">
         <v>197</v>
       </c>
       <c r="B117" t="s">
         <v>198</v>
       </c>
       <c r="C117"/>
       <c r="D117" t="s">
         <v>21</v>
       </c>
       <c r="E117" t="s">
         <v>10</v>
       </c>
       <c r="F117">
         <v>2008</v>
       </c>
       <c r="G117"/>
       <c r="H117" t="s">
-        <v>65</v>
+        <v>63</v>
       </c>
     </row>
     <row r="118" spans="1:8">
       <c r="A118" t="s">
         <v>199</v>
       </c>
       <c r="B118" t="s">
         <v>200</v>
       </c>
       <c r="C118"/>
       <c r="D118" t="s">
         <v>35</v>
       </c>
       <c r="E118" t="s">
         <v>10</v>
       </c>
       <c r="F118">
         <v>2008</v>
       </c>
       <c r="G118"/>
       <c r="H118" t="s">
         <v>55</v>
       </c>
     </row>
     <row r="119" spans="1:8">
       <c r="A119" t="s">
         <v>201</v>
       </c>
       <c r="B119" t="s">
         <v>202</v>
       </c>
       <c r="C119"/>
       <c r="D119" t="s">
         <v>21</v>
       </c>
       <c r="E119" t="s">
         <v>10</v>
       </c>
       <c r="F119">
         <v>2008</v>
       </c>
       <c r="G119"/>
       <c r="H119" t="s">
-        <v>65</v>
+        <v>63</v>
       </c>
     </row>
     <row r="120" spans="1:8">
       <c r="A120" t="s">
         <v>203</v>
       </c>
       <c r="B120" t="s">
         <v>204</v>
       </c>
       <c r="C120"/>
       <c r="D120" t="s">
         <v>21</v>
       </c>
       <c r="E120" t="s">
         <v>10</v>
       </c>
       <c r="F120">
         <v>2008</v>
       </c>
       <c r="G120"/>
       <c r="H120" t="s">
-        <v>65</v>
+        <v>63</v>
       </c>
     </row>
     <row r="121" spans="1:8">
       <c r="A121" t="s">
         <v>205</v>
       </c>
       <c r="B121" t="s">
         <v>206</v>
       </c>
       <c r="C121"/>
       <c r="D121" t="s">
         <v>21</v>
       </c>
       <c r="E121" t="s">
         <v>10</v>
       </c>
       <c r="F121">
         <v>2008</v>
       </c>
       <c r="G121"/>
       <c r="H121" t="s">
-        <v>65</v>
+        <v>63</v>
       </c>
     </row>
     <row r="122" spans="1:8">
       <c r="A122" t="s">
         <v>207</v>
       </c>
       <c r="B122" t="s">
         <v>208</v>
       </c>
       <c r="C122"/>
       <c r="D122"/>
       <c r="E122" t="s">
         <v>10</v>
       </c>
       <c r="F122">
         <v>2008</v>
       </c>
       <c r="G122"/>
       <c r="H122" t="s">
         <v>55</v>
       </c>
     </row>
     <row r="123" spans="1:8">
       <c r="A123" t="s">
         <v>209</v>
       </c>
       <c r="B123" t="s">
         <v>210</v>
       </c>
       <c r="C123"/>
       <c r="D123" t="s">
         <v>21</v>
       </c>
       <c r="E123" t="s">
         <v>10</v>
       </c>
       <c r="F123">
         <v>2008</v>
       </c>
       <c r="G123"/>
       <c r="H123" t="s">
-        <v>65</v>
+        <v>63</v>
       </c>
     </row>
     <row r="124" spans="1:8">
       <c r="A124" t="s">
         <v>211</v>
       </c>
       <c r="B124" t="s">
         <v>212</v>
       </c>
       <c r="C124"/>
       <c r="D124" t="s">
         <v>35</v>
       </c>
       <c r="E124" t="s">
         <v>10</v>
       </c>
       <c r="F124">
         <v>2007</v>
       </c>
       <c r="G124" t="s">
         <v>22</v>
       </c>
       <c r="H124"/>
     </row>
     <row r="125" spans="1:8">
@@ -4954,51 +4954,51 @@
       </c>
       <c r="G131"/>
       <c r="H131" t="s">
         <v>115</v>
       </c>
     </row>
     <row r="132" spans="1:8">
       <c r="A132" t="s">
         <v>227</v>
       </c>
       <c r="B132" t="s">
         <v>228</v>
       </c>
       <c r="C132"/>
       <c r="D132" t="s">
         <v>21</v>
       </c>
       <c r="E132" t="s">
         <v>10</v>
       </c>
       <c r="F132">
         <v>2007</v>
       </c>
       <c r="G132"/>
       <c r="H132" t="s">
-        <v>70</v>
+        <v>68</v>
       </c>
     </row>
     <row r="133" spans="1:8">
       <c r="A133" t="s">
         <v>229</v>
       </c>
       <c r="B133" t="s">
         <v>230</v>
       </c>
       <c r="C133"/>
       <c r="D133" t="s">
         <v>21</v>
       </c>
       <c r="E133" t="s">
         <v>10</v>
       </c>
       <c r="F133">
         <v>2007</v>
       </c>
       <c r="G133"/>
       <c r="H133"/>
     </row>
     <row r="134" spans="1:8">
       <c r="A134" t="s">
         <v>231</v>
@@ -5106,73 +5106,73 @@
       </c>
       <c r="G138"/>
       <c r="H138" t="s">
         <v>115</v>
       </c>
     </row>
     <row r="139" spans="1:8">
       <c r="A139" t="s">
         <v>241</v>
       </c>
       <c r="B139" t="s">
         <v>242</v>
       </c>
       <c r="C139"/>
       <c r="D139" t="s">
         <v>21</v>
       </c>
       <c r="E139" t="s">
         <v>10</v>
       </c>
       <c r="F139">
         <v>2006</v>
       </c>
       <c r="G139"/>
       <c r="H139" t="s">
-        <v>65</v>
+        <v>63</v>
       </c>
     </row>
     <row r="140" spans="1:8">
       <c r="A140" t="s">
         <v>243</v>
       </c>
       <c r="B140" t="s">
         <v>244</v>
       </c>
       <c r="C140"/>
       <c r="D140" t="s">
         <v>21</v>
       </c>
       <c r="E140" t="s">
         <v>10</v>
       </c>
       <c r="F140">
         <v>2006</v>
       </c>
       <c r="G140"/>
       <c r="H140" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
     </row>
     <row r="141" spans="1:8">
       <c r="A141" t="s">
         <v>245</v>
       </c>
       <c r="B141" t="s">
         <v>246</v>
       </c>
       <c r="C141"/>
       <c r="D141" t="s">
         <v>21</v>
       </c>
       <c r="E141" t="s">
         <v>10</v>
       </c>
       <c r="F141">
         <v>2006</v>
       </c>
       <c r="G141"/>
       <c r="H141" t="s">
         <v>99</v>
       </c>
     </row>
     <row r="142" spans="1:8">
@@ -5216,73 +5216,73 @@
       </c>
       <c r="G143"/>
       <c r="H143" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="144" spans="1:8">
       <c r="A144" t="s">
         <v>250</v>
       </c>
       <c r="B144" t="s">
         <v>251</v>
       </c>
       <c r="C144"/>
       <c r="D144" t="s">
         <v>21</v>
       </c>
       <c r="E144" t="s">
         <v>10</v>
       </c>
       <c r="F144">
         <v>2006</v>
       </c>
       <c r="G144"/>
       <c r="H144" t="s">
-        <v>65</v>
+        <v>63</v>
       </c>
     </row>
     <row r="145" spans="1:8">
       <c r="A145" t="s">
         <v>252</v>
       </c>
       <c r="B145" t="s">
         <v>253</v>
       </c>
       <c r="C145"/>
       <c r="D145" t="s">
         <v>21</v>
       </c>
       <c r="E145" t="s">
         <v>10</v>
       </c>
       <c r="F145">
         <v>2006</v>
       </c>
       <c r="G145"/>
       <c r="H145" t="s">
-        <v>65</v>
+        <v>63</v>
       </c>
     </row>
     <row r="146" spans="1:8">
       <c r="A146" t="s">
         <v>254</v>
       </c>
       <c r="B146" t="s">
         <v>255</v>
       </c>
       <c r="C146"/>
       <c r="D146" t="s">
         <v>21</v>
       </c>
       <c r="E146" t="s">
         <v>10</v>
       </c>
       <c r="F146">
         <v>2006</v>
       </c>
       <c r="G146"/>
       <c r="H146" t="s">
         <v>256</v>
       </c>
     </row>
     <row r="147" spans="1:8">
@@ -5370,51 +5370,51 @@
       </c>
       <c r="G150"/>
       <c r="H150" t="s">
         <v>115</v>
       </c>
     </row>
     <row r="151" spans="1:8">
       <c r="A151" t="s">
         <v>265</v>
       </c>
       <c r="B151" t="s">
         <v>266</v>
       </c>
       <c r="C151"/>
       <c r="D151" t="s">
         <v>21</v>
       </c>
       <c r="E151" t="s">
         <v>10</v>
       </c>
       <c r="F151">
         <v>2006</v>
       </c>
       <c r="G151"/>
       <c r="H151" t="s">
-        <v>70</v>
+        <v>68</v>
       </c>
     </row>
     <row r="152" spans="1:8">
       <c r="A152" t="s">
         <v>267</v>
       </c>
       <c r="B152" t="s">
         <v>268</v>
       </c>
       <c r="C152"/>
       <c r="D152" t="s">
         <v>21</v>
       </c>
       <c r="E152" t="s">
         <v>10</v>
       </c>
       <c r="F152">
         <v>2005</v>
       </c>
       <c r="G152"/>
       <c r="H152" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="153" spans="1:8">
@@ -5480,51 +5480,51 @@
       </c>
       <c r="G155"/>
       <c r="H155" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="156" spans="1:8">
       <c r="A156" t="s">
         <v>275</v>
       </c>
       <c r="B156" t="s">
         <v>276</v>
       </c>
       <c r="C156"/>
       <c r="D156" t="s">
         <v>21</v>
       </c>
       <c r="E156" t="s">
         <v>10</v>
       </c>
       <c r="F156">
         <v>2005</v>
       </c>
       <c r="G156"/>
       <c r="H156" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
     </row>
     <row r="157" spans="1:8">
       <c r="A157" t="s">
         <v>277</v>
       </c>
       <c r="B157" t="s">
         <v>278</v>
       </c>
       <c r="C157"/>
       <c r="D157" t="s">
         <v>21</v>
       </c>
       <c r="E157" t="s">
         <v>10</v>
       </c>
       <c r="F157">
         <v>2004</v>
       </c>
       <c r="G157"/>
       <c r="H157" t="s">
         <v>176</v>
       </c>
     </row>
     <row r="158" spans="1:8">
@@ -5546,51 +5546,51 @@
       </c>
       <c r="G158"/>
       <c r="H158" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="159" spans="1:8">
       <c r="A159" t="s">
         <v>281</v>
       </c>
       <c r="B159" t="s">
         <v>282</v>
       </c>
       <c r="C159"/>
       <c r="D159" t="s">
         <v>21</v>
       </c>
       <c r="E159" t="s">
         <v>10</v>
       </c>
       <c r="F159">
         <v>2004</v>
       </c>
       <c r="G159"/>
       <c r="H159" t="s">
-        <v>65</v>
+        <v>63</v>
       </c>
     </row>
     <row r="160" spans="1:8">
       <c r="A160" t="s">
         <v>283</v>
       </c>
       <c r="B160" t="s">
         <v>284</v>
       </c>
       <c r="C160"/>
       <c r="D160" t="s">
         <v>21</v>
       </c>
       <c r="E160" t="s">
         <v>10</v>
       </c>
       <c r="F160">
         <v>2004</v>
       </c>
       <c r="G160"/>
       <c r="H160" t="s">
         <v>56</v>
       </c>
     </row>
     <row r="161" spans="1:8">
@@ -5744,51 +5744,51 @@
       </c>
       <c r="G167"/>
       <c r="H167" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="168" spans="1:8">
       <c r="A168" t="s">
         <v>299</v>
       </c>
       <c r="B168" t="s">
         <v>300</v>
       </c>
       <c r="C168"/>
       <c r="D168" t="s">
         <v>21</v>
       </c>
       <c r="E168" t="s">
         <v>10</v>
       </c>
       <c r="F168">
         <v>2003</v>
       </c>
       <c r="G168"/>
       <c r="H168" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
     </row>
     <row r="169" spans="1:8">
       <c r="A169" t="s">
         <v>299</v>
       </c>
       <c r="B169" t="s">
         <v>300</v>
       </c>
       <c r="C169"/>
       <c r="D169" t="s">
         <v>21</v>
       </c>
       <c r="E169" t="s">
         <v>10</v>
       </c>
       <c r="F169">
         <v>2003</v>
       </c>
       <c r="G169"/>
       <c r="H169" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="170" spans="1:8">
@@ -6052,73 +6052,73 @@
       </c>
       <c r="G181"/>
       <c r="H181" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="182" spans="1:8">
       <c r="A182" t="s">
         <v>325</v>
       </c>
       <c r="B182" t="s">
         <v>326</v>
       </c>
       <c r="C182"/>
       <c r="D182" t="s">
         <v>21</v>
       </c>
       <c r="E182" t="s">
         <v>10</v>
       </c>
       <c r="F182">
         <v>2002</v>
       </c>
       <c r="G182"/>
       <c r="H182" t="s">
-        <v>65</v>
+        <v>63</v>
       </c>
     </row>
     <row r="183" spans="1:8">
       <c r="A183" t="s">
         <v>327</v>
       </c>
       <c r="B183" t="s">
         <v>328</v>
       </c>
       <c r="C183"/>
       <c r="D183" t="s">
         <v>21</v>
       </c>
       <c r="E183" t="s">
         <v>10</v>
       </c>
       <c r="F183">
         <v>2002</v>
       </c>
       <c r="G183"/>
       <c r="H183" t="s">
-        <v>65</v>
+        <v>63</v>
       </c>
     </row>
     <row r="184" spans="1:8">
       <c r="A184" t="s">
         <v>329</v>
       </c>
       <c r="B184" t="s">
         <v>330</v>
       </c>
       <c r="C184"/>
       <c r="D184" t="s">
         <v>21</v>
       </c>
       <c r="E184" t="s">
         <v>10</v>
       </c>
       <c r="F184">
         <v>2002</v>
       </c>
       <c r="G184"/>
       <c r="H184" t="s">
         <v>256</v>
       </c>
     </row>
     <row r="185" spans="1:8">
@@ -6160,51 +6160,51 @@
       <c r="F186">
         <v>2002</v>
       </c>
       <c r="G186"/>
       <c r="H186"/>
     </row>
     <row r="187" spans="1:8">
       <c r="A187" t="s">
         <v>335</v>
       </c>
       <c r="B187" t="s">
         <v>336</v>
       </c>
       <c r="C187"/>
       <c r="D187" t="s">
         <v>21</v>
       </c>
       <c r="E187" t="s">
         <v>10</v>
       </c>
       <c r="F187">
         <v>2001</v>
       </c>
       <c r="G187"/>
       <c r="H187" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
     </row>
     <row r="188" spans="1:8">
       <c r="A188" t="s">
         <v>337</v>
       </c>
       <c r="B188" t="s">
         <v>338</v>
       </c>
       <c r="C188"/>
       <c r="D188" t="s">
         <v>21</v>
       </c>
       <c r="E188" t="s">
         <v>10</v>
       </c>
       <c r="F188">
         <v>2001</v>
       </c>
       <c r="G188"/>
       <c r="H188" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="189" spans="1:8">
@@ -6270,139 +6270,139 @@
       </c>
       <c r="G191"/>
       <c r="H191" t="s">
         <v>99</v>
       </c>
     </row>
     <row r="192" spans="1:8">
       <c r="A192" t="s">
         <v>344</v>
       </c>
       <c r="B192" t="s">
         <v>345</v>
       </c>
       <c r="C192"/>
       <c r="D192" t="s">
         <v>21</v>
       </c>
       <c r="E192" t="s">
         <v>10</v>
       </c>
       <c r="F192">
         <v>2000</v>
       </c>
       <c r="G192"/>
       <c r="H192" t="s">
-        <v>65</v>
+        <v>63</v>
       </c>
     </row>
     <row r="193" spans="1:8">
       <c r="A193" t="s">
         <v>346</v>
       </c>
       <c r="B193" t="s">
         <v>347</v>
       </c>
       <c r="C193"/>
       <c r="D193" t="s">
         <v>21</v>
       </c>
       <c r="E193" t="s">
         <v>10</v>
       </c>
       <c r="F193">
         <v>2000</v>
       </c>
       <c r="G193"/>
       <c r="H193" t="s">
-        <v>65</v>
+        <v>63</v>
       </c>
     </row>
     <row r="194" spans="1:8">
       <c r="A194" t="s">
         <v>348</v>
       </c>
       <c r="B194" t="s">
         <v>349</v>
       </c>
       <c r="C194"/>
       <c r="D194" t="s">
         <v>21</v>
       </c>
       <c r="E194" t="s">
         <v>10</v>
       </c>
       <c r="F194">
         <v>2000</v>
       </c>
       <c r="G194"/>
       <c r="H194" t="s">
-        <v>65</v>
+        <v>63</v>
       </c>
     </row>
     <row r="195" spans="1:8">
       <c r="A195" t="s">
         <v>350</v>
       </c>
       <c r="B195" t="s">
         <v>351</v>
       </c>
       <c r="C195"/>
       <c r="D195" t="s">
         <v>21</v>
       </c>
       <c r="E195" t="s">
         <v>10</v>
       </c>
       <c r="F195">
         <v>2000</v>
       </c>
       <c r="G195"/>
       <c r="H195" t="s">
         <v>115</v>
       </c>
     </row>
     <row r="196" spans="1:8">
       <c r="A196" t="s">
         <v>352</v>
       </c>
       <c r="B196" t="s">
         <v>353</v>
       </c>
       <c r="C196"/>
       <c r="D196" t="s">
         <v>35</v>
       </c>
       <c r="E196" t="s">
         <v>10</v>
       </c>
       <c r="F196">
         <v>2000</v>
       </c>
       <c r="G196"/>
       <c r="H196" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
     </row>
     <row r="197" spans="1:8">
       <c r="A197" t="s">
         <v>354</v>
       </c>
       <c r="B197" t="s">
         <v>355</v>
       </c>
       <c r="C197"/>
       <c r="D197" t="s">
         <v>21</v>
       </c>
       <c r="E197" t="s">
         <v>10</v>
       </c>
       <c r="F197">
         <v>1999</v>
       </c>
       <c r="G197"/>
       <c r="H197" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="198" spans="1:8">
@@ -6602,51 +6602,51 @@
         <v>22</v>
       </c>
       <c r="H206" t="s">
         <v>115</v>
       </c>
     </row>
     <row r="207" spans="1:8">
       <c r="A207" t="s">
         <v>372</v>
       </c>
       <c r="B207" t="s">
         <v>373</v>
       </c>
       <c r="C207"/>
       <c r="D207" t="s">
         <v>21</v>
       </c>
       <c r="E207" t="s">
         <v>10</v>
       </c>
       <c r="F207">
         <v>1999</v>
       </c>
       <c r="G207"/>
       <c r="H207" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
     </row>
     <row r="208" spans="1:8">
       <c r="A208" t="s">
         <v>374</v>
       </c>
       <c r="B208" t="s">
         <v>9</v>
       </c>
       <c r="C208"/>
       <c r="D208"/>
       <c r="E208" t="s">
         <v>10</v>
       </c>
       <c r="F208">
         <v>1999</v>
       </c>
       <c r="G208"/>
       <c r="H208" t="s">
         <v>115</v>
       </c>
     </row>
     <row r="209" spans="1:8">
       <c r="A209" t="s">
         <v>375</v>
@@ -6684,51 +6684,51 @@
       </c>
       <c r="G210"/>
       <c r="H210" t="s">
         <v>176</v>
       </c>
     </row>
     <row r="211" spans="1:8">
       <c r="A211" t="s">
         <v>378</v>
       </c>
       <c r="B211" t="s">
         <v>379</v>
       </c>
       <c r="C211"/>
       <c r="D211" t="s">
         <v>21</v>
       </c>
       <c r="E211" t="s">
         <v>10</v>
       </c>
       <c r="F211">
         <v>1998</v>
       </c>
       <c r="G211"/>
       <c r="H211" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
     </row>
     <row r="212" spans="1:8">
       <c r="A212" t="s">
         <v>380</v>
       </c>
       <c r="B212" t="s">
         <v>381</v>
       </c>
       <c r="C212"/>
       <c r="D212" t="s">
         <v>21</v>
       </c>
       <c r="E212" t="s">
         <v>10</v>
       </c>
       <c r="F212">
         <v>1998</v>
       </c>
       <c r="G212"/>
       <c r="H212" t="s">
         <v>56</v>
       </c>
     </row>
     <row r="213" spans="1:8">
@@ -6816,139 +6816,139 @@
       </c>
       <c r="G216"/>
       <c r="H216" t="s">
         <v>55</v>
       </c>
     </row>
     <row r="217" spans="1:8">
       <c r="A217" t="s">
         <v>390</v>
       </c>
       <c r="B217" t="s">
         <v>391</v>
       </c>
       <c r="C217"/>
       <c r="D217" t="s">
         <v>21</v>
       </c>
       <c r="E217" t="s">
         <v>10</v>
       </c>
       <c r="F217">
         <v>1998</v>
       </c>
       <c r="G217"/>
       <c r="H217" t="s">
-        <v>70</v>
+        <v>68</v>
       </c>
     </row>
     <row r="218" spans="1:8">
       <c r="A218" t="s">
         <v>392</v>
       </c>
       <c r="B218" t="s">
         <v>393</v>
       </c>
       <c r="C218"/>
       <c r="D218" t="s">
         <v>21</v>
       </c>
       <c r="E218" t="s">
         <v>10</v>
       </c>
       <c r="F218">
         <v>1997</v>
       </c>
       <c r="G218"/>
       <c r="H218" t="s">
-        <v>65</v>
+        <v>63</v>
       </c>
     </row>
     <row r="219" spans="1:8">
       <c r="A219" t="s">
         <v>394</v>
       </c>
       <c r="B219" t="s">
         <v>395</v>
       </c>
       <c r="C219"/>
       <c r="D219" t="s">
         <v>21</v>
       </c>
       <c r="E219" t="s">
         <v>10</v>
       </c>
       <c r="F219">
         <v>1997</v>
       </c>
       <c r="G219"/>
       <c r="H219" t="s">
         <v>318</v>
       </c>
     </row>
     <row r="220" spans="1:8">
       <c r="A220" t="s">
         <v>396</v>
       </c>
       <c r="B220" t="s">
         <v>397</v>
       </c>
       <c r="C220"/>
       <c r="D220" t="s">
         <v>21</v>
       </c>
       <c r="E220" t="s">
         <v>10</v>
       </c>
       <c r="F220">
         <v>1996</v>
       </c>
       <c r="G220"/>
       <c r="H220" t="s">
-        <v>65</v>
+        <v>63</v>
       </c>
     </row>
     <row r="221" spans="1:8">
       <c r="A221" t="s">
         <v>398</v>
       </c>
       <c r="B221" t="s">
         <v>399</v>
       </c>
       <c r="C221"/>
       <c r="D221" t="s">
         <v>21</v>
       </c>
       <c r="E221" t="s">
         <v>10</v>
       </c>
       <c r="F221">
         <v>1996</v>
       </c>
       <c r="G221"/>
       <c r="H221" t="s">
-        <v>65</v>
+        <v>63</v>
       </c>
     </row>
     <row r="222" spans="1:8">
       <c r="A222" t="s">
         <v>400</v>
       </c>
       <c r="B222" t="s">
         <v>401</v>
       </c>
       <c r="C222"/>
       <c r="D222" t="s">
         <v>21</v>
       </c>
       <c r="E222" t="s">
         <v>10</v>
       </c>
       <c r="F222">
         <v>1996</v>
       </c>
       <c r="G222"/>
       <c r="H222" t="s">
         <v>256</v>
       </c>
     </row>
     <row r="223" spans="1:8">
@@ -7276,51 +7276,51 @@
       </c>
       <c r="G237"/>
       <c r="H237" t="s">
         <v>56</v>
       </c>
     </row>
     <row r="238" spans="1:8">
       <c r="A238" t="s">
         <v>429</v>
       </c>
       <c r="B238" t="s">
         <v>430</v>
       </c>
       <c r="C238"/>
       <c r="D238" t="s">
         <v>21</v>
       </c>
       <c r="E238" t="s">
         <v>10</v>
       </c>
       <c r="F238">
         <v>1994</v>
       </c>
       <c r="G238"/>
       <c r="H238" t="s">
-        <v>65</v>
+        <v>63</v>
       </c>
     </row>
     <row r="239" spans="1:8">
       <c r="A239" t="s">
         <v>426</v>
       </c>
       <c r="B239" t="s">
         <v>431</v>
       </c>
       <c r="C239"/>
       <c r="D239" t="s">
         <v>21</v>
       </c>
       <c r="E239" t="s">
         <v>10</v>
       </c>
       <c r="F239">
         <v>1994</v>
       </c>
       <c r="G239"/>
       <c r="H239" t="s">
         <v>72</v>
       </c>
     </row>
     <row r="240" spans="1:8">
@@ -7342,73 +7342,73 @@
       </c>
       <c r="G240"/>
       <c r="H240" t="s">
         <v>176</v>
       </c>
     </row>
     <row r="241" spans="1:8">
       <c r="A241" t="s">
         <v>434</v>
       </c>
       <c r="B241" t="s">
         <v>435</v>
       </c>
       <c r="C241"/>
       <c r="D241" t="s">
         <v>21</v>
       </c>
       <c r="E241" t="s">
         <v>10</v>
       </c>
       <c r="F241">
         <v>1994</v>
       </c>
       <c r="G241"/>
       <c r="H241" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
     </row>
     <row r="242" spans="1:8">
       <c r="A242" t="s">
         <v>436</v>
       </c>
       <c r="B242" t="s">
         <v>437</v>
       </c>
       <c r="C242"/>
       <c r="D242" t="s">
         <v>21</v>
       </c>
       <c r="E242" t="s">
         <v>10</v>
       </c>
       <c r="F242">
         <v>1994</v>
       </c>
       <c r="G242"/>
       <c r="H242" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
     </row>
     <row r="243" spans="1:8">
       <c r="A243" t="s">
         <v>438</v>
       </c>
       <c r="B243" t="s">
         <v>439</v>
       </c>
       <c r="C243"/>
       <c r="D243" t="s">
         <v>21</v>
       </c>
       <c r="E243" t="s">
         <v>10</v>
       </c>
       <c r="F243">
         <v>1993</v>
       </c>
       <c r="G243"/>
       <c r="H243" t="s">
         <v>115</v>
       </c>
     </row>
     <row r="244" spans="1:8">
@@ -7496,51 +7496,51 @@
       </c>
       <c r="G247"/>
       <c r="H247" t="s">
         <v>115</v>
       </c>
     </row>
     <row r="248" spans="1:8">
       <c r="A248" t="s">
         <v>448</v>
       </c>
       <c r="B248" t="s">
         <v>449</v>
       </c>
       <c r="C248"/>
       <c r="D248" t="s">
         <v>21</v>
       </c>
       <c r="E248" t="s">
         <v>10</v>
       </c>
       <c r="F248">
         <v>1992</v>
       </c>
       <c r="G248"/>
       <c r="H248" t="s">
-        <v>65</v>
+        <v>63</v>
       </c>
     </row>
     <row r="249" spans="1:8">
       <c r="A249" t="s">
         <v>450</v>
       </c>
       <c r="B249" t="s">
         <v>451</v>
       </c>
       <c r="C249"/>
       <c r="D249" t="s">
         <v>21</v>
       </c>
       <c r="E249" t="s">
         <v>10</v>
       </c>
       <c r="F249">
         <v>1992</v>
       </c>
       <c r="G249"/>
       <c r="H249" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="250" spans="1:8">
@@ -7562,95 +7562,95 @@
       </c>
       <c r="G250"/>
       <c r="H250" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="251" spans="1:8">
       <c r="A251" t="s">
         <v>453</v>
       </c>
       <c r="B251" t="s">
         <v>454</v>
       </c>
       <c r="C251"/>
       <c r="D251" t="s">
         <v>21</v>
       </c>
       <c r="E251" t="s">
         <v>10</v>
       </c>
       <c r="F251">
         <v>1991</v>
       </c>
       <c r="G251"/>
       <c r="H251" t="s">
-        <v>65</v>
+        <v>63</v>
       </c>
     </row>
     <row r="252" spans="1:8">
       <c r="A252" t="s">
         <v>455</v>
       </c>
       <c r="B252" t="s">
         <v>456</v>
       </c>
       <c r="C252"/>
       <c r="D252" t="s">
         <v>21</v>
       </c>
       <c r="E252" t="s">
         <v>10</v>
       </c>
       <c r="F252">
         <v>1991</v>
       </c>
       <c r="G252"/>
       <c r="H252" t="s">
         <v>56</v>
       </c>
     </row>
     <row r="253" spans="1:8">
       <c r="A253" t="s">
         <v>457</v>
       </c>
       <c r="B253" t="s">
         <v>458</v>
       </c>
       <c r="C253"/>
       <c r="D253" t="s">
         <v>21</v>
       </c>
       <c r="E253" t="s">
         <v>10</v>
       </c>
       <c r="F253">
         <v>1991</v>
       </c>
       <c r="G253"/>
       <c r="H253" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
     </row>
     <row r="254" spans="1:8">
       <c r="A254" t="s">
         <v>459</v>
       </c>
       <c r="B254" t="s">
         <v>460</v>
       </c>
       <c r="C254"/>
       <c r="D254" t="s">
         <v>21</v>
       </c>
       <c r="E254" t="s">
         <v>10</v>
       </c>
       <c r="F254">
         <v>1991</v>
       </c>
       <c r="G254"/>
       <c r="H254" t="s">
         <v>176</v>
       </c>
     </row>
     <row r="255" spans="1:8">
@@ -8022,51 +8022,51 @@
       </c>
       <c r="G271"/>
       <c r="H271" t="s">
         <v>318</v>
       </c>
     </row>
     <row r="272" spans="1:8">
       <c r="A272" t="s">
         <v>493</v>
       </c>
       <c r="B272" t="s">
         <v>494</v>
       </c>
       <c r="C272"/>
       <c r="D272" t="s">
         <v>21</v>
       </c>
       <c r="E272" t="s">
         <v>10</v>
       </c>
       <c r="F272">
         <v>1987</v>
       </c>
       <c r="G272"/>
       <c r="H272" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
     </row>
     <row r="273" spans="1:8">
       <c r="A273" t="s">
         <v>495</v>
       </c>
       <c r="B273" t="s">
         <v>496</v>
       </c>
       <c r="C273"/>
       <c r="D273" t="s">
         <v>21</v>
       </c>
       <c r="E273" t="s">
         <v>10</v>
       </c>
       <c r="F273">
         <v>1987</v>
       </c>
       <c r="G273"/>
       <c r="H273" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="274" spans="1:8">
@@ -8372,51 +8372,51 @@
       <c r="F287">
         <v>1982</v>
       </c>
       <c r="G287"/>
       <c r="H287"/>
     </row>
     <row r="288" spans="1:8">
       <c r="A288" t="s">
         <v>523</v>
       </c>
       <c r="B288" t="s">
         <v>524</v>
       </c>
       <c r="C288"/>
       <c r="D288" t="s">
         <v>21</v>
       </c>
       <c r="E288" t="s">
         <v>10</v>
       </c>
       <c r="F288">
         <v>1981</v>
       </c>
       <c r="G288"/>
       <c r="H288" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
     </row>
     <row r="289" spans="1:8">
       <c r="A289" t="s">
         <v>525</v>
       </c>
       <c r="B289" t="s">
         <v>526</v>
       </c>
       <c r="C289"/>
       <c r="D289" t="s">
         <v>21</v>
       </c>
       <c r="E289" t="s">
         <v>10</v>
       </c>
       <c r="F289">
         <v>1981</v>
       </c>
       <c r="G289"/>
       <c r="H289"/>
     </row>
     <row r="290" spans="1:8">
       <c r="A290" t="s">
         <v>527</v>