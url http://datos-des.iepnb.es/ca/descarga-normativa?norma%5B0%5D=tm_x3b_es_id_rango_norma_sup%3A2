--- v0 (2025-10-29)
+++ v1 (2025-12-17)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="normativa" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="79">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="83">
   <si>
     <t>Nombre</t>
   </si>
   <si>
     <t>Enlace</t>
   </si>
   <si>
     <t>Rango norma inferior</t>
   </si>
   <si>
     <t>Rango norma intermedia</t>
   </si>
   <si>
     <t>Rango norma superior</t>
   </si>
   <si>
     <t>Año</t>
   </si>
   <si>
     <t>Ámbito geográfico político</t>
   </si>
   <si>
     <t>Comunidad Autónoma</t>
   </si>
   <si>
@@ -95,84 +95,96 @@
   <si>
     <t>Prueba de borrar legislación</t>
   </si>
   <si>
     <t>https://www.google.com/test</t>
   </si>
   <si>
     <t>Aragón</t>
   </si>
   <si>
     <t>prueba alma</t>
   </si>
   <si>
     <t>https://www.google.es/</t>
   </si>
   <si>
     <t>Castilla-La Mancha</t>
   </si>
   <si>
     <t>prueba ejemplo alma</t>
   </si>
   <si>
     <t>Extremadura</t>
   </si>
   <si>
+    <t>prueba jesus 11 11</t>
+  </si>
+  <si>
+    <t>www.prueba.es</t>
+  </si>
+  <si>
+    <t>Dictamen</t>
+  </si>
+  <si>
+    <t>Nacional</t>
+  </si>
+  <si>
+    <t>pruebaa2</t>
+  </si>
+  <si>
     <t>prueba alma 23 abril</t>
   </si>
   <si>
     <t>prueba alma 18 junio</t>
   </si>
   <si>
     <t>prueba ejemplo 18 junio alma</t>
   </si>
   <si>
     <t>pprueba norma</t>
   </si>
   <si>
     <t>prueba 2 18 de junio norma gestion alma</t>
   </si>
   <si>
     <t>preuba alma</t>
   </si>
   <si>
     <t>https://www.google.com/search?client=firefox-b-d&amp;q=goggle</t>
   </si>
   <si>
     <t>Canarias</t>
   </si>
   <si>
     <t>Norma New Alta Legislación</t>
   </si>
   <si>
     <t>Anuncio (Consejo de Gobierno)</t>
   </si>
   <si>
     <t>Entidades locales</t>
-  </si>
-[...1 lines deleted...]
-    <t>Nacional</t>
   </si>
   <si>
     <t>Enmiendas a los Anexos 2 y 3 y a la Tabla 1 del Acuerdo sobre la conservación de las Aves Acuáticas Migratorias Afroeuroasiáticas, adoptadas en Budapest el 30 de septiembre de 2022, en la Octava Sesión de la Reunión de las Partes del Acuerdo, mediante la Resolución 8.2.</t>
   </si>
   <si>
     <t>https://www.boe.es/eli/es/ai/2022/09/30/(1)</t>
   </si>
   <si>
     <t>Internacional</t>
   </si>
   <si>
     <t>Resolución de 5 de noviembre de 2018, de Parques Nacionales, por la que se publica la aprobación por la UNESCO de la declaración de la Reserva de la Biosfera de Ponga, Asturias.</t>
   </si>
   <si>
     <t>https://www.boe.es/boe/dias/2018/11/19/pdfs/BOE-A-2018-15778.pdf</t>
   </si>
   <si>
     <t>Enmiendas al Anexo II del Protocolo sobre las zonas especialmente protegidas y la diversidad biológica en el Mediterráneo, adoptadas en la 20.ª reunión de las Partes celebrada en Tirana el 20 de diciembre de 2017. BOE 184, de 2 de agosto de 2019</t>
   </si>
   <si>
     <t>https://www.boe.es/eli/es/ai/2017/12/20/(1)</t>
   </si>
   <si>
     <t>Enmiendas a los Apéndices I y II de la Convención sobre la Conservación de las especies migratorias de animales silvestres, adoptadas en Manila el 28 de octubre de 2017. BOE 234, de 27 de septiembre de 2018</t>
   </si>
@@ -596,51 +608,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:H38"/>
+  <dimension ref="A1:H40"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="386.906" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="83.694" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="35.277" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="22.28" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
@@ -818,609 +830,651 @@
         <v>24</v>
       </c>
     </row>
     <row r="10" spans="1:8">
       <c r="A10" t="s">
         <v>25</v>
       </c>
       <c r="B10" t="s">
         <v>23</v>
       </c>
       <c r="C10"/>
       <c r="D10"/>
       <c r="E10" t="s">
         <v>9</v>
       </c>
       <c r="F10">
         <v>2025</v>
       </c>
       <c r="G10"/>
       <c r="H10" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="11" spans="1:8">
       <c r="A11" t="s">
-        <v>22</v>
+        <v>27</v>
       </c>
       <c r="B11" t="s">
-        <v>23</v>
+        <v>28</v>
       </c>
       <c r="C11"/>
-      <c r="D11"/>
+      <c r="D11" t="s">
+        <v>29</v>
+      </c>
       <c r="E11" t="s">
         <v>9</v>
       </c>
       <c r="F11">
-        <v>2024</v>
-[...4 lines deleted...]
-      </c>
+        <v>2025</v>
+      </c>
+      <c r="G11" t="s">
+        <v>30</v>
+      </c>
+      <c r="H11"/>
     </row>
     <row r="12" spans="1:8">
       <c r="A12" t="s">
-        <v>27</v>
+        <v>31</v>
       </c>
       <c r="B12" t="s">
-        <v>23</v>
+        <v>28</v>
       </c>
       <c r="C12"/>
       <c r="D12"/>
       <c r="E12" t="s">
         <v>9</v>
       </c>
       <c r="F12">
-        <v>2024</v>
-[...4 lines deleted...]
-      </c>
+        <v>2025</v>
+      </c>
+      <c r="G12" t="s">
+        <v>30</v>
+      </c>
+      <c r="H12"/>
     </row>
     <row r="13" spans="1:8">
       <c r="A13" t="s">
-        <v>28</v>
+        <v>22</v>
       </c>
       <c r="B13" t="s">
         <v>23</v>
       </c>
       <c r="C13"/>
       <c r="D13"/>
       <c r="E13" t="s">
         <v>9</v>
       </c>
       <c r="F13">
         <v>2024</v>
       </c>
       <c r="G13"/>
-      <c r="H13"/>
+      <c r="H13" t="s">
+        <v>21</v>
+      </c>
     </row>
     <row r="14" spans="1:8">
       <c r="A14" t="s">
-        <v>29</v>
+        <v>32</v>
       </c>
       <c r="B14" t="s">
         <v>23</v>
       </c>
       <c r="C14"/>
       <c r="D14"/>
       <c r="E14" t="s">
         <v>9</v>
       </c>
       <c r="F14">
         <v>2024</v>
       </c>
       <c r="G14"/>
       <c r="H14" t="s">
-        <v>13</v>
+        <v>21</v>
       </c>
     </row>
     <row r="15" spans="1:8">
       <c r="A15" t="s">
-        <v>30</v>
+        <v>33</v>
       </c>
       <c r="B15" t="s">
         <v>23</v>
       </c>
       <c r="C15"/>
       <c r="D15"/>
       <c r="E15" t="s">
         <v>9</v>
       </c>
       <c r="F15">
         <v>2024</v>
       </c>
       <c r="G15"/>
-      <c r="H15" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H15"/>
     </row>
     <row r="16" spans="1:8">
       <c r="A16" t="s">
-        <v>31</v>
+        <v>34</v>
       </c>
       <c r="B16" t="s">
         <v>23</v>
       </c>
       <c r="C16"/>
       <c r="D16"/>
       <c r="E16" t="s">
         <v>9</v>
       </c>
       <c r="F16">
         <v>2024</v>
       </c>
       <c r="G16"/>
       <c r="H16" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="17" spans="1:8">
       <c r="A17" t="s">
-        <v>32</v>
+        <v>35</v>
       </c>
       <c r="B17" t="s">
-        <v>33</v>
+        <v>23</v>
       </c>
       <c r="C17"/>
       <c r="D17"/>
       <c r="E17" t="s">
         <v>9</v>
       </c>
       <c r="F17">
         <v>2024</v>
       </c>
       <c r="G17"/>
       <c r="H17" t="s">
-        <v>34</v>
+        <v>13</v>
       </c>
     </row>
     <row r="18" spans="1:8">
       <c r="A18" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="B18" t="s">
-        <v>20</v>
-[...6 lines deleted...]
-      </c>
+        <v>23</v>
+      </c>
+      <c r="C18"/>
+      <c r="D18"/>
       <c r="E18" t="s">
         <v>9</v>
       </c>
       <c r="F18">
         <v>2024</v>
       </c>
-      <c r="G18" t="s">
-[...2 lines deleted...]
-      <c r="H18"/>
+      <c r="G18"/>
+      <c r="H18" t="s">
+        <v>13</v>
+      </c>
     </row>
     <row r="19" spans="1:8">
       <c r="A19" t="s">
-        <v>39</v>
+        <v>37</v>
       </c>
       <c r="B19" t="s">
-        <v>40</v>
+        <v>38</v>
       </c>
       <c r="C19"/>
       <c r="D19"/>
       <c r="E19" t="s">
         <v>9</v>
       </c>
       <c r="F19">
-        <v>2022</v>
-[...4 lines deleted...]
-      <c r="H19"/>
+        <v>2024</v>
+      </c>
+      <c r="G19"/>
+      <c r="H19" t="s">
+        <v>39</v>
+      </c>
     </row>
     <row r="20" spans="1:8">
       <c r="A20" t="s">
+        <v>40</v>
+      </c>
+      <c r="B20" t="s">
+        <v>20</v>
+      </c>
+      <c r="C20" t="s">
+        <v>41</v>
+      </c>
+      <c r="D20" t="s">
         <v>42</v>
       </c>
-      <c r="B20" t="s">
-[...3 lines deleted...]
-      <c r="D20"/>
       <c r="E20" t="s">
         <v>9</v>
       </c>
       <c r="F20">
-        <v>2018</v>
+        <v>2024</v>
       </c>
       <c r="G20" t="s">
-        <v>38</v>
+        <v>30</v>
       </c>
       <c r="H20"/>
     </row>
     <row r="21" spans="1:8">
       <c r="A21" t="s">
+        <v>43</v>
+      </c>
+      <c r="B21" t="s">
         <v>44</v>
-      </c>
-[...1 lines deleted...]
-        <v>45</v>
       </c>
       <c r="C21"/>
       <c r="D21"/>
       <c r="E21" t="s">
         <v>9</v>
       </c>
       <c r="F21">
-        <v>2017</v>
+        <v>2022</v>
       </c>
       <c r="G21" t="s">
-        <v>41</v>
+        <v>45</v>
       </c>
       <c r="H21"/>
     </row>
     <row r="22" spans="1:8">
       <c r="A22" t="s">
         <v>46</v>
       </c>
       <c r="B22" t="s">
         <v>47</v>
       </c>
       <c r="C22"/>
       <c r="D22"/>
       <c r="E22" t="s">
         <v>9</v>
       </c>
       <c r="F22">
-        <v>2017</v>
+        <v>2018</v>
       </c>
       <c r="G22" t="s">
-        <v>41</v>
+        <v>30</v>
       </c>
       <c r="H22"/>
     </row>
     <row r="23" spans="1:8">
       <c r="A23" t="s">
         <v>48</v>
       </c>
       <c r="B23" t="s">
         <v>49</v>
       </c>
       <c r="C23"/>
       <c r="D23"/>
       <c r="E23" t="s">
         <v>9</v>
       </c>
       <c r="F23">
-        <v>2015</v>
+        <v>2017</v>
       </c>
       <c r="G23" t="s">
-        <v>41</v>
+        <v>45</v>
       </c>
       <c r="H23"/>
     </row>
     <row r="24" spans="1:8">
       <c r="A24" t="s">
         <v>50</v>
       </c>
       <c r="B24" t="s">
         <v>51</v>
       </c>
       <c r="C24"/>
       <c r="D24"/>
       <c r="E24" t="s">
         <v>9</v>
       </c>
       <c r="F24">
-        <v>2008</v>
+        <v>2017</v>
       </c>
       <c r="G24" t="s">
-        <v>41</v>
+        <v>45</v>
       </c>
       <c r="H24"/>
     </row>
     <row r="25" spans="1:8">
       <c r="A25" t="s">
         <v>52</v>
       </c>
       <c r="B25" t="s">
         <v>53</v>
       </c>
       <c r="C25"/>
       <c r="D25"/>
       <c r="E25" t="s">
         <v>9</v>
       </c>
       <c r="F25">
-        <v>2007</v>
+        <v>2015</v>
       </c>
       <c r="G25" t="s">
-        <v>41</v>
+        <v>45</v>
       </c>
       <c r="H25"/>
     </row>
     <row r="26" spans="1:8">
       <c r="A26" t="s">
         <v>54</v>
       </c>
       <c r="B26" t="s">
         <v>55</v>
       </c>
       <c r="C26"/>
       <c r="D26"/>
       <c r="E26" t="s">
         <v>9</v>
       </c>
       <c r="F26">
-        <v>2000</v>
+        <v>2008</v>
       </c>
       <c r="G26" t="s">
-        <v>41</v>
-[...3 lines deleted...]
-      </c>
+        <v>45</v>
+      </c>
+      <c r="H26"/>
     </row>
     <row r="27" spans="1:8">
       <c r="A27" t="s">
         <v>56</v>
       </c>
       <c r="B27" t="s">
         <v>57</v>
       </c>
       <c r="C27"/>
       <c r="D27"/>
       <c r="E27" t="s">
         <v>9</v>
       </c>
       <c r="F27">
-        <v>1999</v>
-[...1 lines deleted...]
-      <c r="G27"/>
+        <v>2007</v>
+      </c>
+      <c r="G27" t="s">
+        <v>45</v>
+      </c>
       <c r="H27"/>
     </row>
     <row r="28" spans="1:8">
       <c r="A28" t="s">
         <v>58</v>
       </c>
       <c r="B28" t="s">
         <v>59</v>
       </c>
       <c r="C28"/>
       <c r="D28"/>
       <c r="E28" t="s">
         <v>9</v>
       </c>
       <c r="F28">
-        <v>1997</v>
+        <v>2000</v>
       </c>
       <c r="G28" t="s">
-        <v>41</v>
-[...1 lines deleted...]
-      <c r="H28"/>
+        <v>45</v>
+      </c>
+      <c r="H28" t="s">
+        <v>21</v>
+      </c>
     </row>
     <row r="29" spans="1:8">
       <c r="A29" t="s">
         <v>60</v>
       </c>
       <c r="B29" t="s">
         <v>61</v>
       </c>
       <c r="C29"/>
       <c r="D29"/>
       <c r="E29" t="s">
         <v>9</v>
       </c>
       <c r="F29">
-        <v>1996</v>
+        <v>1999</v>
       </c>
       <c r="G29"/>
-      <c r="H29" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H29"/>
     </row>
     <row r="30" spans="1:8">
       <c r="A30" t="s">
         <v>62</v>
       </c>
       <c r="B30" t="s">
         <v>63</v>
       </c>
       <c r="C30"/>
       <c r="D30"/>
       <c r="E30" t="s">
         <v>9</v>
       </c>
       <c r="F30">
-        <v>1994</v>
+        <v>1997</v>
       </c>
       <c r="G30" t="s">
-        <v>41</v>
+        <v>45</v>
       </c>
       <c r="H30"/>
     </row>
     <row r="31" spans="1:8">
       <c r="A31" t="s">
         <v>64</v>
       </c>
       <c r="B31" t="s">
         <v>65</v>
       </c>
       <c r="C31"/>
       <c r="D31"/>
       <c r="E31" t="s">
         <v>9</v>
       </c>
       <c r="F31">
-        <v>1992</v>
-[...4 lines deleted...]
-      <c r="H31"/>
+        <v>1996</v>
+      </c>
+      <c r="G31"/>
+      <c r="H31" t="s">
+        <v>13</v>
+      </c>
     </row>
     <row r="32" spans="1:8">
       <c r="A32" t="s">
         <v>66</v>
       </c>
       <c r="B32" t="s">
         <v>67</v>
       </c>
       <c r="C32"/>
       <c r="D32"/>
       <c r="E32" t="s">
         <v>9</v>
       </c>
       <c r="F32">
-        <v>1992</v>
+        <v>1994</v>
       </c>
       <c r="G32" t="s">
-        <v>41</v>
+        <v>45</v>
       </c>
       <c r="H32"/>
     </row>
     <row r="33" spans="1:8">
       <c r="A33" t="s">
         <v>68</v>
       </c>
       <c r="B33" t="s">
         <v>69</v>
       </c>
       <c r="C33"/>
       <c r="D33"/>
       <c r="E33" t="s">
         <v>9</v>
       </c>
       <c r="F33">
-        <v>1990</v>
+        <v>1992</v>
       </c>
       <c r="G33" t="s">
-        <v>41</v>
+        <v>45</v>
       </c>
       <c r="H33"/>
     </row>
     <row r="34" spans="1:8">
       <c r="A34" t="s">
         <v>70</v>
       </c>
       <c r="B34" t="s">
         <v>71</v>
       </c>
       <c r="C34"/>
       <c r="D34"/>
       <c r="E34" t="s">
         <v>9</v>
       </c>
       <c r="F34">
-        <v>1982</v>
+        <v>1992</v>
       </c>
       <c r="G34" t="s">
-        <v>41</v>
+        <v>45</v>
       </c>
       <c r="H34"/>
     </row>
     <row r="35" spans="1:8">
       <c r="A35" t="s">
         <v>72</v>
       </c>
       <c r="B35" t="s">
         <v>73</v>
       </c>
       <c r="C35"/>
       <c r="D35"/>
       <c r="E35" t="s">
         <v>9</v>
       </c>
       <c r="F35">
-        <v>1979</v>
+        <v>1990</v>
       </c>
       <c r="G35" t="s">
-        <v>41</v>
+        <v>45</v>
       </c>
       <c r="H35"/>
     </row>
     <row r="36" spans="1:8">
       <c r="A36" t="s">
         <v>74</v>
       </c>
       <c r="B36" t="s">
         <v>75</v>
       </c>
       <c r="C36"/>
       <c r="D36"/>
       <c r="E36" t="s">
         <v>9</v>
       </c>
       <c r="F36">
-        <v>1979</v>
+        <v>1982</v>
       </c>
       <c r="G36" t="s">
-        <v>41</v>
+        <v>45</v>
       </c>
       <c r="H36"/>
     </row>
     <row r="37" spans="1:8">
       <c r="A37" t="s">
         <v>76</v>
       </c>
       <c r="B37" t="s">
         <v>77</v>
       </c>
       <c r="C37"/>
       <c r="D37"/>
       <c r="E37" t="s">
         <v>9</v>
       </c>
       <c r="F37">
-        <v>1973</v>
+        <v>1979</v>
       </c>
       <c r="G37" t="s">
-        <v>41</v>
+        <v>45</v>
       </c>
       <c r="H37"/>
     </row>
     <row r="38" spans="1:8">
       <c r="A38" t="s">
         <v>78</v>
       </c>
       <c r="B38" t="s">
-        <v>69</v>
+        <v>79</v>
       </c>
       <c r="C38"/>
       <c r="D38"/>
       <c r="E38" t="s">
         <v>9</v>
       </c>
       <c r="F38">
+        <v>1979</v>
+      </c>
+      <c r="G38" t="s">
+        <v>45</v>
+      </c>
+      <c r="H38"/>
+    </row>
+    <row r="39" spans="1:8">
+      <c r="A39" t="s">
+        <v>80</v>
+      </c>
+      <c r="B39" t="s">
+        <v>81</v>
+      </c>
+      <c r="C39"/>
+      <c r="D39"/>
+      <c r="E39" t="s">
+        <v>9</v>
+      </c>
+      <c r="F39">
+        <v>1973</v>
+      </c>
+      <c r="G39" t="s">
+        <v>45</v>
+      </c>
+      <c r="H39"/>
+    </row>
+    <row r="40" spans="1:8">
+      <c r="A40" t="s">
+        <v>82</v>
+      </c>
+      <c r="B40" t="s">
+        <v>73</v>
+      </c>
+      <c r="C40"/>
+      <c r="D40"/>
+      <c r="E40" t="s">
+        <v>9</v>
+      </c>
+      <c r="F40">
         <v>1971</v>
       </c>
-      <c r="G38" t="s">
-[...2 lines deleted...]
-      <c r="H38"/>
+      <c r="G40" t="s">
+        <v>45</v>
+      </c>
+      <c r="H40"/>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>