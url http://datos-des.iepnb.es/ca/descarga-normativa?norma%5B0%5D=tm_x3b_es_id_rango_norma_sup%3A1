--- v0 (2025-10-26)
+++ v1 (2025-12-13)
@@ -378,54 +378,54 @@
   <si>
     <t>prueba</t>
   </si>
   <si>
     <t>http://www.google.com</t>
   </si>
   <si>
     <t>fcgjh</t>
   </si>
   <si>
     <t>preuba alma 3</t>
   </si>
   <si>
     <t>Nueva Norma 3 Tomás</t>
   </si>
   <si>
     <t>Circular o instrucción</t>
   </si>
   <si>
     <t>Nueva Norma Añadir Legislación con CCAA.</t>
   </si>
   <si>
     <t>Decreto</t>
   </si>
   <si>
+    <t>Castilla y León</t>
+  </si>
+  <si>
     <t>País Vasco</t>
-  </si>
-[...1 lines deleted...]
-    <t>Castilla y León</t>
   </si>
   <si>
     <t>Cataluña</t>
   </si>
   <si>
     <t>asdasd</t>
   </si>
   <si>
     <t>PRUEBASSSS añadir</t>
   </si>
   <si>
     <t>www.google.es</t>
   </si>
   <si>
     <t>Prueba Norma Aplicación</t>
   </si>
   <si>
     <t>Reglamento (UE) 2023/966 por el que se modifica el Reglamento (CE) nº 338/97 del Consejo para reflejar las modificaciones adoptadas en la COP 19 en el Convenio sobre el comercio internacional de especies amenazadas de fauna y flora silvestres</t>
   </si>
   <si>
     <t>https://www.boe.es/buscar/doc.php?id=DOUE-L-2023-80675</t>
   </si>
   <si>
     <t>prueba norma referencia legal</t>
   </si>
@@ -2570,103 +2570,103 @@
       </c>
     </row>
     <row r="74" spans="1:8">
       <c r="A74" t="s">
         <v>119</v>
       </c>
       <c r="B74" t="s">
         <v>52</v>
       </c>
       <c r="C74" t="s">
         <v>120</v>
       </c>
       <c r="D74" t="s">
         <v>54</v>
       </c>
       <c r="E74" t="s">
         <v>10</v>
       </c>
       <c r="F74">
         <v>2024</v>
       </c>
       <c r="G74" t="s">
         <v>33</v>
       </c>
       <c r="H74" t="s">
-        <v>11</v>
+        <v>122</v>
       </c>
     </row>
     <row r="75" spans="1:8">
       <c r="A75" t="s">
         <v>119</v>
       </c>
       <c r="B75" t="s">
         <v>52</v>
       </c>
       <c r="C75" t="s">
         <v>120</v>
       </c>
       <c r="D75" t="s">
         <v>54</v>
       </c>
       <c r="E75" t="s">
         <v>10</v>
       </c>
       <c r="F75">
         <v>2024</v>
       </c>
       <c r="G75" t="s">
         <v>33</v>
       </c>
       <c r="H75" t="s">
-        <v>122</v>
+        <v>123</v>
       </c>
     </row>
     <row r="76" spans="1:8">
       <c r="A76" t="s">
         <v>119</v>
       </c>
       <c r="B76" t="s">
         <v>52</v>
       </c>
       <c r="C76" t="s">
         <v>120</v>
       </c>
       <c r="D76" t="s">
         <v>54</v>
       </c>
       <c r="E76" t="s">
         <v>10</v>
       </c>
       <c r="F76">
         <v>2024</v>
       </c>
       <c r="G76" t="s">
         <v>33</v>
       </c>
       <c r="H76" t="s">
-        <v>123</v>
+        <v>11</v>
       </c>
     </row>
     <row r="77" spans="1:8">
       <c r="A77" t="s">
         <v>124</v>
       </c>
       <c r="B77" t="s">
         <v>50</v>
       </c>
       <c r="C77"/>
       <c r="D77"/>
       <c r="E77" t="s">
         <v>10</v>
       </c>
       <c r="F77">
         <v>2024</v>
       </c>
       <c r="G77"/>
       <c r="H77" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="78" spans="1:8">
       <c r="A78" t="s">
         <v>125</v>
@@ -3638,73 +3638,73 @@
       </c>
       <c r="G122"/>
       <c r="H122" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="123" spans="1:8">
       <c r="A123" t="s">
         <v>113</v>
       </c>
       <c r="B123" t="s">
         <v>9</v>
       </c>
       <c r="C123" t="s">
         <v>43</v>
       </c>
       <c r="D123"/>
       <c r="E123" t="s">
         <v>10</v>
       </c>
       <c r="F123">
         <v>1800</v>
       </c>
       <c r="G123"/>
       <c r="H123" t="s">
-        <v>31</v>
+        <v>11</v>
       </c>
     </row>
     <row r="124" spans="1:8">
       <c r="A124" t="s">
         <v>113</v>
       </c>
       <c r="B124" t="s">
         <v>9</v>
       </c>
       <c r="C124" t="s">
         <v>43</v>
       </c>
       <c r="D124"/>
       <c r="E124" t="s">
         <v>10</v>
       </c>
       <c r="F124">
         <v>1800</v>
       </c>
       <c r="G124"/>
       <c r="H124" t="s">
-        <v>11</v>
+        <v>31</v>
       </c>
     </row>
     <row r="125" spans="1:8">
       <c r="A125" t="s">
         <v>41</v>
       </c>
       <c r="B125" t="s">
         <v>42</v>
       </c>
       <c r="C125"/>
       <c r="D125"/>
       <c r="E125" t="s">
         <v>10</v>
       </c>
       <c r="F125">
         <v>1645</v>
       </c>
       <c r="G125"/>
       <c r="H125" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="126" spans="1:8">
       <c r="A126" t="s">
         <v>194</v>