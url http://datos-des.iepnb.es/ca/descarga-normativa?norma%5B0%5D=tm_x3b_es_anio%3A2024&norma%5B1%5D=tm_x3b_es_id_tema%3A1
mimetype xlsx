--- v0 (2025-10-27)
+++ v1 (2025-12-12)
@@ -56,98 +56,98 @@
   <si>
     <t>Ámbito geográfico político</t>
   </si>
   <si>
     <t>Comunidad Autónoma</t>
   </si>
   <si>
     <t>Nueva Norma Añadir Legislación con CCAA.</t>
   </si>
   <si>
     <t>https://www.google.com/test</t>
   </si>
   <si>
     <t>Decreto</t>
   </si>
   <si>
     <t>Comunicación</t>
   </si>
   <si>
     <t>Normativa Comunitaria</t>
   </si>
   <si>
     <t>Nacional</t>
   </si>
   <si>
+    <t>Castilla y León</t>
+  </si>
+  <si>
     <t>País Vasco</t>
   </si>
   <si>
+    <t>Cataluña</t>
+  </si>
+  <si>
     <t>Andalucía</t>
   </si>
   <si>
-    <t>Castilla y León</t>
-[...4 lines deleted...]
-  <si>
     <t>Norma New Alta Legislación</t>
   </si>
   <si>
     <t>Anuncio (Consejo de Gobierno)</t>
   </si>
   <si>
     <t>Entidades locales</t>
   </si>
   <si>
     <t>Tratados Internacionales</t>
   </si>
   <si>
     <t>Nueva Norma Tomás</t>
   </si>
   <si>
     <t>https://www.google.com/</t>
   </si>
   <si>
     <t>Circular o instrucción</t>
   </si>
   <si>
     <t>Normas con rango de Ley</t>
   </si>
   <si>
     <t>Pruebas Tomas</t>
   </si>
   <si>
     <t>Norma Prueba con Carolina</t>
   </si>
   <si>
+    <t>Comunidad de Madrid</t>
+  </si>
+  <si>
     <t>Cantabria</t>
   </si>
   <si>
-    <t>Comunidad de Madrid</t>
-[...1 lines deleted...]
-  <si>
     <t>sg2</t>
   </si>
   <si>
     <t>Resolución</t>
   </si>
   <si>
     <t>sg3</t>
   </si>
   <si>
     <t>sg5</t>
   </si>
   <si>
     <t>Orden</t>
   </si>
   <si>
     <t>Pruebas Legislacion Alta</t>
   </si>
   <si>
     <t>Canarias</t>
   </si>
   <si>
     <t>AGE</t>
   </si>
   <si>
     <t>Prueba Nacional con publicadores con AppUsuPerOrg.</t>
@@ -179,54 +179,54 @@
   <si>
     <t>Norma Prueba Alta</t>
   </si>
   <si>
     <t>Prueba Validacion Alta Legislación</t>
   </si>
   <si>
     <t>Pruebassssssssssssss años</t>
   </si>
   <si>
     <t>Pruebas de Nuevas Normas a 10/12/2024 a las 10:20:23</t>
   </si>
   <si>
     <t>Pruebas para saber si el campo Norma puede usar / , ; y : .</t>
   </si>
   <si>
     <t>https://www.google.com/test/branch</t>
   </si>
   <si>
     <t>Pruebas Normas con Unificación- Detalles 17/12/2024 - Hora: 09:17:00. Prueba de funcionamiento; Correcto/Funcionando con Modificación  17/12/2024 - Hora: 09:19:00..</t>
   </si>
   <si>
     <t>https://www.google.com/testing/branch</t>
   </si>
   <si>
+    <t>Extra-Regio</t>
+  </si>
+  <si>
     <t>Illes Balears</t>
-  </si>
-[...1 lines deleted...]
-    <t>Extra-Regio</t>
   </si>
   <si>
     <t>Pruebas de Legislación loadOptions</t>
   </si>
   <si>
     <t>Leyes Ordinarias de ámbito estatal, Reales Decretos Legislativos, Real Decreto Ley</t>
   </si>
   <si>
     <t>Prueba de Modificación dentro de Legislación.</t>
   </si>
   <si>
     <t>Autonómico</t>
   </si>
   <si>
     <t>Reglamentos (Gobierno, Autonómico, Entidades locales)</t>
   </si>
   <si>
     <t>Extremadura</t>
   </si>
   <si>
     <t>Pruebas de Acuerdo del nivel Nacional con Prueba el 03/12/2024. En esta prueba se mira todo.</t>
   </si>
   <si>
     <t>Galicia</t>
   </si>
@@ -800,103 +800,103 @@
       <c r="H8"/>
     </row>
     <row r="9" spans="1:8">
       <c r="A9" t="s">
         <v>27</v>
       </c>
       <c r="B9" t="s">
         <v>9</v>
       </c>
       <c r="C9" t="s">
         <v>19</v>
       </c>
       <c r="D9" t="s">
         <v>20</v>
       </c>
       <c r="E9" t="s">
         <v>25</v>
       </c>
       <c r="F9">
         <v>2024</v>
       </c>
       <c r="G9" t="s">
         <v>13</v>
       </c>
       <c r="H9" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
     </row>
     <row r="10" spans="1:8">
       <c r="A10" t="s">
         <v>27</v>
       </c>
       <c r="B10" t="s">
         <v>9</v>
       </c>
       <c r="C10" t="s">
         <v>19</v>
       </c>
       <c r="D10" t="s">
         <v>20</v>
       </c>
       <c r="E10" t="s">
         <v>25</v>
       </c>
       <c r="F10">
         <v>2024</v>
       </c>
       <c r="G10" t="s">
         <v>13</v>
       </c>
       <c r="H10" t="s">
-        <v>28</v>
+        <v>17</v>
       </c>
     </row>
     <row r="11" spans="1:8">
       <c r="A11" t="s">
         <v>27</v>
       </c>
       <c r="B11" t="s">
         <v>9</v>
       </c>
       <c r="C11" t="s">
         <v>19</v>
       </c>
       <c r="D11" t="s">
         <v>20</v>
       </c>
       <c r="E11" t="s">
         <v>25</v>
       </c>
       <c r="F11">
         <v>2024</v>
       </c>
       <c r="G11" t="s">
         <v>13</v>
       </c>
       <c r="H11" t="s">
-        <v>17</v>
+        <v>28</v>
       </c>
     </row>
     <row r="12" spans="1:8">
       <c r="A12" t="s">
         <v>27</v>
       </c>
       <c r="B12" t="s">
         <v>9</v>
       </c>
       <c r="C12" t="s">
         <v>19</v>
       </c>
       <c r="D12" t="s">
         <v>20</v>
       </c>
       <c r="E12" t="s">
         <v>25</v>
       </c>
       <c r="F12">
         <v>2024</v>
       </c>
       <c r="G12" t="s">
         <v>13</v>
       </c>
       <c r="H12" t="s">
@@ -904,259 +904,259 @@
       </c>
     </row>
     <row r="13" spans="1:8">
       <c r="A13" t="s">
         <v>30</v>
       </c>
       <c r="B13" t="s">
         <v>9</v>
       </c>
       <c r="C13" t="s">
         <v>31</v>
       </c>
       <c r="D13" t="s">
         <v>20</v>
       </c>
       <c r="E13" t="s">
         <v>25</v>
       </c>
       <c r="F13">
         <v>2024</v>
       </c>
       <c r="G13" t="s">
         <v>13</v>
       </c>
       <c r="H13" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
     </row>
     <row r="14" spans="1:8">
       <c r="A14" t="s">
         <v>32</v>
       </c>
       <c r="B14" t="s">
         <v>23</v>
       </c>
       <c r="C14" t="s">
         <v>19</v>
       </c>
       <c r="D14" t="s">
         <v>20</v>
       </c>
       <c r="E14" t="s">
         <v>25</v>
       </c>
       <c r="F14">
         <v>2024</v>
       </c>
       <c r="G14" t="s">
         <v>13</v>
       </c>
       <c r="H14" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
     </row>
     <row r="15" spans="1:8">
       <c r="A15" t="s">
         <v>32</v>
       </c>
       <c r="B15" t="s">
         <v>23</v>
       </c>
       <c r="C15" t="s">
         <v>19</v>
       </c>
       <c r="D15" t="s">
         <v>20</v>
       </c>
       <c r="E15" t="s">
         <v>25</v>
       </c>
       <c r="F15">
         <v>2024</v>
       </c>
       <c r="G15" t="s">
         <v>13</v>
       </c>
       <c r="H15" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
     </row>
     <row r="16" spans="1:8">
       <c r="A16" t="s">
         <v>32</v>
       </c>
       <c r="B16" t="s">
         <v>23</v>
       </c>
       <c r="C16" t="s">
         <v>19</v>
       </c>
       <c r="D16" t="s">
         <v>20</v>
       </c>
       <c r="E16" t="s">
         <v>25</v>
       </c>
       <c r="F16">
         <v>2024</v>
       </c>
       <c r="G16" t="s">
         <v>13</v>
       </c>
       <c r="H16" t="s">
-        <v>17</v>
+        <v>16</v>
       </c>
     </row>
     <row r="17" spans="1:8">
       <c r="A17" t="s">
         <v>32</v>
       </c>
       <c r="B17" t="s">
         <v>23</v>
       </c>
       <c r="C17" t="s">
         <v>19</v>
       </c>
       <c r="D17" t="s">
         <v>20</v>
       </c>
       <c r="E17" t="s">
         <v>25</v>
       </c>
       <c r="F17">
         <v>2024</v>
       </c>
       <c r="G17" t="s">
         <v>13</v>
       </c>
       <c r="H17" t="s">
-        <v>28</v>
+        <v>16</v>
       </c>
     </row>
     <row r="18" spans="1:8">
       <c r="A18" t="s">
         <v>32</v>
       </c>
       <c r="B18" t="s">
         <v>23</v>
       </c>
       <c r="C18" t="s">
         <v>19</v>
       </c>
       <c r="D18" t="s">
         <v>20</v>
       </c>
       <c r="E18" t="s">
         <v>25</v>
       </c>
       <c r="F18">
         <v>2024</v>
       </c>
       <c r="G18" t="s">
         <v>13</v>
       </c>
       <c r="H18" t="s">
-        <v>17</v>
+        <v>29</v>
       </c>
     </row>
     <row r="19" spans="1:8">
       <c r="A19" t="s">
         <v>32</v>
       </c>
       <c r="B19" t="s">
         <v>23</v>
       </c>
       <c r="C19" t="s">
         <v>19</v>
       </c>
       <c r="D19" t="s">
         <v>20</v>
       </c>
       <c r="E19" t="s">
         <v>25</v>
       </c>
       <c r="F19">
         <v>2024</v>
       </c>
       <c r="G19" t="s">
         <v>13</v>
       </c>
       <c r="H19" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
     </row>
     <row r="20" spans="1:8">
       <c r="A20" t="s">
         <v>33</v>
       </c>
       <c r="B20" t="s">
         <v>23</v>
       </c>
       <c r="C20" t="s">
         <v>34</v>
       </c>
       <c r="D20" t="s">
         <v>20</v>
       </c>
       <c r="E20" t="s">
         <v>25</v>
       </c>
       <c r="F20">
         <v>2024</v>
       </c>
       <c r="G20" t="s">
         <v>13</v>
       </c>
       <c r="H20" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
     </row>
     <row r="21" spans="1:8">
       <c r="A21" t="s">
         <v>35</v>
       </c>
       <c r="B21" t="s">
         <v>9</v>
       </c>
       <c r="C21" t="s">
         <v>19</v>
       </c>
       <c r="D21" t="s">
         <v>11</v>
       </c>
       <c r="E21" t="s">
         <v>25</v>
       </c>
       <c r="F21">
         <v>2024</v>
       </c>
       <c r="G21" t="s">
         <v>13</v>
       </c>
       <c r="H21" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
     </row>
     <row r="22" spans="1:8">
       <c r="A22" t="s">
         <v>35</v>
       </c>
       <c r="B22" t="s">
         <v>9</v>
       </c>
       <c r="C22" t="s">
         <v>19</v>
       </c>
       <c r="D22" t="s">
         <v>11</v>
       </c>
       <c r="E22" t="s">
         <v>25</v>
       </c>
       <c r="F22">
         <v>2024</v>
       </c>
       <c r="G22" t="s">
         <v>13</v>
       </c>
       <c r="H22" t="s">
@@ -1164,175 +1164,175 @@
       </c>
     </row>
     <row r="23" spans="1:8">
       <c r="A23" t="s">
         <v>35</v>
       </c>
       <c r="B23" t="s">
         <v>9</v>
       </c>
       <c r="C23" t="s">
         <v>19</v>
       </c>
       <c r="D23" t="s">
         <v>11</v>
       </c>
       <c r="E23" t="s">
         <v>25</v>
       </c>
       <c r="F23">
         <v>2024</v>
       </c>
       <c r="G23" t="s">
         <v>13</v>
       </c>
       <c r="H23" t="s">
-        <v>37</v>
+        <v>17</v>
       </c>
     </row>
     <row r="24" spans="1:8">
       <c r="A24" t="s">
         <v>35</v>
       </c>
       <c r="B24" t="s">
         <v>9</v>
       </c>
       <c r="C24" t="s">
         <v>19</v>
       </c>
       <c r="D24" t="s">
         <v>11</v>
       </c>
       <c r="E24" t="s">
         <v>25</v>
       </c>
       <c r="F24">
         <v>2024</v>
       </c>
       <c r="G24" t="s">
         <v>13</v>
       </c>
       <c r="H24" t="s">
-        <v>16</v>
+        <v>37</v>
       </c>
     </row>
     <row r="25" spans="1:8">
       <c r="A25" t="s">
         <v>38</v>
       </c>
       <c r="B25" t="s">
         <v>39</v>
       </c>
       <c r="C25"/>
       <c r="D25" t="s">
         <v>40</v>
       </c>
       <c r="E25" t="s">
         <v>25</v>
       </c>
       <c r="F25">
         <v>2024</v>
       </c>
       <c r="G25" t="s">
         <v>13</v>
       </c>
       <c r="H25" t="s">
-        <v>41</v>
+        <v>17</v>
       </c>
     </row>
     <row r="26" spans="1:8">
       <c r="A26" t="s">
         <v>38</v>
       </c>
       <c r="B26" t="s">
         <v>39</v>
       </c>
       <c r="C26"/>
       <c r="D26" t="s">
         <v>40</v>
       </c>
       <c r="E26" t="s">
         <v>25</v>
       </c>
       <c r="F26">
         <v>2024</v>
       </c>
       <c r="G26" t="s">
         <v>13</v>
       </c>
       <c r="H26" t="s">
-        <v>42</v>
+        <v>41</v>
       </c>
     </row>
     <row r="27" spans="1:8">
       <c r="A27" t="s">
         <v>38</v>
       </c>
       <c r="B27" t="s">
         <v>39</v>
       </c>
       <c r="C27"/>
       <c r="D27" t="s">
         <v>40</v>
       </c>
       <c r="E27" t="s">
         <v>25</v>
       </c>
       <c r="F27">
         <v>2024</v>
       </c>
       <c r="G27" t="s">
         <v>13</v>
       </c>
       <c r="H27" t="s">
-        <v>15</v>
+        <v>42</v>
       </c>
     </row>
     <row r="28" spans="1:8">
       <c r="A28" t="s">
         <v>43</v>
       </c>
       <c r="B28" t="s">
         <v>9</v>
       </c>
       <c r="C28" t="s">
         <v>10</v>
       </c>
       <c r="D28" t="s">
         <v>40</v>
       </c>
       <c r="E28" t="s">
         <v>25</v>
       </c>
       <c r="F28">
         <v>2024</v>
       </c>
       <c r="G28" t="s">
         <v>13</v>
       </c>
       <c r="H28" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
     </row>
     <row r="29" spans="1:8">
       <c r="A29" t="s">
         <v>44</v>
       </c>
       <c r="B29" t="s">
         <v>45</v>
       </c>
       <c r="C29" t="s">
         <v>46</v>
       </c>
       <c r="D29" t="s">
         <v>20</v>
       </c>
       <c r="E29" t="s">
         <v>25</v>
       </c>
       <c r="F29">
         <v>2024</v>
       </c>
       <c r="G29"/>
       <c r="H29"/>
     </row>
     <row r="30" spans="1:8">
@@ -1386,235 +1386,235 @@
         <v>25</v>
       </c>
       <c r="F32">
         <v>2024</v>
       </c>
       <c r="G32"/>
       <c r="H32"/>
     </row>
     <row r="33" spans="1:8">
       <c r="A33" t="s">
         <v>50</v>
       </c>
       <c r="B33" t="s">
         <v>9</v>
       </c>
       <c r="C33"/>
       <c r="D33"/>
       <c r="E33" t="s">
         <v>25</v>
       </c>
       <c r="F33">
         <v>2024</v>
       </c>
       <c r="G33"/>
       <c r="H33" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
     </row>
     <row r="34" spans="1:8">
       <c r="A34" t="s">
         <v>51</v>
       </c>
       <c r="B34" t="s">
         <v>52</v>
       </c>
       <c r="C34"/>
       <c r="D34" t="s">
         <v>40</v>
       </c>
       <c r="E34" t="s">
         <v>25</v>
       </c>
       <c r="F34">
         <v>2024</v>
       </c>
       <c r="G34"/>
       <c r="H34" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
     </row>
     <row r="35" spans="1:8">
       <c r="A35" t="s">
         <v>53</v>
       </c>
       <c r="B35" t="s">
         <v>54</v>
       </c>
       <c r="C35"/>
       <c r="D35"/>
       <c r="E35" t="s">
         <v>25</v>
       </c>
       <c r="F35">
         <v>2024</v>
       </c>
       <c r="G35"/>
       <c r="H35" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="36" spans="1:8">
       <c r="A36" t="s">
         <v>53</v>
       </c>
       <c r="B36" t="s">
         <v>54</v>
       </c>
       <c r="C36"/>
       <c r="D36"/>
       <c r="E36" t="s">
         <v>25</v>
       </c>
       <c r="F36">
         <v>2024</v>
       </c>
       <c r="G36"/>
       <c r="H36" t="s">
-        <v>17</v>
+        <v>37</v>
       </c>
     </row>
     <row r="37" spans="1:8">
       <c r="A37" t="s">
         <v>53</v>
       </c>
       <c r="B37" t="s">
         <v>54</v>
       </c>
       <c r="C37"/>
       <c r="D37"/>
       <c r="E37" t="s">
         <v>25</v>
       </c>
       <c r="F37">
         <v>2024</v>
       </c>
       <c r="G37"/>
       <c r="H37" t="s">
-        <v>29</v>
+        <v>16</v>
       </c>
     </row>
     <row r="38" spans="1:8">
       <c r="A38" t="s">
         <v>53</v>
       </c>
       <c r="B38" t="s">
         <v>54</v>
       </c>
       <c r="C38"/>
       <c r="D38"/>
       <c r="E38" t="s">
         <v>25</v>
       </c>
       <c r="F38">
         <v>2024</v>
       </c>
       <c r="G38"/>
       <c r="H38" t="s">
         <v>55</v>
       </c>
     </row>
     <row r="39" spans="1:8">
       <c r="A39" t="s">
         <v>53</v>
       </c>
       <c r="B39" t="s">
         <v>54</v>
       </c>
       <c r="C39"/>
       <c r="D39"/>
       <c r="E39" t="s">
         <v>25</v>
       </c>
       <c r="F39">
         <v>2024</v>
       </c>
       <c r="G39"/>
       <c r="H39" t="s">
-        <v>56</v>
+        <v>17</v>
       </c>
     </row>
     <row r="40" spans="1:8">
       <c r="A40" t="s">
         <v>53</v>
       </c>
       <c r="B40" t="s">
         <v>54</v>
       </c>
       <c r="C40"/>
       <c r="D40"/>
       <c r="E40" t="s">
         <v>25</v>
       </c>
       <c r="F40">
         <v>2024</v>
       </c>
       <c r="G40"/>
       <c r="H40" t="s">
-        <v>37</v>
+        <v>29</v>
       </c>
     </row>
     <row r="41" spans="1:8">
       <c r="A41" t="s">
         <v>53</v>
       </c>
       <c r="B41" t="s">
         <v>54</v>
       </c>
       <c r="C41"/>
       <c r="D41"/>
       <c r="E41" t="s">
         <v>25</v>
       </c>
       <c r="F41">
         <v>2024</v>
       </c>
       <c r="G41"/>
       <c r="H41" t="s">
-        <v>15</v>
+        <v>56</v>
       </c>
     </row>
     <row r="42" spans="1:8">
       <c r="A42" t="s">
         <v>57</v>
       </c>
       <c r="B42" t="s">
         <v>9</v>
       </c>
       <c r="C42"/>
       <c r="D42" t="s">
         <v>58</v>
       </c>
       <c r="E42" t="s">
         <v>25</v>
       </c>
       <c r="F42">
         <v>2024</v>
       </c>
       <c r="G42"/>
       <c r="H42" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
     </row>
     <row r="43" spans="1:8">
       <c r="A43" t="s">
         <v>59</v>
       </c>
       <c r="B43" t="s">
         <v>9</v>
       </c>
       <c r="C43" t="s">
         <v>34</v>
       </c>
       <c r="D43" t="s">
         <v>60</v>
       </c>
       <c r="E43" t="s">
         <v>61</v>
       </c>
       <c r="F43">
         <v>2024</v>
       </c>
       <c r="G43" t="s">
         <v>13</v>
       </c>
       <c r="H43" t="s">
@@ -1622,77 +1622,77 @@
       </c>
     </row>
     <row r="44" spans="1:8">
       <c r="A44" t="s">
         <v>59</v>
       </c>
       <c r="B44" t="s">
         <v>9</v>
       </c>
       <c r="C44" t="s">
         <v>34</v>
       </c>
       <c r="D44" t="s">
         <v>60</v>
       </c>
       <c r="E44" t="s">
         <v>61</v>
       </c>
       <c r="F44">
         <v>2024</v>
       </c>
       <c r="G44" t="s">
         <v>13</v>
       </c>
       <c r="H44" t="s">
-        <v>15</v>
+        <v>62</v>
       </c>
     </row>
     <row r="45" spans="1:8">
       <c r="A45" t="s">
         <v>59</v>
       </c>
       <c r="B45" t="s">
         <v>9</v>
       </c>
       <c r="C45" t="s">
         <v>34</v>
       </c>
       <c r="D45" t="s">
         <v>60</v>
       </c>
       <c r="E45" t="s">
         <v>61</v>
       </c>
       <c r="F45">
         <v>2024</v>
       </c>
       <c r="G45" t="s">
         <v>13</v>
       </c>
       <c r="H45" t="s">
-        <v>62</v>
+        <v>17</v>
       </c>
     </row>
     <row r="46" spans="1:8">
       <c r="A46" t="s">
         <v>63</v>
       </c>
       <c r="B46" t="s">
         <v>9</v>
       </c>
       <c r="C46" t="s">
         <v>31</v>
       </c>
       <c r="D46" t="s">
         <v>60</v>
       </c>
       <c r="E46" t="s">
         <v>61</v>
       </c>
       <c r="F46">
         <v>2024</v>
       </c>
       <c r="G46" t="s">
         <v>13</v>
       </c>
       <c r="H46" t="s">
@@ -1726,149 +1726,149 @@
       </c>
     </row>
     <row r="48" spans="1:8">
       <c r="A48" t="s">
         <v>63</v>
       </c>
       <c r="B48" t="s">
         <v>9</v>
       </c>
       <c r="C48" t="s">
         <v>31</v>
       </c>
       <c r="D48" t="s">
         <v>60</v>
       </c>
       <c r="E48" t="s">
         <v>61</v>
       </c>
       <c r="F48">
         <v>2024</v>
       </c>
       <c r="G48" t="s">
         <v>13</v>
       </c>
       <c r="H48" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
     </row>
     <row r="49" spans="1:8">
       <c r="A49" t="s">
         <v>63</v>
       </c>
       <c r="B49" t="s">
         <v>9</v>
       </c>
       <c r="C49" t="s">
         <v>31</v>
       </c>
       <c r="D49" t="s">
         <v>60</v>
       </c>
       <c r="E49" t="s">
         <v>61</v>
       </c>
       <c r="F49">
         <v>2024</v>
       </c>
       <c r="G49" t="s">
         <v>13</v>
       </c>
       <c r="H49" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
     </row>
     <row r="50" spans="1:8">
       <c r="A50" t="s">
         <v>65</v>
       </c>
       <c r="B50" t="s">
         <v>9</v>
       </c>
       <c r="C50" t="s">
         <v>66</v>
       </c>
       <c r="D50" t="s">
         <v>20</v>
       </c>
       <c r="E50" t="s">
         <v>61</v>
       </c>
       <c r="F50">
         <v>2024</v>
       </c>
       <c r="G50"/>
       <c r="H50" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
     </row>
     <row r="51" spans="1:8">
       <c r="A51" t="s">
         <v>67</v>
       </c>
       <c r="B51" t="s">
         <v>9</v>
       </c>
       <c r="C51" t="s">
         <v>66</v>
       </c>
       <c r="D51" t="s">
         <v>20</v>
       </c>
       <c r="E51" t="s">
         <v>61</v>
       </c>
       <c r="F51">
         <v>2024</v>
       </c>
       <c r="G51"/>
       <c r="H51" t="s">
-        <v>37</v>
+        <v>17</v>
       </c>
     </row>
     <row r="52" spans="1:8">
       <c r="A52" t="s">
         <v>67</v>
       </c>
       <c r="B52" t="s">
         <v>9</v>
       </c>
       <c r="C52" t="s">
         <v>66</v>
       </c>
       <c r="D52" t="s">
         <v>20</v>
       </c>
       <c r="E52" t="s">
         <v>61</v>
       </c>
       <c r="F52">
         <v>2024</v>
       </c>
       <c r="G52"/>
       <c r="H52" t="s">
-        <v>15</v>
+        <v>37</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">