--- v0 (2025-10-28)
+++ v1 (2025-12-13)
@@ -161,56 +161,56 @@
   <si>
     <t>https://www.google.es</t>
   </si>
   <si>
     <t>Nueva Norma 3 Tomás</t>
   </si>
   <si>
     <t>Circular o instrucción</t>
   </si>
   <si>
     <t>Autonómico</t>
   </si>
   <si>
     <t>Nueva Norma Añadir Legislación con CCAA.</t>
   </si>
   <si>
     <t>https://www.google.com/test</t>
   </si>
   <si>
     <t>Decreto</t>
   </si>
   <si>
     <t>Comunicación</t>
   </si>
   <si>
+    <t>Castilla y León</t>
+  </si>
+  <si>
     <t>País Vasco</t>
   </si>
   <si>
-    <t>Castilla y León</t>
-[...1 lines deleted...]
-  <si>
     <t>Cataluña</t>
   </si>
   <si>
     <t>asdasd</t>
   </si>
   <si>
     <t>https://www.google.es/</t>
   </si>
   <si>
     <t>PRUEBASSSS añadir</t>
   </si>
   <si>
     <t>www.google.es</t>
   </si>
   <si>
     <t>Prueba Norma Aplicación</t>
   </si>
   <si>
     <t>prueba alma</t>
   </si>
   <si>
     <t>Tratados Internacionales</t>
   </si>
   <si>
     <t>Aragón</t>
@@ -257,141 +257,141 @@
   <si>
     <t>Normas con rango de Ley</t>
   </si>
   <si>
     <t>Ley inventada para probar</t>
   </si>
   <si>
     <t>https://www.google.com/intl/es/gmail/about/</t>
   </si>
   <si>
     <t>Decisiones</t>
   </si>
   <si>
     <t>Nueva Norma Tomás</t>
   </si>
   <si>
     <t>Nueva Norma 2 Tomás</t>
   </si>
   <si>
     <t>Pruebas Tomas</t>
   </si>
   <si>
     <t>Norma Prueba con Carolina</t>
   </si>
   <si>
+    <t>Comunidad de Madrid</t>
+  </si>
+  <si>
     <t>Cantabria</t>
   </si>
   <si>
-    <t>Comunidad de Madrid</t>
-[...1 lines deleted...]
-  <si>
     <t>sg2</t>
   </si>
   <si>
     <t>sg3</t>
   </si>
   <si>
     <t>sg5</t>
   </si>
   <si>
     <t>Orden</t>
   </si>
   <si>
     <t>Pruebas Legislacion Alta</t>
   </si>
   <si>
     <t>AGE</t>
   </si>
   <si>
     <t>Prueba de Legislación con Nivel de Administración Nacional.</t>
   </si>
   <si>
     <t>https://www.google.com/testing/branch</t>
   </si>
   <si>
     <t>Leyes autonómicas</t>
   </si>
   <si>
+    <t>Extremadura</t>
+  </si>
+  <si>
+    <t>Ciudad Autónoma de Ceuta</t>
+  </si>
+  <si>
+    <t>Ciudad Autónoma de Melilla</t>
+  </si>
+  <si>
     <t>Región de Murcia</t>
   </si>
   <si>
-    <t>Ciudad Autónoma de Ceuta</t>
-[...7 lines deleted...]
-  <si>
     <t>Prueba Nacional con publicadores con AppUsuPerOrg.</t>
   </si>
   <si>
     <t>https://www.google.com/testsg7</t>
   </si>
   <si>
     <t>Comunidad Valenciana</t>
   </si>
   <si>
     <t>Prueba de Modificación Alta</t>
   </si>
   <si>
     <t>Prueba añadir norma 2</t>
   </si>
   <si>
     <t>https://testingdatagenerator.com/doi.html</t>
   </si>
   <si>
     <t>Anuncio (Consejo de Ministros)</t>
   </si>
   <si>
     <t>Norma Prueba Alta</t>
   </si>
   <si>
     <t>Prueba Validacion Alta Legislación</t>
   </si>
   <si>
     <t>Pruebassssssssssssss años</t>
   </si>
   <si>
     <t>Pruebas de Nuevas Normas a 10/12/2024 a las 10:20:23</t>
   </si>
   <si>
     <t>Pruebas para saber si el campo Norma puede usar / , ; y : .</t>
   </si>
   <si>
     <t>https://www.google.com/test/branch</t>
   </si>
   <si>
     <t>Pruebas Normas con Unificación- Detalles 17/12/2024 - Hora: 09:17:00. Prueba de funcionamiento; Correcto/Funcionando con Modificación  17/12/2024 - Hora: 09:19:00..</t>
   </si>
   <si>
+    <t>Extra-Regio</t>
+  </si>
+  <si>
     <t>Illes Balears</t>
-  </si>
-[...1 lines deleted...]
-    <t>Extra-Regio</t>
   </si>
   <si>
     <t>Pruebas de Legislación loadOptions</t>
   </si>
   <si>
     <t>Leyes Ordinarias de ámbito estatal, Reales Decretos Legislativos, Real Decreto Ley</t>
   </si>
   <si>
     <t>Decreto 33/2024, de 28 de febrero, del Gobierno de Aragón, por el que se establece un régimen de protección para la margaritona (Margaritifera auricularia) y se aprueba un nuevo plan de recuperación.</t>
   </si>
   <si>
     <t>https://www.boa.aragon.es/cgi-bin/EBOA/BRSCGI?CMD=VEROBJ&amp;MLKOB=1320624820303</t>
   </si>
   <si>
     <t>Reglamentos (Gobierno, Autonómico, Entidades locales)</t>
   </si>
   <si>
     <t>gkj</t>
   </si>
   <si>
     <t>https://jamoncitosricos.com</t>
   </si>
   <si>
     <t>prueba nueva referencia legal plan de gestión, ESprueb24.</t>
   </si>
@@ -1202,103 +1202,103 @@
       </c>
     </row>
     <row r="21" spans="1:8">
       <c r="A21" t="s">
         <v>45</v>
       </c>
       <c r="B21" t="s">
         <v>46</v>
       </c>
       <c r="C21" t="s">
         <v>47</v>
       </c>
       <c r="D21" t="s">
         <v>48</v>
       </c>
       <c r="E21" t="s">
         <v>20</v>
       </c>
       <c r="F21">
         <v>2024</v>
       </c>
       <c r="G21" t="s">
         <v>25</v>
       </c>
       <c r="H21" t="s">
-        <v>35</v>
+        <v>50</v>
       </c>
     </row>
     <row r="22" spans="1:8">
       <c r="A22" t="s">
         <v>45</v>
       </c>
       <c r="B22" t="s">
         <v>46</v>
       </c>
       <c r="C22" t="s">
         <v>47</v>
       </c>
       <c r="D22" t="s">
         <v>48</v>
       </c>
       <c r="E22" t="s">
         <v>20</v>
       </c>
       <c r="F22">
         <v>2024</v>
       </c>
       <c r="G22" t="s">
         <v>25</v>
       </c>
       <c r="H22" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
     </row>
     <row r="23" spans="1:8">
       <c r="A23" t="s">
         <v>45</v>
       </c>
       <c r="B23" t="s">
         <v>46</v>
       </c>
       <c r="C23" t="s">
         <v>47</v>
       </c>
       <c r="D23" t="s">
         <v>48</v>
       </c>
       <c r="E23" t="s">
         <v>20</v>
       </c>
       <c r="F23">
         <v>2024</v>
       </c>
       <c r="G23" t="s">
         <v>25</v>
       </c>
       <c r="H23" t="s">
-        <v>51</v>
+        <v>35</v>
       </c>
     </row>
     <row r="24" spans="1:8">
       <c r="A24" t="s">
         <v>52</v>
       </c>
       <c r="B24" t="s">
         <v>53</v>
       </c>
       <c r="C24"/>
       <c r="D24"/>
       <c r="E24" t="s">
         <v>20</v>
       </c>
       <c r="F24">
         <v>2024</v>
       </c>
       <c r="G24"/>
       <c r="H24" t="s">
         <v>35</v>
       </c>
     </row>
     <row r="25" spans="1:8">
       <c r="A25" t="s">
         <v>54</v>
@@ -1618,103 +1618,103 @@
       <c r="H39"/>
     </row>
     <row r="40" spans="1:8">
       <c r="A40" t="s">
         <v>80</v>
       </c>
       <c r="B40" t="s">
         <v>46</v>
       </c>
       <c r="C40" t="s">
         <v>69</v>
       </c>
       <c r="D40" t="s">
         <v>70</v>
       </c>
       <c r="E40" t="s">
         <v>73</v>
       </c>
       <c r="F40">
         <v>2024</v>
       </c>
       <c r="G40" t="s">
         <v>25</v>
       </c>
       <c r="H40" t="s">
-        <v>35</v>
+        <v>51</v>
       </c>
     </row>
     <row r="41" spans="1:8">
       <c r="A41" t="s">
         <v>80</v>
       </c>
       <c r="B41" t="s">
         <v>46</v>
       </c>
       <c r="C41" t="s">
         <v>69</v>
       </c>
       <c r="D41" t="s">
         <v>70</v>
       </c>
       <c r="E41" t="s">
         <v>73</v>
       </c>
       <c r="F41">
         <v>2024</v>
       </c>
       <c r="G41" t="s">
         <v>25</v>
       </c>
       <c r="H41" t="s">
-        <v>81</v>
+        <v>35</v>
       </c>
     </row>
     <row r="42" spans="1:8">
       <c r="A42" t="s">
         <v>80</v>
       </c>
       <c r="B42" t="s">
         <v>46</v>
       </c>
       <c r="C42" t="s">
         <v>69</v>
       </c>
       <c r="D42" t="s">
         <v>70</v>
       </c>
       <c r="E42" t="s">
         <v>73</v>
       </c>
       <c r="F42">
         <v>2024</v>
       </c>
       <c r="G42" t="s">
         <v>25</v>
       </c>
       <c r="H42" t="s">
-        <v>51</v>
+        <v>81</v>
       </c>
     </row>
     <row r="43" spans="1:8">
       <c r="A43" t="s">
         <v>80</v>
       </c>
       <c r="B43" t="s">
         <v>46</v>
       </c>
       <c r="C43" t="s">
         <v>69</v>
       </c>
       <c r="D43" t="s">
         <v>70</v>
       </c>
       <c r="E43" t="s">
         <v>73</v>
       </c>
       <c r="F43">
         <v>2024</v>
       </c>
       <c r="G43" t="s">
         <v>25</v>
       </c>
       <c r="H43" t="s">
@@ -1774,51 +1774,51 @@
       </c>
     </row>
     <row r="46" spans="1:8">
       <c r="A46" t="s">
         <v>84</v>
       </c>
       <c r="B46" t="s">
         <v>30</v>
       </c>
       <c r="C46" t="s">
         <v>69</v>
       </c>
       <c r="D46" t="s">
         <v>70</v>
       </c>
       <c r="E46" t="s">
         <v>73</v>
       </c>
       <c r="F46">
         <v>2024</v>
       </c>
       <c r="G46" t="s">
         <v>25</v>
       </c>
       <c r="H46" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
     </row>
     <row r="47" spans="1:8">
       <c r="A47" t="s">
         <v>84</v>
       </c>
       <c r="B47" t="s">
         <v>30</v>
       </c>
       <c r="C47" t="s">
         <v>69</v>
       </c>
       <c r="D47" t="s">
         <v>70</v>
       </c>
       <c r="E47" t="s">
         <v>73</v>
       </c>
       <c r="F47">
         <v>2024</v>
       </c>
       <c r="G47" t="s">
         <v>25</v>
       </c>
       <c r="H47" t="s">
@@ -1826,77 +1826,77 @@
       </c>
     </row>
     <row r="48" spans="1:8">
       <c r="A48" t="s">
         <v>84</v>
       </c>
       <c r="B48" t="s">
         <v>30</v>
       </c>
       <c r="C48" t="s">
         <v>69</v>
       </c>
       <c r="D48" t="s">
         <v>70</v>
       </c>
       <c r="E48" t="s">
         <v>73</v>
       </c>
       <c r="F48">
         <v>2024</v>
       </c>
       <c r="G48" t="s">
         <v>25</v>
       </c>
       <c r="H48" t="s">
-        <v>81</v>
+        <v>51</v>
       </c>
     </row>
     <row r="49" spans="1:8">
       <c r="A49" t="s">
         <v>84</v>
       </c>
       <c r="B49" t="s">
         <v>30</v>
       </c>
       <c r="C49" t="s">
         <v>69</v>
       </c>
       <c r="D49" t="s">
         <v>70</v>
       </c>
       <c r="E49" t="s">
         <v>73</v>
       </c>
       <c r="F49">
         <v>2024</v>
       </c>
       <c r="G49" t="s">
         <v>25</v>
       </c>
       <c r="H49" t="s">
-        <v>51</v>
+        <v>82</v>
       </c>
     </row>
     <row r="50" spans="1:8">
       <c r="A50" t="s">
         <v>84</v>
       </c>
       <c r="B50" t="s">
         <v>30</v>
       </c>
       <c r="C50" t="s">
         <v>69</v>
       </c>
       <c r="D50" t="s">
         <v>70</v>
       </c>
       <c r="E50" t="s">
         <v>73</v>
       </c>
       <c r="F50">
         <v>2024</v>
       </c>
       <c r="G50" t="s">
         <v>25</v>
       </c>
       <c r="H50" t="s">
@@ -1930,51 +1930,51 @@
       </c>
     </row>
     <row r="52" spans="1:8">
       <c r="A52" t="s">
         <v>87</v>
       </c>
       <c r="B52" t="s">
         <v>46</v>
       </c>
       <c r="C52" t="s">
         <v>69</v>
       </c>
       <c r="D52" t="s">
         <v>48</v>
       </c>
       <c r="E52" t="s">
         <v>73</v>
       </c>
       <c r="F52">
         <v>2024</v>
       </c>
       <c r="G52" t="s">
         <v>25</v>
       </c>
       <c r="H52" t="s">
-        <v>35</v>
+        <v>49</v>
       </c>
     </row>
     <row r="53" spans="1:8">
       <c r="A53" t="s">
         <v>87</v>
       </c>
       <c r="B53" t="s">
         <v>46</v>
       </c>
       <c r="C53" t="s">
         <v>69</v>
       </c>
       <c r="D53" t="s">
         <v>48</v>
       </c>
       <c r="E53" t="s">
         <v>73</v>
       </c>
       <c r="F53">
         <v>2024</v>
       </c>
       <c r="G53" t="s">
         <v>25</v>
       </c>
       <c r="H53" t="s">
@@ -1982,341 +1982,341 @@
       </c>
     </row>
     <row r="54" spans="1:8">
       <c r="A54" t="s">
         <v>87</v>
       </c>
       <c r="B54" t="s">
         <v>46</v>
       </c>
       <c r="C54" t="s">
         <v>69</v>
       </c>
       <c r="D54" t="s">
         <v>48</v>
       </c>
       <c r="E54" t="s">
         <v>73</v>
       </c>
       <c r="F54">
         <v>2024</v>
       </c>
       <c r="G54" t="s">
         <v>25</v>
       </c>
       <c r="H54" t="s">
-        <v>88</v>
+        <v>35</v>
       </c>
     </row>
     <row r="55" spans="1:8">
       <c r="A55" t="s">
         <v>87</v>
       </c>
       <c r="B55" t="s">
         <v>46</v>
       </c>
       <c r="C55" t="s">
         <v>69</v>
       </c>
       <c r="D55" t="s">
         <v>48</v>
       </c>
       <c r="E55" t="s">
         <v>73</v>
       </c>
       <c r="F55">
         <v>2024</v>
       </c>
       <c r="G55" t="s">
         <v>25</v>
       </c>
       <c r="H55" t="s">
-        <v>50</v>
+        <v>88</v>
       </c>
     </row>
     <row r="56" spans="1:8">
       <c r="A56" t="s">
         <v>89</v>
       </c>
       <c r="B56" t="s">
         <v>90</v>
       </c>
       <c r="C56"/>
       <c r="D56" t="s">
         <v>91</v>
       </c>
       <c r="E56" t="s">
         <v>73</v>
       </c>
       <c r="F56">
         <v>2024</v>
       </c>
       <c r="G56" t="s">
         <v>25</v>
       </c>
       <c r="H56" t="s">
-        <v>67</v>
+        <v>92</v>
       </c>
     </row>
     <row r="57" spans="1:8">
       <c r="A57" t="s">
         <v>89</v>
       </c>
       <c r="B57" t="s">
         <v>90</v>
       </c>
       <c r="C57"/>
       <c r="D57" t="s">
         <v>91</v>
       </c>
       <c r="E57" t="s">
         <v>73</v>
       </c>
       <c r="F57">
         <v>2024</v>
       </c>
       <c r="G57" t="s">
         <v>25</v>
       </c>
       <c r="H57" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
     </row>
     <row r="58" spans="1:8">
       <c r="A58" t="s">
         <v>89</v>
       </c>
       <c r="B58" t="s">
         <v>90</v>
       </c>
       <c r="C58"/>
       <c r="D58" t="s">
         <v>91</v>
       </c>
       <c r="E58" t="s">
         <v>73</v>
       </c>
       <c r="F58">
         <v>2024</v>
       </c>
       <c r="G58" t="s">
         <v>25</v>
       </c>
       <c r="H58" t="s">
-        <v>88</v>
+        <v>67</v>
       </c>
     </row>
     <row r="59" spans="1:8">
       <c r="A59" t="s">
         <v>89</v>
       </c>
       <c r="B59" t="s">
         <v>90</v>
       </c>
       <c r="C59"/>
       <c r="D59" t="s">
         <v>91</v>
       </c>
       <c r="E59" t="s">
         <v>73</v>
       </c>
       <c r="F59">
         <v>2024</v>
       </c>
       <c r="G59" t="s">
         <v>25</v>
       </c>
       <c r="H59" t="s">
-        <v>35</v>
+        <v>94</v>
       </c>
     </row>
     <row r="60" spans="1:8">
       <c r="A60" t="s">
         <v>89</v>
       </c>
       <c r="B60" t="s">
         <v>90</v>
       </c>
       <c r="C60"/>
       <c r="D60" t="s">
         <v>91</v>
       </c>
       <c r="E60" t="s">
         <v>73</v>
       </c>
       <c r="F60">
         <v>2024</v>
       </c>
       <c r="G60" t="s">
         <v>25</v>
       </c>
       <c r="H60" t="s">
-        <v>93</v>
+        <v>81</v>
       </c>
     </row>
     <row r="61" spans="1:8">
       <c r="A61" t="s">
         <v>89</v>
       </c>
       <c r="B61" t="s">
         <v>90</v>
       </c>
       <c r="C61"/>
       <c r="D61" t="s">
         <v>91</v>
       </c>
       <c r="E61" t="s">
         <v>73</v>
       </c>
       <c r="F61">
         <v>2024</v>
       </c>
       <c r="G61" t="s">
         <v>25</v>
       </c>
       <c r="H61" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
     </row>
     <row r="62" spans="1:8">
       <c r="A62" t="s">
         <v>89</v>
       </c>
       <c r="B62" t="s">
         <v>90</v>
       </c>
       <c r="C62"/>
       <c r="D62" t="s">
         <v>91</v>
       </c>
       <c r="E62" t="s">
         <v>73</v>
       </c>
       <c r="F62">
         <v>2024</v>
       </c>
       <c r="G62" t="s">
         <v>25</v>
       </c>
       <c r="H62" t="s">
-        <v>82</v>
+        <v>35</v>
       </c>
     </row>
     <row r="63" spans="1:8">
       <c r="A63" t="s">
         <v>89</v>
       </c>
       <c r="B63" t="s">
         <v>90</v>
       </c>
       <c r="C63"/>
       <c r="D63" t="s">
         <v>91</v>
       </c>
       <c r="E63" t="s">
         <v>73</v>
       </c>
       <c r="F63">
         <v>2024</v>
       </c>
       <c r="G63" t="s">
         <v>25</v>
       </c>
       <c r="H63" t="s">
-        <v>95</v>
+        <v>88</v>
       </c>
     </row>
     <row r="64" spans="1:8">
       <c r="A64" t="s">
         <v>96</v>
       </c>
       <c r="B64" t="s">
         <v>97</v>
       </c>
       <c r="C64"/>
       <c r="D64" t="s">
         <v>91</v>
       </c>
       <c r="E64" t="s">
         <v>73</v>
       </c>
       <c r="F64">
         <v>2024</v>
       </c>
       <c r="G64" t="s">
         <v>25</v>
       </c>
       <c r="H64" t="s">
-        <v>92</v>
+        <v>35</v>
       </c>
     </row>
     <row r="65" spans="1:8">
       <c r="A65" t="s">
         <v>96</v>
       </c>
       <c r="B65" t="s">
         <v>97</v>
       </c>
       <c r="C65"/>
       <c r="D65" t="s">
         <v>91</v>
       </c>
       <c r="E65" t="s">
         <v>73</v>
       </c>
       <c r="F65">
         <v>2024</v>
       </c>
       <c r="G65" t="s">
         <v>25</v>
       </c>
       <c r="H65" t="s">
-        <v>98</v>
+        <v>95</v>
       </c>
     </row>
     <row r="66" spans="1:8">
       <c r="A66" t="s">
         <v>96</v>
       </c>
       <c r="B66" t="s">
         <v>97</v>
       </c>
       <c r="C66"/>
       <c r="D66" t="s">
         <v>91</v>
       </c>
       <c r="E66" t="s">
         <v>73</v>
       </c>
       <c r="F66">
         <v>2024</v>
       </c>
       <c r="G66" t="s">
         <v>25</v>
       </c>
       <c r="H66" t="s">
-        <v>35</v>
+        <v>98</v>
       </c>
     </row>
     <row r="67" spans="1:8">
       <c r="A67" t="s">
         <v>99</v>
       </c>
       <c r="B67" t="s">
         <v>46</v>
       </c>
       <c r="C67" t="s">
         <v>47</v>
       </c>
       <c r="D67" t="s">
         <v>91</v>
       </c>
       <c r="E67" t="s">
         <v>73</v>
       </c>
       <c r="F67">
         <v>2024</v>
       </c>
       <c r="G67" t="s">
         <v>25</v>
       </c>
       <c r="H67" t="s">
@@ -2458,151 +2458,151 @@
       <c r="F74">
         <v>2024</v>
       </c>
       <c r="G74"/>
       <c r="H74" t="s">
         <v>81</v>
       </c>
     </row>
     <row r="75" spans="1:8">
       <c r="A75" t="s">
         <v>109</v>
       </c>
       <c r="B75" t="s">
         <v>90</v>
       </c>
       <c r="C75"/>
       <c r="D75"/>
       <c r="E75" t="s">
         <v>73</v>
       </c>
       <c r="F75">
         <v>2024</v>
       </c>
       <c r="G75"/>
       <c r="H75" t="s">
-        <v>51</v>
+        <v>88</v>
       </c>
     </row>
     <row r="76" spans="1:8">
       <c r="A76" t="s">
         <v>109</v>
       </c>
       <c r="B76" t="s">
         <v>90</v>
       </c>
       <c r="C76"/>
       <c r="D76"/>
       <c r="E76" t="s">
         <v>73</v>
       </c>
       <c r="F76">
         <v>2024</v>
       </c>
       <c r="G76"/>
       <c r="H76" t="s">
-        <v>82</v>
+        <v>51</v>
       </c>
     </row>
     <row r="77" spans="1:8">
       <c r="A77" t="s">
         <v>109</v>
       </c>
       <c r="B77" t="s">
         <v>90</v>
       </c>
       <c r="C77"/>
       <c r="D77"/>
       <c r="E77" t="s">
         <v>73</v>
       </c>
       <c r="F77">
         <v>2024</v>
       </c>
       <c r="G77"/>
       <c r="H77" t="s">
         <v>110</v>
       </c>
     </row>
     <row r="78" spans="1:8">
       <c r="A78" t="s">
         <v>109</v>
       </c>
       <c r="B78" t="s">
         <v>90</v>
       </c>
       <c r="C78"/>
       <c r="D78"/>
       <c r="E78" t="s">
         <v>73</v>
       </c>
       <c r="F78">
         <v>2024</v>
       </c>
       <c r="G78"/>
       <c r="H78" t="s">
-        <v>111</v>
+        <v>35</v>
       </c>
     </row>
     <row r="79" spans="1:8">
       <c r="A79" t="s">
         <v>109</v>
       </c>
       <c r="B79" t="s">
         <v>90</v>
       </c>
       <c r="C79"/>
       <c r="D79"/>
       <c r="E79" t="s">
         <v>73</v>
       </c>
       <c r="F79">
         <v>2024</v>
       </c>
       <c r="G79"/>
       <c r="H79" t="s">
-        <v>88</v>
+        <v>82</v>
       </c>
     </row>
     <row r="80" spans="1:8">
       <c r="A80" t="s">
         <v>109</v>
       </c>
       <c r="B80" t="s">
         <v>90</v>
       </c>
       <c r="C80"/>
       <c r="D80"/>
       <c r="E80" t="s">
         <v>73</v>
       </c>
       <c r="F80">
         <v>2024</v>
       </c>
       <c r="G80"/>
       <c r="H80" t="s">
-        <v>35</v>
+        <v>111</v>
       </c>
     </row>
     <row r="81" spans="1:8">
       <c r="A81" t="s">
         <v>112</v>
       </c>
       <c r="B81" t="s">
         <v>46</v>
       </c>
       <c r="C81"/>
       <c r="D81" t="s">
         <v>113</v>
       </c>
       <c r="E81" t="s">
         <v>73</v>
       </c>
       <c r="F81">
         <v>2024</v>
       </c>
       <c r="G81"/>
       <c r="H81" t="s">
         <v>35</v>
       </c>
     </row>
     <row r="82" spans="1:8">
@@ -2694,103 +2694,103 @@
       </c>
     </row>
     <row r="86" spans="1:8">
       <c r="A86" t="s">
         <v>122</v>
       </c>
       <c r="B86" t="s">
         <v>46</v>
       </c>
       <c r="C86" t="s">
         <v>86</v>
       </c>
       <c r="D86" t="s">
         <v>44</v>
       </c>
       <c r="E86" t="s">
         <v>116</v>
       </c>
       <c r="F86">
         <v>2024</v>
       </c>
       <c r="G86" t="s">
         <v>25</v>
       </c>
       <c r="H86" t="s">
-        <v>92</v>
+        <v>95</v>
       </c>
     </row>
     <row r="87" spans="1:8">
       <c r="A87" t="s">
         <v>122</v>
       </c>
       <c r="B87" t="s">
         <v>46</v>
       </c>
       <c r="C87" t="s">
         <v>86</v>
       </c>
       <c r="D87" t="s">
         <v>44</v>
       </c>
       <c r="E87" t="s">
         <v>116</v>
       </c>
       <c r="F87">
         <v>2024</v>
       </c>
       <c r="G87" t="s">
         <v>25</v>
       </c>
       <c r="H87" t="s">
-        <v>35</v>
+        <v>92</v>
       </c>
     </row>
     <row r="88" spans="1:8">
       <c r="A88" t="s">
         <v>122</v>
       </c>
       <c r="B88" t="s">
         <v>46</v>
       </c>
       <c r="C88" t="s">
         <v>86</v>
       </c>
       <c r="D88" t="s">
         <v>44</v>
       </c>
       <c r="E88" t="s">
         <v>116</v>
       </c>
       <c r="F88">
         <v>2024</v>
       </c>
       <c r="G88" t="s">
         <v>25</v>
       </c>
       <c r="H88" t="s">
-        <v>95</v>
+        <v>35</v>
       </c>
     </row>
     <row r="89" spans="1:8">
       <c r="A89" t="s">
         <v>123</v>
       </c>
       <c r="B89" t="s">
         <v>124</v>
       </c>
       <c r="C89"/>
       <c r="D89"/>
       <c r="E89" t="s">
         <v>116</v>
       </c>
       <c r="F89">
         <v>2024</v>
       </c>
       <c r="G89" t="s">
         <v>125</v>
       </c>
       <c r="H89"/>
     </row>
     <row r="90" spans="1:8">
       <c r="A90" t="s">
         <v>126</v>
@@ -2818,77 +2818,77 @@
       </c>
     </row>
     <row r="91" spans="1:8">
       <c r="A91" t="s">
         <v>127</v>
       </c>
       <c r="B91" t="s">
         <v>46</v>
       </c>
       <c r="C91" t="s">
         <v>128</v>
       </c>
       <c r="D91" t="s">
         <v>70</v>
       </c>
       <c r="E91" t="s">
         <v>116</v>
       </c>
       <c r="F91">
         <v>2024</v>
       </c>
       <c r="G91" t="s">
         <v>129</v>
       </c>
       <c r="H91" t="s">
-        <v>94</v>
+        <v>93</v>
       </c>
     </row>
     <row r="92" spans="1:8">
       <c r="A92" t="s">
         <v>127</v>
       </c>
       <c r="B92" t="s">
         <v>46</v>
       </c>
       <c r="C92" t="s">
         <v>128</v>
       </c>
       <c r="D92" t="s">
         <v>70</v>
       </c>
       <c r="E92" t="s">
         <v>116</v>
       </c>
       <c r="F92">
         <v>2024</v>
       </c>
       <c r="G92" t="s">
         <v>129</v>
       </c>
       <c r="H92" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
     </row>
     <row r="93" spans="1:8">
       <c r="A93" t="s">
         <v>130</v>
       </c>
       <c r="B93" t="s">
         <v>46</v>
       </c>
       <c r="C93" t="s">
         <v>23</v>
       </c>
       <c r="D93" t="s">
         <v>44</v>
       </c>
       <c r="E93" t="s">
         <v>116</v>
       </c>
       <c r="F93">
         <v>2024</v>
       </c>
       <c r="G93" t="s">
         <v>25</v>
       </c>
       <c r="H93" t="s">
@@ -2896,175 +2896,175 @@
       </c>
     </row>
     <row r="94" spans="1:8">
       <c r="A94" t="s">
         <v>130</v>
       </c>
       <c r="B94" t="s">
         <v>46</v>
       </c>
       <c r="C94" t="s">
         <v>23</v>
       </c>
       <c r="D94" t="s">
         <v>44</v>
       </c>
       <c r="E94" t="s">
         <v>116</v>
       </c>
       <c r="F94">
         <v>2024</v>
       </c>
       <c r="G94" t="s">
         <v>25</v>
       </c>
       <c r="H94" t="s">
-        <v>51</v>
+        <v>35</v>
       </c>
     </row>
     <row r="95" spans="1:8">
       <c r="A95" t="s">
         <v>130</v>
       </c>
       <c r="B95" t="s">
         <v>46</v>
       </c>
       <c r="C95" t="s">
         <v>23</v>
       </c>
       <c r="D95" t="s">
         <v>44</v>
       </c>
       <c r="E95" t="s">
         <v>116</v>
       </c>
       <c r="F95">
         <v>2024</v>
       </c>
       <c r="G95" t="s">
         <v>25</v>
       </c>
       <c r="H95" t="s">
-        <v>35</v>
+        <v>51</v>
       </c>
     </row>
     <row r="96" spans="1:8">
       <c r="A96" t="s">
         <v>130</v>
       </c>
       <c r="B96" t="s">
         <v>46</v>
       </c>
       <c r="C96" t="s">
         <v>23</v>
       </c>
       <c r="D96" t="s">
         <v>44</v>
       </c>
       <c r="E96" t="s">
         <v>116</v>
       </c>
       <c r="F96">
         <v>2024</v>
       </c>
       <c r="G96" t="s">
         <v>25</v>
       </c>
       <c r="H96" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
     </row>
     <row r="97" spans="1:8">
       <c r="A97" t="s">
         <v>131</v>
       </c>
       <c r="B97" t="s">
         <v>46</v>
       </c>
       <c r="C97" t="s">
         <v>128</v>
       </c>
       <c r="D97" t="s">
         <v>70</v>
       </c>
       <c r="E97" t="s">
         <v>116</v>
       </c>
       <c r="F97">
         <v>2024</v>
       </c>
       <c r="G97"/>
       <c r="H97" t="s">
         <v>35</v>
       </c>
     </row>
     <row r="98" spans="1:8">
       <c r="A98" t="s">
         <v>132</v>
       </c>
       <c r="B98" t="s">
         <v>46</v>
       </c>
       <c r="C98" t="s">
         <v>128</v>
       </c>
       <c r="D98" t="s">
         <v>70</v>
       </c>
       <c r="E98" t="s">
         <v>116</v>
       </c>
       <c r="F98">
         <v>2024</v>
       </c>
       <c r="G98"/>
       <c r="H98" t="s">
-        <v>88</v>
+        <v>35</v>
       </c>
     </row>
     <row r="99" spans="1:8">
       <c r="A99" t="s">
         <v>132</v>
       </c>
       <c r="B99" t="s">
         <v>46</v>
       </c>
       <c r="C99" t="s">
         <v>128</v>
       </c>
       <c r="D99" t="s">
         <v>70</v>
       </c>
       <c r="E99" t="s">
         <v>116</v>
       </c>
       <c r="F99">
         <v>2024</v>
       </c>
       <c r="G99"/>
       <c r="H99" t="s">
-        <v>35</v>
+        <v>88</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">