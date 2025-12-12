--- v0 (2025-10-25)
+++ v1 (2025-12-12)
@@ -1025,77 +1025,77 @@
       <c r="H21"/>
     </row>
     <row r="22" spans="1:8">
       <c r="A22" t="s">
         <v>58</v>
       </c>
       <c r="B22" t="s">
         <v>59</v>
       </c>
       <c r="C22" t="s">
         <v>35</v>
       </c>
       <c r="D22" t="s">
         <v>36</v>
       </c>
       <c r="E22" t="s">
         <v>50</v>
       </c>
       <c r="F22">
         <v>2023</v>
       </c>
       <c r="G22" t="s">
         <v>51</v>
       </c>
       <c r="H22" t="s">
-        <v>40</v>
+        <v>60</v>
       </c>
     </row>
     <row r="23" spans="1:8">
       <c r="A23" t="s">
         <v>58</v>
       </c>
       <c r="B23" t="s">
         <v>59</v>
       </c>
       <c r="C23" t="s">
         <v>35</v>
       </c>
       <c r="D23" t="s">
         <v>36</v>
       </c>
       <c r="E23" t="s">
         <v>50</v>
       </c>
       <c r="F23">
         <v>2023</v>
       </c>
       <c r="G23" t="s">
         <v>51</v>
       </c>
       <c r="H23" t="s">
-        <v>60</v>
+        <v>40</v>
       </c>
     </row>
     <row r="24" spans="1:8">
       <c r="A24" t="s">
         <v>61</v>
       </c>
       <c r="B24" t="s">
         <v>62</v>
       </c>
       <c r="C24" t="s">
         <v>35</v>
       </c>
       <c r="D24" t="s">
         <v>36</v>
       </c>
       <c r="E24" t="s">
         <v>50</v>
       </c>
       <c r="F24">
         <v>2023</v>
       </c>
       <c r="G24"/>
       <c r="H24"/>
     </row>
     <row r="25" spans="1:8">