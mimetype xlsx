--- v0 (2025-10-26)
+++ v1 (2025-12-12)
@@ -879,77 +879,77 @@
       <c r="H14"/>
     </row>
     <row r="15" spans="1:8">
       <c r="A15" t="s">
         <v>50</v>
       </c>
       <c r="B15" t="s">
         <v>51</v>
       </c>
       <c r="C15" t="s">
         <v>10</v>
       </c>
       <c r="D15" t="s">
         <v>29</v>
       </c>
       <c r="E15" t="s">
         <v>42</v>
       </c>
       <c r="F15">
         <v>2023</v>
       </c>
       <c r="G15" t="s">
         <v>43</v>
       </c>
       <c r="H15" t="s">
-        <v>13</v>
+        <v>52</v>
       </c>
     </row>
     <row r="16" spans="1:8">
       <c r="A16" t="s">
         <v>50</v>
       </c>
       <c r="B16" t="s">
         <v>51</v>
       </c>
       <c r="C16" t="s">
         <v>10</v>
       </c>
       <c r="D16" t="s">
         <v>29</v>
       </c>
       <c r="E16" t="s">
         <v>42</v>
       </c>
       <c r="F16">
         <v>2023</v>
       </c>
       <c r="G16" t="s">
         <v>43</v>
       </c>
       <c r="H16" t="s">
-        <v>52</v>
+        <v>13</v>
       </c>
     </row>
     <row r="17" spans="1:8">
       <c r="A17" t="s">
         <v>53</v>
       </c>
       <c r="B17" t="s">
         <v>54</v>
       </c>
       <c r="C17" t="s">
         <v>10</v>
       </c>
       <c r="D17" t="s">
         <v>29</v>
       </c>
       <c r="E17" t="s">
         <v>42</v>
       </c>
       <c r="F17">
         <v>2023</v>
       </c>
       <c r="G17"/>
       <c r="H17"/>
     </row>
     <row r="18" spans="1:8">