--- v0 (2025-10-25)
+++ v1 (2025-12-12)
@@ -930,77 +930,77 @@
       <c r="H16"/>
     </row>
     <row r="17" spans="1:8">
       <c r="A17" t="s">
         <v>51</v>
       </c>
       <c r="B17" t="s">
         <v>52</v>
       </c>
       <c r="C17" t="s">
         <v>30</v>
       </c>
       <c r="D17" t="s">
         <v>31</v>
       </c>
       <c r="E17" t="s">
         <v>45</v>
       </c>
       <c r="F17">
         <v>2023</v>
       </c>
       <c r="G17" t="s">
         <v>15</v>
       </c>
       <c r="H17" t="s">
-        <v>35</v>
+        <v>53</v>
       </c>
     </row>
     <row r="18" spans="1:8">
       <c r="A18" t="s">
         <v>51</v>
       </c>
       <c r="B18" t="s">
         <v>52</v>
       </c>
       <c r="C18" t="s">
         <v>30</v>
       </c>
       <c r="D18" t="s">
         <v>31</v>
       </c>
       <c r="E18" t="s">
         <v>45</v>
       </c>
       <c r="F18">
         <v>2023</v>
       </c>
       <c r="G18" t="s">
         <v>15</v>
       </c>
       <c r="H18" t="s">
-        <v>53</v>
+        <v>35</v>
       </c>
     </row>
     <row r="19" spans="1:8">
       <c r="A19" t="s">
         <v>54</v>
       </c>
       <c r="B19" t="s">
         <v>55</v>
       </c>
       <c r="C19" t="s">
         <v>30</v>
       </c>
       <c r="D19" t="s">
         <v>31</v>
       </c>
       <c r="E19" t="s">
         <v>45</v>
       </c>
       <c r="F19">
         <v>2023</v>
       </c>
       <c r="G19"/>
       <c r="H19"/>
     </row>
     <row r="20" spans="1:8">