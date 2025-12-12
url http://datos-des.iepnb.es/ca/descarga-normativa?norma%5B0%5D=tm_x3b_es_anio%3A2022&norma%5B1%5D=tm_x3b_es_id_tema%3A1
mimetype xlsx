--- v0 (2025-10-28)
+++ v1 (2025-12-12)
@@ -56,54 +56,54 @@
   <si>
     <t>Ámbito geográfico político</t>
   </si>
   <si>
     <t>Comunidad Autónoma</t>
   </si>
   <si>
     <t>sg6</t>
   </si>
   <si>
     <t>https://www.google.com/testsg6</t>
   </si>
   <si>
     <t>Resolución</t>
   </si>
   <si>
     <t>Entidades locales</t>
   </si>
   <si>
     <t>Normas con rango de Ley</t>
   </si>
   <si>
     <t>Nacional</t>
   </si>
   <si>
+    <t>Cantabria</t>
+  </si>
+  <si>
     <t>Cataluña</t>
-  </si>
-[...1 lines deleted...]
-    <t>Cantabria</t>
   </si>
   <si>
     <t>Andalucía</t>
   </si>
   <si>
     <t>Prueba Editar Norma Ids2</t>
   </si>
   <si>
     <t>https://www.google.com/testsg7</t>
   </si>
   <si>
     <t>Ordenanza,  Reglamento,  Bando	Anuncio/ edicto</t>
   </si>
   <si>
     <t>Reglamentos (Gobierno, Autonómico, Entidades locales)</t>
   </si>
   <si>
     <t>Extra-Regio</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
@@ -570,51 +570,51 @@
       </c>
     </row>
     <row r="5" spans="1:8">
       <c r="A5" t="s">
         <v>17</v>
       </c>
       <c r="B5" t="s">
         <v>18</v>
       </c>
       <c r="C5" t="s">
         <v>19</v>
       </c>
       <c r="D5" t="s">
         <v>11</v>
       </c>
       <c r="E5" t="s">
         <v>20</v>
       </c>
       <c r="F5">
         <v>2022</v>
       </c>
       <c r="G5" t="s">
         <v>13</v>
       </c>
       <c r="H5" t="s">
-        <v>21</v>
+        <v>15</v>
       </c>
     </row>
     <row r="6" spans="1:8">
       <c r="A6" t="s">
         <v>17</v>
       </c>
       <c r="B6" t="s">
         <v>18</v>
       </c>
       <c r="C6" t="s">
         <v>19</v>
       </c>
       <c r="D6" t="s">
         <v>11</v>
       </c>
       <c r="E6" t="s">
         <v>20</v>
       </c>
       <c r="F6">
         <v>2022</v>
       </c>
       <c r="G6" t="s">
         <v>13</v>
       </c>
       <c r="H6" t="s">
@@ -622,77 +622,77 @@
       </c>
     </row>
     <row r="7" spans="1:8">
       <c r="A7" t="s">
         <v>17</v>
       </c>
       <c r="B7" t="s">
         <v>18</v>
       </c>
       <c r="C7" t="s">
         <v>19</v>
       </c>
       <c r="D7" t="s">
         <v>11</v>
       </c>
       <c r="E7" t="s">
         <v>20</v>
       </c>
       <c r="F7">
         <v>2022</v>
       </c>
       <c r="G7" t="s">
         <v>13</v>
       </c>
       <c r="H7" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
     </row>
     <row r="8" spans="1:8">
       <c r="A8" t="s">
         <v>17</v>
       </c>
       <c r="B8" t="s">
         <v>18</v>
       </c>
       <c r="C8" t="s">
         <v>19</v>
       </c>
       <c r="D8" t="s">
         <v>11</v>
       </c>
       <c r="E8" t="s">
         <v>20</v>
       </c>
       <c r="F8">
         <v>2022</v>
       </c>
       <c r="G8" t="s">
         <v>13</v>
       </c>
       <c r="H8" t="s">
-        <v>14</v>
+        <v>21</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">