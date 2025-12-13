--- v0 (2025-10-25)
+++ v1 (2025-12-13)
@@ -143,54 +143,54 @@
   <si>
     <t>DECRETO 172/2022, de 20 de septiembre, del Catálogo de fauna salvaje autóctona amenazada y de medidas de protección y conservación de la fauna salvaje autóctona protegida.</t>
   </si>
   <si>
     <t>https://dogc.gencat.cat/ca/document-del-dogc/?documentId=937992&amp;validity=1927723&amp;language=ca&amp;traceability=01</t>
   </si>
   <si>
     <t>Decreto</t>
   </si>
   <si>
     <t>sg6</t>
   </si>
   <si>
     <t>https://www.google.com/testsg6</t>
   </si>
   <si>
     <t>Resolución</t>
   </si>
   <si>
     <t>Entidades locales</t>
   </si>
   <si>
     <t>Nacional</t>
   </si>
   <si>
+    <t>Cantabria</t>
+  </si>
+  <si>
     <t>Cataluña</t>
-  </si>
-[...1 lines deleted...]
-    <t>Cantabria</t>
   </si>
   <si>
     <t>Andalucía</t>
   </si>
   <si>
     <t>Orden MAM/2734/2002, de 21 de octubre, por la que se incluyen determinadas especies, subespecies y poblaciones en el Catálogo Nacional de Especies Amenazadas y cambian de categoría y se excluyen otras incluidas en el mismo. BOE 265, de 5 de noviembre de 2005.</t>
   </si>
   <si>
     <t>https://www.boe.es/eli/es/o/2002/10/21/mam2734</t>
   </si>
   <si>
     <t>Orden (orden Ministerial, Ordenes de las Comisiones delegadas del Gobierno)</t>
   </si>
   <si>
     <t>Gobierno</t>
   </si>
   <si>
     <t>Reglamentos (Gobierno, Autonómico, Entidades locales)</t>
   </si>
   <si>
     <t>Orden 2/2022, de 16 de febrero, de la Conselleria de Agricultura, Desarrollo Rural, Emergencia Climática y Transición Ecológica, por la que se actualizan los listados valencianos de especies protegidas de flora y fauna. DOGV 9285 de 24 de febrero de 2022</t>
   </si>
   <si>
     <t>https://dogv.gva.es/es/eli/es-vc/o/2022/02/16/2/</t>
   </si>
@@ -1633,51 +1633,51 @@
       </c>
     </row>
     <row r="41" spans="1:8">
       <c r="A41" t="s">
         <v>103</v>
       </c>
       <c r="B41" t="s">
         <v>104</v>
       </c>
       <c r="C41" t="s">
         <v>105</v>
       </c>
       <c r="D41" t="s">
         <v>41</v>
       </c>
       <c r="E41" t="s">
         <v>50</v>
       </c>
       <c r="F41">
         <v>2022</v>
       </c>
       <c r="G41" t="s">
         <v>42</v>
       </c>
       <c r="H41" t="s">
-        <v>106</v>
+        <v>44</v>
       </c>
     </row>
     <row r="42" spans="1:8">
       <c r="A42" t="s">
         <v>103</v>
       </c>
       <c r="B42" t="s">
         <v>104</v>
       </c>
       <c r="C42" t="s">
         <v>105</v>
       </c>
       <c r="D42" t="s">
         <v>41</v>
       </c>
       <c r="E42" t="s">
         <v>50</v>
       </c>
       <c r="F42">
         <v>2022</v>
       </c>
       <c r="G42" t="s">
         <v>42</v>
       </c>
       <c r="H42" t="s">
@@ -1685,77 +1685,77 @@
       </c>
     </row>
     <row r="43" spans="1:8">
       <c r="A43" t="s">
         <v>103</v>
       </c>
       <c r="B43" t="s">
         <v>104</v>
       </c>
       <c r="C43" t="s">
         <v>105</v>
       </c>
       <c r="D43" t="s">
         <v>41</v>
       </c>
       <c r="E43" t="s">
         <v>50</v>
       </c>
       <c r="F43">
         <v>2022</v>
       </c>
       <c r="G43" t="s">
         <v>42</v>
       </c>
       <c r="H43" t="s">
-        <v>44</v>
+        <v>43</v>
       </c>
     </row>
     <row r="44" spans="1:8">
       <c r="A44" t="s">
         <v>103</v>
       </c>
       <c r="B44" t="s">
         <v>104</v>
       </c>
       <c r="C44" t="s">
         <v>105</v>
       </c>
       <c r="D44" t="s">
         <v>41</v>
       </c>
       <c r="E44" t="s">
         <v>50</v>
       </c>
       <c r="F44">
         <v>2022</v>
       </c>
       <c r="G44" t="s">
         <v>42</v>
       </c>
       <c r="H44" t="s">
-        <v>43</v>
+        <v>106</v>
       </c>
     </row>
     <row r="45" spans="1:8">
       <c r="A45" t="s">
         <v>107</v>
       </c>
       <c r="B45" t="s">
         <v>108</v>
       </c>
       <c r="C45" t="s">
         <v>40</v>
       </c>
       <c r="D45" t="s">
         <v>54</v>
       </c>
       <c r="E45" t="s">
         <v>50</v>
       </c>
       <c r="F45">
         <v>2022</v>
       </c>
       <c r="G45" t="s">
         <v>42</v>
       </c>
       <c r="H45"/>