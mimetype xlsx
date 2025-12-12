--- v0 (2025-10-28)
+++ v1 (2025-12-12)
@@ -227,54 +227,54 @@
   <si>
     <t>Ley 15/2022, de 23 de diciembre, de declaración del Parque Natural del alto Najerilla. BOR 247, 27 de diciembre de 2022</t>
   </si>
   <si>
     <t>https://www.boe.es/eli/es-ri/l/2022/12/23/15</t>
   </si>
   <si>
     <t>La Rioja</t>
   </si>
   <si>
     <t>DECRETO 172/2022, de 20 de septiembre, del Catálogo de fauna salvaje autóctona amenazada y de medidas de protección y conservación de la fauna salvaje autóctona protegida.</t>
   </si>
   <si>
     <t>https://dogc.gencat.cat/ca/document-del-dogc/?documentId=937992&amp;validity=1927723&amp;language=ca&amp;traceability=01</t>
   </si>
   <si>
     <t>sg6</t>
   </si>
   <si>
     <t>https://www.google.com/testsg6</t>
   </si>
   <si>
     <t>Entidades locales</t>
   </si>
   <si>
+    <t>Cantabria</t>
+  </si>
+  <si>
     <t>Cataluña</t>
-  </si>
-[...1 lines deleted...]
-    <t>Cantabria</t>
   </si>
   <si>
     <t>Orden MAM/2734/2002, de 21 de octubre, por la que se incluyen determinadas especies, subespecies y poblaciones en el Catálogo Nacional de Especies Amenazadas y cambian de categoría y se excluyen otras incluidas en el mismo. BOE 265, de 5 de noviembre de 2005.</t>
   </si>
   <si>
     <t>https://www.boe.es/eli/es/o/2002/10/21/mam2734</t>
   </si>
   <si>
     <t>Orden 2/2022, de 16 de febrero, de la Conselleria de Agricultura, Desarrollo Rural, Emergencia Climática y Transición Ecológica, por la que se actualizan los listados valencianos de especies protegidas de flora y fauna. DOGV 9285 de 24 de febrero de 2022</t>
   </si>
   <si>
     <t>https://dogv.gva.es/es/eli/es-vc/o/2022/02/16/2/</t>
   </si>
   <si>
     <t>Orden</t>
   </si>
   <si>
     <t>Orden de 3 de marzo de 2022, de la Consejera de Desarrollo Económico, Sostenibilidad y Medio Ambiente, por la que se actualiza el Catálogo Vasco de Especies Amenazadas de Fauna y Flora Silvestre y Marina, en lo relativo a varias especies de fauna. BOPV 54 de 16 de marzo de 2022</t>
   </si>
   <si>
     <t>https://www.euskadi.eus/web01-bopv/es/bopv2/datos/2022/03/2201233a.shtml</t>
   </si>
   <si>
     <t>País Vasco</t>
   </si>
@@ -1071,77 +1071,77 @@
       <c r="H13"/>
     </row>
     <row r="14" spans="1:8">
       <c r="A14" t="s">
         <v>47</v>
       </c>
       <c r="B14" t="s">
         <v>48</v>
       </c>
       <c r="C14" t="s">
         <v>24</v>
       </c>
       <c r="D14" t="s">
         <v>25</v>
       </c>
       <c r="E14" t="s">
         <v>39</v>
       </c>
       <c r="F14">
         <v>2023</v>
       </c>
       <c r="G14" t="s">
         <v>40</v>
       </c>
       <c r="H14" t="s">
-        <v>29</v>
+        <v>49</v>
       </c>
     </row>
     <row r="15" spans="1:8">
       <c r="A15" t="s">
         <v>47</v>
       </c>
       <c r="B15" t="s">
         <v>48</v>
       </c>
       <c r="C15" t="s">
         <v>24</v>
       </c>
       <c r="D15" t="s">
         <v>25</v>
       </c>
       <c r="E15" t="s">
         <v>39</v>
       </c>
       <c r="F15">
         <v>2023</v>
       </c>
       <c r="G15" t="s">
         <v>40</v>
       </c>
       <c r="H15" t="s">
-        <v>49</v>
+        <v>29</v>
       </c>
     </row>
     <row r="16" spans="1:8">
       <c r="A16" t="s">
         <v>50</v>
       </c>
       <c r="B16" t="s">
         <v>51</v>
       </c>
       <c r="C16" t="s">
         <v>24</v>
       </c>
       <c r="D16" t="s">
         <v>25</v>
       </c>
       <c r="E16" t="s">
         <v>39</v>
       </c>
       <c r="F16">
         <v>2023</v>
       </c>
       <c r="G16"/>
       <c r="H16"/>
     </row>
     <row r="17" spans="1:8">
@@ -1945,51 +1945,51 @@
       </c>
     </row>
     <row r="51" spans="1:8">
       <c r="A51" t="s">
         <v>125</v>
       </c>
       <c r="B51" t="s">
         <v>126</v>
       </c>
       <c r="C51" t="s">
         <v>127</v>
       </c>
       <c r="D51" t="s">
         <v>70</v>
       </c>
       <c r="E51" t="s">
         <v>39</v>
       </c>
       <c r="F51">
         <v>2022</v>
       </c>
       <c r="G51" t="s">
         <v>40</v>
       </c>
       <c r="H51" t="s">
-        <v>128</v>
+        <v>72</v>
       </c>
     </row>
     <row r="52" spans="1:8">
       <c r="A52" t="s">
         <v>125</v>
       </c>
       <c r="B52" t="s">
         <v>126</v>
       </c>
       <c r="C52" t="s">
         <v>127</v>
       </c>
       <c r="D52" t="s">
         <v>70</v>
       </c>
       <c r="E52" t="s">
         <v>39</v>
       </c>
       <c r="F52">
         <v>2022</v>
       </c>
       <c r="G52" t="s">
         <v>40</v>
       </c>
       <c r="H52" t="s">
@@ -1997,77 +1997,77 @@
       </c>
     </row>
     <row r="53" spans="1:8">
       <c r="A53" t="s">
         <v>125</v>
       </c>
       <c r="B53" t="s">
         <v>126</v>
       </c>
       <c r="C53" t="s">
         <v>127</v>
       </c>
       <c r="D53" t="s">
         <v>70</v>
       </c>
       <c r="E53" t="s">
         <v>39</v>
       </c>
       <c r="F53">
         <v>2022</v>
       </c>
       <c r="G53" t="s">
         <v>40</v>
       </c>
       <c r="H53" t="s">
-        <v>72</v>
+        <v>71</v>
       </c>
     </row>
     <row r="54" spans="1:8">
       <c r="A54" t="s">
         <v>125</v>
       </c>
       <c r="B54" t="s">
         <v>126</v>
       </c>
       <c r="C54" t="s">
         <v>127</v>
       </c>
       <c r="D54" t="s">
         <v>70</v>
       </c>
       <c r="E54" t="s">
         <v>39</v>
       </c>
       <c r="F54">
         <v>2022</v>
       </c>
       <c r="G54" t="s">
         <v>40</v>
       </c>
       <c r="H54" t="s">
-        <v>71</v>
+        <v>128</v>
       </c>
     </row>
     <row r="55" spans="1:8">
       <c r="A55" t="s">
         <v>129</v>
       </c>
       <c r="B55" t="s">
         <v>130</v>
       </c>
       <c r="C55" t="s">
         <v>44</v>
       </c>
       <c r="D55" t="s">
         <v>25</v>
       </c>
       <c r="E55" t="s">
         <v>39</v>
       </c>
       <c r="F55">
         <v>2022</v>
       </c>
       <c r="G55" t="s">
         <v>40</v>
       </c>
       <c r="H55"/>