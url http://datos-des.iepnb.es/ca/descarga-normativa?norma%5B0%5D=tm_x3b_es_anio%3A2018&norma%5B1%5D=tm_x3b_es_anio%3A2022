--- v0 (2025-10-26)
+++ v1 (2025-12-12)
@@ -110,54 +110,54 @@
   <si>
     <t>DECRETO 172/2022, de 20 de septiembre, del Catálogo de fauna salvaje autóctona amenazada y de medidas de protección y conservación de la fauna salvaje autóctona protegida.</t>
   </si>
   <si>
     <t>https://dogc.gencat.cat/ca/document-del-dogc/?documentId=937992&amp;validity=1927723&amp;language=ca&amp;traceability=01</t>
   </si>
   <si>
     <t>Decreto</t>
   </si>
   <si>
     <t>sg6</t>
   </si>
   <si>
     <t>https://www.google.com/testsg6</t>
   </si>
   <si>
     <t>Resolución</t>
   </si>
   <si>
     <t>Entidades locales</t>
   </si>
   <si>
     <t>Nacional</t>
   </si>
   <si>
+    <t>Cantabria</t>
+  </si>
+  <si>
     <t>Cataluña</t>
-  </si>
-[...1 lines deleted...]
-    <t>Cantabria</t>
   </si>
   <si>
     <t>Andalucía</t>
   </si>
   <si>
     <t>Orden MAM/2734/2002, de 21 de octubre, por la que se incluyen determinadas especies, subespecies y poblaciones en el Catálogo Nacional de Especies Amenazadas y cambian de categoría y se excluyen otras incluidas en el mismo. BOE 265, de 5 de noviembre de 2005.</t>
   </si>
   <si>
     <t>https://www.boe.es/eli/es/o/2002/10/21/mam2734</t>
   </si>
   <si>
     <t>Orden (orden Ministerial, Ordenes de las Comisiones delegadas del Gobierno)</t>
   </si>
   <si>
     <t>Gobierno</t>
   </si>
   <si>
     <t>Reglamentos (Gobierno, Autonómico, Entidades locales)</t>
   </si>
   <si>
     <t>Orden 2/2022, de 16 de febrero, de la Conselleria de Agricultura, Desarrollo Rural, Emergencia Climática y Transición Ecológica, por la que se actualizan los listados valencianos de especies protegidas de flora y fauna. DOGV 9285 de 24 de febrero de 2022</t>
   </si>
   <si>
     <t>https://dogv.gva.es/es/eli/es-vc/o/2022/02/16/2/</t>
   </si>
@@ -1616,51 +1616,51 @@
       </c>
     </row>
     <row r="33" spans="1:8">
       <c r="A33" t="s">
         <v>92</v>
       </c>
       <c r="B33" t="s">
         <v>93</v>
       </c>
       <c r="C33" t="s">
         <v>94</v>
       </c>
       <c r="D33" t="s">
         <v>30</v>
       </c>
       <c r="E33" t="s">
         <v>39</v>
       </c>
       <c r="F33">
         <v>2022</v>
       </c>
       <c r="G33" t="s">
         <v>31</v>
       </c>
       <c r="H33" t="s">
-        <v>95</v>
+        <v>33</v>
       </c>
     </row>
     <row r="34" spans="1:8">
       <c r="A34" t="s">
         <v>92</v>
       </c>
       <c r="B34" t="s">
         <v>93</v>
       </c>
       <c r="C34" t="s">
         <v>94</v>
       </c>
       <c r="D34" t="s">
         <v>30</v>
       </c>
       <c r="E34" t="s">
         <v>39</v>
       </c>
       <c r="F34">
         <v>2022</v>
       </c>
       <c r="G34" t="s">
         <v>31</v>
       </c>
       <c r="H34" t="s">
@@ -1668,77 +1668,77 @@
       </c>
     </row>
     <row r="35" spans="1:8">
       <c r="A35" t="s">
         <v>92</v>
       </c>
       <c r="B35" t="s">
         <v>93</v>
       </c>
       <c r="C35" t="s">
         <v>94</v>
       </c>
       <c r="D35" t="s">
         <v>30</v>
       </c>
       <c r="E35" t="s">
         <v>39</v>
       </c>
       <c r="F35">
         <v>2022</v>
       </c>
       <c r="G35" t="s">
         <v>31</v>
       </c>
       <c r="H35" t="s">
-        <v>33</v>
+        <v>32</v>
       </c>
     </row>
     <row r="36" spans="1:8">
       <c r="A36" t="s">
         <v>92</v>
       </c>
       <c r="B36" t="s">
         <v>93</v>
       </c>
       <c r="C36" t="s">
         <v>94</v>
       </c>
       <c r="D36" t="s">
         <v>30</v>
       </c>
       <c r="E36" t="s">
         <v>39</v>
       </c>
       <c r="F36">
         <v>2022</v>
       </c>
       <c r="G36" t="s">
         <v>31</v>
       </c>
       <c r="H36" t="s">
-        <v>32</v>
+        <v>95</v>
       </c>
     </row>
     <row r="37" spans="1:8">
       <c r="A37" t="s">
         <v>96</v>
       </c>
       <c r="B37" t="s">
         <v>97</v>
       </c>
       <c r="C37" t="s">
         <v>29</v>
       </c>
       <c r="D37" t="s">
         <v>43</v>
       </c>
       <c r="E37" t="s">
         <v>39</v>
       </c>
       <c r="F37">
         <v>2022</v>
       </c>
       <c r="G37" t="s">
         <v>31</v>
       </c>
       <c r="H37"/>
@@ -2000,51 +2000,51 @@
       <c r="H48" t="s">
         <v>117</v>
       </c>
     </row>
     <row r="49" spans="1:8">
       <c r="A49" t="s">
         <v>122</v>
       </c>
       <c r="B49" t="s">
         <v>123</v>
       </c>
       <c r="C49" t="s">
         <v>26</v>
       </c>
       <c r="D49" t="s">
         <v>43</v>
       </c>
       <c r="E49" t="s">
         <v>39</v>
       </c>
       <c r="F49">
         <v>2018</v>
       </c>
       <c r="G49"/>
       <c r="H49" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
     </row>
     <row r="50" spans="1:8">
       <c r="A50" t="s">
         <v>124</v>
       </c>
       <c r="B50" t="s">
         <v>125</v>
       </c>
       <c r="C50" t="s">
         <v>26</v>
       </c>
       <c r="D50" t="s">
         <v>43</v>
       </c>
       <c r="E50" t="s">
         <v>39</v>
       </c>
       <c r="F50">
         <v>2018</v>
       </c>
       <c r="G50"/>
       <c r="H50" t="s">
         <v>34</v>
       </c>
@@ -2168,75 +2168,75 @@
       <c r="H55" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="56" spans="1:8">
       <c r="A56" t="s">
         <v>136</v>
       </c>
       <c r="B56" t="s">
         <v>137</v>
       </c>
       <c r="C56" t="s">
         <v>29</v>
       </c>
       <c r="D56" t="s">
         <v>43</v>
       </c>
       <c r="E56" t="s">
         <v>39</v>
       </c>
       <c r="F56">
         <v>2018</v>
       </c>
       <c r="G56"/>
       <c r="H56" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
     </row>
     <row r="57" spans="1:8">
       <c r="A57" t="s">
         <v>138</v>
       </c>
       <c r="B57" t="s">
         <v>139</v>
       </c>
       <c r="C57" t="s">
         <v>29</v>
       </c>
       <c r="D57" t="s">
         <v>43</v>
       </c>
       <c r="E57" t="s">
         <v>39</v>
       </c>
       <c r="F57">
         <v>2018</v>
       </c>
       <c r="G57"/>
       <c r="H57" t="s">
-        <v>33</v>
+        <v>32</v>
       </c>
     </row>
     <row r="58" spans="1:8">
       <c r="A58" t="s">
         <v>140</v>
       </c>
       <c r="B58" t="s">
         <v>141</v>
       </c>
       <c r="C58" t="s">
         <v>26</v>
       </c>
       <c r="D58" t="s">
         <v>43</v>
       </c>
       <c r="E58" t="s">
         <v>39</v>
       </c>
       <c r="F58">
         <v>2018</v>
       </c>
       <c r="G58"/>
       <c r="H58" t="s">
         <v>73</v>
       </c>