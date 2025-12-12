--- v0 (2025-10-26)
+++ v1 (2025-12-12)
@@ -2674,75 +2674,75 @@
       <c r="H70" t="s">
         <v>64</v>
       </c>
     </row>
     <row r="71" spans="1:8">
       <c r="A71" t="s">
         <v>160</v>
       </c>
       <c r="B71" t="s">
         <v>161</v>
       </c>
       <c r="C71" t="s">
         <v>45</v>
       </c>
       <c r="D71" t="s">
         <v>46</v>
       </c>
       <c r="E71" t="s">
         <v>47</v>
       </c>
       <c r="F71">
         <v>2017</v>
       </c>
       <c r="G71"/>
       <c r="H71" t="s">
-        <v>81</v>
+        <v>64</v>
       </c>
     </row>
     <row r="72" spans="1:8">
       <c r="A72" t="s">
         <v>160</v>
       </c>
       <c r="B72" t="s">
         <v>161</v>
       </c>
       <c r="C72" t="s">
         <v>45</v>
       </c>
       <c r="D72" t="s">
         <v>46</v>
       </c>
       <c r="E72" t="s">
         <v>47</v>
       </c>
       <c r="F72">
         <v>2017</v>
       </c>
       <c r="G72"/>
       <c r="H72" t="s">
-        <v>64</v>
+        <v>81</v>
       </c>
     </row>
     <row r="73" spans="1:8">
       <c r="A73" t="s">
         <v>162</v>
       </c>
       <c r="B73" t="s">
         <v>163</v>
       </c>
       <c r="C73" t="s">
         <v>150</v>
       </c>
       <c r="D73" t="s">
         <v>46</v>
       </c>
       <c r="E73" t="s">
         <v>47</v>
       </c>
       <c r="F73">
         <v>2017</v>
       </c>
       <c r="G73"/>
       <c r="H73" t="s">
         <v>64</v>
       </c>