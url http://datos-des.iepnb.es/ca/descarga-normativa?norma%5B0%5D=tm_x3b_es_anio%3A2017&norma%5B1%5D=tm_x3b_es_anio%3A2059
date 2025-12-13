--- v0 (2025-10-25)
+++ v1 (2025-12-13)
@@ -2510,75 +2510,75 @@
       <c r="H63" t="s">
         <v>52</v>
       </c>
     </row>
     <row r="64" spans="1:8">
       <c r="A64" t="s">
         <v>148</v>
       </c>
       <c r="B64" t="s">
         <v>149</v>
       </c>
       <c r="C64" t="s">
         <v>33</v>
       </c>
       <c r="D64" t="s">
         <v>34</v>
       </c>
       <c r="E64" t="s">
         <v>35</v>
       </c>
       <c r="F64">
         <v>2017</v>
       </c>
       <c r="G64"/>
       <c r="H64" t="s">
-        <v>69</v>
+        <v>52</v>
       </c>
     </row>
     <row r="65" spans="1:8">
       <c r="A65" t="s">
         <v>148</v>
       </c>
       <c r="B65" t="s">
         <v>149</v>
       </c>
       <c r="C65" t="s">
         <v>33</v>
       </c>
       <c r="D65" t="s">
         <v>34</v>
       </c>
       <c r="E65" t="s">
         <v>35</v>
       </c>
       <c r="F65">
         <v>2017</v>
       </c>
       <c r="G65"/>
       <c r="H65" t="s">
-        <v>52</v>
+        <v>69</v>
       </c>
     </row>
     <row r="66" spans="1:8">
       <c r="A66" t="s">
         <v>150</v>
       </c>
       <c r="B66" t="s">
         <v>151</v>
       </c>
       <c r="C66" t="s">
         <v>138</v>
       </c>
       <c r="D66" t="s">
         <v>34</v>
       </c>
       <c r="E66" t="s">
         <v>35</v>
       </c>
       <c r="F66">
         <v>2017</v>
       </c>
       <c r="G66"/>
       <c r="H66" t="s">
         <v>52</v>
       </c>