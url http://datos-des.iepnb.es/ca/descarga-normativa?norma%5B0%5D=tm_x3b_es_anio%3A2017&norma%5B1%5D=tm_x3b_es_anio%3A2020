--- v0 (2025-10-25)
+++ v1 (2025-12-13)
@@ -3931,75 +3931,75 @@
       <c r="H116" t="s">
         <v>44</v>
       </c>
     </row>
     <row r="117" spans="1:8">
       <c r="A117" t="s">
         <v>234</v>
       </c>
       <c r="B117" t="s">
         <v>235</v>
       </c>
       <c r="C117" t="s">
         <v>10</v>
       </c>
       <c r="D117" t="s">
         <v>11</v>
       </c>
       <c r="E117" t="s">
         <v>50</v>
       </c>
       <c r="F117">
         <v>2017</v>
       </c>
       <c r="G117"/>
       <c r="H117" t="s">
-        <v>51</v>
+        <v>44</v>
       </c>
     </row>
     <row r="118" spans="1:8">
       <c r="A118" t="s">
         <v>234</v>
       </c>
       <c r="B118" t="s">
         <v>235</v>
       </c>
       <c r="C118" t="s">
         <v>10</v>
       </c>
       <c r="D118" t="s">
         <v>11</v>
       </c>
       <c r="E118" t="s">
         <v>50</v>
       </c>
       <c r="F118">
         <v>2017</v>
       </c>
       <c r="G118"/>
       <c r="H118" t="s">
-        <v>44</v>
+        <v>51</v>
       </c>
     </row>
     <row r="119" spans="1:8">
       <c r="A119" t="s">
         <v>236</v>
       </c>
       <c r="B119" t="s">
         <v>237</v>
       </c>
       <c r="C119" t="s">
         <v>225</v>
       </c>
       <c r="D119" t="s">
         <v>11</v>
       </c>
       <c r="E119" t="s">
         <v>50</v>
       </c>
       <c r="F119">
         <v>2017</v>
       </c>
       <c r="G119"/>
       <c r="H119" t="s">
         <v>44</v>
       </c>