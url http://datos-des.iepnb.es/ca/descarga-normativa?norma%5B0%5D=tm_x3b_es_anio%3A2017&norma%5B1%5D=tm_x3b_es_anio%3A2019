--- v0 (2025-10-28)
+++ v1 (2025-12-12)
@@ -3624,75 +3624,75 @@
       <c r="H100" t="s">
         <v>76</v>
       </c>
     </row>
     <row r="101" spans="1:8">
       <c r="A101" t="s">
         <v>227</v>
       </c>
       <c r="B101" t="s">
         <v>228</v>
       </c>
       <c r="C101" t="s">
         <v>35</v>
       </c>
       <c r="D101" t="s">
         <v>36</v>
       </c>
       <c r="E101" t="s">
         <v>28</v>
       </c>
       <c r="F101">
         <v>2017</v>
       </c>
       <c r="G101"/>
       <c r="H101" t="s">
-        <v>156</v>
+        <v>76</v>
       </c>
     </row>
     <row r="102" spans="1:8">
       <c r="A102" t="s">
         <v>227</v>
       </c>
       <c r="B102" t="s">
         <v>228</v>
       </c>
       <c r="C102" t="s">
         <v>35</v>
       </c>
       <c r="D102" t="s">
         <v>36</v>
       </c>
       <c r="E102" t="s">
         <v>28</v>
       </c>
       <c r="F102">
         <v>2017</v>
       </c>
       <c r="G102"/>
       <c r="H102" t="s">
-        <v>76</v>
+        <v>156</v>
       </c>
     </row>
     <row r="103" spans="1:8">
       <c r="A103" t="s">
         <v>229</v>
       </c>
       <c r="B103" t="s">
         <v>230</v>
       </c>
       <c r="C103" t="s">
         <v>218</v>
       </c>
       <c r="D103" t="s">
         <v>36</v>
       </c>
       <c r="E103" t="s">
         <v>28</v>
       </c>
       <c r="F103">
         <v>2017</v>
       </c>
       <c r="G103"/>
       <c r="H103" t="s">
         <v>76</v>
       </c>