--- v0 (2025-10-27)
+++ v1 (2025-12-13)
@@ -3253,75 +3253,75 @@
       <c r="H88" t="s">
         <v>111</v>
       </c>
     </row>
     <row r="89" spans="1:8">
       <c r="A89" t="s">
         <v>200</v>
       </c>
       <c r="B89" t="s">
         <v>201</v>
       </c>
       <c r="C89" t="s">
         <v>23</v>
       </c>
       <c r="D89" t="s">
         <v>20</v>
       </c>
       <c r="E89" t="s">
         <v>16</v>
       </c>
       <c r="F89">
         <v>2017</v>
       </c>
       <c r="G89"/>
       <c r="H89" t="s">
-        <v>67</v>
+        <v>111</v>
       </c>
     </row>
     <row r="90" spans="1:8">
       <c r="A90" t="s">
         <v>200</v>
       </c>
       <c r="B90" t="s">
         <v>201</v>
       </c>
       <c r="C90" t="s">
         <v>23</v>
       </c>
       <c r="D90" t="s">
         <v>20</v>
       </c>
       <c r="E90" t="s">
         <v>16</v>
       </c>
       <c r="F90">
         <v>2017</v>
       </c>
       <c r="G90"/>
       <c r="H90" t="s">
-        <v>111</v>
+        <v>67</v>
       </c>
     </row>
     <row r="91" spans="1:8">
       <c r="A91" t="s">
         <v>202</v>
       </c>
       <c r="B91" t="s">
         <v>203</v>
       </c>
       <c r="C91" t="s">
         <v>190</v>
       </c>
       <c r="D91" t="s">
         <v>20</v>
       </c>
       <c r="E91" t="s">
         <v>16</v>
       </c>
       <c r="F91">
         <v>2017</v>
       </c>
       <c r="G91"/>
       <c r="H91" t="s">
         <v>111</v>
       </c>