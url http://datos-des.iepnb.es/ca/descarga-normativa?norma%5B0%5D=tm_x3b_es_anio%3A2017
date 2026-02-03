--- v1 (2025-12-12)
+++ v2 (2026-02-03)
@@ -12,557 +12,548 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="normativa" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="210">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="207">
   <si>
     <t>Nombre</t>
   </si>
   <si>
     <t>Enlace</t>
   </si>
   <si>
     <t>Rango norma inferior</t>
   </si>
   <si>
     <t>Rango norma intermedia</t>
   </si>
   <si>
     <t>Rango norma superior</t>
   </si>
   <si>
     <t>Año</t>
   </si>
   <si>
     <t>Ámbito geográfico político</t>
   </si>
   <si>
     <t>Comunidad Autónoma</t>
   </si>
   <si>
-    <t>Decreto 2/2017, de 10 de enero, por el que se declara la zona especial de conservación Punta Entinas-Sabinar (ES0000048) y se aprueba el Plan deOrdenación de los Recursos Naturales de la Reserva Natural y el Paraje Natural Punta Entinas-Sabinar</t>
+    <t>"Decreto 2/2017, de 10 de enero, por el que se declara la zona especial de conservación Punta Entinas-Sabinar (ES0000048) y se aprueba el Plan deOrdenación de los Recursos Naturales de la Reserva Natural y el Paraje Natural Punta Entinas-Sabinar"</t>
+  </si>
+  <si>
+    <t>Reglamento de Ejecución (UE) 2017/1263 de la Comisión, de 12 de julio de 2017, por el que se actualiza la lista de especies exóticas invasoras preocupantes para la Unión establecida por el Reglamento de Ejecución (UE) 2016/1141. DOUE 182, de 13 de julio de 2017.</t>
+  </si>
+  <si>
+    <t>https://www.boe.es/buscar/doc.php?id=DOUE-L-2017-81390</t>
+  </si>
+  <si>
+    <t>Reglamentos</t>
+  </si>
+  <si>
+    <t>Normativa Comunitaria</t>
+  </si>
+  <si>
+    <t>Internacional</t>
+  </si>
+  <si>
+    <t>Decisión de ejecución (UE) 2018/37 de la Comisión de 12 de diciembre de 2017 por la que se adopta la undécima lista actualizada de lugares de importancia comunitaria de la región biogeográfica mediterránea (notificado en el documento C(2017) 8239)</t>
+  </si>
+  <si>
+    <t>https://eur-lex.europa.eu/legal-content/ES/TXT/PDF/?uri=CELEX:32018D0037&amp;from=ES</t>
+  </si>
+  <si>
+    <t>Decisiones</t>
+  </si>
+  <si>
+    <t>Enmiendas al Anexo II del Protocolo sobre las zonas especialmente protegidas y la diversidad biológica en el Mediterráneo, adoptadas en la 20.ª reunión de las Partes celebrada en Tirana el 20 de diciembre de 2017. BOE 184, de 2 de agosto de 2019</t>
+  </si>
+  <si>
+    <t>https://www.boe.es/eli/es/ai/2017/12/20/(1)</t>
+  </si>
+  <si>
+    <t>Tratados Internacionales</t>
+  </si>
+  <si>
+    <t>Enmiendas a los Apéndices I y II de la Convención sobre la Conservación de las especies migratorias de animales silvestres, adoptadas en Manila el 28 de octubre de 2017. BOE 234, de 27 de septiembre de 2018</t>
+  </si>
+  <si>
+    <t>https://www.boe.es/eli/es/ai/2017/10/28/(1)</t>
+  </si>
+  <si>
+    <t>Ley 2/2017, de 27 de junio, de declaración del Parque Natural Marítimo-Terrestre Es Trenc-Salobrar de Campos. BOE 222, de 14 de septiembre de 2017</t>
+  </si>
+  <si>
+    <t>https://www.boe.es/eli/es-ib/l/2017/06/27/2</t>
+  </si>
+  <si>
+    <t>Leyes autonómicas</t>
+  </si>
+  <si>
+    <t>Normas con rango de Ley</t>
+  </si>
+  <si>
+    <t>Ley 1/2017, de 28 de marzo, por la que se amplían los límites del Parque NaturalLago de Sanabria y alrededores (Zamora), se modifica su denominación por la de Parque Natural Lago de Sanabria y Sierras Segundera y de Porto (Zamora), y se establece su régimen de protección, uso y gestión. BOCyL 66 de 5 de abril de 2017</t>
+  </si>
+  <si>
+    <t>https://www.boe.es/eli/es-cl/l/2017/03/28/1</t>
+  </si>
+  <si>
+    <t>Decreto Legislativo 1/2017, de 20 de junio, del Gobierno de Aragón, por el que se aprueba el texto refundido de la Ley de Montes de Aragón</t>
+  </si>
+  <si>
+    <t>https://www.boe.es/buscar/act.php?id=BOA-d-2017-90392</t>
+  </si>
+  <si>
+    <t>Decreto 1/2017, de 10 de enero, por el que se declaran Zonas Especiales de Conservación Complejo Endorreico de Espera (ES0000026), Laguna de Medina (ES0000027), Complejo Endorreico de Chiclana (ES0000028), Complejo Endorreico del Puerto de Santa María (ES0000029), Complejo Endorreico de Puerto Real (ES0000030), Laguna de los Tollos (ES6120011), Lagunas de Las Canteras y El Tejón (ES6120014), Laguna de La Ratosa (ES6170001), Lagunas de Campillos (ES6170015), Complejo Endorreico de Utrera (ES6180001), Complejo Endorreico La Lantejuela (ES6180002), Laguna del Gosque (ES6180003) y Laguna de Coripe (ES6180006) y se aprueban el Plan de Ordenación de los Recursos Naturales de las Reservas Naturales de las Lagunas de Cádiz, el Plan de Ordenación de los Recursos Naturales de las Reservas Naturales de las Lagunas de Málaga, el Plan de Ordenación de los Recursos Naturales de las Reservas Naturales de las Lagunas de Sevilla.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/boja/2017/25/3</t>
+  </si>
+  <si>
+    <t>Decreto</t>
+  </si>
+  <si>
+    <t>Autonómico</t>
+  </si>
+  <si>
+    <t>Reglamentos (Gobierno, Autonómico, Entidades locales)</t>
+  </si>
+  <si>
+    <t>Nacional</t>
+  </si>
+  <si>
+    <t>Resolución de 9 de junio de 2017, de la Dirección General de Calidad y Evaluación Ambiental y Medio Natural, por la que se publica el Acuerdo del Consejo de Ministros de 26 de mayo de 2017, por el que se autoriza la inclusión en la Lista del Convenio de Ramsar, relativo a humedales de importancia internacional, especialmente como hábitat de aves acuáticas, del Marjal de almenara, en la Comunitat Valenciana. BOE 149, de 23 de junio de 2017</t>
+  </si>
+  <si>
+    <t>https://www.boe.es/diario_boe/txt.php?id=BOE-A-2017-7164</t>
+  </si>
+  <si>
+    <t>Resolución</t>
+  </si>
+  <si>
+    <t>AGE</t>
+  </si>
+  <si>
+    <t>Comunidad Valenciana</t>
+  </si>
+  <si>
+    <t>Decreto 17/2017, de 14 de febrero, por el que se declara el Lugar de Interés Científico "Sierra del Cordel y Minas de Burguillos del Cerro", en el término municipal de Burguillos del Cerro. DOE 35 de 20 de febrero de 2017</t>
+  </si>
+  <si>
+    <t>https://doe.juntaex.es/pdfs/doe/2017/350o/17040021.pdf</t>
+  </si>
+  <si>
+    <t>Extremadura</t>
+  </si>
+  <si>
+    <t>Decreto 14/2017, de 14 de febrero, por el que se declara el Parque Periurbano de Conservación y Ocio "Dehesa Boyal de Aceituna", en el término municipal de Aceituna. DOE 35 de 20 de febrero de 2017</t>
+  </si>
+  <si>
+    <t>https://doe.juntaex.es/pdfs/doe/2017/350o/17040018.pdf</t>
+  </si>
+  <si>
+    <t>Decreto 16/2017, de 14 de febrero, por el que se declara el Parque Periurbano de Conservación y Ocio "Las Quinientas", en el término municipal de Berlanga. DOE 35 de 20 de febrero de 2017</t>
+  </si>
+  <si>
+    <t>https://doe.juntaex.es/pdfs/doe/2017/350o/17040020.pdf</t>
+  </si>
+  <si>
+    <t>Decreto 36/2017, de 21 de julio, por el que se declaran áreas naturales singulares determinados espacios de la Comunidad Autónoma de La Rioja y se aprueban sus Normas de protección</t>
+  </si>
+  <si>
+    <t>https://ias1.larioja.org//cex/sistemas/GenericoServlet?servlet=cex.sistemas.dyn.portal.ImgServletSis&amp;code=oumCvWIgBUF6lChv9ZDgP%2FhXhSM%2FFmcHNWCW3q4TVjzApHyqPVxRsoD%2BHW0E2YV6LEXZYSr1AOG4%0AikryVoQ55GgOpcWpcOgUf%2F5wfx5pENs%3D&amp;&amp;&amp;</t>
+  </si>
+  <si>
+    <t>La Rioja</t>
+  </si>
+  <si>
+    <t>Decreto 63/2017, de 12 de septiembre, por el que se declara el Monumento Natural Estratotipo de Fuentelsaz. DOCM 185 de 22 de septiembre de 2017</t>
+  </si>
+  <si>
+    <t>https://docm.jccm.es/docm/eli/es-cm/d/2017/09/12/63</t>
+  </si>
+  <si>
+    <t>Castilla-La Mancha</t>
+  </si>
+  <si>
+    <t>http://juntadeandalucia.es/boja/2017/25/3</t>
   </si>
   <si>
     <t>Andalucía</t>
   </si>
   <si>
-    <t>Reglamento de Ejecución (UE) 2017/1263 de la Comisión, de 12 de julio de 2017, por el que se actualiza la lista de especies exóticas invasoras preocupantes para la Unión establecida por el Reglamento de Ejecución (UE) 2016/1141. DOUE 182, de 13 de julio de 2017.</t>
-[...47 lines deleted...]
-    <t>Normas con rango de Ley</t>
+    <t>Decreto 2/2017, de 10 de enero, por el que se declara la zona especial de conservación Punta Entinas-Sabinar (ES0000048) y se aprueba el Plan de Ordenación de los Recursos Naturales de la Reserva Natural y el Paraje Natural Punta Entinas-Sabinar. BOJA 23 de 03/02/2017</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/boja/2017/23/5</t>
+  </si>
+  <si>
+    <t>Decreto 191/2017, de 28 de noviembre, por el que se declara la zona especial de conservación Sierras de Cazorla, Segura y Las Villas (ES0000035) y se aprueban el Plan de Ordenación de los Recursos Naturales y el Plan Rector de Uso y Gestión del Parque Natural Sierras de Cazorla, Segura y Las Villas. BOJA 246 de 27/12/2017</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/boja/2017/246/4</t>
+  </si>
+  <si>
+    <t>Decreto 150/2017, de 19 de septiembre, por el que se aprueba el Plan de Ordenación de los Recursos Naturales del ámbito Los alcornocales, se amplía el ámbito territorial del Parque Natural Los alcornocales y de la Zona de Especial Protección para las Aves Los alcornocales (ES0000049), y se aprueba el Plan Rector de Uso y Gestión del Parque Natural Los alcornocales. BOJA 194, de 9 de octubre</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/medioambiente/portal_web/servicios_generales/Normativa/2017/BOJA17-194-00474-17124-01_00122237.pdf</t>
+  </si>
+  <si>
+    <t>Decreto 171/2017, de 17 de octubre, por el que se declara el Lugar de Interés Científico Minas de Santa Marta, en el término municipal de Santa Marta de los Barros (Badajoz). DOE 203 de 23 de octubre de 2017</t>
+  </si>
+  <si>
+    <t>https://doe.juntaex.es/pdfs/doe/2017/2030o/17040182.pdf</t>
+  </si>
+  <si>
+    <t>Decreto 141/2017, de 5 de septiembre, por el que se declara el Parque Periurbano de Conservación y Ocio Los Baselisos, en el término municipal de Maguilla.DOE 175(12/9/2017)</t>
+  </si>
+  <si>
+    <t>https://doe.juntaex.es/eli/es-ex/d/2017/09/05/141/dof/spa/pdf</t>
+  </si>
+  <si>
+    <t>Decreto 142/2017, de 5 de septiembre, por el que se declara el Parque Periurbano de Conservación y Ocio El Chaparral, en el término municipal de La Albuera.DOE 175(12/9/2017)</t>
+  </si>
+  <si>
+    <t>https://doe.juntaex.es/eli/es-ex/d/2017/09/05/142/dof/spa/pdf</t>
+  </si>
+  <si>
+    <t>Decreto Foral 45/2017, de 24 de mayo, por el que se designa el Lugar de Importancia Comunitaria denominado "Sierra de Artxuga, Zarikieta y Montes de Areta" como Zona Especial de Conservación, se aprueba el Plan de Gestión de la Zona Especial de Conservación y se actualiza el Plan Rector de Uso y Gestión de las Reservas Naturales "Foz de Iñarbe" (RN-9), "Poche de Chinchurrenea" (RN-10) y "Gaztelu" (RN-11). BON 132 de 10/07/2017</t>
+  </si>
+  <si>
+    <t>http://www.lexnavarra.navarra.es/detalle.asp?r=39038</t>
+  </si>
+  <si>
+    <t>Comunidad Foral de Navarra</t>
+  </si>
+  <si>
+    <t>Decreto Foral 120/2017, de 27 de diciembre, por el que se designa el Lugar de Importancia Comunitaria denominado Bardenas Reales como Zona Especial de Conservación, se aprueba el Plan de Gestión de la Zona Especial de Conservación, de la ZEPA ES0000171 El Plano-Blanca alta, de la ZEPA ES0000172 Rincón del Bu-La Nasa-Tripazul y del enclave Natural Pinar de Santa Águeda (EN-4), y se actualiza el Plan Rector de Uso y Gestión de las reservas naturales Vedado de Eguaras (RN-31), Rincón del Bu (RN-36) y Caídas de la Negra (RN-37). BON 20 de 29 de enero de 2018</t>
+  </si>
+  <si>
+    <t>https://bon.navarra.es/es/Anuncio/-/texto/2018/20/0/</t>
+  </si>
+  <si>
+    <t>Decreto 10/2017, de 27 de enero, del Consell, por el que se declaran como zonas especiales de conservación (ZEC) los lugares de importancia comunitaria (LIC) la Sierra de Martés y el Ave, la Muela de Cortes y el Caroche, Valle de Ayora y la Sierra del Boquerón, Sierra de Enguera, y Sierra de Malacara, se modifica el ámbito territorial de la zona de especial protección para las aves (ZEPA) denominada Sierras de Martés-Muela de Cortes, y se aprueba la Norma de gestión de tales ZEC y ZEPA, así como de la ZEPA la Sierra de Malacara. DOCV 7981 de 16 de febrero de 2017</t>
+  </si>
+  <si>
+    <t>http://www.dogv.gva.es/datos/2017/02/16/pdf/2017_1237.pdf</t>
+  </si>
+  <si>
+    <t>Resolución del Consejero de Medio Ambiente, Agricultura y Pesca de inclusión y recatalogación de especies en el Catálogo Balear de Especies Amenazadas y de Especial Protección. BOIB 131, de 26 de octubre de 2017.</t>
+  </si>
+  <si>
+    <t>https://intranet.caib.es/eboibfront/es/2017/10727/601012/Resolución-del-consejero-de-medio-ambiente-agricul</t>
   </si>
   <si>
     <t>Illes Balears</t>
   </si>
   <si>
-    <t>Ley 1/2017, de 28 de marzo, por la que se amplían los límites del Parque NaturalLago de Sanabria y alrededores (Zamora), se modifica su denominación por la de Parque Natural Lago de Sanabria y Sierras Segundera y de Porto (Zamora), y se establece su régimen de protección, uso y gestión. BOCyL 66 de 5 de abril de 2017</t>
-[...145 lines deleted...]
-  <si>
     <t>Decreto 3/2017, de 10 de enero, por el que se aprueba la parte Normativa del Plan Rector de Uso y Gestión del Parque Natural de Armañón, y se Ordena la publicación íntegra del Plan Rector de Uso y Gestión y Documento de Directrices y Actuaciones de Gestión para el Parque Natural y la Zona Especial De Conservación (ZEC) Armañón ES2130001. BOPV 16, de 24 de enero de 2017</t>
   </si>
   <si>
     <t>https://www.euskadi.eus/y22-bopv/es/bopv2/datos/2017/01/1700418a.shtml</t>
   </si>
   <si>
+    <t>Decreto 87/2017, de 5 de diciembre, por el que se aprueba el Plan Rector de Uso y Gestión del Parque Nacional  de Las Tablas de Daimiel. DOCM 242, de 18/12/2017</t>
+  </si>
+  <si>
+    <t>http://docm.jccm.es/docm/eli/es-cm/d/2017/12/05/87</t>
+  </si>
+  <si>
+    <t>Decreto 93/2017, de 20 de junio, por el que se modifica el Decreto 102/2004, de 28 de junio, por el que se regula la Junta Rectora de la Zona Especial de Conservación (ZEC) Embalse de Orellana y Sierra de Pela. DOE 121 de 26 de junio de 2017</t>
+  </si>
+  <si>
+    <t>https://doe.juntaex.es/pdfs/doe/2017/1210o/17040101.pdf</t>
+  </si>
+  <si>
+    <t>Decreto Foral 120/2017, DE 27 DE DICIEMBRE: DESIGNA EL LIC DENOMINADO ¿BARDENAS REalES¿ COMO ZEC, SE APRUEBA EL PLAN DE GESTIÓN DE LA ZONA ESPECIal DE CONSERVACIÓN, DE LA ZEPA ES0000171 ¿EL PLANO-BLANCA alTA¿, DE LA ZEPA ES0000172 ¿RINCÓN DEL BU-LA NASA-T</t>
+  </si>
+  <si>
+    <t>http://www.lexnavarra.navarra.es/detalle.asp?r=52134</t>
+  </si>
+  <si>
+    <t>Orden APM/844/2017, de 28 de agosto, por la que se establece la reserva marina de interés pesquero de Cabo Tiñoso, y se definen su delimitación, zonas y usos. BOE 216, de 8 de septiembre de 2017</t>
+  </si>
+  <si>
+    <t>https://www.boe.es/eli/es/o/2017/08/28/apm844</t>
+  </si>
+  <si>
+    <t>Orden</t>
+  </si>
+  <si>
+    <t>Real Decreto 1005/2017, del 24 de noviembre, por el que se modifica el Plan rector de uso y gestión del área protegida de las Islas Medes, aprobado por el Decreto 222/2008, de 11 de noviembre, se establecen las reglas de aplicación durante su vigencia transitoria y se crea el Consejo Científico del Parque Natural del Montgrí, las Islas Medes y el Baix Ter. DOGC 7507 de 29/11/2017</t>
+  </si>
+  <si>
+    <t>https://www.boe.es/eli/es/rd/2017/11/24/1005</t>
+  </si>
+  <si>
+    <t>Real Decreto</t>
+  </si>
+  <si>
+    <t>Gobierno</t>
+  </si>
+  <si>
+    <t>Resolución de 13 de enero de 2017, de la Consejería de Desarrollo Rural y Recursos Naturales, por la que se dispone la ejecución de la sentencia dictada en el recurso contencioso-administrativo procedimiento ordinario 328/2015. BOPA 24 de 31/01/2017</t>
+  </si>
+  <si>
+    <t>https://sede.asturias.es/bopa/2017/01/31/2017-00566.pdf</t>
+  </si>
+  <si>
+    <t>Resolución de 13 de enero de 2017, de la Consejería de Desarrollo Rural y Recursos Naturales, por la que se dispone la ejecución de la sentencia dictada en el recurso contencioso-administrativo procedimiento ordinario 330/2015. BOPA 24 de 31/01/2017</t>
+  </si>
+  <si>
+    <t>https://sede.asturias.es/bopa/2017/01/31/2017-00565.pdf</t>
+  </si>
+  <si>
+    <t>Resolución de 13 de enero de 2017, de la Consejería de Desarrollo Rural y Recursos Naturales, por la que se dispone la ejecución de la sentencia dictada en el recurso contencioso-administrativo procedimiento ordinario 332/2015. BOPA 24 de 31/01/2017</t>
+  </si>
+  <si>
+    <t>https://sede.asturias.es/bopa/2017/01/31/2017-00564.pdf</t>
+  </si>
+  <si>
+    <t>Resolución de 16 de enero de 2017, de la Consejería de Desarrollo Rural y Recursos Naturales, por la que se dispone la ejecución de la sentencia dictada en el recurso contencioso-administrativo procedimiento ordinario 250/2015. BOPA 24, de 31 de enero de 2017</t>
+  </si>
+  <si>
+    <t>https://sede.asturias.es/bopa/2017/01/31/2017-00563.pdf</t>
+  </si>
+  <si>
+    <t>Resolución de 16 de enero de 2017, de la Consejería de Desarrollo Rural y Recursos Naturales, por la que se dispone la ejecución de la sentencia dictada en el recurso contencioso-administrativo procedimiento ordinario 317/2015. BOPA 24, de 31 de enero de 2017</t>
+  </si>
+  <si>
+    <t>https://sede.asturias.es/bopa/2017/01/31/2017-00562.pdf</t>
+  </si>
+  <si>
+    <t>Resolución de 17 de enero de 2017, de la Consejería de Desarrollo Rural y Recursos Naturales, por la que se dispone la ejecución de la sentencia dictada en el recurso contencioso-administrativo procedimiento ordinario 326/2015</t>
+  </si>
+  <si>
+    <t>https://sede.asturias.es/bopa/2017/01/31/2017-00561.pdf</t>
+  </si>
+  <si>
+    <t>Resolución de 17 de enero de 2017, de la Consejería de Desarrollo Rural y Recursos Naturales, por la que se dispone la ejecución de la sentencia dictada en el recurso contencioso-administrativo procedimiento ordinario 329/2015. BOPA 24 de 31/01/2017</t>
+  </si>
+  <si>
+    <t>https://sede.asturias.es/bopa/2017/01/31/2017-00560.pdf</t>
+  </si>
+  <si>
+    <t>Resolución de 17 de enero de 2017, de la Consejería de Desarrollo Rural y Recursos Naturales, por la que se dispone la ejecución de la sentencia dictada en el recurso contencioso-administrativo procedimiento ordinario 331/2015. BOPA 24 de 31/01/2017</t>
+  </si>
+  <si>
+    <t>https://sede.asturias.es/bopa/2017/01/31/2017-00559.pdf</t>
+  </si>
+  <si>
+    <t>Resolución de 17 de noviembre de 2016, de la Consejería de Desarrollo Rural y Recursos Naturales, por la que se dispone la ejecución de la sentencia dictada en el Recurso Contencioso-Administrativo, procedimiento ordinario 167/2015. BOPA 10 de 14/01/2017</t>
+  </si>
+  <si>
+    <t>https://sede.asturias.es/bopa/2017/01/14/2017-00157.pdf</t>
+  </si>
+  <si>
+    <t>Resolución de 18 de diciembre de 2017, de la Secretaría General Técnica, por la que se dispone el cumplimiento y publicación del fallo de la Sentencia de 25 de mayo de 2017 de la Sección Tercera de la Sala de lo Contencioso-Administrativo del Tribunal Superior de Justicia de Andalucía, con sede en Sevilla, en relación al recurso contencioso-administrativo núm. 22/2016. BOJA 244 de 22/12/2017</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/boja/2017/244/39</t>
+  </si>
+  <si>
+    <t>Resolución de 29 de diciembre de 2016, de la Consejería de Desarrollo Rural y Recursos Naturales, por la que se dispone la ejecución de la sentencia dictada en el recurso contencioso-administrativo procedimiento ordinario 316/2015. BOPA 18 de 24 de enero de 2017</t>
+  </si>
+  <si>
+    <t>https://sede.asturias.es/bopa/2017/01/24/2017-00355.pdf</t>
+  </si>
+  <si>
+    <t>Decreto 18/2017, de 30 de marzo, por el que se designan zonas especiales de conservación cinco lugares de importancia comunitaria litorales de la Región Biogeográfica Atlántica de Cantabria y se aprueba su Plan Marco de Gestión. BOC 70 de 10 de abril de 2017</t>
+  </si>
+  <si>
+    <t>https://boc.cantabria.es/boces/verAnuncioAction.do?idAnuBlob=311422</t>
+  </si>
+  <si>
+    <t>Decreto 19/2017, de 30 de marzo, por el que se designan zonas especiales de conservación nueve lugares de importancia comunitaria fluviales de la Región Biogeográfica Atlántica de Cantabria y se aprueba su Plan Marco de Gestión. BOC 72 de 12 de abril de 2017</t>
+  </si>
+  <si>
+    <t>https://boc.cantabria.es/boces/verAnuncioAction.do?idAnuBlob=311529</t>
+  </si>
+  <si>
+    <t>Decreto 57/2017, de 5 de septiembre, por el que se declaran como Zonas Especiales de Conservación (ZEC) de la Red Natura 2000 en Castilla-La Mancha, tres Lugares de Importancia Comunitaria (LIC), se propone a la Comisión Europea la modificación de los límites de dos Lugares de Importancia Comunitaria (LIC), y se modifican los límites de tres Zonas de Especial Protección para las Aves (ZEPA). DOCM 178 de 13 de Septiembre de 2017</t>
+  </si>
+  <si>
+    <t>https://docm.jccm.es/docm/eli/es-cm/d/2017/09/05/57</t>
+  </si>
+  <si>
+    <t>Decreto Foral 14/2017, de 8 de marzo, por el que se designa el Lugar de Importancia Comunitaria denominado "Tramos Bajos del Aragón y del Arga" como Zona Especial de Conservación, se aprueba el Plan de Gestión de la Zona Especial de Conservación y de los Enclaves Naturales "Soto López" (EN-6), "Sotos de la Recueja" (EN-7), "Soto de Campo Llano" (EN-14), "Soto de la Biona" (EN-15), "Soto de Escueral" (EN-16), "Soto Sequero" (EN-17), "Soto Ártica" (EN-18), "Soto Arenales" (EN-19), "Soto Valporres-Soto Bajo" (EN-20), "Sotos de Rada" (EN-21), "Soto de la Muga" (EN-22) y "Soto de Santa Eulalia" (EN-23) y se actualizan los Planes Rectores de Uso y Gestión de las Reservas Naturales "Sotos del Arquillo y Barbaraces" (RN-28), "Sotos de la Lobera y Sotillo" (RN-29) y "Sotos Gil y Ramal Hondo" (RN-30). BON 82 de 28 de abril de 2017</t>
+  </si>
+  <si>
+    <t>https://www.lexnavarra.navarra.es/detalle.asp?r=38737</t>
+  </si>
+  <si>
+    <t>Decreto Foral 76/2017, de 30 de agosto, por el que se designa el Lugar de Importancia Comunitaria denominado “Yesos de la Ribera Estellesa” como Zona Especial de Conservación, se aprueba el Plan de Gestión de la Zona Especial de Conservación y se aprueba el Plan de Gestión del Enclave Natural “Pinares de Lerín” (EN-3). BON 184 de 22 de septiembre de 2017</t>
+  </si>
+  <si>
+    <t>http://www.lexnavarra.navarra.es/detalle.asp?r=39278</t>
+  </si>
+  <si>
+    <t>Decreto 11/2017, de 15 de febrero, de declaración de la Zona Especial de Conservación de los Ríos Mula y Pliego, y aprobación de su plan de gestión. BORM 46, de 25 de febrero de 2017</t>
+  </si>
+  <si>
+    <t>https://www.borm.es/#/home/Anuncio/25-02-2017/1356</t>
+  </si>
+  <si>
+    <t>Región de Murcia</t>
+  </si>
+  <si>
+    <t>Decreto Foral 43/2017, de 24 de mayo, por el que se designa el Lugar de Importancia Comunitaria denominado "Sierra de Leire y Foz de Arbaiun" como Zona Especial de Conservación, se aprueba el Plan de Gestión de la Zona Especial de Conservación y se actualiza el Plan Rector de Uso y Gestión de las Reservas Naturales "Foz de Arbayún" (RN-16), "Acantilados de la Piedra y San Adrián" (RN-24) y "Foz de Lumbier" (RN-25). BON 132 de 10 de julio de 2017</t>
+  </si>
+  <si>
+    <t>https://www.lexnavarra.navarra.es/detalle.asp?r=39037</t>
+  </si>
+  <si>
+    <t>Decreto 1/2017, de 10 de enero, por el que se declaran Zonas Especiales de Conservación Complejo Endorreico de Espera , Laguna de Medina, Complejo Endorreico de Chiclana, Complejo Endorreico del Puerto de Santa María, Complejo Endorreico de Puerto Real, Laguna de los Tollos, Lagunas de Las Canteras y El Tejón, Laguna de La Ratosa, Lagunas de Campillos, Complejo Endorreico de Utrera, Complejo Endorreico La Lantejuela, Laguna del Gosque y Laguna de Coripe y se aprueban el Plan de Ordenación de los Recursos Naturales de las Reservas Naturales de las Lagunas de Cádiz, el Plan de Ordenación de los Recursos Naturales de las Reservas Naturales de las Lagunas de Málaga, el Plan de Ordenación de los Recursos Naturales de las Reservas Naturales de las Lagunas de Sevilla. BOJA 25 de 07/02/2017</t>
+  </si>
+  <si>
+    <t>Decreto 1/2017, de 10 de enero, por el que se declaran Zonas Especiales de Conservación Complejo Endorreico de Espera (ES0000026), Laguna de Medina (ES0000027), Complejo Endorreico de Chiclana (ES0000028), Complejo Endorreico del Puerto de Santa María (ES0000029), Complejo Endorreico de Puerto Real (ES0000030), Laguna de los Tollos (ES6120011), Lagunas de Las Canteras y El Tejón (ES6120014), Laguna de La Ratosa (ES6170001), Lagunas de Campillos (ES6170015), Complejo Endorreico de Utrera (ES6180001), Complejo Endorreico La Lantejuela (ES6180002), Laguna del Gosque (ES6180003) y Laguna de Coripe (ES6180006) y se aprueban el Plan de Ordenación de los Recursos Naturales de las Reservas Naturales de las Lagunas de Cádiz, el Plan de Ordenación de los Recursos Naturales de las Reservas Naturales de las Lagunas de Málaga, el Plan de Ordenación de los Recursos Naturales de las Reservas Naturales de las Lagunas de Sevilla. (juntadeandalucia.es)</t>
+  </si>
+  <si>
+    <t>Plan de Ordenación de los Recursos Naturales (PORN) de las Reservas Naturales de las Lagunas de Cádiz. BOJA 25 de 7 de febrero de 2017</t>
+  </si>
+  <si>
+    <t>http://www.juntadeandalucia.es/eboja/2017/25/BOJA17-025-00131-1711-02_00107082.pdf</t>
+  </si>
+  <si>
+    <t>Circular o instrucción</t>
+  </si>
+  <si>
+    <t>Decreto 26/2017, de 14 de marzo, del Consejo de Gobierno, por el que se declara la zona especial de conservación Cuencas de los ríos alberche y Cofio y se aprueban su plan de gestión y el de la zona de especial protección para las aves Encinares del río alberche y río Cofio. BOCM 65 de 17 de marzo de 2017</t>
+  </si>
+  <si>
+    <t>https://gestiona.comunidad.madrid/wleg_pub/secure/Normativas/contenidoNormativa.jsf?opcion=VerHtml&amp;nmNorma=10023&amp;cdestado=P&amp;eli=true#no-back-button</t>
+  </si>
+  <si>
+    <t>Comunidad de Madrid</t>
+  </si>
+  <si>
+    <t>Decreto Foral 68/2017, de 5 de julio, por el que se designa el Lugar de Importancia Comunitaria denominado Peña Izaga como Zona Especial de Conservación y se aprueba el Plan de Gestión de la Zona Especial de Conservación y de la Zona de Especial Protección para las Aves Peña Izaga. BON 151 de 07 de agosto de 2017</t>
+  </si>
+  <si>
+    <t>http://www.lexnavarra.navarra.es/detalle.asp?r=39142</t>
+  </si>
+  <si>
+    <t>Decreto Foral 44/2017, de 24 de mayo, por el que se designa el Lugar de Importancia Comunitaria denominado "Arabarko" como Zona Especial de Conservación y se aprueba el Plan de Gestión de la Zona Especial de Conservación. BON 129 de 05/07/2017</t>
+  </si>
+  <si>
+    <t>http://www.lexnavarra.navarra.es/detalle.asp?r=39024</t>
+  </si>
+  <si>
+    <t>Plan de gestión aprobado en base a la Orden 63/2017, de 3 de abril, de la Consejería de Agricultura, Medio Ambiente y Desarrollo Rural, por la que se aprueba el Plan de gestión de las zonas de especial protección para las aves de ambientes esteparios. DOCM 67 de 5 de abril de 2017</t>
+  </si>
+  <si>
+    <t>https://www.castillalamancha.es/sites/default/files/documentos/pdf/20170425/Orden_63_2017_aprob_plan_zepas_esteparias.pdf</t>
+  </si>
+  <si>
+    <t>Decreto 20/2017, de 28 de febrero, por el que se declaran como Zonas Especiales de Conservación (ZEC) de la Red Natura 2000 en Castilla-La Mancha, 7 Lugares de importancia Comunitaria (LIC), se propone a la Comisión Europea la modificación de los límites de 10 Lugares de Importancia Comunitaria (LIC), y se modifican los límites de 8 Zonas de Especial Protección para las Aves (ZEPA). DOCM 45 de 06/03/2017</t>
+  </si>
+  <si>
+    <t>http://docm.jccm.es/docm/eli/es-cm/d/2017/02/28/20</t>
+  </si>
+  <si>
+    <t>Plan de gestión del espacio Red Natura ES0000164 / ES0000488 "Sierra de Ayllón"</t>
+  </si>
+  <si>
+    <t>http://www.castillalamancha.es/node/199664</t>
+  </si>
+  <si>
+    <t>Plan de gestión para el espacio Red Natura ES0000165 / ES0000489 "Valle y salinas del Salado"</t>
+  </si>
+  <si>
+    <t>http://www.castillalamancha.es/node/199672</t>
+  </si>
+  <si>
+    <t>Plan de gestión para el espacio Red Natura ES0000168 "Llanuras de Oropesa, Lagartera y Calera y Chozas"</t>
+  </si>
+  <si>
+    <t>http://www.castillalamancha.es/node/199652</t>
+  </si>
+  <si>
+    <t>Decreto Foral 8/2017, de 15 de febrero, por el que se designa el Lugar de Importancia Comunitaria denominado "Sierra de Lokiz" como Zona Especial de Conservación, se aprueba el Plan de Gestión de la Zona Especial de Conservación y se actualiza el Plan Rector de Uso y Gestión de la Reserva Natural "Basaura" (RN-15). BON de 04 de abril de 2017</t>
+  </si>
+  <si>
+    <t>http://www.lexnavarra.navarra.es/detalle.asp?r=52135</t>
+  </si>
+  <si>
+    <t>Decreto Foral 16/2017, de 8 de marzo, por el que se designa el Lugar de Importancia Comunitaria denominado "Ríos Ega-Urederra" como Zona Especial de Conservación, se aprueba el Plan de Gestión de la Zona Especial de Conservación y se actualizan los Planes Rectores de Uso y Gestión de las Reservas Naturales "Nacedero del Urederra" (RN-14) y "Barranco de Lasia" (RN-13). BON 82, 28/04/2017</t>
+  </si>
+  <si>
+    <t>https://www.lexnavarra.navarra.es/detalle.asp?r=38739</t>
+  </si>
+  <si>
+    <t>Decreto Foral 22/2017, de 5 de abril de 2017, por el que se designa el Lugar de Importancia Comunitaria denominado Sierra de Ugarra como Zona Especial de Conservación y se aprueba el Plan de Gestión de la Zona Especial de Conservación. BON 88 de 09 de Mayo de 2017</t>
+  </si>
+  <si>
+    <t>https://bon.navarra.es/es/Anuncio/-/texto/2017/88/0</t>
+  </si>
+  <si>
+    <t>Plan de Ordenación de los Recursos Naturales de las Reservas Naturales de las Lagunas de Sevilla. BOJA 25 de 7 de febrero de 2017</t>
+  </si>
+  <si>
+    <t>http://www.juntadeandalucia.es/eboja/2017/25/BOJA17-025-00098-1711-04_00107082.pdf</t>
+  </si>
+  <si>
+    <t>Decreto 116/2017, de 1 de septiembre, del Consell, por el que se declaran como Zonas Especiales de Conservación los Lugares de Importancia Comunitaria alto Turia (ES5232006), Sabinar de alpuente (ES5233008) y Sierra del Negrete (ES5233009) y se aprueba la Norma de gestión de tales Zonas Especiales de Conservación y de la Zona de Especial Protección para las Aves alto Turia y Sierra del Negrete (ES0000449) DOCV 8122 de 7 de septiembre de 2017.</t>
+  </si>
+  <si>
+    <t>https://dogv.gva.es/datos/2017/09/07/pdf/2017_7781.pdf</t>
+  </si>
+  <si>
+    <t>Acuerdo 59/2017, del Consejo de Diputados de 7 de febrero, que contesta a las alegaciones y aprueba el documento definitivo de “Directrices y Medidas” de la Zona Especial de Conserva ción ZEC ES2110021 “Lagunas de Laguardia” y del Biotopo Protegido del “Complejo Lagunar de Laguardia” a los efectos previstos en el Decreto del Gobierno Vasco 34/2016, de 1 de marzo. BOTHA 19 de 15 de febrero de 2017</t>
+  </si>
+  <si>
+    <t>http://araba.eus/botha/Boletines/2017/019/2017_019_00540_C.pdf</t>
+  </si>
+  <si>
+    <t>Local/Municipal</t>
+  </si>
+  <si>
     <t>País Vasco</t>
-  </si>
-[...265 lines deleted...]
-    <t>Local/Municipal</t>
   </si>
   <si>
     <t>Decreto Foral 46/2017, de 24 de mayo, por el que se designa el Lugar de Importancia Comunitaria denominado "Sierra de Codés" como Zona Especial de Conservación, se aprueba el Plan de Gestión de la Zona Especial de Conservación y se actualiza el Plan Rector de Uso y Gestión de la Reserva Natural "Peñalabeja" (RN-19). BON 133 de 11/07/2017</t>
   </si>
   <si>
     <t>http://www.lexnavarra.navarra.es/detalle.asp?r=39042</t>
   </si>
   <si>
     <t>Decreto Foral 15/2017, de 8 de marzo, por el que se designa el Lugar de Importancia Comunitaria denominado "Río Ebro" como Zona Especial de Conservación, se aprueba el Plan de Gestión de la Zona Especial de Conservación y de los Enclaves Naturales "Sotos de Murillo de las Limas" (EN-10), "Sotos de Traslapuente" (EN-11), "Soto de la Mejana de Santa Isabel" (EN-12), "Soto alto" (EN-24), "Soto Giraldelli" (EN-25), "Soto de Mora" (EN-26) y "Soto de los Tetones" (EN-28) y se actualizan los Planes Rectores de Uso y Gestión de las Reservas Naturales "Soto del Ramalete" (RN- 32), "Soto de la Remonta" (RN-33) y "Sotos del Quebrado, el Ramillo y la Mejana" (RN-38). BON 82, 28/04/2017</t>
   </si>
   <si>
     <t>https://www.lexnavarra.navarra.es/detalle.asp?r=38738</t>
   </si>
   <si>
     <t>Plan de gestión para el espacio de la Red Natura 2000 ES4210001 "Hoces del río Júcar"</t>
   </si>
   <si>
     <t>http://www.castillalamancha.es/node/199646</t>
   </si>
   <si>
     <t>Plan de gestión del espacio Red Natura ES4210008 / ES0000388 "Sierra de Alcaraz y Segura y cañones del Segura y del Mundo"</t>
   </si>
   <si>
     <t>http://www.castillalamancha.es/node/199661</t>
   </si>
@@ -989,51 +980,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:H93"/>
+  <dimension ref="A1:H88"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="1093.447" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="1119.441" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="89.55" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="63.556" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="31.707" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
@@ -1045,2211 +1036,2045 @@
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2" spans="1:8">
       <c r="A2" t="s">
         <v>8</v>
       </c>
       <c r="B2"/>
       <c r="C2"/>
       <c r="D2"/>
       <c r="E2"/>
       <c r="F2">
         <v>2017</v>
       </c>
       <c r="G2"/>
-      <c r="H2" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H2"/>
     </row>
     <row r="3" spans="1:8">
       <c r="A3" t="s">
+        <v>9</v>
+      </c>
+      <c r="B3" t="s">
         <v>10</v>
-      </c>
-[...1 lines deleted...]
-        <v>11</v>
       </c>
       <c r="C3"/>
       <c r="D3" t="s">
+        <v>11</v>
+      </c>
+      <c r="E3" t="s">
         <v>12</v>
       </c>
-      <c r="E3" t="s">
+      <c r="F3">
+        <v>2017</v>
+      </c>
+      <c r="G3" t="s">
         <v>13</v>
-      </c>
-[...4 lines deleted...]
-        <v>14</v>
       </c>
       <c r="H3"/>
     </row>
     <row r="4" spans="1:8">
       <c r="A4" t="s">
+        <v>14</v>
+      </c>
+      <c r="B4" t="s">
         <v>15</v>
-      </c>
-[...1 lines deleted...]
-        <v>16</v>
       </c>
       <c r="C4"/>
       <c r="D4" t="s">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="E4" t="s">
+        <v>12</v>
+      </c>
+      <c r="F4">
+        <v>2017</v>
+      </c>
+      <c r="G4" t="s">
         <v>13</v>
-      </c>
-[...4 lines deleted...]
-        <v>14</v>
       </c>
       <c r="H4"/>
     </row>
     <row r="5" spans="1:8">
       <c r="A5" t="s">
+        <v>17</v>
+      </c>
+      <c r="B5" t="s">
         <v>18</v>
-      </c>
-[...1 lines deleted...]
-        <v>19</v>
       </c>
       <c r="C5"/>
       <c r="D5"/>
       <c r="E5" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="F5">
         <v>2017</v>
       </c>
       <c r="G5" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="H5"/>
     </row>
     <row r="6" spans="1:8">
       <c r="A6" t="s">
+        <v>20</v>
+      </c>
+      <c r="B6" t="s">
         <v>21</v>
-      </c>
-[...1 lines deleted...]
-        <v>22</v>
       </c>
       <c r="C6"/>
       <c r="D6"/>
       <c r="E6" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="F6">
         <v>2017</v>
       </c>
       <c r="G6" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="H6"/>
     </row>
     <row r="7" spans="1:8">
       <c r="A7" t="s">
+        <v>22</v>
+      </c>
+      <c r="B7" t="s">
         <v>23</v>
-      </c>
-[...1 lines deleted...]
-        <v>24</v>
       </c>
       <c r="C7"/>
       <c r="D7" t="s">
+        <v>24</v>
+      </c>
+      <c r="E7" t="s">
         <v>25</v>
       </c>
-      <c r="E7" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F7">
         <v>2017</v>
       </c>
       <c r="G7"/>
-      <c r="H7" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H7"/>
     </row>
     <row r="8" spans="1:8">
       <c r="A8" t="s">
-        <v>28</v>
+        <v>26</v>
       </c>
       <c r="B8" t="s">
-        <v>29</v>
+        <v>27</v>
       </c>
       <c r="C8"/>
       <c r="D8" t="s">
+        <v>24</v>
+      </c>
+      <c r="E8" t="s">
         <v>25</v>
       </c>
-      <c r="E8" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F8">
         <v>2017</v>
       </c>
       <c r="G8"/>
-      <c r="H8" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H8"/>
     </row>
     <row r="9" spans="1:8">
       <c r="A9" t="s">
-        <v>31</v>
+        <v>28</v>
       </c>
       <c r="B9" t="s">
-        <v>32</v>
-[...3 lines deleted...]
-      </c>
+        <v>29</v>
+      </c>
+      <c r="C9"/>
       <c r="D9" t="s">
-        <v>34</v>
+        <v>24</v>
       </c>
       <c r="E9" t="s">
-        <v>35</v>
+        <v>25</v>
       </c>
       <c r="F9">
         <v>2017</v>
       </c>
-      <c r="G9" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="G9"/>
       <c r="H9"/>
     </row>
     <row r="10" spans="1:8">
       <c r="A10" t="s">
-        <v>37</v>
+        <v>30</v>
       </c>
       <c r="B10" t="s">
-        <v>38</v>
+        <v>31</v>
       </c>
       <c r="C10" t="s">
-        <v>39</v>
+        <v>32</v>
       </c>
       <c r="D10" t="s">
-        <v>34</v>
+        <v>33</v>
       </c>
       <c r="E10" t="s">
+        <v>34</v>
+      </c>
+      <c r="F10">
+        <v>2017</v>
+      </c>
+      <c r="G10" t="s">
         <v>35</v>
-      </c>
-[...4 lines deleted...]
-        <v>36</v>
       </c>
       <c r="H10"/>
     </row>
     <row r="11" spans="1:8">
       <c r="A11" t="s">
-        <v>40</v>
+        <v>36</v>
       </c>
       <c r="B11" t="s">
-        <v>41</v>
+        <v>37</v>
       </c>
       <c r="C11" t="s">
-        <v>33</v>
+        <v>38</v>
       </c>
       <c r="D11" t="s">
-        <v>34</v>
+        <v>33</v>
       </c>
       <c r="E11" t="s">
+        <v>34</v>
+      </c>
+      <c r="F11">
+        <v>2017</v>
+      </c>
+      <c r="G11" t="s">
         <v>35</v>
       </c>
-      <c r="F11">
-[...2 lines deleted...]
-      <c r="G11"/>
       <c r="H11" t="s">
-        <v>42</v>
+        <v>39</v>
       </c>
     </row>
     <row r="12" spans="1:8">
       <c r="A12" t="s">
-        <v>43</v>
+        <v>36</v>
       </c>
       <c r="B12" t="s">
-        <v>44</v>
+        <v>37</v>
       </c>
       <c r="C12" t="s">
-        <v>33</v>
+        <v>38</v>
       </c>
       <c r="D12" t="s">
-        <v>34</v>
+        <v>33</v>
       </c>
       <c r="E12" t="s">
+        <v>34</v>
+      </c>
+      <c r="F12">
+        <v>2017</v>
+      </c>
+      <c r="G12" t="s">
         <v>35</v>
       </c>
-      <c r="F12">
-[...2 lines deleted...]
-      <c r="G12"/>
       <c r="H12" t="s">
-        <v>42</v>
+        <v>40</v>
       </c>
     </row>
     <row r="13" spans="1:8">
       <c r="A13" t="s">
-        <v>45</v>
+        <v>41</v>
       </c>
       <c r="B13" t="s">
-        <v>46</v>
+        <v>42</v>
       </c>
       <c r="C13" t="s">
-        <v>33</v>
+        <v>32</v>
       </c>
       <c r="D13" t="s">
-        <v>34</v>
+        <v>33</v>
       </c>
       <c r="E13" t="s">
-        <v>35</v>
+        <v>34</v>
       </c>
       <c r="F13">
         <v>2017</v>
       </c>
       <c r="G13"/>
       <c r="H13" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
     </row>
     <row r="14" spans="1:8">
       <c r="A14" t="s">
-        <v>47</v>
+        <v>44</v>
       </c>
       <c r="B14" t="s">
-        <v>48</v>
+        <v>45</v>
       </c>
       <c r="C14" t="s">
-        <v>33</v>
+        <v>32</v>
       </c>
       <c r="D14" t="s">
-        <v>34</v>
+        <v>33</v>
       </c>
       <c r="E14" t="s">
-        <v>35</v>
+        <v>34</v>
       </c>
       <c r="F14">
         <v>2017</v>
       </c>
       <c r="G14"/>
       <c r="H14" t="s">
-        <v>49</v>
+        <v>43</v>
       </c>
     </row>
     <row r="15" spans="1:8">
       <c r="A15" t="s">
-        <v>50</v>
+        <v>46</v>
       </c>
       <c r="B15" t="s">
-        <v>51</v>
+        <v>47</v>
       </c>
       <c r="C15" t="s">
-        <v>33</v>
+        <v>32</v>
       </c>
       <c r="D15" t="s">
-        <v>34</v>
+        <v>33</v>
       </c>
       <c r="E15" t="s">
-        <v>35</v>
+        <v>34</v>
       </c>
       <c r="F15">
         <v>2017</v>
       </c>
       <c r="G15"/>
       <c r="H15" t="s">
-        <v>52</v>
+        <v>43</v>
       </c>
     </row>
     <row r="16" spans="1:8">
       <c r="A16" t="s">
-        <v>31</v>
+        <v>48</v>
       </c>
       <c r="B16" t="s">
-        <v>53</v>
+        <v>49</v>
       </c>
       <c r="C16" t="s">
-        <v>33</v>
+        <v>32</v>
       </c>
       <c r="D16" t="s">
-        <v>34</v>
+        <v>33</v>
       </c>
       <c r="E16" t="s">
-        <v>35</v>
+        <v>34</v>
       </c>
       <c r="F16">
         <v>2017</v>
       </c>
       <c r="G16"/>
       <c r="H16" t="s">
-        <v>9</v>
+        <v>50</v>
       </c>
     </row>
     <row r="17" spans="1:8">
       <c r="A17" t="s">
-        <v>54</v>
+        <v>51</v>
       </c>
       <c r="B17" t="s">
-        <v>55</v>
+        <v>52</v>
       </c>
       <c r="C17" t="s">
-        <v>33</v>
+        <v>32</v>
       </c>
       <c r="D17" t="s">
-        <v>34</v>
+        <v>33</v>
       </c>
       <c r="E17" t="s">
-        <v>35</v>
+        <v>34</v>
       </c>
       <c r="F17">
         <v>2017</v>
       </c>
       <c r="G17"/>
       <c r="H17" t="s">
-        <v>9</v>
+        <v>53</v>
       </c>
     </row>
     <row r="18" spans="1:8">
       <c r="A18" t="s">
-        <v>56</v>
+        <v>30</v>
       </c>
       <c r="B18" t="s">
-        <v>57</v>
+        <v>54</v>
       </c>
       <c r="C18" t="s">
-        <v>33</v>
+        <v>32</v>
       </c>
       <c r="D18" t="s">
-        <v>34</v>
+        <v>33</v>
       </c>
       <c r="E18" t="s">
-        <v>35</v>
+        <v>34</v>
       </c>
       <c r="F18">
         <v>2017</v>
       </c>
       <c r="G18"/>
       <c r="H18" t="s">
-        <v>9</v>
+        <v>55</v>
       </c>
     </row>
     <row r="19" spans="1:8">
       <c r="A19" t="s">
-        <v>58</v>
+        <v>56</v>
       </c>
       <c r="B19" t="s">
-        <v>59</v>
+        <v>57</v>
       </c>
       <c r="C19" t="s">
-        <v>33</v>
+        <v>32</v>
       </c>
       <c r="D19" t="s">
-        <v>34</v>
+        <v>33</v>
       </c>
       <c r="E19" t="s">
-        <v>35</v>
+        <v>34</v>
       </c>
       <c r="F19">
         <v>2017</v>
       </c>
       <c r="G19"/>
       <c r="H19" t="s">
-        <v>9</v>
+        <v>55</v>
       </c>
     </row>
     <row r="20" spans="1:8">
       <c r="A20" t="s">
-        <v>60</v>
+        <v>58</v>
       </c>
       <c r="B20" t="s">
-        <v>61</v>
+        <v>59</v>
       </c>
       <c r="C20" t="s">
-        <v>33</v>
+        <v>32</v>
       </c>
       <c r="D20" t="s">
-        <v>34</v>
+        <v>33</v>
       </c>
       <c r="E20" t="s">
-        <v>35</v>
+        <v>34</v>
       </c>
       <c r="F20">
         <v>2017</v>
       </c>
       <c r="G20"/>
       <c r="H20" t="s">
-        <v>42</v>
+        <v>55</v>
       </c>
     </row>
     <row r="21" spans="1:8">
       <c r="A21" t="s">
-        <v>62</v>
+        <v>60</v>
       </c>
       <c r="B21" t="s">
-        <v>63</v>
+        <v>61</v>
       </c>
       <c r="C21" t="s">
-        <v>33</v>
+        <v>32</v>
       </c>
       <c r="D21" t="s">
-        <v>34</v>
+        <v>33</v>
       </c>
       <c r="E21" t="s">
-        <v>35</v>
+        <v>34</v>
       </c>
       <c r="F21">
         <v>2017</v>
       </c>
       <c r="G21"/>
       <c r="H21" t="s">
-        <v>42</v>
+        <v>55</v>
       </c>
     </row>
     <row r="22" spans="1:8">
       <c r="A22" t="s">
-        <v>64</v>
+        <v>62</v>
       </c>
       <c r="B22" t="s">
-        <v>65</v>
+        <v>63</v>
       </c>
       <c r="C22" t="s">
-        <v>33</v>
+        <v>32</v>
       </c>
       <c r="D22" t="s">
-        <v>34</v>
+        <v>33</v>
       </c>
       <c r="E22" t="s">
-        <v>35</v>
+        <v>34</v>
       </c>
       <c r="F22">
         <v>2017</v>
       </c>
       <c r="G22"/>
       <c r="H22" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
     </row>
     <row r="23" spans="1:8">
       <c r="A23" t="s">
-        <v>66</v>
+        <v>64</v>
       </c>
       <c r="B23" t="s">
-        <v>67</v>
+        <v>65</v>
       </c>
       <c r="C23" t="s">
-        <v>33</v>
+        <v>32</v>
       </c>
       <c r="D23" t="s">
-        <v>34</v>
+        <v>33</v>
       </c>
       <c r="E23" t="s">
-        <v>35</v>
+        <v>34</v>
       </c>
       <c r="F23">
         <v>2017</v>
       </c>
       <c r="G23"/>
       <c r="H23" t="s">
-        <v>68</v>
+        <v>43</v>
       </c>
     </row>
     <row r="24" spans="1:8">
       <c r="A24" t="s">
         <v>66</v>
       </c>
       <c r="B24" t="s">
         <v>67</v>
       </c>
       <c r="C24" t="s">
-        <v>33</v>
+        <v>32</v>
       </c>
       <c r="D24" t="s">
-        <v>34</v>
+        <v>33</v>
       </c>
       <c r="E24" t="s">
-        <v>35</v>
+        <v>34</v>
       </c>
       <c r="F24">
         <v>2017</v>
       </c>
       <c r="G24"/>
       <c r="H24" t="s">
-        <v>69</v>
+        <v>43</v>
       </c>
     </row>
     <row r="25" spans="1:8">
       <c r="A25" t="s">
-        <v>70</v>
+        <v>68</v>
       </c>
       <c r="B25" t="s">
-        <v>71</v>
+        <v>69</v>
       </c>
       <c r="C25" t="s">
-        <v>33</v>
+        <v>32</v>
       </c>
       <c r="D25" t="s">
-        <v>34</v>
+        <v>33</v>
       </c>
       <c r="E25" t="s">
-        <v>35</v>
+        <v>34</v>
       </c>
       <c r="F25">
         <v>2017</v>
       </c>
       <c r="G25"/>
       <c r="H25" t="s">
-        <v>68</v>
+        <v>70</v>
       </c>
     </row>
     <row r="26" spans="1:8">
       <c r="A26" t="s">
+        <v>71</v>
+      </c>
+      <c r="B26" t="s">
         <v>72</v>
       </c>
-      <c r="B26" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C26" t="s">
-        <v>33</v>
+        <v>32</v>
       </c>
       <c r="D26" t="s">
-        <v>34</v>
+        <v>33</v>
       </c>
       <c r="E26" t="s">
-        <v>35</v>
+        <v>34</v>
       </c>
       <c r="F26">
         <v>2017</v>
       </c>
       <c r="G26"/>
       <c r="H26" t="s">
-        <v>74</v>
+        <v>70</v>
       </c>
     </row>
     <row r="27" spans="1:8">
       <c r="A27" t="s">
-        <v>75</v>
+        <v>73</v>
       </c>
       <c r="B27" t="s">
-        <v>76</v>
+        <v>74</v>
       </c>
       <c r="C27" t="s">
-        <v>39</v>
+        <v>32</v>
       </c>
       <c r="D27" t="s">
-        <v>34</v>
+        <v>33</v>
       </c>
       <c r="E27" t="s">
-        <v>35</v>
+        <v>34</v>
       </c>
       <c r="F27">
         <v>2017</v>
       </c>
       <c r="G27"/>
       <c r="H27" t="s">
-        <v>27</v>
+        <v>40</v>
       </c>
     </row>
     <row r="28" spans="1:8">
       <c r="A28" t="s">
-        <v>77</v>
+        <v>75</v>
       </c>
       <c r="B28" t="s">
-        <v>78</v>
+        <v>76</v>
       </c>
       <c r="C28" t="s">
-        <v>33</v>
+        <v>38</v>
       </c>
       <c r="D28" t="s">
-        <v>34</v>
+        <v>33</v>
       </c>
       <c r="E28" t="s">
-        <v>35</v>
+        <v>34</v>
       </c>
       <c r="F28">
         <v>2017</v>
       </c>
       <c r="G28"/>
       <c r="H28" t="s">
-        <v>79</v>
+        <v>77</v>
       </c>
     </row>
     <row r="29" spans="1:8">
       <c r="A29" t="s">
-        <v>80</v>
+        <v>78</v>
       </c>
       <c r="B29" t="s">
-        <v>81</v>
+        <v>79</v>
       </c>
       <c r="C29" t="s">
-        <v>33</v>
+        <v>32</v>
       </c>
       <c r="D29" t="s">
-        <v>34</v>
+        <v>33</v>
       </c>
       <c r="E29" t="s">
-        <v>35</v>
+        <v>34</v>
       </c>
       <c r="F29">
         <v>2017</v>
       </c>
       <c r="G29"/>
-      <c r="H29" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H29"/>
     </row>
     <row r="30" spans="1:8">
       <c r="A30" t="s">
-        <v>82</v>
+        <v>80</v>
       </c>
       <c r="B30" t="s">
-        <v>83</v>
+        <v>81</v>
       </c>
       <c r="C30" t="s">
-        <v>33</v>
+        <v>32</v>
       </c>
       <c r="D30" t="s">
-        <v>34</v>
+        <v>33</v>
       </c>
       <c r="E30" t="s">
-        <v>35</v>
+        <v>34</v>
       </c>
       <c r="F30">
         <v>2017</v>
       </c>
       <c r="G30"/>
-      <c r="H30" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H30"/>
     </row>
     <row r="31" spans="1:8">
       <c r="A31" t="s">
-        <v>84</v>
+        <v>82</v>
       </c>
       <c r="B31" t="s">
-        <v>85</v>
+        <v>83</v>
       </c>
       <c r="C31" t="s">
-        <v>33</v>
+        <v>32</v>
       </c>
       <c r="D31" t="s">
-        <v>34</v>
+        <v>33</v>
       </c>
       <c r="E31" t="s">
-        <v>35</v>
+        <v>34</v>
       </c>
       <c r="F31">
         <v>2017</v>
       </c>
       <c r="G31"/>
-      <c r="H31" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H31"/>
     </row>
     <row r="32" spans="1:8">
       <c r="A32" t="s">
-        <v>86</v>
+        <v>84</v>
       </c>
       <c r="B32" t="s">
-        <v>87</v>
+        <v>85</v>
       </c>
       <c r="C32" t="s">
-        <v>88</v>
+        <v>32</v>
       </c>
       <c r="D32" t="s">
-        <v>34</v>
+        <v>33</v>
       </c>
       <c r="E32" t="s">
-        <v>35</v>
+        <v>34</v>
       </c>
       <c r="F32">
         <v>2017</v>
       </c>
-      <c r="G32" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="G32"/>
       <c r="H32"/>
     </row>
     <row r="33" spans="1:8">
       <c r="A33" t="s">
-        <v>89</v>
+        <v>86</v>
       </c>
       <c r="B33" t="s">
-        <v>90</v>
+        <v>87</v>
       </c>
       <c r="C33" t="s">
-        <v>91</v>
+        <v>88</v>
       </c>
       <c r="D33" t="s">
-        <v>92</v>
+        <v>33</v>
       </c>
       <c r="E33" t="s">
+        <v>34</v>
+      </c>
+      <c r="F33">
+        <v>2017</v>
+      </c>
+      <c r="G33" t="s">
         <v>35</v>
-      </c>
-[...4 lines deleted...]
-        <v>36</v>
       </c>
       <c r="H33"/>
     </row>
     <row r="34" spans="1:8">
       <c r="A34" t="s">
-        <v>93</v>
+        <v>89</v>
       </c>
       <c r="B34" t="s">
-        <v>94</v>
+        <v>90</v>
       </c>
       <c r="C34" t="s">
-        <v>39</v>
+        <v>91</v>
       </c>
       <c r="D34" t="s">
-        <v>34</v>
+        <v>92</v>
       </c>
       <c r="E34" t="s">
+        <v>34</v>
+      </c>
+      <c r="F34">
+        <v>2017</v>
+      </c>
+      <c r="G34" t="s">
         <v>35</v>
       </c>
-      <c r="F34">
-[...5 lines deleted...]
-      </c>
+      <c r="H34"/>
     </row>
     <row r="35" spans="1:8">
       <c r="A35" t="s">
-        <v>96</v>
+        <v>93</v>
       </c>
       <c r="B35" t="s">
-        <v>97</v>
+        <v>94</v>
       </c>
       <c r="C35" t="s">
-        <v>39</v>
+        <v>38</v>
       </c>
       <c r="D35" t="s">
-        <v>34</v>
+        <v>33</v>
       </c>
       <c r="E35" t="s">
-        <v>35</v>
+        <v>34</v>
       </c>
       <c r="F35">
         <v>2017</v>
       </c>
       <c r="G35"/>
-      <c r="H35" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H35"/>
     </row>
     <row r="36" spans="1:8">
       <c r="A36" t="s">
-        <v>98</v>
+        <v>95</v>
       </c>
       <c r="B36" t="s">
-        <v>99</v>
+        <v>96</v>
       </c>
       <c r="C36" t="s">
-        <v>39</v>
+        <v>38</v>
       </c>
       <c r="D36" t="s">
-        <v>34</v>
+        <v>33</v>
       </c>
       <c r="E36" t="s">
-        <v>35</v>
+        <v>34</v>
       </c>
       <c r="F36">
         <v>2017</v>
       </c>
       <c r="G36"/>
-      <c r="H36" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H36"/>
     </row>
     <row r="37" spans="1:8">
       <c r="A37" t="s">
-        <v>100</v>
+        <v>97</v>
       </c>
       <c r="B37" t="s">
-        <v>101</v>
+        <v>98</v>
       </c>
       <c r="C37" t="s">
-        <v>39</v>
+        <v>38</v>
       </c>
       <c r="D37" t="s">
-        <v>34</v>
+        <v>33</v>
       </c>
       <c r="E37" t="s">
-        <v>35</v>
+        <v>34</v>
       </c>
       <c r="F37">
         <v>2017</v>
       </c>
       <c r="G37"/>
-      <c r="H37" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H37"/>
     </row>
     <row r="38" spans="1:8">
       <c r="A38" t="s">
-        <v>102</v>
+        <v>99</v>
       </c>
       <c r="B38" t="s">
-        <v>103</v>
+        <v>100</v>
       </c>
       <c r="C38" t="s">
-        <v>39</v>
+        <v>38</v>
       </c>
       <c r="D38" t="s">
-        <v>34</v>
+        <v>33</v>
       </c>
       <c r="E38" t="s">
-        <v>35</v>
+        <v>34</v>
       </c>
       <c r="F38">
         <v>2017</v>
       </c>
       <c r="G38"/>
-      <c r="H38" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H38"/>
     </row>
     <row r="39" spans="1:8">
       <c r="A39" t="s">
-        <v>104</v>
+        <v>101</v>
       </c>
       <c r="B39" t="s">
-        <v>105</v>
+        <v>102</v>
       </c>
       <c r="C39" t="s">
-        <v>39</v>
+        <v>38</v>
       </c>
       <c r="D39" t="s">
-        <v>34</v>
+        <v>33</v>
       </c>
       <c r="E39" t="s">
-        <v>35</v>
+        <v>34</v>
       </c>
       <c r="F39">
         <v>2017</v>
       </c>
       <c r="G39"/>
-      <c r="H39" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H39"/>
     </row>
     <row r="40" spans="1:8">
       <c r="A40" t="s">
-        <v>106</v>
+        <v>103</v>
       </c>
       <c r="B40" t="s">
-        <v>107</v>
+        <v>104</v>
       </c>
       <c r="C40" t="s">
-        <v>39</v>
+        <v>38</v>
       </c>
       <c r="D40" t="s">
-        <v>34</v>
+        <v>33</v>
       </c>
       <c r="E40" t="s">
-        <v>35</v>
+        <v>34</v>
       </c>
       <c r="F40">
         <v>2017</v>
       </c>
       <c r="G40"/>
-      <c r="H40" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H40"/>
     </row>
     <row r="41" spans="1:8">
       <c r="A41" t="s">
-        <v>108</v>
+        <v>105</v>
       </c>
       <c r="B41" t="s">
-        <v>109</v>
+        <v>106</v>
       </c>
       <c r="C41" t="s">
-        <v>39</v>
+        <v>38</v>
       </c>
       <c r="D41" t="s">
-        <v>34</v>
+        <v>33</v>
       </c>
       <c r="E41" t="s">
-        <v>35</v>
+        <v>34</v>
       </c>
       <c r="F41">
         <v>2017</v>
       </c>
       <c r="G41"/>
-      <c r="H41" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H41"/>
     </row>
     <row r="42" spans="1:8">
       <c r="A42" t="s">
-        <v>110</v>
+        <v>107</v>
       </c>
       <c r="B42" t="s">
-        <v>111</v>
+        <v>108</v>
       </c>
       <c r="C42" t="s">
-        <v>39</v>
+        <v>38</v>
       </c>
       <c r="D42" t="s">
-        <v>34</v>
+        <v>33</v>
       </c>
       <c r="E42" t="s">
-        <v>35</v>
+        <v>34</v>
       </c>
       <c r="F42">
         <v>2017</v>
       </c>
       <c r="G42"/>
-      <c r="H42" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H42"/>
     </row>
     <row r="43" spans="1:8">
       <c r="A43" t="s">
-        <v>112</v>
+        <v>109</v>
       </c>
       <c r="B43" t="s">
-        <v>113</v>
+        <v>110</v>
       </c>
       <c r="C43" t="s">
-        <v>39</v>
+        <v>38</v>
       </c>
       <c r="D43" t="s">
-        <v>34</v>
+        <v>33</v>
       </c>
       <c r="E43" t="s">
-        <v>35</v>
+        <v>34</v>
       </c>
       <c r="F43">
         <v>2017</v>
       </c>
       <c r="G43"/>
-      <c r="H43" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H43"/>
     </row>
     <row r="44" spans="1:8">
       <c r="A44" t="s">
-        <v>114</v>
+        <v>111</v>
       </c>
       <c r="B44" t="s">
-        <v>115</v>
+        <v>112</v>
       </c>
       <c r="C44" t="s">
-        <v>39</v>
+        <v>38</v>
       </c>
       <c r="D44" t="s">
-        <v>34</v>
+        <v>33</v>
       </c>
       <c r="E44" t="s">
-        <v>35</v>
+        <v>34</v>
       </c>
       <c r="F44">
         <v>2017</v>
       </c>
       <c r="G44"/>
-      <c r="H44" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H44"/>
     </row>
     <row r="45" spans="1:8">
       <c r="A45" t="s">
-        <v>116</v>
+        <v>113</v>
       </c>
       <c r="B45" t="s">
-        <v>117</v>
+        <v>114</v>
       </c>
       <c r="C45" t="s">
-        <v>33</v>
+        <v>38</v>
       </c>
       <c r="D45" t="s">
-        <v>34</v>
+        <v>33</v>
       </c>
       <c r="E45" t="s">
-        <v>35</v>
+        <v>34</v>
       </c>
       <c r="F45">
         <v>2017</v>
       </c>
       <c r="G45"/>
       <c r="H45"/>
     </row>
     <row r="46" spans="1:8">
       <c r="A46" t="s">
-        <v>118</v>
+        <v>115</v>
       </c>
       <c r="B46" t="s">
-        <v>119</v>
+        <v>116</v>
       </c>
       <c r="C46" t="s">
-        <v>33</v>
+        <v>32</v>
       </c>
       <c r="D46" t="s">
-        <v>34</v>
+        <v>33</v>
       </c>
       <c r="E46" t="s">
-        <v>35</v>
+        <v>34</v>
       </c>
       <c r="F46">
         <v>2017</v>
       </c>
       <c r="G46"/>
-      <c r="H46" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H46"/>
     </row>
     <row r="47" spans="1:8">
       <c r="A47" t="s">
-        <v>121</v>
+        <v>117</v>
       </c>
       <c r="B47" t="s">
-        <v>122</v>
+        <v>118</v>
       </c>
       <c r="C47" t="s">
-        <v>33</v>
+        <v>32</v>
       </c>
       <c r="D47" t="s">
-        <v>34</v>
+        <v>33</v>
       </c>
       <c r="E47" t="s">
-        <v>35</v>
+        <v>34</v>
       </c>
       <c r="F47">
         <v>2017</v>
       </c>
       <c r="G47"/>
-      <c r="H47" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H47"/>
     </row>
     <row r="48" spans="1:8">
       <c r="A48" t="s">
-        <v>123</v>
+        <v>119</v>
       </c>
       <c r="B48" t="s">
-        <v>124</v>
+        <v>120</v>
       </c>
       <c r="C48" t="s">
-        <v>33</v>
+        <v>32</v>
       </c>
       <c r="D48" t="s">
-        <v>34</v>
+        <v>33</v>
       </c>
       <c r="E48" t="s">
-        <v>35</v>
+        <v>34</v>
       </c>
       <c r="F48">
         <v>2017</v>
       </c>
       <c r="G48"/>
       <c r="H48" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
     </row>
     <row r="49" spans="1:8">
       <c r="A49" t="s">
-        <v>125</v>
+        <v>121</v>
       </c>
       <c r="B49" t="s">
-        <v>126</v>
+        <v>122</v>
       </c>
       <c r="C49" t="s">
-        <v>33</v>
+        <v>32</v>
       </c>
       <c r="D49" t="s">
-        <v>34</v>
+        <v>33</v>
       </c>
       <c r="E49" t="s">
-        <v>35</v>
+        <v>34</v>
       </c>
       <c r="F49">
         <v>2017</v>
       </c>
       <c r="G49"/>
-      <c r="H49" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H49"/>
     </row>
     <row r="50" spans="1:8">
       <c r="A50" t="s">
-        <v>127</v>
+        <v>123</v>
       </c>
       <c r="B50" t="s">
-        <v>128</v>
+        <v>124</v>
       </c>
       <c r="C50" t="s">
-        <v>33</v>
+        <v>32</v>
       </c>
       <c r="D50" t="s">
-        <v>34</v>
+        <v>33</v>
       </c>
       <c r="E50" t="s">
-        <v>35</v>
+        <v>34</v>
       </c>
       <c r="F50">
         <v>2017</v>
       </c>
       <c r="G50"/>
       <c r="H50" t="s">
-        <v>68</v>
+        <v>70</v>
       </c>
     </row>
     <row r="51" spans="1:8">
       <c r="A51" t="s">
-        <v>129</v>
+        <v>125</v>
       </c>
       <c r="B51" t="s">
-        <v>130</v>
+        <v>126</v>
       </c>
       <c r="C51" t="s">
-        <v>33</v>
+        <v>32</v>
       </c>
       <c r="D51" t="s">
-        <v>34</v>
+        <v>33</v>
       </c>
       <c r="E51" t="s">
-        <v>35</v>
+        <v>34</v>
       </c>
       <c r="F51">
         <v>2017</v>
       </c>
       <c r="G51"/>
       <c r="H51" t="s">
-        <v>131</v>
+        <v>127</v>
       </c>
     </row>
     <row r="52" spans="1:8">
       <c r="A52" t="s">
-        <v>132</v>
+        <v>128</v>
       </c>
       <c r="B52" t="s">
-        <v>133</v>
+        <v>129</v>
       </c>
       <c r="C52" t="s">
-        <v>33</v>
+        <v>32</v>
       </c>
       <c r="D52" t="s">
-        <v>34</v>
+        <v>33</v>
       </c>
       <c r="E52" t="s">
-        <v>35</v>
+        <v>34</v>
       </c>
       <c r="F52">
         <v>2017</v>
       </c>
       <c r="G52"/>
-      <c r="H52" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H52"/>
     </row>
     <row r="53" spans="1:8">
       <c r="A53" t="s">
-        <v>134</v>
+        <v>130</v>
       </c>
       <c r="B53" t="s">
-        <v>135</v>
+        <v>131</v>
       </c>
       <c r="C53" t="s">
-        <v>33</v>
+        <v>32</v>
       </c>
       <c r="D53" t="s">
-        <v>34</v>
+        <v>33</v>
       </c>
       <c r="E53" t="s">
-        <v>35</v>
+        <v>34</v>
       </c>
       <c r="F53">
         <v>2017</v>
       </c>
       <c r="G53"/>
       <c r="H53" t="s">
-        <v>9</v>
+        <v>55</v>
       </c>
     </row>
     <row r="54" spans="1:8">
       <c r="A54" t="s">
+        <v>132</v>
+      </c>
+      <c r="B54" t="s">
+        <v>133</v>
+      </c>
+      <c r="C54" t="s">
         <v>134</v>
       </c>
-      <c r="B54" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D54" t="s">
-        <v>34</v>
+        <v>33</v>
       </c>
       <c r="E54" t="s">
-        <v>35</v>
+        <v>34</v>
       </c>
       <c r="F54">
         <v>2017</v>
       </c>
       <c r="G54"/>
       <c r="H54" t="s">
-        <v>69</v>
+        <v>55</v>
       </c>
     </row>
     <row r="55" spans="1:8">
       <c r="A55" t="s">
+        <v>135</v>
+      </c>
+      <c r="B55" t="s">
         <v>136</v>
       </c>
-      <c r="B55" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C55" t="s">
-        <v>138</v>
+        <v>32</v>
       </c>
       <c r="D55" t="s">
-        <v>34</v>
+        <v>33</v>
       </c>
       <c r="E55" t="s">
-        <v>35</v>
+        <v>34</v>
       </c>
       <c r="F55">
         <v>2017</v>
       </c>
       <c r="G55"/>
       <c r="H55" t="s">
-        <v>9</v>
+        <v>137</v>
       </c>
     </row>
     <row r="56" spans="1:8">
       <c r="A56" t="s">
+        <v>138</v>
+      </c>
+      <c r="B56" t="s">
         <v>139</v>
       </c>
-      <c r="B56" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C56" t="s">
-        <v>33</v>
+        <v>32</v>
       </c>
       <c r="D56" t="s">
-        <v>34</v>
+        <v>33</v>
       </c>
       <c r="E56" t="s">
-        <v>35</v>
+        <v>34</v>
       </c>
       <c r="F56">
         <v>2017</v>
       </c>
       <c r="G56"/>
       <c r="H56" t="s">
-        <v>141</v>
+        <v>70</v>
       </c>
     </row>
     <row r="57" spans="1:8">
       <c r="A57" t="s">
-        <v>142</v>
+        <v>140</v>
       </c>
       <c r="B57" t="s">
-        <v>143</v>
+        <v>141</v>
       </c>
       <c r="C57" t="s">
-        <v>33</v>
+        <v>32</v>
       </c>
       <c r="D57" t="s">
-        <v>34</v>
+        <v>33</v>
       </c>
       <c r="E57" t="s">
-        <v>35</v>
+        <v>34</v>
       </c>
       <c r="F57">
         <v>2017</v>
       </c>
       <c r="G57"/>
       <c r="H57" t="s">
-        <v>68</v>
+        <v>70</v>
       </c>
     </row>
     <row r="58" spans="1:8">
       <c r="A58" t="s">
         <v>142</v>
       </c>
       <c r="B58" t="s">
         <v>143</v>
       </c>
       <c r="C58" t="s">
-        <v>33</v>
+        <v>88</v>
       </c>
       <c r="D58" t="s">
-        <v>34</v>
+        <v>33</v>
       </c>
       <c r="E58" t="s">
-        <v>35</v>
+        <v>34</v>
       </c>
       <c r="F58">
         <v>2017</v>
       </c>
       <c r="G58"/>
       <c r="H58" t="s">
-        <v>69</v>
+        <v>53</v>
       </c>
     </row>
     <row r="59" spans="1:8">
       <c r="A59" t="s">
         <v>144</v>
       </c>
       <c r="B59" t="s">
         <v>145</v>
       </c>
       <c r="C59" t="s">
-        <v>33</v>
+        <v>32</v>
       </c>
       <c r="D59" t="s">
-        <v>34</v>
+        <v>33</v>
       </c>
       <c r="E59" t="s">
-        <v>35</v>
+        <v>34</v>
       </c>
       <c r="F59">
         <v>2017</v>
       </c>
       <c r="G59"/>
       <c r="H59" t="s">
-        <v>68</v>
+        <v>53</v>
       </c>
     </row>
     <row r="60" spans="1:8">
       <c r="A60" t="s">
-        <v>144</v>
+        <v>146</v>
       </c>
       <c r="B60" t="s">
-        <v>145</v>
+        <v>147</v>
       </c>
       <c r="C60" t="s">
-        <v>33</v>
+        <v>134</v>
       </c>
       <c r="D60" t="s">
-        <v>34</v>
+        <v>33</v>
       </c>
       <c r="E60" t="s">
-        <v>35</v>
+        <v>34</v>
       </c>
       <c r="F60">
         <v>2017</v>
       </c>
       <c r="G60"/>
       <c r="H60" t="s">
-        <v>69</v>
+        <v>53</v>
       </c>
     </row>
     <row r="61" spans="1:8">
       <c r="A61" t="s">
-        <v>146</v>
+        <v>148</v>
       </c>
       <c r="B61" t="s">
-        <v>147</v>
+        <v>149</v>
       </c>
       <c r="C61" t="s">
-        <v>88</v>
+        <v>134</v>
       </c>
       <c r="D61" t="s">
-        <v>34</v>
+        <v>33</v>
       </c>
       <c r="E61" t="s">
-        <v>35</v>
+        <v>34</v>
       </c>
       <c r="F61">
         <v>2017</v>
       </c>
       <c r="G61"/>
       <c r="H61" t="s">
-        <v>69</v>
+        <v>53</v>
       </c>
     </row>
     <row r="62" spans="1:8">
       <c r="A62" t="s">
-        <v>146</v>
+        <v>150</v>
       </c>
       <c r="B62" t="s">
-        <v>147</v>
+        <v>151</v>
       </c>
       <c r="C62" t="s">
-        <v>88</v>
+        <v>134</v>
       </c>
       <c r="D62" t="s">
-        <v>34</v>
+        <v>33</v>
       </c>
       <c r="E62" t="s">
-        <v>35</v>
+        <v>34</v>
       </c>
       <c r="F62">
         <v>2017</v>
       </c>
       <c r="G62"/>
       <c r="H62" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
     </row>
     <row r="63" spans="1:8">
       <c r="A63" t="s">
-        <v>148</v>
+        <v>152</v>
       </c>
       <c r="B63" t="s">
-        <v>149</v>
+        <v>153</v>
       </c>
       <c r="C63" t="s">
-        <v>33</v>
+        <v>32</v>
       </c>
       <c r="D63" t="s">
-        <v>34</v>
+        <v>33</v>
       </c>
       <c r="E63" t="s">
-        <v>35</v>
+        <v>34</v>
       </c>
       <c r="F63">
         <v>2017</v>
       </c>
       <c r="G63"/>
       <c r="H63" t="s">
-        <v>52</v>
+        <v>70</v>
       </c>
     </row>
     <row r="64" spans="1:8">
       <c r="A64" t="s">
-        <v>148</v>
+        <v>154</v>
       </c>
       <c r="B64" t="s">
-        <v>149</v>
+        <v>155</v>
       </c>
       <c r="C64" t="s">
-        <v>33</v>
+        <v>32</v>
       </c>
       <c r="D64" t="s">
-        <v>34</v>
+        <v>33</v>
       </c>
       <c r="E64" t="s">
-        <v>35</v>
+        <v>34</v>
       </c>
       <c r="F64">
         <v>2017</v>
       </c>
       <c r="G64"/>
       <c r="H64" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
     </row>
     <row r="65" spans="1:8">
       <c r="A65" t="s">
-        <v>150</v>
+        <v>156</v>
       </c>
       <c r="B65" t="s">
-        <v>151</v>
+        <v>157</v>
       </c>
       <c r="C65" t="s">
-        <v>138</v>
+        <v>32</v>
       </c>
       <c r="D65" t="s">
-        <v>34</v>
+        <v>33</v>
       </c>
       <c r="E65" t="s">
-        <v>35</v>
+        <v>34</v>
       </c>
       <c r="F65">
         <v>2017</v>
       </c>
       <c r="G65"/>
       <c r="H65" t="s">
-        <v>52</v>
+        <v>70</v>
       </c>
     </row>
     <row r="66" spans="1:8">
       <c r="A66" t="s">
-        <v>152</v>
+        <v>158</v>
       </c>
       <c r="B66" t="s">
-        <v>153</v>
+        <v>159</v>
       </c>
       <c r="C66" t="s">
-        <v>138</v>
+        <v>134</v>
       </c>
       <c r="D66" t="s">
-        <v>34</v>
+        <v>33</v>
       </c>
       <c r="E66" t="s">
-        <v>35</v>
+        <v>34</v>
       </c>
       <c r="F66">
         <v>2017</v>
       </c>
       <c r="G66"/>
       <c r="H66" t="s">
-        <v>52</v>
+        <v>55</v>
       </c>
     </row>
     <row r="67" spans="1:8">
       <c r="A67" t="s">
-        <v>154</v>
+        <v>160</v>
       </c>
       <c r="B67" t="s">
-        <v>155</v>
+        <v>161</v>
       </c>
       <c r="C67" t="s">
-        <v>138</v>
+        <v>32</v>
       </c>
       <c r="D67" t="s">
-        <v>34</v>
+        <v>33</v>
       </c>
       <c r="E67" t="s">
-        <v>35</v>
+        <v>34</v>
       </c>
       <c r="F67">
         <v>2017</v>
       </c>
       <c r="G67"/>
       <c r="H67" t="s">
-        <v>52</v>
+        <v>40</v>
       </c>
     </row>
     <row r="68" spans="1:8">
       <c r="A68" t="s">
-        <v>156</v>
+        <v>162</v>
       </c>
       <c r="B68" t="s">
-        <v>157</v>
+        <v>163</v>
       </c>
       <c r="C68" t="s">
-        <v>33</v>
+        <v>38</v>
       </c>
       <c r="D68" t="s">
-        <v>34</v>
+        <v>33</v>
       </c>
       <c r="E68" t="s">
-        <v>35</v>
+        <v>34</v>
       </c>
       <c r="F68">
         <v>2017</v>
       </c>
-      <c r="G68"/>
+      <c r="G68" t="s">
+        <v>164</v>
+      </c>
       <c r="H68" t="s">
-        <v>68</v>
+        <v>165</v>
       </c>
     </row>
     <row r="69" spans="1:8">
       <c r="A69" t="s">
-        <v>158</v>
+        <v>166</v>
       </c>
       <c r="B69" t="s">
-        <v>159</v>
+        <v>167</v>
       </c>
       <c r="C69" t="s">
-        <v>33</v>
+        <v>32</v>
       </c>
       <c r="D69" t="s">
-        <v>34</v>
+        <v>33</v>
       </c>
       <c r="E69" t="s">
-        <v>35</v>
+        <v>34</v>
       </c>
       <c r="F69">
         <v>2017</v>
       </c>
       <c r="G69"/>
       <c r="H69" t="s">
-        <v>68</v>
+        <v>70</v>
       </c>
     </row>
     <row r="70" spans="1:8">
       <c r="A70" t="s">
-        <v>160</v>
+        <v>168</v>
       </c>
       <c r="B70" t="s">
-        <v>161</v>
+        <v>169</v>
       </c>
       <c r="C70" t="s">
-        <v>33</v>
+        <v>32</v>
       </c>
       <c r="D70" t="s">
-        <v>34</v>
+        <v>33</v>
       </c>
       <c r="E70" t="s">
-        <v>35</v>
+        <v>34</v>
       </c>
       <c r="F70">
         <v>2017</v>
       </c>
       <c r="G70"/>
       <c r="H70" t="s">
-        <v>68</v>
+        <v>70</v>
       </c>
     </row>
     <row r="71" spans="1:8">
       <c r="A71" t="s">
-        <v>162</v>
+        <v>170</v>
       </c>
       <c r="B71" t="s">
-        <v>163</v>
+        <v>171</v>
       </c>
       <c r="C71" t="s">
-        <v>138</v>
+        <v>134</v>
       </c>
       <c r="D71" t="s">
-        <v>34</v>
+        <v>33</v>
       </c>
       <c r="E71" t="s">
-        <v>35</v>
+        <v>34</v>
       </c>
       <c r="F71">
         <v>2017</v>
       </c>
       <c r="G71"/>
       <c r="H71" t="s">
-        <v>9</v>
+        <v>53</v>
       </c>
     </row>
     <row r="72" spans="1:8">
       <c r="A72" t="s">
-        <v>164</v>
+        <v>172</v>
       </c>
       <c r="B72" t="s">
-        <v>165</v>
+        <v>173</v>
       </c>
       <c r="C72" t="s">
-        <v>33</v>
+        <v>134</v>
       </c>
       <c r="D72" t="s">
-        <v>34</v>
+        <v>33</v>
       </c>
       <c r="E72" t="s">
-        <v>35</v>
+        <v>34</v>
       </c>
       <c r="F72">
         <v>2017</v>
       </c>
       <c r="G72"/>
       <c r="H72" t="s">
-        <v>74</v>
+        <v>53</v>
       </c>
     </row>
     <row r="73" spans="1:8">
       <c r="A73" t="s">
-        <v>166</v>
+        <v>174</v>
       </c>
       <c r="B73" t="s">
-        <v>167</v>
+        <v>175</v>
       </c>
       <c r="C73" t="s">
-        <v>39</v>
+        <v>134</v>
       </c>
       <c r="D73" t="s">
-        <v>34</v>
+        <v>33</v>
       </c>
       <c r="E73" t="s">
-        <v>35</v>
+        <v>34</v>
       </c>
       <c r="F73">
         <v>2017</v>
       </c>
-      <c r="G73" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="G73"/>
       <c r="H73" t="s">
-        <v>79</v>
+        <v>53</v>
       </c>
     </row>
     <row r="74" spans="1:8">
       <c r="A74" t="s">
-        <v>169</v>
+        <v>176</v>
       </c>
       <c r="B74" t="s">
-        <v>170</v>
+        <v>177</v>
       </c>
       <c r="C74" t="s">
-        <v>33</v>
+        <v>134</v>
       </c>
       <c r="D74" t="s">
-        <v>34</v>
+        <v>33</v>
       </c>
       <c r="E74" t="s">
-        <v>35</v>
+        <v>34</v>
       </c>
       <c r="F74">
         <v>2017</v>
       </c>
       <c r="G74"/>
       <c r="H74" t="s">
-        <v>68</v>
+        <v>53</v>
       </c>
     </row>
     <row r="75" spans="1:8">
       <c r="A75" t="s">
-        <v>171</v>
+        <v>178</v>
       </c>
       <c r="B75" t="s">
-        <v>172</v>
+        <v>179</v>
       </c>
       <c r="C75" t="s">
-        <v>33</v>
+        <v>134</v>
       </c>
       <c r="D75" t="s">
-        <v>34</v>
+        <v>33</v>
       </c>
       <c r="E75" t="s">
-        <v>35</v>
+        <v>34</v>
       </c>
       <c r="F75">
         <v>2017</v>
       </c>
       <c r="G75"/>
       <c r="H75" t="s">
-        <v>68</v>
+        <v>53</v>
       </c>
     </row>
     <row r="76" spans="1:8">
       <c r="A76" t="s">
-        <v>173</v>
+        <v>180</v>
       </c>
       <c r="B76" t="s">
-        <v>174</v>
+        <v>181</v>
       </c>
       <c r="C76" t="s">
-        <v>138</v>
+        <v>134</v>
       </c>
       <c r="D76" t="s">
-        <v>34</v>
+        <v>33</v>
       </c>
       <c r="E76" t="s">
-        <v>35</v>
+        <v>34</v>
       </c>
       <c r="F76">
         <v>2017</v>
       </c>
       <c r="G76"/>
       <c r="H76" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
     </row>
     <row r="77" spans="1:8">
       <c r="A77" t="s">
-        <v>175</v>
+        <v>182</v>
       </c>
       <c r="B77" t="s">
-        <v>176</v>
+        <v>183</v>
       </c>
       <c r="C77" t="s">
-        <v>138</v>
+        <v>134</v>
       </c>
       <c r="D77" t="s">
-        <v>34</v>
+        <v>33</v>
       </c>
       <c r="E77" t="s">
-        <v>35</v>
+        <v>34</v>
       </c>
       <c r="F77">
         <v>2017</v>
       </c>
       <c r="G77"/>
       <c r="H77" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
     </row>
     <row r="78" spans="1:8">
       <c r="A78" t="s">
-        <v>177</v>
+        <v>184</v>
       </c>
       <c r="B78" t="s">
-        <v>178</v>
+        <v>185</v>
       </c>
       <c r="C78" t="s">
-        <v>138</v>
+        <v>134</v>
       </c>
       <c r="D78" t="s">
-        <v>34</v>
+        <v>33</v>
       </c>
       <c r="E78" t="s">
-        <v>35</v>
+        <v>34</v>
       </c>
       <c r="F78">
         <v>2017</v>
       </c>
       <c r="G78"/>
       <c r="H78" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
     </row>
     <row r="79" spans="1:8">
       <c r="A79" t="s">
-        <v>179</v>
+        <v>186</v>
       </c>
       <c r="B79" t="s">
-        <v>180</v>
+        <v>187</v>
       </c>
       <c r="C79" t="s">
-        <v>138</v>
+        <v>134</v>
       </c>
       <c r="D79" t="s">
-        <v>34</v>
+        <v>33</v>
       </c>
       <c r="E79" t="s">
-        <v>35</v>
+        <v>34</v>
       </c>
       <c r="F79">
         <v>2017</v>
       </c>
       <c r="G79"/>
       <c r="H79" t="s">
-        <v>52</v>
+        <v>55</v>
       </c>
     </row>
     <row r="80" spans="1:8">
       <c r="A80" t="s">
-        <v>181</v>
+        <v>188</v>
       </c>
       <c r="B80" t="s">
-        <v>182</v>
+        <v>159</v>
       </c>
       <c r="C80" t="s">
-        <v>138</v>
+        <v>134</v>
       </c>
       <c r="D80" t="s">
-        <v>34</v>
+        <v>33</v>
       </c>
       <c r="E80" t="s">
-        <v>35</v>
+        <v>34</v>
       </c>
       <c r="F80">
         <v>2017</v>
       </c>
       <c r="G80"/>
       <c r="H80" t="s">
-        <v>52</v>
+        <v>55</v>
       </c>
     </row>
     <row r="81" spans="1:8">
       <c r="A81" t="s">
-        <v>183</v>
+        <v>189</v>
       </c>
       <c r="B81" t="s">
-        <v>184</v>
+        <v>190</v>
       </c>
       <c r="C81" t="s">
-        <v>138</v>
+        <v>32</v>
       </c>
       <c r="D81" t="s">
-        <v>34</v>
+        <v>33</v>
       </c>
       <c r="E81" t="s">
-        <v>35</v>
+        <v>34</v>
       </c>
       <c r="F81">
         <v>2017</v>
       </c>
       <c r="G81"/>
       <c r="H81" t="s">
-        <v>52</v>
+        <v>127</v>
       </c>
     </row>
     <row r="82" spans="1:8">
       <c r="A82" t="s">
-        <v>185</v>
+        <v>191</v>
       </c>
       <c r="B82" t="s">
-        <v>186</v>
+        <v>192</v>
       </c>
       <c r="C82" t="s">
-        <v>138</v>
+        <v>193</v>
       </c>
       <c r="D82" t="s">
-        <v>34</v>
+        <v>92</v>
       </c>
       <c r="E82" t="s">
-        <v>35</v>
+        <v>34</v>
       </c>
       <c r="F82">
         <v>2017</v>
       </c>
       <c r="G82"/>
-      <c r="H82" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H82"/>
     </row>
     <row r="83" spans="1:8">
       <c r="A83" t="s">
-        <v>187</v>
+        <v>194</v>
       </c>
       <c r="B83" t="s">
-        <v>188</v>
+        <v>195</v>
       </c>
       <c r="C83" t="s">
-        <v>138</v>
+        <v>88</v>
       </c>
       <c r="D83" t="s">
-        <v>34</v>
+        <v>33</v>
       </c>
       <c r="E83" t="s">
-        <v>35</v>
+        <v>34</v>
       </c>
       <c r="F83">
         <v>2017</v>
       </c>
       <c r="G83"/>
-      <c r="H83" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H83"/>
     </row>
     <row r="84" spans="1:8">
       <c r="A84" t="s">
-        <v>189</v>
+        <v>196</v>
       </c>
       <c r="B84" t="s">
-        <v>190</v>
+        <v>197</v>
       </c>
       <c r="C84" t="s">
-        <v>138</v>
+        <v>32</v>
       </c>
       <c r="D84" t="s">
-        <v>34</v>
+        <v>33</v>
       </c>
       <c r="E84" t="s">
-        <v>35</v>
+        <v>34</v>
       </c>
       <c r="F84">
         <v>2017</v>
       </c>
       <c r="G84"/>
-      <c r="H84" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H84"/>
     </row>
     <row r="85" spans="1:8">
       <c r="A85" t="s">
-        <v>191</v>
+        <v>198</v>
       </c>
       <c r="B85" t="s">
-        <v>163</v>
+        <v>199</v>
       </c>
       <c r="C85" t="s">
-        <v>138</v>
+        <v>88</v>
       </c>
       <c r="D85" t="s">
-        <v>34</v>
+        <v>33</v>
       </c>
       <c r="E85" t="s">
-        <v>35</v>
+        <v>34</v>
       </c>
       <c r="F85">
         <v>2017</v>
       </c>
       <c r="G85"/>
-      <c r="H85" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H85"/>
     </row>
     <row r="86" spans="1:8">
       <c r="A86" t="s">
-        <v>192</v>
+        <v>200</v>
       </c>
       <c r="B86" t="s">
-        <v>193</v>
+        <v>201</v>
       </c>
       <c r="C86" t="s">
-        <v>33</v>
+        <v>88</v>
       </c>
       <c r="D86" t="s">
-        <v>34</v>
+        <v>33</v>
       </c>
       <c r="E86" t="s">
-        <v>35</v>
+        <v>34</v>
       </c>
       <c r="F86">
         <v>2017</v>
       </c>
       <c r="G86"/>
-      <c r="H86" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H86"/>
     </row>
     <row r="87" spans="1:8">
       <c r="A87" t="s">
-        <v>194</v>
+        <v>202</v>
       </c>
       <c r="B87" t="s">
-        <v>195</v>
+        <v>203</v>
       </c>
       <c r="C87" t="s">
-        <v>196</v>
+        <v>32</v>
       </c>
       <c r="D87" t="s">
-        <v>92</v>
+        <v>33</v>
       </c>
       <c r="E87" t="s">
-        <v>35</v>
+        <v>34</v>
       </c>
       <c r="F87">
         <v>2017</v>
       </c>
       <c r="G87"/>
-      <c r="H87" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H87"/>
     </row>
     <row r="88" spans="1:8">
       <c r="A88" t="s">
-        <v>197</v>
+        <v>204</v>
       </c>
       <c r="B88" t="s">
-        <v>198</v>
+        <v>205</v>
       </c>
       <c r="C88" t="s">
-        <v>88</v>
+        <v>206</v>
       </c>
       <c r="D88" t="s">
-        <v>34</v>
+        <v>33</v>
       </c>
       <c r="E88" t="s">
-        <v>35</v>
+        <v>34</v>
       </c>
       <c r="F88">
         <v>2017</v>
       </c>
       <c r="G88"/>
       <c r="H88"/>
-    </row>
-[...110 lines deleted...]
-      <c r="H93"/>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>