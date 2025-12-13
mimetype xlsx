--- v0 (2025-10-28)
+++ v1 (2025-12-13)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="normativa" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="682">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="685">
   <si>
     <t>Nombre</t>
   </si>
   <si>
     <t>Enlace</t>
   </si>
   <si>
     <t>Rango norma inferior</t>
   </si>
   <si>
     <t>Rango norma intermedia</t>
   </si>
   <si>
     <t>Rango norma superior</t>
   </si>
   <si>
     <t>Año</t>
   </si>
   <si>
     <t>Ámbito geográfico político</t>
   </si>
   <si>
     <t>Comunidad Autónoma</t>
   </si>
   <si>
@@ -315,50 +315,62 @@
   <si>
     <t>Orden</t>
   </si>
   <si>
     <t>pruebaValidacion</t>
   </si>
   <si>
     <t>pruebaAnio</t>
   </si>
   <si>
     <t>Prueba de borrar legislación</t>
   </si>
   <si>
     <t>Tratados Internacionales</t>
   </si>
   <si>
     <t>Aragón</t>
   </si>
   <si>
     <t>prueba alma</t>
   </si>
   <si>
     <t>prueba ejemplo alma</t>
   </si>
   <si>
+    <t>prueba jesus 11 11</t>
+  </si>
+  <si>
+    <t>www.prueba.es</t>
+  </si>
+  <si>
+    <t>Dictamen</t>
+  </si>
+  <si>
+    <t>pruebaa2</t>
+  </si>
+  <si>
     <t>Prueba Alta Validación en Legislación</t>
   </si>
   <si>
     <t>https://www.google.com/test2</t>
   </si>
   <si>
     <t>Normas con rango de Ley</t>
   </si>
   <si>
     <t>Ejemplos</t>
   </si>
   <si>
     <t>www.google.es</t>
   </si>
   <si>
     <t>Prueba de nueva norma región de Murcia modificado</t>
   </si>
   <si>
     <t>Región de Murcia</t>
   </si>
   <si>
     <t>Pruebas Boletin oficial</t>
   </si>
   <si>
     <t>https://www.google.com/testsg7</t>
@@ -443,53 +455,50 @@
     <t>Prueba Legislación Alta Norma</t>
   </si>
   <si>
     <t>https://www.google.com/testsg6</t>
   </si>
   <si>
     <t>Pruebass Legislación Cancelar.</t>
   </si>
   <si>
     <t>Orden TED/452/2025, de 5 de mayo, por la que se modifican los anexos del Real Decreto 139/2011, de 4 de febrero, para el desarrollo del Listado de Especies Silvestres en Régimen de Protección Especial y del Catálogo Español de Especies Amenazadas; del Real Decreto 630/2013, de 2 de agosto, por el que se regula el Catálogo Español de Especies Exóticas Invasoras; y por la que se declara la situación crítica de «Fulica cristata» y «Galemys pyrenaicus» en España.</t>
   </si>
   <si>
     <t>https://www.boe.es/diario_boe/txt.php?id=BOE-A-2025-9192</t>
   </si>
   <si>
     <t>Orden (orden Ministerial, Ordenes de las Comisiones delegadas del Gobierno)</t>
   </si>
   <si>
     <t>decreto por el que se aprueban los Planes de Gestión de blablabla</t>
   </si>
   <si>
     <t>https://google.es</t>
   </si>
   <si>
     <t>normtiva de declaración de protección</t>
-  </si>
-[...1 lines deleted...]
-    <t>Dictamen</t>
   </si>
   <si>
     <t>Decreto 110/2015, de 17 de marzo, por el que se declaran las Zonas Especiales de Conservación Sierras de Gádor y Énix (ES6110008), Sierra del alto de almagro (ES6110011), Sierras almagrera, de los Pinos y el Aguilón (ES6110012), Sierra Líjar (ES6120013), Suroeste de la Sierra de Cardeña y Montoro (ES6130005), Guadalmellato (ES6130006),Guadiato-Bembézar (ES6130007), Sierra de Loja (ES6140008), Sierras Bermeja y Real (ES6170010), Sierra Blanca (ES6170011), Sierra de Camarolos (ES6170012), Valle del Río del Genal (ES6170016) y Sierra Blanquilla (ES6170032).</t>
   </si>
   <si>
     <t>Decreto 35/2015, de 17 de marzo, por el que se designan Zonas Especiales de Conservación cinco ríos del Territorio Histórico de Álava.https://www.euskadi.eus/r47-bopvvaci/es/bopv2/datos/2015/05/1501942a.pdf</t>
   </si>
   <si>
     <t>País Vasco</t>
   </si>
   <si>
     <t>Decreto 4/2015, de 13 de enero, por el que se declaran las Zonas Especiales de Conservación de la Red Ecológica Europea Natura 2000 Rambla de Arejos (ES6110016), Río Antas (ES6110017), Río Adra (ES6110018), Ríos Guadiaro y Hozgarganta (ES6120031), Río Guadiaro (ES6170031), Río Guadalevín (ES6170034), Río Guadalmedina (ES6170028), Ríos Guadalhorce, Fahalas y Pereilas (ES6170033), Río Fuengirola (ES6170022), Río Real (ES6170025), Río Manilva (ES6170029), Río de Castor (ES6170017), Río Verde (ES6170019), Río Guadaiza (ES6170020), Río Guadalmina (ES6170021), Río Guadalmansa (ES6170024), Río del Padrón (ES6170026) y Arroyo de la Cala (ES6170027).</t>
   </si>
   <si>
     <t>Decreto 113/2015, de 17 de marzo, por el que se declaran las Zonas Especiales de Conservación pertenecientes a la cuenca Hidrográfica del Guadalete-Barbate y determinadas Zonas Especiales de Conservación pertenecientes a la cuenca Hidrográfica del Guadalquivir.</t>
   </si>
   <si>
     <t>Decreto 1/2015, de 13 de enero, por el que se declaran las Zonas Especiales de Conservación de la Red Ecológica Europea Natura 2000 Acebuchales de la Campiña Sur de Cádiz (ES6120015), Cola del Embalse de Bornos (ES6120002), Cola del Embalse de Arcos (ES6120001), Río Guadalmez (ES6130004), Sierra de Santa Eufemia (ES6130003) y Corredor Ecológico del Río Guadiamar (ES6180005).</t>
   </si>
   <si>
     <t>Decreto 206/2015, de 3 de noviembre, por el que se designa Zona Especial de Conservación Robledales Isla de la Llanada alavesa (ES2110013).https://www.euskadi.eus/y22-bopv/es/bopv2/datos/2015/11/1505074a.pdfCartografía:http://www.euskadi.eus/r33-bopvmap/es?conf=BOPV/capas/D_206_2015/RobledalesIsla.json</t>
   </si>
   <si>
     <t>Decreto 26/2015, de 07/05/2015, por el que se declaran como Zonas Especiales de Conservación (ZEC) de la Red Natura 2000 en Castilla-La Mancha, 40 Lugares de Importancia Comunitaria (LIC), se propone a la Comisión Europea la modificación de los límites de 14 de estos espacios y se modifican los límites de 8 Zonas de Especial Protección para las Aves (ZEPA). [NID 2015/5845]</t>
   </si>
@@ -2407,51 +2416,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:H439"/>
+  <dimension ref="A1:H441"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="961.337" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="378.622" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="89.55" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="97.833" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="63.556" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="31.707" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
@@ -3525,9189 +3534,9231 @@
       </c>
       <c r="B51" t="s">
         <v>28</v>
       </c>
       <c r="C51"/>
       <c r="D51"/>
       <c r="E51" t="s">
         <v>96</v>
       </c>
       <c r="F51">
         <v>2025</v>
       </c>
       <c r="G51"/>
       <c r="H51" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="52" spans="1:8">
       <c r="A52" t="s">
         <v>100</v>
       </c>
       <c r="B52" t="s">
         <v>101</v>
       </c>
       <c r="C52"/>
-      <c r="D52"/>
+      <c r="D52" t="s">
+        <v>102</v>
+      </c>
       <c r="E52" t="s">
-        <v>102</v>
+        <v>96</v>
       </c>
       <c r="F52">
         <v>2025</v>
       </c>
-      <c r="G52"/>
+      <c r="G52" t="s">
+        <v>37</v>
+      </c>
       <c r="H52"/>
     </row>
     <row r="53" spans="1:8">
       <c r="A53" t="s">
         <v>103</v>
       </c>
       <c r="B53" t="s">
-        <v>104</v>
+        <v>101</v>
       </c>
       <c r="C53"/>
       <c r="D53"/>
       <c r="E53" t="s">
-        <v>102</v>
+        <v>96</v>
       </c>
       <c r="F53">
         <v>2025</v>
       </c>
-      <c r="G53"/>
+      <c r="G53" t="s">
+        <v>37</v>
+      </c>
       <c r="H53"/>
     </row>
     <row r="54" spans="1:8">
       <c r="A54" t="s">
+        <v>104</v>
+      </c>
+      <c r="B54" t="s">
         <v>105</v>
-      </c>
-[...1 lines deleted...]
-        <v>104</v>
       </c>
       <c r="C54"/>
       <c r="D54"/>
       <c r="E54" t="s">
-        <v>102</v>
+        <v>106</v>
       </c>
       <c r="F54">
         <v>2025</v>
       </c>
       <c r="G54"/>
-      <c r="H54" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H54"/>
     </row>
     <row r="55" spans="1:8">
       <c r="A55" t="s">
         <v>107</v>
       </c>
       <c r="B55" t="s">
         <v>108</v>
       </c>
       <c r="C55"/>
-      <c r="D55" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="D55"/>
       <c r="E55" t="s">
-        <v>102</v>
+        <v>106</v>
       </c>
       <c r="F55">
         <v>2025</v>
       </c>
-      <c r="G55" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="G55"/>
+      <c r="H55"/>
     </row>
     <row r="56" spans="1:8">
       <c r="A56" t="s">
-        <v>107</v>
+        <v>109</v>
       </c>
       <c r="B56" t="s">
         <v>108</v>
       </c>
       <c r="C56"/>
-      <c r="D56" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="D56"/>
       <c r="E56" t="s">
-        <v>102</v>
+        <v>106</v>
       </c>
       <c r="F56">
         <v>2025</v>
       </c>
-      <c r="G56" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="G56"/>
       <c r="H56" t="s">
-        <v>15</v>
+        <v>110</v>
       </c>
     </row>
     <row r="57" spans="1:8">
       <c r="A57" t="s">
         <v>111</v>
       </c>
       <c r="B57" t="s">
-        <v>31</v>
+        <v>112</v>
       </c>
       <c r="C57"/>
       <c r="D57" t="s">
-        <v>109</v>
+        <v>113</v>
       </c>
       <c r="E57" t="s">
-        <v>102</v>
+        <v>106</v>
       </c>
       <c r="F57">
         <v>2025</v>
       </c>
       <c r="G57" t="s">
-        <v>112</v>
+        <v>37</v>
       </c>
       <c r="H57" t="s">
-        <v>110</v>
+        <v>114</v>
       </c>
     </row>
     <row r="58" spans="1:8">
       <c r="A58" t="s">
-        <v>113</v>
+        <v>111</v>
       </c>
       <c r="B58" t="s">
-        <v>33</v>
+        <v>112</v>
       </c>
       <c r="C58"/>
       <c r="D58" t="s">
-        <v>109</v>
+        <v>113</v>
       </c>
       <c r="E58" t="s">
-        <v>102</v>
+        <v>106</v>
       </c>
       <c r="F58">
         <v>2025</v>
       </c>
-      <c r="G58"/>
+      <c r="G58" t="s">
+        <v>37</v>
+      </c>
       <c r="H58" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="59" spans="1:8">
       <c r="A59" t="s">
-        <v>114</v>
+        <v>115</v>
       </c>
       <c r="B59" t="s">
-        <v>104</v>
+        <v>31</v>
       </c>
       <c r="C59"/>
-      <c r="D59"/>
+      <c r="D59" t="s">
+        <v>113</v>
+      </c>
       <c r="E59" t="s">
-        <v>102</v>
+        <v>106</v>
       </c>
       <c r="F59">
         <v>2025</v>
       </c>
       <c r="G59" t="s">
-        <v>26</v>
-[...1 lines deleted...]
-      <c r="H59"/>
+        <v>116</v>
+      </c>
+      <c r="H59" t="s">
+        <v>114</v>
+      </c>
     </row>
     <row r="60" spans="1:8">
       <c r="A60" t="s">
-        <v>115</v>
+        <v>117</v>
       </c>
       <c r="B60" t="s">
-        <v>104</v>
+        <v>33</v>
       </c>
       <c r="C60"/>
-      <c r="D60"/>
+      <c r="D60" t="s">
+        <v>113</v>
+      </c>
       <c r="E60" t="s">
-        <v>102</v>
+        <v>106</v>
       </c>
       <c r="F60">
         <v>2025</v>
       </c>
-      <c r="G60" t="s">
-[...2 lines deleted...]
-      <c r="H60"/>
+      <c r="G60"/>
+      <c r="H60" t="s">
+        <v>15</v>
+      </c>
     </row>
     <row r="61" spans="1:8">
       <c r="A61" t="s">
-        <v>116</v>
+        <v>118</v>
       </c>
       <c r="B61" t="s">
-        <v>117</v>
+        <v>108</v>
       </c>
       <c r="C61"/>
-      <c r="D61" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="D61"/>
       <c r="E61" t="s">
-        <v>102</v>
+        <v>106</v>
       </c>
       <c r="F61">
         <v>2025</v>
       </c>
       <c r="G61" t="s">
-        <v>37</v>
+        <v>26</v>
       </c>
       <c r="H61"/>
     </row>
     <row r="62" spans="1:8">
       <c r="A62" t="s">
         <v>119</v>
       </c>
       <c r="B62" t="s">
-        <v>120</v>
-[...6 lines deleted...]
-      </c>
+        <v>108</v>
+      </c>
+      <c r="C62"/>
+      <c r="D62"/>
       <c r="E62" t="s">
-        <v>102</v>
+        <v>106</v>
       </c>
       <c r="F62">
         <v>2025</v>
       </c>
-      <c r="G62"/>
+      <c r="G62" t="s">
+        <v>26</v>
+      </c>
       <c r="H62"/>
     </row>
     <row r="63" spans="1:8">
       <c r="A63" t="s">
-        <v>123</v>
+        <v>120</v>
       </c>
       <c r="B63" t="s">
-        <v>124</v>
-[...3 lines deleted...]
-      </c>
+        <v>121</v>
+      </c>
+      <c r="C63"/>
       <c r="D63" t="s">
-        <v>125</v>
+        <v>122</v>
       </c>
       <c r="E63" t="s">
-        <v>126</v>
+        <v>106</v>
       </c>
       <c r="F63">
         <v>2025</v>
       </c>
-      <c r="G63"/>
-[...2 lines deleted...]
-      </c>
+      <c r="G63" t="s">
+        <v>37</v>
+      </c>
+      <c r="H63"/>
     </row>
     <row r="64" spans="1:8">
       <c r="A64" t="s">
-        <v>128</v>
+        <v>123</v>
       </c>
       <c r="B64" t="s">
-        <v>104</v>
+        <v>124</v>
       </c>
       <c r="C64" t="s">
-        <v>129</v>
+        <v>125</v>
       </c>
       <c r="D64" t="s">
-        <v>58</v>
+        <v>126</v>
       </c>
       <c r="E64" t="s">
-        <v>126</v>
+        <v>106</v>
       </c>
       <c r="F64">
         <v>2025</v>
       </c>
       <c r="G64"/>
-      <c r="H64" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H64"/>
     </row>
     <row r="65" spans="1:8">
       <c r="A65" t="s">
-        <v>130</v>
+        <v>127</v>
       </c>
       <c r="B65" t="s">
-        <v>104</v>
+        <v>128</v>
       </c>
       <c r="C65" t="s">
-        <v>131</v>
+        <v>57</v>
       </c>
       <c r="D65" t="s">
-        <v>58</v>
+        <v>129</v>
       </c>
       <c r="E65" t="s">
-        <v>126</v>
+        <v>130</v>
       </c>
       <c r="F65">
         <v>2025</v>
       </c>
-      <c r="G65" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="G65"/>
       <c r="H65" t="s">
-        <v>10</v>
+        <v>131</v>
       </c>
     </row>
     <row r="66" spans="1:8">
       <c r="A66" t="s">
         <v>132</v>
       </c>
       <c r="B66" t="s">
-        <v>33</v>
+        <v>108</v>
       </c>
       <c r="C66" t="s">
         <v>133</v>
       </c>
       <c r="D66" t="s">
-        <v>122</v>
+        <v>58</v>
       </c>
       <c r="E66" t="s">
-        <v>126</v>
+        <v>130</v>
       </c>
       <c r="F66">
         <v>2025</v>
       </c>
       <c r="G66"/>
       <c r="H66" t="s">
-        <v>15</v>
+        <v>29</v>
       </c>
     </row>
     <row r="67" spans="1:8">
       <c r="A67" t="s">
         <v>134</v>
       </c>
       <c r="B67" t="s">
+        <v>108</v>
+      </c>
+      <c r="C67" t="s">
         <v>135</v>
       </c>
-      <c r="C67" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D67" t="s">
-        <v>125</v>
+        <v>58</v>
       </c>
       <c r="E67" t="s">
-        <v>126</v>
+        <v>130</v>
       </c>
       <c r="F67">
         <v>2025</v>
       </c>
-      <c r="G67"/>
+      <c r="G67" t="s">
+        <v>26</v>
+      </c>
       <c r="H67" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="68" spans="1:8">
       <c r="A68" t="s">
         <v>136</v>
       </c>
       <c r="B68" t="s">
-        <v>31</v>
+        <v>33</v>
       </c>
       <c r="C68" t="s">
-        <v>57</v>
+        <v>137</v>
       </c>
       <c r="D68" t="s">
-        <v>125</v>
+        <v>126</v>
       </c>
       <c r="E68" t="s">
-        <v>126</v>
+        <v>130</v>
       </c>
       <c r="F68">
         <v>2025</v>
       </c>
       <c r="G68"/>
       <c r="H68" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="69" spans="1:8">
       <c r="A69" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="B69" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="C69" t="s">
-        <v>139</v>
+        <v>57</v>
       </c>
       <c r="D69" t="s">
-        <v>122</v>
+        <v>129</v>
       </c>
       <c r="E69" t="s">
-        <v>126</v>
+        <v>130</v>
       </c>
       <c r="F69">
         <v>2025</v>
       </c>
-      <c r="G69" t="s">
-[...2 lines deleted...]
-      <c r="H69"/>
+      <c r="G69"/>
+      <c r="H69" t="s">
+        <v>10</v>
+      </c>
     </row>
     <row r="70" spans="1:8">
       <c r="A70" t="s">
-        <v>59</v>
+        <v>140</v>
       </c>
       <c r="B70" t="s">
-        <v>64</v>
+        <v>31</v>
       </c>
       <c r="C70" t="s">
-        <v>24</v>
+        <v>57</v>
       </c>
       <c r="D70" t="s">
-        <v>122</v>
+        <v>129</v>
       </c>
       <c r="E70" t="s">
-        <v>126</v>
+        <v>130</v>
       </c>
       <c r="F70">
         <v>2025</v>
       </c>
       <c r="G70"/>
       <c r="H70" t="s">
-        <v>45</v>
+        <v>15</v>
       </c>
     </row>
     <row r="71" spans="1:8">
       <c r="A71" t="s">
-        <v>140</v>
+        <v>141</v>
       </c>
       <c r="B71" t="s">
-        <v>141</v>
-[...2 lines deleted...]
-      <c r="D71"/>
+        <v>142</v>
+      </c>
+      <c r="C71" t="s">
+        <v>143</v>
+      </c>
+      <c r="D71" t="s">
+        <v>126</v>
+      </c>
       <c r="E71" t="s">
-        <v>126</v>
+        <v>130</v>
       </c>
       <c r="F71">
         <v>2025</v>
       </c>
-      <c r="G71"/>
-[...2 lines deleted...]
-      </c>
+      <c r="G71" t="s">
+        <v>37</v>
+      </c>
+      <c r="H71"/>
     </row>
     <row r="72" spans="1:8">
       <c r="A72" t="s">
-        <v>142</v>
+        <v>59</v>
       </c>
       <c r="B72" t="s">
-        <v>28</v>
+        <v>64</v>
       </c>
       <c r="C72" t="s">
-        <v>121</v>
+        <v>24</v>
       </c>
       <c r="D72" t="s">
-        <v>143</v>
+        <v>126</v>
       </c>
       <c r="E72" t="s">
-        <v>126</v>
+        <v>130</v>
       </c>
       <c r="F72">
         <v>2025</v>
       </c>
-      <c r="G72" t="s">
-[...2 lines deleted...]
-      <c r="H72"/>
+      <c r="G72"/>
+      <c r="H72" t="s">
+        <v>45</v>
+      </c>
     </row>
     <row r="73" spans="1:8">
       <c r="A73" t="s">
         <v>144</v>
       </c>
-      <c r="B73"/>
+      <c r="B73" t="s">
+        <v>145</v>
+      </c>
       <c r="C73"/>
       <c r="D73"/>
-      <c r="E73"/>
+      <c r="E73" t="s">
+        <v>130</v>
+      </c>
       <c r="F73">
-        <v>2015</v>
+        <v>2025</v>
       </c>
       <c r="G73"/>
       <c r="H73" t="s">
-        <v>15</v>
+        <v>49</v>
       </c>
     </row>
     <row r="74" spans="1:8">
       <c r="A74" t="s">
-        <v>145</v>
-[...4 lines deleted...]
-      <c r="E74"/>
+        <v>146</v>
+      </c>
+      <c r="B74" t="s">
+        <v>28</v>
+      </c>
+      <c r="C74" t="s">
+        <v>125</v>
+      </c>
+      <c r="D74" t="s">
+        <v>102</v>
+      </c>
+      <c r="E74" t="s">
+        <v>130</v>
+      </c>
       <c r="F74">
-        <v>2015</v>
-[...4 lines deleted...]
-      </c>
+        <v>2025</v>
+      </c>
+      <c r="G74" t="s">
+        <v>26</v>
+      </c>
+      <c r="H74"/>
     </row>
     <row r="75" spans="1:8">
       <c r="A75" t="s">
         <v>147</v>
       </c>
       <c r="B75"/>
       <c r="C75"/>
       <c r="D75"/>
       <c r="E75"/>
       <c r="F75">
         <v>2015</v>
       </c>
       <c r="G75"/>
       <c r="H75" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="76" spans="1:8">
       <c r="A76" t="s">
         <v>148</v>
       </c>
       <c r="B76"/>
       <c r="C76"/>
       <c r="D76"/>
       <c r="E76"/>
       <c r="F76">
         <v>2015</v>
       </c>
       <c r="G76"/>
       <c r="H76" t="s">
-        <v>15</v>
+        <v>149</v>
       </c>
     </row>
     <row r="77" spans="1:8">
       <c r="A77" t="s">
-        <v>149</v>
+        <v>150</v>
       </c>
       <c r="B77"/>
       <c r="C77"/>
       <c r="D77"/>
       <c r="E77"/>
       <c r="F77">
         <v>2015</v>
       </c>
       <c r="G77"/>
       <c r="H77" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="78" spans="1:8">
       <c r="A78" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
       <c r="B78"/>
       <c r="C78"/>
       <c r="D78"/>
       <c r="E78"/>
       <c r="F78">
         <v>2015</v>
       </c>
       <c r="G78"/>
       <c r="H78" t="s">
-        <v>146</v>
+        <v>15</v>
       </c>
     </row>
     <row r="79" spans="1:8">
       <c r="A79" t="s">
-        <v>151</v>
+        <v>152</v>
       </c>
       <c r="B79"/>
       <c r="C79"/>
       <c r="D79"/>
       <c r="E79"/>
       <c r="F79">
         <v>2015</v>
       </c>
       <c r="G79"/>
       <c r="H79" t="s">
-        <v>29</v>
+        <v>15</v>
       </c>
     </row>
     <row r="80" spans="1:8">
       <c r="A80" t="s">
-        <v>151</v>
+        <v>153</v>
       </c>
       <c r="B80"/>
       <c r="C80"/>
       <c r="D80"/>
       <c r="E80"/>
       <c r="F80">
         <v>2015</v>
       </c>
       <c r="G80"/>
       <c r="H80" t="s">
-        <v>49</v>
+        <v>149</v>
       </c>
     </row>
     <row r="81" spans="1:8">
       <c r="A81" t="s">
-        <v>152</v>
+        <v>154</v>
       </c>
       <c r="B81"/>
       <c r="C81"/>
       <c r="D81"/>
       <c r="E81"/>
       <c r="F81">
         <v>2015</v>
       </c>
       <c r="G81"/>
       <c r="H81" t="s">
-        <v>153</v>
+        <v>29</v>
       </c>
     </row>
     <row r="82" spans="1:8">
       <c r="A82" t="s">
-        <v>152</v>
+        <v>154</v>
       </c>
       <c r="B82"/>
       <c r="C82"/>
       <c r="D82"/>
       <c r="E82"/>
       <c r="F82">
         <v>2015</v>
       </c>
       <c r="G82"/>
       <c r="H82" t="s">
-        <v>29</v>
+        <v>49</v>
       </c>
     </row>
     <row r="83" spans="1:8">
       <c r="A83" t="s">
-        <v>154</v>
+        <v>155</v>
       </c>
       <c r="B83"/>
       <c r="C83"/>
       <c r="D83"/>
       <c r="E83"/>
       <c r="F83">
         <v>2015</v>
       </c>
       <c r="G83"/>
       <c r="H83" t="s">
-        <v>106</v>
+        <v>156</v>
       </c>
     </row>
     <row r="84" spans="1:8">
       <c r="A84" t="s">
         <v>155</v>
       </c>
-      <c r="B84" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="B84"/>
       <c r="C84"/>
       <c r="D84"/>
       <c r="E84"/>
       <c r="F84">
         <v>2015</v>
       </c>
       <c r="G84"/>
       <c r="H84" t="s">
-        <v>49</v>
+        <v>29</v>
       </c>
     </row>
     <row r="85" spans="1:8">
       <c r="A85" t="s">
         <v>157</v>
       </c>
-      <c r="B85" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="B85"/>
       <c r="C85"/>
-      <c r="D85" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="D85"/>
+      <c r="E85"/>
       <c r="F85">
         <v>2015</v>
       </c>
-      <c r="G85" t="s">
-[...2 lines deleted...]
-      <c r="H85"/>
+      <c r="G85"/>
+      <c r="H85" t="s">
+        <v>110</v>
+      </c>
     </row>
     <row r="86" spans="1:8">
       <c r="A86" t="s">
-        <v>160</v>
+        <v>158</v>
       </c>
       <c r="B86" t="s">
-        <v>161</v>
+        <v>159</v>
       </c>
       <c r="C86"/>
       <c r="D86"/>
-      <c r="E86" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="E86"/>
       <c r="F86">
         <v>2015</v>
       </c>
-      <c r="G86" t="s">
-[...2 lines deleted...]
-      <c r="H86"/>
+      <c r="G86"/>
+      <c r="H86" t="s">
+        <v>49</v>
+      </c>
     </row>
     <row r="87" spans="1:8">
       <c r="A87" t="s">
-        <v>162</v>
+        <v>160</v>
       </c>
       <c r="B87" t="s">
-        <v>163</v>
+        <v>161</v>
       </c>
       <c r="C87"/>
       <c r="D87" t="s">
-        <v>109</v>
+        <v>162</v>
       </c>
       <c r="E87" t="s">
-        <v>102</v>
+        <v>25</v>
       </c>
       <c r="F87">
         <v>2015</v>
       </c>
-      <c r="G87"/>
-[...2 lines deleted...]
-      </c>
+      <c r="G87" t="s">
+        <v>26</v>
+      </c>
+      <c r="H87"/>
     </row>
     <row r="88" spans="1:8">
       <c r="A88" t="s">
-        <v>165</v>
+        <v>163</v>
       </c>
       <c r="B88" t="s">
-        <v>166</v>
+        <v>164</v>
       </c>
       <c r="C88"/>
-      <c r="D88" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="D88"/>
       <c r="E88" t="s">
-        <v>102</v>
+        <v>96</v>
       </c>
       <c r="F88">
         <v>2015</v>
       </c>
       <c r="G88" t="s">
-        <v>37</v>
+        <v>26</v>
       </c>
       <c r="H88"/>
     </row>
     <row r="89" spans="1:8">
       <c r="A89" t="s">
-        <v>167</v>
+        <v>165</v>
       </c>
       <c r="B89" t="s">
-        <v>168</v>
+        <v>166</v>
       </c>
       <c r="C89"/>
       <c r="D89" t="s">
-        <v>109</v>
+        <v>113</v>
       </c>
       <c r="E89" t="s">
-        <v>102</v>
+        <v>106</v>
       </c>
       <c r="F89">
         <v>2015</v>
       </c>
       <c r="G89"/>
       <c r="H89" t="s">
-        <v>164</v>
+        <v>167</v>
       </c>
     </row>
     <row r="90" spans="1:8">
       <c r="A90" t="s">
-        <v>151</v>
+        <v>168</v>
       </c>
       <c r="B90" t="s">
         <v>169</v>
       </c>
       <c r="C90"/>
-      <c r="D90"/>
+      <c r="D90" t="s">
+        <v>122</v>
+      </c>
       <c r="E90" t="s">
-        <v>102</v>
+        <v>106</v>
       </c>
       <c r="F90">
         <v>2015</v>
       </c>
-      <c r="G90"/>
-[...2 lines deleted...]
-      </c>
+      <c r="G90" t="s">
+        <v>37</v>
+      </c>
+      <c r="H90"/>
     </row>
     <row r="91" spans="1:8">
       <c r="A91" t="s">
         <v>170</v>
       </c>
       <c r="B91" t="s">
         <v>171</v>
       </c>
-      <c r="C91" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="C91"/>
       <c r="D91" t="s">
-        <v>122</v>
+        <v>113</v>
       </c>
       <c r="E91" t="s">
-        <v>126</v>
+        <v>106</v>
       </c>
       <c r="F91">
         <v>2015</v>
       </c>
-      <c r="G91" t="s">
-[...2 lines deleted...]
-      <c r="H91"/>
+      <c r="G91"/>
+      <c r="H91" t="s">
+        <v>167</v>
+      </c>
     </row>
     <row r="92" spans="1:8">
       <c r="A92" t="s">
+        <v>154</v>
+      </c>
+      <c r="B92" t="s">
         <v>172</v>
       </c>
-      <c r="B92" t="s">
-[...7 lines deleted...]
-      </c>
+      <c r="C92"/>
+      <c r="D92"/>
       <c r="E92" t="s">
-        <v>126</v>
+        <v>106</v>
       </c>
       <c r="F92">
         <v>2015</v>
       </c>
       <c r="G92"/>
       <c r="H92" t="s">
-        <v>174</v>
+        <v>49</v>
       </c>
     </row>
     <row r="93" spans="1:8">
       <c r="A93" t="s">
-        <v>175</v>
+        <v>173</v>
       </c>
       <c r="B93" t="s">
-        <v>176</v>
+        <v>174</v>
       </c>
       <c r="C93" t="s">
-        <v>24</v>
+        <v>143</v>
       </c>
       <c r="D93" t="s">
-        <v>122</v>
+        <v>126</v>
       </c>
       <c r="E93" t="s">
-        <v>126</v>
+        <v>130</v>
       </c>
       <c r="F93">
         <v>2015</v>
       </c>
       <c r="G93" t="s">
         <v>37</v>
       </c>
       <c r="H93"/>
     </row>
     <row r="94" spans="1:8">
       <c r="A94" t="s">
-        <v>177</v>
+        <v>175</v>
       </c>
       <c r="B94" t="s">
-        <v>178</v>
+        <v>176</v>
       </c>
       <c r="C94" t="s">
-        <v>129</v>
+        <v>125</v>
       </c>
       <c r="D94" t="s">
         <v>58</v>
       </c>
       <c r="E94" t="s">
-        <v>126</v>
+        <v>130</v>
       </c>
       <c r="F94">
         <v>2015</v>
       </c>
       <c r="G94"/>
       <c r="H94" t="s">
-        <v>164</v>
+        <v>177</v>
       </c>
     </row>
     <row r="95" spans="1:8">
       <c r="A95" t="s">
-        <v>177</v>
+        <v>178</v>
       </c>
       <c r="B95" t="s">
-        <v>178</v>
+        <v>179</v>
       </c>
       <c r="C95" t="s">
-        <v>129</v>
+        <v>24</v>
       </c>
       <c r="D95" t="s">
-        <v>58</v>
+        <v>126</v>
       </c>
       <c r="E95" t="s">
-        <v>126</v>
+        <v>130</v>
       </c>
       <c r="F95">
         <v>2015</v>
       </c>
-      <c r="G95"/>
-[...2 lines deleted...]
-      </c>
+      <c r="G95" t="s">
+        <v>37</v>
+      </c>
+      <c r="H95"/>
     </row>
     <row r="96" spans="1:8">
       <c r="A96" t="s">
-        <v>179</v>
+        <v>180</v>
       </c>
       <c r="B96" t="s">
-        <v>180</v>
+        <v>181</v>
       </c>
       <c r="C96" t="s">
-        <v>129</v>
+        <v>133</v>
       </c>
       <c r="D96" t="s">
         <v>58</v>
       </c>
       <c r="E96" t="s">
-        <v>126</v>
+        <v>130</v>
       </c>
       <c r="F96">
         <v>2015</v>
       </c>
       <c r="G96"/>
       <c r="H96" t="s">
-        <v>49</v>
+        <v>167</v>
       </c>
     </row>
     <row r="97" spans="1:8">
       <c r="A97" t="s">
+        <v>180</v>
+      </c>
+      <c r="B97" t="s">
         <v>181</v>
       </c>
-      <c r="B97" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C97" t="s">
-        <v>121</v>
+        <v>133</v>
       </c>
       <c r="D97" t="s">
         <v>58</v>
       </c>
       <c r="E97" t="s">
-        <v>126</v>
+        <v>130</v>
       </c>
       <c r="F97">
         <v>2015</v>
       </c>
-      <c r="G97" t="s">
-[...2 lines deleted...]
-      <c r="H97"/>
+      <c r="G97"/>
+      <c r="H97" t="s">
+        <v>29</v>
+      </c>
     </row>
     <row r="98" spans="1:8">
       <c r="A98" t="s">
+        <v>182</v>
+      </c>
+      <c r="B98" t="s">
         <v>183</v>
       </c>
-      <c r="B98" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C98" t="s">
-        <v>129</v>
+        <v>133</v>
       </c>
       <c r="D98" t="s">
         <v>58</v>
       </c>
       <c r="E98" t="s">
-        <v>126</v>
+        <v>130</v>
       </c>
       <c r="F98">
         <v>2015</v>
       </c>
       <c r="G98"/>
       <c r="H98" t="s">
-        <v>153</v>
+        <v>49</v>
       </c>
     </row>
     <row r="99" spans="1:8">
       <c r="A99" t="s">
+        <v>184</v>
+      </c>
+      <c r="B99" t="s">
         <v>185</v>
       </c>
-      <c r="B99" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C99" t="s">
-        <v>129</v>
+        <v>125</v>
       </c>
       <c r="D99" t="s">
         <v>58</v>
       </c>
       <c r="E99" t="s">
-        <v>126</v>
+        <v>130</v>
       </c>
       <c r="F99">
         <v>2015</v>
       </c>
-      <c r="G99"/>
-[...2 lines deleted...]
-      </c>
+      <c r="G99" t="s">
+        <v>37</v>
+      </c>
+      <c r="H99"/>
     </row>
     <row r="100" spans="1:8">
       <c r="A100" t="s">
-        <v>185</v>
+        <v>186</v>
       </c>
       <c r="B100" t="s">
-        <v>186</v>
+        <v>187</v>
       </c>
       <c r="C100" t="s">
-        <v>129</v>
+        <v>133</v>
       </c>
       <c r="D100" t="s">
         <v>58</v>
       </c>
       <c r="E100" t="s">
-        <v>126</v>
+        <v>130</v>
       </c>
       <c r="F100">
         <v>2015</v>
       </c>
       <c r="G100"/>
       <c r="H100" t="s">
-        <v>29</v>
+        <v>156</v>
       </c>
     </row>
     <row r="101" spans="1:8">
       <c r="A101" t="s">
-        <v>187</v>
+        <v>188</v>
       </c>
       <c r="B101" t="s">
-        <v>188</v>
+        <v>189</v>
       </c>
       <c r="C101" t="s">
-        <v>129</v>
+        <v>133</v>
       </c>
       <c r="D101" t="s">
         <v>58</v>
       </c>
       <c r="E101" t="s">
-        <v>126</v>
+        <v>130</v>
       </c>
       <c r="F101">
         <v>2015</v>
       </c>
       <c r="G101"/>
       <c r="H101" t="s">
-        <v>49</v>
+        <v>45</v>
       </c>
     </row>
     <row r="102" spans="1:8">
       <c r="A102" t="s">
+        <v>188</v>
+      </c>
+      <c r="B102" t="s">
         <v>189</v>
       </c>
-      <c r="B102" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C102" t="s">
-        <v>121</v>
+        <v>133</v>
       </c>
       <c r="D102" t="s">
         <v>58</v>
       </c>
       <c r="E102" t="s">
-        <v>126</v>
+        <v>130</v>
       </c>
       <c r="F102">
         <v>2015</v>
       </c>
       <c r="G102"/>
       <c r="H102" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="103" spans="1:8">
       <c r="A103" t="s">
-        <v>189</v>
+        <v>190</v>
       </c>
       <c r="B103" t="s">
-        <v>190</v>
+        <v>191</v>
       </c>
       <c r="C103" t="s">
-        <v>121</v>
+        <v>133</v>
       </c>
       <c r="D103" t="s">
         <v>58</v>
       </c>
       <c r="E103" t="s">
-        <v>126</v>
+        <v>130</v>
       </c>
       <c r="F103">
         <v>2015</v>
       </c>
       <c r="G103"/>
       <c r="H103" t="s">
-        <v>153</v>
+        <v>49</v>
       </c>
     </row>
     <row r="104" spans="1:8">
       <c r="A104" t="s">
-        <v>191</v>
+        <v>192</v>
       </c>
       <c r="B104" t="s">
-        <v>192</v>
+        <v>193</v>
       </c>
       <c r="C104" t="s">
-        <v>129</v>
+        <v>125</v>
       </c>
       <c r="D104" t="s">
         <v>58</v>
       </c>
       <c r="E104" t="s">
-        <v>126</v>
+        <v>130</v>
       </c>
       <c r="F104">
         <v>2015</v>
       </c>
       <c r="G104"/>
       <c r="H104" t="s">
-        <v>174</v>
+        <v>29</v>
       </c>
     </row>
     <row r="105" spans="1:8">
       <c r="A105" t="s">
+        <v>192</v>
+      </c>
+      <c r="B105" t="s">
         <v>193</v>
       </c>
-      <c r="B105" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C105" t="s">
-        <v>121</v>
+        <v>125</v>
       </c>
       <c r="D105" t="s">
         <v>58</v>
       </c>
       <c r="E105" t="s">
-        <v>126</v>
+        <v>130</v>
       </c>
       <c r="F105">
         <v>2015</v>
       </c>
       <c r="G105"/>
       <c r="H105" t="s">
-        <v>106</v>
+        <v>156</v>
       </c>
     </row>
     <row r="106" spans="1:8">
       <c r="A106" t="s">
+        <v>194</v>
+      </c>
+      <c r="B106" t="s">
         <v>195</v>
       </c>
-      <c r="B106" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C106" t="s">
-        <v>129</v>
+        <v>133</v>
       </c>
       <c r="D106" t="s">
         <v>58</v>
       </c>
       <c r="E106" t="s">
-        <v>126</v>
+        <v>130</v>
       </c>
       <c r="F106">
         <v>2015</v>
       </c>
       <c r="G106"/>
       <c r="H106" t="s">
-        <v>45</v>
+        <v>177</v>
       </c>
     </row>
     <row r="107" spans="1:8">
       <c r="A107" t="s">
+        <v>196</v>
+      </c>
+      <c r="B107" t="s">
         <v>197</v>
       </c>
-      <c r="B107" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C107" t="s">
-        <v>129</v>
+        <v>125</v>
       </c>
       <c r="D107" t="s">
         <v>58</v>
       </c>
       <c r="E107" t="s">
-        <v>126</v>
+        <v>130</v>
       </c>
       <c r="F107">
         <v>2015</v>
       </c>
       <c r="G107"/>
       <c r="H107" t="s">
-        <v>146</v>
+        <v>110</v>
       </c>
     </row>
     <row r="108" spans="1:8">
       <c r="A108" t="s">
+        <v>198</v>
+      </c>
+      <c r="B108" t="s">
         <v>199</v>
       </c>
-      <c r="B108" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C108" t="s">
-        <v>129</v>
+        <v>133</v>
       </c>
       <c r="D108" t="s">
         <v>58</v>
       </c>
       <c r="E108" t="s">
-        <v>126</v>
+        <v>130</v>
       </c>
       <c r="F108">
         <v>2015</v>
       </c>
       <c r="G108"/>
       <c r="H108" t="s">
-        <v>146</v>
+        <v>45</v>
       </c>
     </row>
     <row r="109" spans="1:8">
       <c r="A109" t="s">
+        <v>200</v>
+      </c>
+      <c r="B109" t="s">
         <v>201</v>
       </c>
-      <c r="B109" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C109" t="s">
-        <v>129</v>
+        <v>133</v>
       </c>
       <c r="D109" t="s">
         <v>58</v>
       </c>
       <c r="E109" t="s">
-        <v>126</v>
+        <v>130</v>
       </c>
       <c r="F109">
         <v>2015</v>
       </c>
       <c r="G109"/>
       <c r="H109" t="s">
-        <v>146</v>
+        <v>149</v>
       </c>
     </row>
     <row r="110" spans="1:8">
       <c r="A110" t="s">
+        <v>202</v>
+      </c>
+      <c r="B110" t="s">
         <v>203</v>
       </c>
-      <c r="B110" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C110" t="s">
-        <v>129</v>
+        <v>133</v>
       </c>
       <c r="D110" t="s">
         <v>58</v>
       </c>
       <c r="E110" t="s">
-        <v>126</v>
+        <v>130</v>
       </c>
       <c r="F110">
         <v>2015</v>
       </c>
       <c r="G110"/>
       <c r="H110" t="s">
-        <v>205</v>
+        <v>149</v>
       </c>
     </row>
     <row r="111" spans="1:8">
       <c r="A111" t="s">
-        <v>206</v>
+        <v>204</v>
       </c>
       <c r="B111" t="s">
-        <v>207</v>
+        <v>205</v>
       </c>
       <c r="C111" t="s">
-        <v>129</v>
+        <v>133</v>
       </c>
       <c r="D111" t="s">
         <v>58</v>
       </c>
       <c r="E111" t="s">
-        <v>126</v>
+        <v>130</v>
       </c>
       <c r="F111">
         <v>2015</v>
       </c>
       <c r="G111"/>
       <c r="H111" t="s">
-        <v>205</v>
+        <v>149</v>
       </c>
     </row>
     <row r="112" spans="1:8">
       <c r="A112" t="s">
-        <v>208</v>
+        <v>206</v>
       </c>
       <c r="B112" t="s">
-        <v>209</v>
+        <v>207</v>
       </c>
       <c r="C112" t="s">
-        <v>129</v>
+        <v>133</v>
       </c>
       <c r="D112" t="s">
         <v>58</v>
       </c>
       <c r="E112" t="s">
-        <v>126</v>
+        <v>130</v>
       </c>
       <c r="F112">
         <v>2015</v>
       </c>
       <c r="G112"/>
       <c r="H112" t="s">
-        <v>146</v>
+        <v>208</v>
       </c>
     </row>
     <row r="113" spans="1:8">
       <c r="A113" t="s">
+        <v>209</v>
+      </c>
+      <c r="B113" t="s">
         <v>210</v>
       </c>
-      <c r="B113" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C113" t="s">
-        <v>129</v>
+        <v>133</v>
       </c>
       <c r="D113" t="s">
         <v>58</v>
       </c>
       <c r="E113" t="s">
-        <v>126</v>
+        <v>130</v>
       </c>
       <c r="F113">
         <v>2015</v>
       </c>
       <c r="G113"/>
       <c r="H113" t="s">
-        <v>146</v>
+        <v>208</v>
       </c>
     </row>
     <row r="114" spans="1:8">
       <c r="A114" t="s">
+        <v>211</v>
+      </c>
+      <c r="B114" t="s">
         <v>212</v>
       </c>
-      <c r="B114" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C114" t="s">
-        <v>129</v>
+        <v>133</v>
       </c>
       <c r="D114" t="s">
         <v>58</v>
       </c>
       <c r="E114" t="s">
-        <v>126</v>
+        <v>130</v>
       </c>
       <c r="F114">
         <v>2015</v>
       </c>
       <c r="G114"/>
       <c r="H114" t="s">
-        <v>146</v>
+        <v>149</v>
       </c>
     </row>
     <row r="115" spans="1:8">
       <c r="A115" t="s">
+        <v>213</v>
+      </c>
+      <c r="B115" t="s">
         <v>214</v>
       </c>
-      <c r="B115" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C115" t="s">
-        <v>129</v>
+        <v>133</v>
       </c>
       <c r="D115" t="s">
         <v>58</v>
       </c>
       <c r="E115" t="s">
-        <v>126</v>
+        <v>130</v>
       </c>
       <c r="F115">
         <v>2015</v>
       </c>
       <c r="G115"/>
       <c r="H115" t="s">
-        <v>146</v>
+        <v>149</v>
       </c>
     </row>
     <row r="116" spans="1:8">
       <c r="A116" t="s">
+        <v>215</v>
+      </c>
+      <c r="B116" t="s">
         <v>216</v>
       </c>
-      <c r="B116" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C116" t="s">
-        <v>129</v>
+        <v>133</v>
       </c>
       <c r="D116" t="s">
         <v>58</v>
       </c>
       <c r="E116" t="s">
-        <v>126</v>
+        <v>130</v>
       </c>
       <c r="F116">
         <v>2015</v>
       </c>
       <c r="G116"/>
       <c r="H116" t="s">
-        <v>146</v>
+        <v>149</v>
       </c>
     </row>
     <row r="117" spans="1:8">
       <c r="A117" t="s">
+        <v>217</v>
+      </c>
+      <c r="B117" t="s">
         <v>218</v>
       </c>
-      <c r="B117" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C117" t="s">
-        <v>129</v>
+        <v>133</v>
       </c>
       <c r="D117" t="s">
         <v>58</v>
       </c>
       <c r="E117" t="s">
-        <v>126</v>
+        <v>130</v>
       </c>
       <c r="F117">
         <v>2015</v>
       </c>
       <c r="G117"/>
       <c r="H117" t="s">
-        <v>146</v>
+        <v>149</v>
       </c>
     </row>
     <row r="118" spans="1:8">
       <c r="A118" t="s">
+        <v>219</v>
+      </c>
+      <c r="B118" t="s">
         <v>220</v>
       </c>
-      <c r="B118" t="s">
-[...3 lines deleted...]
-      <c r="D118"/>
+      <c r="C118" t="s">
+        <v>133</v>
+      </c>
+      <c r="D118" t="s">
+        <v>58</v>
+      </c>
       <c r="E118" t="s">
-        <v>126</v>
+        <v>130</v>
       </c>
       <c r="F118">
         <v>2015</v>
       </c>
-      <c r="G118" t="s">
-[...2 lines deleted...]
-      <c r="H118"/>
+      <c r="G118"/>
+      <c r="H118" t="s">
+        <v>149</v>
+      </c>
     </row>
     <row r="119" spans="1:8">
       <c r="A119" t="s">
+        <v>221</v>
+      </c>
+      <c r="B119" t="s">
         <v>222</v>
       </c>
-      <c r="B119" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C119" t="s">
-        <v>129</v>
+        <v>133</v>
       </c>
       <c r="D119" t="s">
         <v>58</v>
       </c>
       <c r="E119" t="s">
-        <v>126</v>
+        <v>130</v>
       </c>
       <c r="F119">
         <v>2015</v>
       </c>
       <c r="G119"/>
       <c r="H119" t="s">
-        <v>224</v>
+        <v>149</v>
       </c>
     </row>
     <row r="120" spans="1:8">
       <c r="A120" t="s">
-        <v>225</v>
+        <v>223</v>
       </c>
       <c r="B120" t="s">
-        <v>226</v>
-[...6 lines deleted...]
-      </c>
+        <v>224</v>
+      </c>
+      <c r="C120"/>
+      <c r="D120"/>
       <c r="E120" t="s">
-        <v>126</v>
+        <v>130</v>
       </c>
       <c r="F120">
         <v>2015</v>
       </c>
-      <c r="G120"/>
-[...2 lines deleted...]
-      </c>
+      <c r="G120" t="s">
+        <v>37</v>
+      </c>
+      <c r="H120"/>
     </row>
     <row r="121" spans="1:8">
       <c r="A121" t="s">
-        <v>227</v>
+        <v>225</v>
       </c>
       <c r="B121" t="s">
-        <v>228</v>
+        <v>226</v>
       </c>
       <c r="C121" t="s">
-        <v>129</v>
+        <v>133</v>
       </c>
       <c r="D121" t="s">
         <v>58</v>
       </c>
       <c r="E121" t="s">
-        <v>126</v>
+        <v>130</v>
       </c>
       <c r="F121">
         <v>2015</v>
       </c>
       <c r="G121"/>
       <c r="H121" t="s">
-        <v>15</v>
+        <v>227</v>
       </c>
     </row>
     <row r="122" spans="1:8">
       <c r="A122" t="s">
+        <v>228</v>
+      </c>
+      <c r="B122" t="s">
         <v>229</v>
       </c>
-      <c r="B122" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C122" t="s">
-        <v>129</v>
+        <v>133</v>
       </c>
       <c r="D122" t="s">
         <v>58</v>
       </c>
       <c r="E122" t="s">
-        <v>126</v>
+        <v>130</v>
       </c>
       <c r="F122">
         <v>2015</v>
       </c>
       <c r="G122"/>
       <c r="H122" t="s">
-        <v>15</v>
+        <v>227</v>
       </c>
     </row>
     <row r="123" spans="1:8">
       <c r="A123" t="s">
+        <v>230</v>
+      </c>
+      <c r="B123" t="s">
         <v>231</v>
       </c>
-      <c r="B123" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C123" t="s">
-        <v>129</v>
+        <v>133</v>
       </c>
       <c r="D123" t="s">
         <v>58</v>
       </c>
       <c r="E123" t="s">
-        <v>126</v>
+        <v>130</v>
       </c>
       <c r="F123">
         <v>2015</v>
       </c>
       <c r="G123"/>
       <c r="H123" t="s">
-        <v>106</v>
+        <v>15</v>
       </c>
     </row>
     <row r="124" spans="1:8">
       <c r="A124" t="s">
+        <v>232</v>
+      </c>
+      <c r="B124" t="s">
         <v>233</v>
       </c>
-      <c r="B124" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C124" t="s">
-        <v>129</v>
+        <v>133</v>
       </c>
       <c r="D124" t="s">
         <v>58</v>
       </c>
       <c r="E124" t="s">
-        <v>126</v>
+        <v>130</v>
       </c>
       <c r="F124">
         <v>2015</v>
       </c>
       <c r="G124"/>
       <c r="H124" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="125" spans="1:8">
       <c r="A125" t="s">
+        <v>234</v>
+      </c>
+      <c r="B125" t="s">
         <v>235</v>
       </c>
-      <c r="B125" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C125" t="s">
-        <v>129</v>
+        <v>133</v>
       </c>
       <c r="D125" t="s">
         <v>58</v>
       </c>
       <c r="E125" t="s">
-        <v>126</v>
+        <v>130</v>
       </c>
       <c r="F125">
         <v>2015</v>
       </c>
       <c r="G125"/>
       <c r="H125" t="s">
-        <v>15</v>
+        <v>110</v>
       </c>
     </row>
     <row r="126" spans="1:8">
       <c r="A126" t="s">
+        <v>236</v>
+      </c>
+      <c r="B126" t="s">
         <v>237</v>
       </c>
-      <c r="B126" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C126" t="s">
-        <v>129</v>
+        <v>133</v>
       </c>
       <c r="D126" t="s">
         <v>58</v>
       </c>
       <c r="E126" t="s">
-        <v>126</v>
+        <v>130</v>
       </c>
       <c r="F126">
         <v>2015</v>
       </c>
       <c r="G126"/>
       <c r="H126" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="127" spans="1:8">
       <c r="A127" t="s">
+        <v>238</v>
+      </c>
+      <c r="B127" t="s">
         <v>239</v>
       </c>
-      <c r="B127" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C127" t="s">
-        <v>129</v>
+        <v>133</v>
       </c>
       <c r="D127" t="s">
         <v>58</v>
       </c>
       <c r="E127" t="s">
-        <v>126</v>
+        <v>130</v>
       </c>
       <c r="F127">
         <v>2015</v>
       </c>
       <c r="G127"/>
       <c r="H127" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="128" spans="1:8">
       <c r="A128" t="s">
         <v>240</v>
       </c>
       <c r="B128" t="s">
         <v>241</v>
       </c>
       <c r="C128" t="s">
-        <v>129</v>
+        <v>133</v>
       </c>
       <c r="D128" t="s">
         <v>58</v>
       </c>
       <c r="E128" t="s">
-        <v>126</v>
+        <v>130</v>
       </c>
       <c r="F128">
         <v>2015</v>
       </c>
       <c r="G128"/>
       <c r="H128" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="129" spans="1:8">
       <c r="A129" t="s">
         <v>242</v>
       </c>
       <c r="B129" t="s">
-        <v>243</v>
+        <v>231</v>
       </c>
       <c r="C129" t="s">
-        <v>129</v>
+        <v>133</v>
       </c>
       <c r="D129" t="s">
         <v>58</v>
       </c>
       <c r="E129" t="s">
-        <v>126</v>
+        <v>130</v>
       </c>
       <c r="F129">
         <v>2015</v>
       </c>
       <c r="G129"/>
       <c r="H129" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="130" spans="1:8">
       <c r="A130" t="s">
+        <v>243</v>
+      </c>
+      <c r="B130" t="s">
         <v>244</v>
       </c>
-      <c r="B130" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C130" t="s">
-        <v>129</v>
+        <v>133</v>
       </c>
       <c r="D130" t="s">
         <v>58</v>
       </c>
       <c r="E130" t="s">
-        <v>126</v>
+        <v>130</v>
       </c>
       <c r="F130">
         <v>2015</v>
       </c>
       <c r="G130"/>
       <c r="H130" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="131" spans="1:8">
       <c r="A131" t="s">
+        <v>245</v>
+      </c>
+      <c r="B131" t="s">
         <v>246</v>
       </c>
-      <c r="B131" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C131" t="s">
-        <v>129</v>
+        <v>133</v>
       </c>
       <c r="D131" t="s">
         <v>58</v>
       </c>
       <c r="E131" t="s">
-        <v>126</v>
+        <v>130</v>
       </c>
       <c r="F131">
         <v>2015</v>
       </c>
       <c r="G131"/>
       <c r="H131" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="132" spans="1:8">
       <c r="A132" t="s">
+        <v>247</v>
+      </c>
+      <c r="B132" t="s">
         <v>248</v>
       </c>
-      <c r="B132" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C132" t="s">
-        <v>129</v>
+        <v>133</v>
       </c>
       <c r="D132" t="s">
         <v>58</v>
       </c>
       <c r="E132" t="s">
-        <v>126</v>
+        <v>130</v>
       </c>
       <c r="F132">
         <v>2015</v>
       </c>
       <c r="G132"/>
       <c r="H132" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="133" spans="1:8">
       <c r="A133" t="s">
+        <v>249</v>
+      </c>
+      <c r="B133" t="s">
         <v>250</v>
       </c>
-      <c r="B133" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C133" t="s">
-        <v>129</v>
+        <v>133</v>
       </c>
       <c r="D133" t="s">
         <v>58</v>
       </c>
       <c r="E133" t="s">
-        <v>126</v>
+        <v>130</v>
       </c>
       <c r="F133">
         <v>2015</v>
       </c>
       <c r="G133"/>
       <c r="H133" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="134" spans="1:8">
       <c r="A134" t="s">
+        <v>251</v>
+      </c>
+      <c r="B134" t="s">
         <v>252</v>
       </c>
-      <c r="B134" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C134" t="s">
-        <v>129</v>
+        <v>133</v>
       </c>
       <c r="D134" t="s">
         <v>58</v>
       </c>
       <c r="E134" t="s">
-        <v>126</v>
+        <v>130</v>
       </c>
       <c r="F134">
         <v>2015</v>
       </c>
       <c r="G134"/>
       <c r="H134" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="135" spans="1:8">
       <c r="A135" t="s">
+        <v>253</v>
+      </c>
+      <c r="B135" t="s">
         <v>254</v>
       </c>
-      <c r="B135" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C135" t="s">
-        <v>129</v>
+        <v>133</v>
       </c>
       <c r="D135" t="s">
         <v>58</v>
       </c>
       <c r="E135" t="s">
-        <v>126</v>
+        <v>130</v>
       </c>
       <c r="F135">
         <v>2015</v>
       </c>
       <c r="G135"/>
       <c r="H135" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="136" spans="1:8">
       <c r="A136" t="s">
+        <v>255</v>
+      </c>
+      <c r="B136" t="s">
         <v>256</v>
       </c>
-      <c r="B136" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C136" t="s">
-        <v>129</v>
+        <v>133</v>
       </c>
       <c r="D136" t="s">
         <v>58</v>
       </c>
       <c r="E136" t="s">
-        <v>126</v>
+        <v>130</v>
       </c>
       <c r="F136">
         <v>2015</v>
       </c>
       <c r="G136"/>
       <c r="H136" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="137" spans="1:8">
       <c r="A137" t="s">
+        <v>257</v>
+      </c>
+      <c r="B137" t="s">
         <v>258</v>
       </c>
-      <c r="B137" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C137" t="s">
-        <v>92</v>
+        <v>133</v>
       </c>
       <c r="D137" t="s">
         <v>58</v>
       </c>
       <c r="E137" t="s">
-        <v>126</v>
+        <v>130</v>
       </c>
       <c r="F137">
         <v>2015</v>
       </c>
       <c r="G137"/>
       <c r="H137" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="138" spans="1:8">
       <c r="A138" t="s">
+        <v>259</v>
+      </c>
+      <c r="B138" t="s">
         <v>260</v>
       </c>
-      <c r="B138" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C138" t="s">
-        <v>92</v>
+        <v>133</v>
       </c>
       <c r="D138" t="s">
         <v>58</v>
       </c>
       <c r="E138" t="s">
-        <v>126</v>
+        <v>130</v>
       </c>
       <c r="F138">
         <v>2015</v>
       </c>
       <c r="G138"/>
       <c r="H138" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="139" spans="1:8">
       <c r="A139" t="s">
+        <v>261</v>
+      </c>
+      <c r="B139" t="s">
         <v>262</v>
       </c>
-      <c r="B139" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C139" t="s">
         <v>92</v>
       </c>
       <c r="D139" t="s">
         <v>58</v>
       </c>
       <c r="E139" t="s">
-        <v>126</v>
+        <v>130</v>
       </c>
       <c r="F139">
         <v>2015</v>
       </c>
       <c r="G139"/>
       <c r="H139" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="140" spans="1:8">
       <c r="A140" t="s">
+        <v>263</v>
+      </c>
+      <c r="B140" t="s">
         <v>264</v>
       </c>
-      <c r="B140" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C140" t="s">
         <v>92</v>
       </c>
       <c r="D140" t="s">
         <v>58</v>
       </c>
       <c r="E140" t="s">
-        <v>126</v>
+        <v>130</v>
       </c>
       <c r="F140">
         <v>2015</v>
       </c>
       <c r="G140"/>
       <c r="H140" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="141" spans="1:8">
       <c r="A141" t="s">
+        <v>265</v>
+      </c>
+      <c r="B141" t="s">
         <v>266</v>
       </c>
-      <c r="B141" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C141" t="s">
-        <v>129</v>
+        <v>92</v>
       </c>
       <c r="D141" t="s">
         <v>58</v>
       </c>
       <c r="E141" t="s">
-        <v>126</v>
+        <v>130</v>
       </c>
       <c r="F141">
         <v>2015</v>
       </c>
       <c r="G141"/>
       <c r="H141" t="s">
-        <v>174</v>
+        <v>15</v>
       </c>
     </row>
     <row r="142" spans="1:8">
       <c r="A142" t="s">
+        <v>267</v>
+      </c>
+      <c r="B142" t="s">
         <v>268</v>
       </c>
-      <c r="B142" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C142" t="s">
-        <v>129</v>
+        <v>92</v>
       </c>
       <c r="D142" t="s">
         <v>58</v>
       </c>
       <c r="E142" t="s">
-        <v>126</v>
+        <v>130</v>
       </c>
       <c r="F142">
         <v>2015</v>
       </c>
       <c r="G142"/>
       <c r="H142" t="s">
-        <v>45</v>
+        <v>15</v>
       </c>
     </row>
     <row r="143" spans="1:8">
       <c r="A143" t="s">
+        <v>269</v>
+      </c>
+      <c r="B143" t="s">
         <v>270</v>
       </c>
-      <c r="B143" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C143" t="s">
-        <v>129</v>
+        <v>133</v>
       </c>
       <c r="D143" t="s">
         <v>58</v>
       </c>
       <c r="E143" t="s">
-        <v>126</v>
+        <v>130</v>
       </c>
       <c r="F143">
         <v>2015</v>
       </c>
       <c r="G143"/>
       <c r="H143" t="s">
-        <v>272</v>
+        <v>177</v>
       </c>
     </row>
     <row r="144" spans="1:8">
       <c r="A144" t="s">
-        <v>273</v>
+        <v>271</v>
       </c>
       <c r="B144" t="s">
-        <v>274</v>
+        <v>272</v>
       </c>
       <c r="C144" t="s">
-        <v>129</v>
+        <v>133</v>
       </c>
       <c r="D144" t="s">
         <v>58</v>
       </c>
       <c r="E144" t="s">
-        <v>126</v>
+        <v>130</v>
       </c>
       <c r="F144">
         <v>2015</v>
       </c>
       <c r="G144"/>
       <c r="H144" t="s">
-        <v>146</v>
+        <v>45</v>
       </c>
     </row>
     <row r="145" spans="1:8">
       <c r="A145" t="s">
-        <v>275</v>
-[...1 lines deleted...]
-      <c r="B145"/>
+        <v>273</v>
+      </c>
+      <c r="B145" t="s">
+        <v>274</v>
+      </c>
       <c r="C145" t="s">
-        <v>129</v>
+        <v>133</v>
       </c>
       <c r="D145" t="s">
         <v>58</v>
       </c>
       <c r="E145" t="s">
-        <v>126</v>
+        <v>130</v>
       </c>
       <c r="F145">
         <v>2015</v>
       </c>
       <c r="G145"/>
       <c r="H145" t="s">
-        <v>97</v>
+        <v>275</v>
       </c>
     </row>
     <row r="146" spans="1:8">
       <c r="A146" t="s">
         <v>276</v>
       </c>
       <c r="B146" t="s">
         <v>277</v>
       </c>
       <c r="C146" t="s">
-        <v>92</v>
+        <v>133</v>
       </c>
       <c r="D146" t="s">
         <v>58</v>
       </c>
       <c r="E146" t="s">
-        <v>126</v>
+        <v>130</v>
       </c>
       <c r="F146">
         <v>2015</v>
       </c>
       <c r="G146"/>
       <c r="H146" t="s">
-        <v>15</v>
+        <v>149</v>
       </c>
     </row>
     <row r="147" spans="1:8">
       <c r="A147" t="s">
         <v>278</v>
       </c>
-      <c r="B147" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="B147"/>
       <c r="C147" t="s">
-        <v>92</v>
+        <v>133</v>
       </c>
       <c r="D147" t="s">
         <v>58</v>
       </c>
       <c r="E147" t="s">
-        <v>126</v>
+        <v>130</v>
       </c>
       <c r="F147">
         <v>2015</v>
       </c>
       <c r="G147"/>
       <c r="H147" t="s">
-        <v>15</v>
+        <v>97</v>
       </c>
     </row>
     <row r="148" spans="1:8">
       <c r="A148" t="s">
+        <v>279</v>
+      </c>
+      <c r="B148" t="s">
         <v>280</v>
       </c>
-      <c r="B148" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C148" t="s">
-        <v>129</v>
+        <v>92</v>
       </c>
       <c r="D148" t="s">
         <v>58</v>
       </c>
       <c r="E148" t="s">
-        <v>126</v>
+        <v>130</v>
       </c>
       <c r="F148">
         <v>2015</v>
       </c>
       <c r="G148"/>
       <c r="H148" t="s">
-        <v>45</v>
+        <v>15</v>
       </c>
     </row>
     <row r="149" spans="1:8">
       <c r="A149" t="s">
+        <v>281</v>
+      </c>
+      <c r="B149" t="s">
         <v>282</v>
       </c>
-      <c r="B149" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C149" t="s">
         <v>92</v>
       </c>
       <c r="D149" t="s">
         <v>58</v>
       </c>
       <c r="E149" t="s">
-        <v>126</v>
+        <v>130</v>
       </c>
       <c r="F149">
         <v>2015</v>
       </c>
       <c r="G149"/>
       <c r="H149" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="150" spans="1:8">
       <c r="A150" t="s">
+        <v>283</v>
+      </c>
+      <c r="B150" t="s">
         <v>284</v>
       </c>
-      <c r="B150" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C150" t="s">
-        <v>92</v>
+        <v>133</v>
       </c>
       <c r="D150" t="s">
         <v>58</v>
       </c>
       <c r="E150" t="s">
-        <v>126</v>
+        <v>130</v>
       </c>
       <c r="F150">
         <v>2015</v>
       </c>
       <c r="G150"/>
       <c r="H150" t="s">
-        <v>15</v>
+        <v>45</v>
       </c>
     </row>
     <row r="151" spans="1:8">
       <c r="A151" t="s">
+        <v>285</v>
+      </c>
+      <c r="B151" t="s">
         <v>286</v>
       </c>
-      <c r="B151" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C151" t="s">
         <v>92</v>
       </c>
       <c r="D151" t="s">
         <v>58</v>
       </c>
       <c r="E151" t="s">
-        <v>126</v>
+        <v>130</v>
       </c>
       <c r="F151">
         <v>2015</v>
       </c>
       <c r="G151"/>
       <c r="H151" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="152" spans="1:8">
       <c r="A152" t="s">
+        <v>287</v>
+      </c>
+      <c r="B152" t="s">
         <v>288</v>
       </c>
-      <c r="B152" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C152" t="s">
-        <v>129</v>
+        <v>92</v>
       </c>
       <c r="D152" t="s">
         <v>58</v>
       </c>
       <c r="E152" t="s">
-        <v>126</v>
+        <v>130</v>
       </c>
       <c r="F152">
         <v>2015</v>
       </c>
       <c r="G152"/>
       <c r="H152" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="153" spans="1:8">
       <c r="A153" t="s">
+        <v>289</v>
+      </c>
+      <c r="B153" t="s">
         <v>290</v>
       </c>
-      <c r="B153" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C153" t="s">
-        <v>121</v>
+        <v>92</v>
       </c>
       <c r="D153" t="s">
         <v>58</v>
       </c>
       <c r="E153" t="s">
-        <v>126</v>
+        <v>130</v>
       </c>
       <c r="F153">
         <v>2015</v>
       </c>
       <c r="G153"/>
       <c r="H153" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="154" spans="1:8">
       <c r="A154" t="s">
+        <v>291</v>
+      </c>
+      <c r="B154" t="s">
         <v>292</v>
       </c>
-      <c r="B154" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C154" t="s">
-        <v>92</v>
+        <v>133</v>
       </c>
       <c r="D154" t="s">
         <v>58</v>
       </c>
       <c r="E154" t="s">
-        <v>126</v>
+        <v>130</v>
       </c>
       <c r="F154">
         <v>2015</v>
       </c>
       <c r="G154"/>
       <c r="H154" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="155" spans="1:8">
       <c r="A155" t="s">
+        <v>293</v>
+      </c>
+      <c r="B155" t="s">
         <v>294</v>
       </c>
-      <c r="B155" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C155" t="s">
-        <v>92</v>
+        <v>125</v>
       </c>
       <c r="D155" t="s">
         <v>58</v>
       </c>
       <c r="E155" t="s">
-        <v>126</v>
+        <v>130</v>
       </c>
       <c r="F155">
         <v>2015</v>
       </c>
       <c r="G155"/>
       <c r="H155" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="156" spans="1:8">
       <c r="A156" t="s">
+        <v>295</v>
+      </c>
+      <c r="B156" t="s">
         <v>296</v>
       </c>
-      <c r="B156" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C156" t="s">
         <v>92</v>
       </c>
       <c r="D156" t="s">
         <v>58</v>
       </c>
       <c r="E156" t="s">
-        <v>126</v>
+        <v>130</v>
       </c>
       <c r="F156">
         <v>2015</v>
       </c>
       <c r="G156"/>
       <c r="H156" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="157" spans="1:8">
       <c r="A157" t="s">
+        <v>297</v>
+      </c>
+      <c r="B157" t="s">
         <v>298</v>
       </c>
-      <c r="B157" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C157" t="s">
         <v>92</v>
       </c>
       <c r="D157" t="s">
         <v>58</v>
       </c>
       <c r="E157" t="s">
-        <v>126</v>
+        <v>130</v>
       </c>
       <c r="F157">
         <v>2015</v>
       </c>
       <c r="G157"/>
       <c r="H157" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="158" spans="1:8">
       <c r="A158" t="s">
+        <v>299</v>
+      </c>
+      <c r="B158" t="s">
         <v>300</v>
       </c>
-      <c r="B158" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C158" t="s">
-        <v>121</v>
+        <v>92</v>
       </c>
       <c r="D158" t="s">
         <v>58</v>
       </c>
       <c r="E158" t="s">
-        <v>126</v>
+        <v>130</v>
       </c>
       <c r="F158">
         <v>2015</v>
       </c>
       <c r="G158"/>
       <c r="H158" t="s">
-        <v>153</v>
+        <v>15</v>
       </c>
     </row>
     <row r="159" spans="1:8">
       <c r="A159" t="s">
+        <v>301</v>
+      </c>
+      <c r="B159" t="s">
         <v>302</v>
       </c>
-      <c r="B159" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C159" t="s">
-        <v>121</v>
+        <v>92</v>
       </c>
       <c r="D159" t="s">
         <v>58</v>
       </c>
       <c r="E159" t="s">
-        <v>126</v>
+        <v>130</v>
       </c>
       <c r="F159">
         <v>2015</v>
       </c>
       <c r="G159"/>
       <c r="H159" t="s">
-        <v>174</v>
+        <v>15</v>
       </c>
     </row>
     <row r="160" spans="1:8">
       <c r="A160" t="s">
-        <v>302</v>
+        <v>303</v>
       </c>
       <c r="B160" t="s">
         <v>304</v>
       </c>
       <c r="C160" t="s">
-        <v>121</v>
+        <v>125</v>
       </c>
       <c r="D160" t="s">
         <v>58</v>
       </c>
       <c r="E160" t="s">
-        <v>126</v>
+        <v>130</v>
       </c>
       <c r="F160">
         <v>2015</v>
       </c>
       <c r="G160"/>
       <c r="H160" t="s">
-        <v>174</v>
+        <v>156</v>
       </c>
     </row>
     <row r="161" spans="1:8">
       <c r="A161" t="s">
         <v>305</v>
       </c>
       <c r="B161" t="s">
         <v>306</v>
       </c>
       <c r="C161" t="s">
-        <v>121</v>
+        <v>125</v>
       </c>
       <c r="D161" t="s">
         <v>58</v>
       </c>
       <c r="E161" t="s">
-        <v>126</v>
+        <v>130</v>
       </c>
       <c r="F161">
         <v>2015</v>
       </c>
       <c r="G161"/>
       <c r="H161" t="s">
-        <v>174</v>
+        <v>177</v>
       </c>
     </row>
     <row r="162" spans="1:8">
       <c r="A162" t="s">
+        <v>305</v>
+      </c>
+      <c r="B162" t="s">
         <v>307</v>
       </c>
-      <c r="B162" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C162" t="s">
-        <v>121</v>
+        <v>125</v>
       </c>
       <c r="D162" t="s">
         <v>58</v>
       </c>
       <c r="E162" t="s">
-        <v>126</v>
+        <v>130</v>
       </c>
       <c r="F162">
         <v>2015</v>
       </c>
       <c r="G162"/>
       <c r="H162" t="s">
-        <v>174</v>
+        <v>177</v>
       </c>
     </row>
     <row r="163" spans="1:8">
       <c r="A163" t="s">
+        <v>308</v>
+      </c>
+      <c r="B163" t="s">
         <v>309</v>
       </c>
-      <c r="B163" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C163" t="s">
-        <v>129</v>
+        <v>125</v>
       </c>
       <c r="D163" t="s">
         <v>58</v>
       </c>
       <c r="E163" t="s">
-        <v>126</v>
+        <v>130</v>
       </c>
       <c r="F163">
         <v>2015</v>
       </c>
       <c r="G163"/>
       <c r="H163" t="s">
-        <v>97</v>
+        <v>177</v>
       </c>
     </row>
     <row r="164" spans="1:8">
       <c r="A164" t="s">
+        <v>310</v>
+      </c>
+      <c r="B164" t="s">
         <v>311</v>
       </c>
-      <c r="B164" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C164" t="s">
-        <v>129</v>
+        <v>125</v>
       </c>
       <c r="D164" t="s">
         <v>58</v>
       </c>
       <c r="E164" t="s">
-        <v>126</v>
+        <v>130</v>
       </c>
       <c r="F164">
         <v>2015</v>
       </c>
       <c r="G164"/>
       <c r="H164" t="s">
-        <v>97</v>
+        <v>177</v>
       </c>
     </row>
     <row r="165" spans="1:8">
       <c r="A165" t="s">
+        <v>312</v>
+      </c>
+      <c r="B165" t="s">
         <v>313</v>
       </c>
-      <c r="B165" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C165" t="s">
-        <v>129</v>
+        <v>133</v>
       </c>
       <c r="D165" t="s">
         <v>58</v>
       </c>
       <c r="E165" t="s">
-        <v>126</v>
+        <v>130</v>
       </c>
       <c r="F165">
         <v>2015</v>
       </c>
       <c r="G165"/>
       <c r="H165" t="s">
-        <v>205</v>
+        <v>97</v>
       </c>
     </row>
     <row r="166" spans="1:8">
       <c r="A166" t="s">
+        <v>314</v>
+      </c>
+      <c r="B166" t="s">
         <v>315</v>
       </c>
-      <c r="B166" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C166" t="s">
-        <v>129</v>
+        <v>133</v>
       </c>
       <c r="D166" t="s">
         <v>58</v>
       </c>
       <c r="E166" t="s">
-        <v>126</v>
+        <v>130</v>
       </c>
       <c r="F166">
         <v>2015</v>
       </c>
       <c r="G166"/>
       <c r="H166" t="s">
-        <v>174</v>
+        <v>97</v>
       </c>
     </row>
     <row r="167" spans="1:8">
       <c r="A167" t="s">
+        <v>316</v>
+      </c>
+      <c r="B167" t="s">
         <v>317</v>
       </c>
-      <c r="B167" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C167" t="s">
-        <v>129</v>
+        <v>133</v>
       </c>
       <c r="D167" t="s">
         <v>58</v>
       </c>
       <c r="E167" t="s">
-        <v>126</v>
+        <v>130</v>
       </c>
       <c r="F167">
         <v>2015</v>
       </c>
       <c r="G167"/>
       <c r="H167" t="s">
-        <v>97</v>
+        <v>208</v>
       </c>
     </row>
     <row r="168" spans="1:8">
       <c r="A168" t="s">
+        <v>318</v>
+      </c>
+      <c r="B168" t="s">
         <v>319</v>
       </c>
-      <c r="B168" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C168" t="s">
-        <v>129</v>
+        <v>133</v>
       </c>
       <c r="D168" t="s">
         <v>58</v>
       </c>
       <c r="E168" t="s">
-        <v>126</v>
+        <v>130</v>
       </c>
       <c r="F168">
         <v>2015</v>
       </c>
       <c r="G168"/>
       <c r="H168" t="s">
-        <v>97</v>
+        <v>177</v>
       </c>
     </row>
     <row r="169" spans="1:8">
       <c r="A169" t="s">
+        <v>320</v>
+      </c>
+      <c r="B169" t="s">
         <v>321</v>
       </c>
-      <c r="B169" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C169" t="s">
-        <v>129</v>
+        <v>133</v>
       </c>
       <c r="D169" t="s">
         <v>58</v>
       </c>
       <c r="E169" t="s">
-        <v>126</v>
+        <v>130</v>
       </c>
       <c r="F169">
         <v>2015</v>
       </c>
       <c r="G169"/>
       <c r="H169" t="s">
         <v>97</v>
       </c>
     </row>
     <row r="170" spans="1:8">
       <c r="A170" t="s">
+        <v>322</v>
+      </c>
+      <c r="B170" t="s">
         <v>323</v>
       </c>
-      <c r="B170" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C170" t="s">
-        <v>129</v>
+        <v>133</v>
       </c>
       <c r="D170" t="s">
         <v>58</v>
       </c>
       <c r="E170" t="s">
-        <v>126</v>
+        <v>130</v>
       </c>
       <c r="F170">
         <v>2015</v>
       </c>
       <c r="G170"/>
       <c r="H170" t="s">
         <v>97</v>
       </c>
     </row>
     <row r="171" spans="1:8">
       <c r="A171" t="s">
+        <v>324</v>
+      </c>
+      <c r="B171" t="s">
         <v>325</v>
       </c>
-      <c r="B171" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C171" t="s">
-        <v>129</v>
+        <v>133</v>
       </c>
       <c r="D171" t="s">
         <v>58</v>
       </c>
       <c r="E171" t="s">
-        <v>126</v>
+        <v>130</v>
       </c>
       <c r="F171">
         <v>2015</v>
       </c>
       <c r="G171"/>
       <c r="H171" t="s">
-        <v>15</v>
+        <v>97</v>
       </c>
     </row>
     <row r="172" spans="1:8">
       <c r="A172" t="s">
         <v>326</v>
       </c>
       <c r="B172" t="s">
         <v>327</v>
       </c>
       <c r="C172" t="s">
-        <v>129</v>
+        <v>133</v>
       </c>
       <c r="D172" t="s">
         <v>58</v>
       </c>
       <c r="E172" t="s">
-        <v>126</v>
+        <v>130</v>
       </c>
       <c r="F172">
         <v>2015</v>
       </c>
       <c r="G172"/>
       <c r="H172" t="s">
         <v>97</v>
       </c>
     </row>
     <row r="173" spans="1:8">
       <c r="A173" t="s">
         <v>328</v>
       </c>
       <c r="B173" t="s">
-        <v>329</v>
+        <v>258</v>
       </c>
       <c r="C173" t="s">
-        <v>129</v>
+        <v>133</v>
       </c>
       <c r="D173" t="s">
         <v>58</v>
       </c>
       <c r="E173" t="s">
-        <v>126</v>
+        <v>130</v>
       </c>
       <c r="F173">
         <v>2015</v>
       </c>
       <c r="G173"/>
       <c r="H173" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="174" spans="1:8">
       <c r="A174" t="s">
+        <v>329</v>
+      </c>
+      <c r="B174" t="s">
         <v>330</v>
       </c>
-      <c r="B174" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C174" t="s">
-        <v>92</v>
+        <v>133</v>
       </c>
       <c r="D174" t="s">
         <v>58</v>
       </c>
       <c r="E174" t="s">
-        <v>126</v>
+        <v>130</v>
       </c>
       <c r="F174">
         <v>2015</v>
       </c>
       <c r="G174"/>
       <c r="H174" t="s">
-        <v>15</v>
+        <v>97</v>
       </c>
     </row>
     <row r="175" spans="1:8">
       <c r="A175" t="s">
+        <v>331</v>
+      </c>
+      <c r="B175" t="s">
         <v>332</v>
       </c>
-      <c r="B175" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C175" t="s">
-        <v>92</v>
+        <v>133</v>
       </c>
       <c r="D175" t="s">
         <v>58</v>
       </c>
       <c r="E175" t="s">
-        <v>126</v>
+        <v>130</v>
       </c>
       <c r="F175">
         <v>2015</v>
       </c>
       <c r="G175"/>
       <c r="H175" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="176" spans="1:8">
       <c r="A176" t="s">
         <v>333</v>
       </c>
       <c r="B176" t="s">
         <v>334</v>
       </c>
       <c r="C176" t="s">
         <v>92</v>
       </c>
       <c r="D176" t="s">
         <v>58</v>
       </c>
       <c r="E176" t="s">
-        <v>126</v>
+        <v>130</v>
       </c>
       <c r="F176">
         <v>2015</v>
       </c>
       <c r="G176"/>
       <c r="H176" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="177" spans="1:8">
       <c r="A177" t="s">
         <v>335</v>
       </c>
       <c r="B177" t="s">
-        <v>336</v>
+        <v>264</v>
       </c>
       <c r="C177" t="s">
-        <v>337</v>
+        <v>92</v>
       </c>
       <c r="D177" t="s">
         <v>58</v>
       </c>
       <c r="E177" t="s">
-        <v>126</v>
+        <v>130</v>
       </c>
       <c r="F177">
         <v>2015</v>
       </c>
       <c r="G177"/>
       <c r="H177" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="178" spans="1:8">
       <c r="A178" t="s">
-        <v>338</v>
+        <v>336</v>
       </c>
       <c r="B178" t="s">
-        <v>339</v>
+        <v>337</v>
       </c>
       <c r="C178" t="s">
-        <v>121</v>
+        <v>92</v>
       </c>
       <c r="D178" t="s">
         <v>58</v>
       </c>
       <c r="E178" t="s">
-        <v>126</v>
+        <v>130</v>
       </c>
       <c r="F178">
         <v>2015</v>
       </c>
       <c r="G178"/>
       <c r="H178" t="s">
-        <v>340</v>
+        <v>15</v>
       </c>
     </row>
     <row r="179" spans="1:8">
       <c r="A179" t="s">
-        <v>341</v>
+        <v>338</v>
       </c>
       <c r="B179" t="s">
-        <v>342</v>
+        <v>339</v>
       </c>
       <c r="C179" t="s">
-        <v>121</v>
+        <v>340</v>
       </c>
       <c r="D179" t="s">
-        <v>122</v>
+        <v>58</v>
       </c>
       <c r="E179" t="s">
-        <v>126</v>
+        <v>130</v>
       </c>
       <c r="F179">
         <v>2015</v>
       </c>
-      <c r="G179" t="s">
-[...2 lines deleted...]
-      <c r="H179"/>
+      <c r="G179"/>
+      <c r="H179" t="s">
+        <v>15</v>
+      </c>
     </row>
     <row r="180" spans="1:8">
       <c r="A180" t="s">
-        <v>343</v>
+        <v>341</v>
       </c>
       <c r="B180" t="s">
-        <v>344</v>
+        <v>342</v>
       </c>
       <c r="C180" t="s">
-        <v>92</v>
+        <v>125</v>
       </c>
       <c r="D180" t="s">
         <v>58</v>
       </c>
       <c r="E180" t="s">
-        <v>126</v>
+        <v>130</v>
       </c>
       <c r="F180">
         <v>2015</v>
       </c>
       <c r="G180"/>
       <c r="H180" t="s">
-        <v>15</v>
+        <v>343</v>
       </c>
     </row>
     <row r="181" spans="1:8">
       <c r="A181" t="s">
+        <v>344</v>
+      </c>
+      <c r="B181" t="s">
         <v>345</v>
       </c>
-      <c r="B181" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C181" t="s">
-        <v>129</v>
+        <v>125</v>
       </c>
       <c r="D181" t="s">
-        <v>58</v>
+        <v>126</v>
       </c>
       <c r="E181" t="s">
-        <v>126</v>
+        <v>130</v>
       </c>
       <c r="F181">
         <v>2015</v>
       </c>
-      <c r="G181"/>
-[...2 lines deleted...]
-      </c>
+      <c r="G181" t="s">
+        <v>37</v>
+      </c>
+      <c r="H181"/>
     </row>
     <row r="182" spans="1:8">
       <c r="A182" t="s">
+        <v>346</v>
+      </c>
+      <c r="B182" t="s">
         <v>347</v>
       </c>
-      <c r="B182" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C182" t="s">
         <v>92</v>
       </c>
       <c r="D182" t="s">
         <v>58</v>
       </c>
       <c r="E182" t="s">
-        <v>126</v>
+        <v>130</v>
       </c>
       <c r="F182">
         <v>2015</v>
       </c>
       <c r="G182"/>
       <c r="H182" t="s">
-        <v>164</v>
+        <v>15</v>
       </c>
     </row>
     <row r="183" spans="1:8">
       <c r="A183" t="s">
+        <v>348</v>
+      </c>
+      <c r="B183" t="s">
         <v>349</v>
       </c>
-      <c r="B183" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C183" t="s">
-        <v>92</v>
+        <v>133</v>
       </c>
       <c r="D183" t="s">
         <v>58</v>
       </c>
       <c r="E183" t="s">
-        <v>126</v>
+        <v>130</v>
       </c>
       <c r="F183">
         <v>2015</v>
       </c>
       <c r="G183"/>
       <c r="H183" t="s">
-        <v>164</v>
+        <v>149</v>
       </c>
     </row>
     <row r="184" spans="1:8">
       <c r="A184" t="s">
-        <v>351</v>
+        <v>350</v>
       </c>
       <c r="B184" t="s">
-        <v>350</v>
+        <v>351</v>
       </c>
       <c r="C184" t="s">
         <v>92</v>
       </c>
       <c r="D184" t="s">
         <v>58</v>
       </c>
       <c r="E184" t="s">
-        <v>126</v>
+        <v>130</v>
       </c>
       <c r="F184">
         <v>2015</v>
       </c>
       <c r="G184"/>
       <c r="H184" t="s">
-        <v>164</v>
+        <v>167</v>
       </c>
     </row>
     <row r="185" spans="1:8">
       <c r="A185" t="s">
         <v>352</v>
       </c>
       <c r="B185" t="s">
-        <v>348</v>
+        <v>353</v>
       </c>
       <c r="C185" t="s">
         <v>92</v>
       </c>
       <c r="D185" t="s">
         <v>58</v>
       </c>
       <c r="E185" t="s">
-        <v>126</v>
+        <v>130</v>
       </c>
       <c r="F185">
         <v>2015</v>
       </c>
       <c r="G185"/>
       <c r="H185" t="s">
-        <v>164</v>
+        <v>167</v>
       </c>
     </row>
     <row r="186" spans="1:8">
       <c r="A186" t="s">
+        <v>354</v>
+      </c>
+      <c r="B186" t="s">
         <v>353</v>
       </c>
-      <c r="B186" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C186" t="s">
-        <v>337</v>
+        <v>92</v>
       </c>
       <c r="D186" t="s">
         <v>58</v>
       </c>
       <c r="E186" t="s">
-        <v>126</v>
+        <v>130</v>
       </c>
       <c r="F186">
         <v>2015</v>
       </c>
       <c r="G186"/>
       <c r="H186" t="s">
-        <v>49</v>
+        <v>167</v>
       </c>
     </row>
     <row r="187" spans="1:8">
       <c r="A187" t="s">
         <v>355</v>
       </c>
       <c r="B187" t="s">
-        <v>356</v>
+        <v>351</v>
       </c>
       <c r="C187" t="s">
-        <v>129</v>
+        <v>92</v>
       </c>
       <c r="D187" t="s">
         <v>58</v>
       </c>
       <c r="E187" t="s">
-        <v>126</v>
+        <v>130</v>
       </c>
       <c r="F187">
         <v>2015</v>
       </c>
       <c r="G187"/>
       <c r="H187" t="s">
-        <v>153</v>
+        <v>167</v>
       </c>
     </row>
     <row r="188" spans="1:8">
       <c r="A188" t="s">
+        <v>356</v>
+      </c>
+      <c r="B188" t="s">
         <v>357</v>
       </c>
-      <c r="B188" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C188" t="s">
-        <v>129</v>
+        <v>340</v>
       </c>
       <c r="D188" t="s">
         <v>58</v>
       </c>
       <c r="E188" t="s">
-        <v>126</v>
+        <v>130</v>
       </c>
       <c r="F188">
         <v>2015</v>
       </c>
       <c r="G188"/>
       <c r="H188" t="s">
-        <v>153</v>
+        <v>49</v>
       </c>
     </row>
     <row r="189" spans="1:8">
       <c r="A189" t="s">
+        <v>358</v>
+      </c>
+      <c r="B189" t="s">
         <v>359</v>
       </c>
-      <c r="B189" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C189" t="s">
-        <v>92</v>
+        <v>133</v>
       </c>
       <c r="D189" t="s">
         <v>58</v>
       </c>
       <c r="E189" t="s">
-        <v>126</v>
+        <v>130</v>
       </c>
       <c r="F189">
         <v>2015</v>
       </c>
       <c r="G189"/>
       <c r="H189" t="s">
-        <v>164</v>
+        <v>156</v>
       </c>
     </row>
     <row r="190" spans="1:8">
       <c r="A190" t="s">
         <v>360</v>
       </c>
       <c r="B190" t="s">
-        <v>350</v>
+        <v>361</v>
       </c>
       <c r="C190" t="s">
-        <v>92</v>
+        <v>133</v>
       </c>
       <c r="D190" t="s">
         <v>58</v>
       </c>
       <c r="E190" t="s">
-        <v>126</v>
+        <v>130</v>
       </c>
       <c r="F190">
         <v>2015</v>
       </c>
       <c r="G190"/>
       <c r="H190" t="s">
-        <v>164</v>
+        <v>156</v>
       </c>
     </row>
     <row r="191" spans="1:8">
       <c r="A191" t="s">
-        <v>361</v>
+        <v>362</v>
       </c>
       <c r="B191" t="s">
-        <v>350</v>
+        <v>351</v>
       </c>
       <c r="C191" t="s">
         <v>92</v>
       </c>
       <c r="D191" t="s">
         <v>58</v>
       </c>
       <c r="E191" t="s">
-        <v>126</v>
+        <v>130</v>
       </c>
       <c r="F191">
         <v>2015</v>
       </c>
       <c r="G191"/>
       <c r="H191" t="s">
-        <v>164</v>
+        <v>167</v>
       </c>
     </row>
     <row r="192" spans="1:8">
       <c r="A192" t="s">
-        <v>362</v>
+        <v>363</v>
       </c>
       <c r="B192" t="s">
-        <v>363</v>
+        <v>353</v>
       </c>
       <c r="C192" t="s">
-        <v>337</v>
+        <v>92</v>
       </c>
       <c r="D192" t="s">
         <v>58</v>
       </c>
       <c r="E192" t="s">
-        <v>126</v>
+        <v>130</v>
       </c>
       <c r="F192">
         <v>2015</v>
       </c>
       <c r="G192"/>
       <c r="H192" t="s">
-        <v>49</v>
+        <v>167</v>
       </c>
     </row>
     <row r="193" spans="1:8">
       <c r="A193" t="s">
         <v>364</v>
       </c>
       <c r="B193" t="s">
-        <v>348</v>
+        <v>353</v>
       </c>
       <c r="C193" t="s">
         <v>92</v>
       </c>
       <c r="D193" t="s">
         <v>58</v>
       </c>
       <c r="E193" t="s">
-        <v>126</v>
+        <v>130</v>
       </c>
       <c r="F193">
         <v>2015</v>
       </c>
       <c r="G193"/>
       <c r="H193" t="s">
-        <v>164</v>
+        <v>167</v>
       </c>
     </row>
     <row r="194" spans="1:8">
       <c r="A194" t="s">
         <v>365</v>
       </c>
       <c r="B194" t="s">
-        <v>350</v>
+        <v>366</v>
       </c>
       <c r="C194" t="s">
-        <v>92</v>
+        <v>340</v>
       </c>
       <c r="D194" t="s">
         <v>58</v>
       </c>
       <c r="E194" t="s">
-        <v>126</v>
+        <v>130</v>
       </c>
       <c r="F194">
         <v>2015</v>
       </c>
       <c r="G194"/>
       <c r="H194" t="s">
-        <v>164</v>
+        <v>49</v>
       </c>
     </row>
     <row r="195" spans="1:8">
       <c r="A195" t="s">
-        <v>366</v>
+        <v>367</v>
       </c>
       <c r="B195" t="s">
-        <v>350</v>
+        <v>351</v>
       </c>
       <c r="C195" t="s">
         <v>92</v>
       </c>
       <c r="D195" t="s">
         <v>58</v>
       </c>
       <c r="E195" t="s">
-        <v>126</v>
+        <v>130</v>
       </c>
       <c r="F195">
         <v>2015</v>
       </c>
       <c r="G195"/>
       <c r="H195" t="s">
-        <v>164</v>
+        <v>167</v>
       </c>
     </row>
     <row r="196" spans="1:8">
       <c r="A196" t="s">
-        <v>367</v>
+        <v>368</v>
       </c>
       <c r="B196" t="s">
-        <v>350</v>
+        <v>353</v>
       </c>
       <c r="C196" t="s">
         <v>92</v>
       </c>
       <c r="D196" t="s">
         <v>58</v>
       </c>
       <c r="E196" t="s">
-        <v>126</v>
+        <v>130</v>
       </c>
       <c r="F196">
         <v>2015</v>
       </c>
       <c r="G196"/>
       <c r="H196" t="s">
-        <v>164</v>
+        <v>167</v>
       </c>
     </row>
     <row r="197" spans="1:8">
       <c r="A197" t="s">
-        <v>368</v>
+        <v>369</v>
       </c>
       <c r="B197" t="s">
-        <v>348</v>
+        <v>353</v>
       </c>
       <c r="C197" t="s">
         <v>92</v>
       </c>
       <c r="D197" t="s">
         <v>58</v>
       </c>
       <c r="E197" t="s">
-        <v>126</v>
+        <v>130</v>
       </c>
       <c r="F197">
         <v>2015</v>
       </c>
       <c r="G197"/>
       <c r="H197" t="s">
-        <v>164</v>
+        <v>167</v>
       </c>
     </row>
     <row r="198" spans="1:8">
       <c r="A198" t="s">
-        <v>369</v>
+        <v>370</v>
       </c>
       <c r="B198" t="s">
-        <v>350</v>
+        <v>353</v>
       </c>
       <c r="C198" t="s">
         <v>92</v>
       </c>
       <c r="D198" t="s">
         <v>58</v>
       </c>
       <c r="E198" t="s">
-        <v>126</v>
+        <v>130</v>
       </c>
       <c r="F198">
         <v>2015</v>
       </c>
       <c r="G198"/>
       <c r="H198" t="s">
-        <v>164</v>
+        <v>167</v>
       </c>
     </row>
     <row r="199" spans="1:8">
       <c r="A199" t="s">
-        <v>370</v>
+        <v>371</v>
       </c>
       <c r="B199" t="s">
-        <v>350</v>
+        <v>351</v>
       </c>
       <c r="C199" t="s">
         <v>92</v>
       </c>
       <c r="D199" t="s">
         <v>58</v>
       </c>
       <c r="E199" t="s">
-        <v>126</v>
+        <v>130</v>
       </c>
       <c r="F199">
         <v>2015</v>
       </c>
       <c r="G199"/>
       <c r="H199" t="s">
-        <v>164</v>
+        <v>167</v>
       </c>
     </row>
     <row r="200" spans="1:8">
       <c r="A200" t="s">
-        <v>371</v>
+        <v>372</v>
       </c>
       <c r="B200" t="s">
-        <v>350</v>
+        <v>353</v>
       </c>
       <c r="C200" t="s">
         <v>92</v>
       </c>
       <c r="D200" t="s">
         <v>58</v>
       </c>
       <c r="E200" t="s">
-        <v>126</v>
+        <v>130</v>
       </c>
       <c r="F200">
         <v>2015</v>
       </c>
       <c r="G200"/>
       <c r="H200" t="s">
-        <v>164</v>
+        <v>167</v>
       </c>
     </row>
     <row r="201" spans="1:8">
       <c r="A201" t="s">
-        <v>372</v>
+        <v>373</v>
       </c>
       <c r="B201" t="s">
-        <v>350</v>
+        <v>353</v>
       </c>
       <c r="C201" t="s">
         <v>92</v>
       </c>
       <c r="D201" t="s">
         <v>58</v>
       </c>
       <c r="E201" t="s">
-        <v>126</v>
+        <v>130</v>
       </c>
       <c r="F201">
         <v>2015</v>
       </c>
       <c r="G201"/>
       <c r="H201" t="s">
-        <v>164</v>
+        <v>167</v>
       </c>
     </row>
     <row r="202" spans="1:8">
       <c r="A202" t="s">
-        <v>373</v>
+        <v>374</v>
       </c>
       <c r="B202" t="s">
-        <v>348</v>
+        <v>353</v>
       </c>
       <c r="C202" t="s">
         <v>92</v>
       </c>
       <c r="D202" t="s">
         <v>58</v>
       </c>
       <c r="E202" t="s">
-        <v>126</v>
+        <v>130</v>
       </c>
       <c r="F202">
         <v>2015</v>
       </c>
       <c r="G202"/>
       <c r="H202" t="s">
-        <v>164</v>
+        <v>167</v>
       </c>
     </row>
     <row r="203" spans="1:8">
       <c r="A203" t="s">
-        <v>374</v>
+        <v>375</v>
       </c>
       <c r="B203" t="s">
-        <v>350</v>
+        <v>353</v>
       </c>
       <c r="C203" t="s">
         <v>92</v>
       </c>
       <c r="D203" t="s">
         <v>58</v>
       </c>
       <c r="E203" t="s">
-        <v>126</v>
+        <v>130</v>
       </c>
       <c r="F203">
         <v>2015</v>
       </c>
       <c r="G203"/>
       <c r="H203" t="s">
-        <v>164</v>
+        <v>167</v>
       </c>
     </row>
     <row r="204" spans="1:8">
       <c r="A204" t="s">
-        <v>375</v>
+        <v>376</v>
       </c>
       <c r="B204" t="s">
-        <v>350</v>
+        <v>351</v>
       </c>
       <c r="C204" t="s">
         <v>92</v>
       </c>
       <c r="D204" t="s">
         <v>58</v>
       </c>
       <c r="E204" t="s">
-        <v>126</v>
+        <v>130</v>
       </c>
       <c r="F204">
         <v>2015</v>
       </c>
       <c r="G204"/>
       <c r="H204" t="s">
-        <v>164</v>
+        <v>167</v>
       </c>
     </row>
     <row r="205" spans="1:8">
       <c r="A205" t="s">
-        <v>376</v>
+        <v>377</v>
       </c>
       <c r="B205" t="s">
-        <v>350</v>
+        <v>353</v>
       </c>
       <c r="C205" t="s">
         <v>92</v>
       </c>
       <c r="D205" t="s">
         <v>58</v>
       </c>
       <c r="E205" t="s">
-        <v>126</v>
+        <v>130</v>
       </c>
       <c r="F205">
         <v>2015</v>
       </c>
       <c r="G205"/>
       <c r="H205" t="s">
-        <v>164</v>
+        <v>167</v>
       </c>
     </row>
     <row r="206" spans="1:8">
       <c r="A206" t="s">
-        <v>377</v>
+        <v>378</v>
       </c>
       <c r="B206" t="s">
-        <v>350</v>
+        <v>353</v>
       </c>
       <c r="C206" t="s">
         <v>92</v>
       </c>
       <c r="D206" t="s">
         <v>58</v>
       </c>
       <c r="E206" t="s">
-        <v>126</v>
+        <v>130</v>
       </c>
       <c r="F206">
         <v>2015</v>
       </c>
       <c r="G206"/>
       <c r="H206" t="s">
-        <v>164</v>
+        <v>167</v>
       </c>
     </row>
     <row r="207" spans="1:8">
       <c r="A207" t="s">
-        <v>378</v>
+        <v>379</v>
       </c>
       <c r="B207" t="s">
-        <v>348</v>
+        <v>353</v>
       </c>
       <c r="C207" t="s">
         <v>92</v>
       </c>
       <c r="D207" t="s">
         <v>58</v>
       </c>
       <c r="E207" t="s">
-        <v>126</v>
+        <v>130</v>
       </c>
       <c r="F207">
         <v>2015</v>
       </c>
       <c r="G207"/>
       <c r="H207" t="s">
-        <v>164</v>
+        <v>167</v>
       </c>
     </row>
     <row r="208" spans="1:8">
       <c r="A208" t="s">
-        <v>379</v>
+        <v>380</v>
       </c>
       <c r="B208" t="s">
-        <v>348</v>
+        <v>353</v>
       </c>
       <c r="C208" t="s">
         <v>92</v>
       </c>
       <c r="D208" t="s">
         <v>58</v>
       </c>
       <c r="E208" t="s">
-        <v>126</v>
+        <v>130</v>
       </c>
       <c r="F208">
         <v>2015</v>
       </c>
       <c r="G208"/>
       <c r="H208" t="s">
-        <v>164</v>
+        <v>167</v>
       </c>
     </row>
     <row r="209" spans="1:8">
       <c r="A209" t="s">
-        <v>380</v>
+        <v>381</v>
       </c>
       <c r="B209" t="s">
-        <v>350</v>
+        <v>351</v>
       </c>
       <c r="C209" t="s">
         <v>92</v>
       </c>
       <c r="D209" t="s">
         <v>58</v>
       </c>
       <c r="E209" t="s">
-        <v>126</v>
+        <v>130</v>
       </c>
       <c r="F209">
         <v>2015</v>
       </c>
       <c r="G209"/>
       <c r="H209" t="s">
-        <v>164</v>
+        <v>167</v>
       </c>
     </row>
     <row r="210" spans="1:8">
       <c r="A210" t="s">
-        <v>381</v>
+        <v>382</v>
       </c>
       <c r="B210" t="s">
-        <v>350</v>
+        <v>351</v>
       </c>
       <c r="C210" t="s">
         <v>92</v>
       </c>
       <c r="D210" t="s">
         <v>58</v>
       </c>
       <c r="E210" t="s">
-        <v>126</v>
+        <v>130</v>
       </c>
       <c r="F210">
         <v>2015</v>
       </c>
       <c r="G210"/>
       <c r="H210" t="s">
-        <v>164</v>
+        <v>167</v>
       </c>
     </row>
     <row r="211" spans="1:8">
       <c r="A211" t="s">
-        <v>382</v>
+        <v>383</v>
       </c>
       <c r="B211" t="s">
-        <v>350</v>
+        <v>353</v>
       </c>
       <c r="C211" t="s">
         <v>92</v>
       </c>
       <c r="D211" t="s">
         <v>58</v>
       </c>
       <c r="E211" t="s">
-        <v>126</v>
+        <v>130</v>
       </c>
       <c r="F211">
         <v>2015</v>
       </c>
       <c r="G211"/>
       <c r="H211" t="s">
-        <v>164</v>
+        <v>167</v>
       </c>
     </row>
     <row r="212" spans="1:8">
       <c r="A212" t="s">
-        <v>383</v>
+        <v>384</v>
       </c>
       <c r="B212" t="s">
-        <v>348</v>
+        <v>353</v>
       </c>
       <c r="C212" t="s">
         <v>92</v>
       </c>
       <c r="D212" t="s">
         <v>58</v>
       </c>
       <c r="E212" t="s">
-        <v>126</v>
+        <v>130</v>
       </c>
       <c r="F212">
         <v>2015</v>
       </c>
       <c r="G212"/>
       <c r="H212" t="s">
-        <v>164</v>
+        <v>167</v>
       </c>
     </row>
     <row r="213" spans="1:8">
       <c r="A213" t="s">
-        <v>384</v>
+        <v>385</v>
       </c>
       <c r="B213" t="s">
-        <v>348</v>
+        <v>353</v>
       </c>
       <c r="C213" t="s">
         <v>92</v>
       </c>
       <c r="D213" t="s">
         <v>58</v>
       </c>
       <c r="E213" t="s">
-        <v>126</v>
+        <v>130</v>
       </c>
       <c r="F213">
         <v>2015</v>
       </c>
       <c r="G213"/>
       <c r="H213" t="s">
-        <v>164</v>
+        <v>167</v>
       </c>
     </row>
     <row r="214" spans="1:8">
       <c r="A214" t="s">
-        <v>385</v>
+        <v>386</v>
       </c>
       <c r="B214" t="s">
-        <v>350</v>
+        <v>351</v>
       </c>
       <c r="C214" t="s">
         <v>92</v>
       </c>
       <c r="D214" t="s">
         <v>58</v>
       </c>
       <c r="E214" t="s">
-        <v>126</v>
+        <v>130</v>
       </c>
       <c r="F214">
         <v>2015</v>
       </c>
       <c r="G214"/>
       <c r="H214" t="s">
-        <v>164</v>
+        <v>167</v>
       </c>
     </row>
     <row r="215" spans="1:8">
       <c r="A215" t="s">
-        <v>386</v>
+        <v>387</v>
       </c>
       <c r="B215" t="s">
-        <v>350</v>
+        <v>351</v>
       </c>
       <c r="C215" t="s">
         <v>92</v>
       </c>
       <c r="D215" t="s">
         <v>58</v>
       </c>
       <c r="E215" t="s">
-        <v>126</v>
+        <v>130</v>
       </c>
       <c r="F215">
         <v>2015</v>
       </c>
       <c r="G215"/>
       <c r="H215" t="s">
-        <v>164</v>
+        <v>167</v>
       </c>
     </row>
     <row r="216" spans="1:8">
       <c r="A216" t="s">
-        <v>387</v>
+        <v>388</v>
       </c>
       <c r="B216" t="s">
-        <v>350</v>
+        <v>353</v>
       </c>
       <c r="C216" t="s">
         <v>92</v>
       </c>
       <c r="D216" t="s">
         <v>58</v>
       </c>
       <c r="E216" t="s">
-        <v>126</v>
+        <v>130</v>
       </c>
       <c r="F216">
         <v>2015</v>
       </c>
       <c r="G216"/>
       <c r="H216" t="s">
-        <v>164</v>
+        <v>167</v>
       </c>
     </row>
     <row r="217" spans="1:8">
       <c r="A217" t="s">
-        <v>388</v>
+        <v>389</v>
       </c>
       <c r="B217" t="s">
-        <v>350</v>
+        <v>353</v>
       </c>
       <c r="C217" t="s">
         <v>92</v>
       </c>
       <c r="D217" t="s">
         <v>58</v>
       </c>
       <c r="E217" t="s">
-        <v>126</v>
+        <v>130</v>
       </c>
       <c r="F217">
         <v>2015</v>
       </c>
       <c r="G217"/>
       <c r="H217" t="s">
-        <v>164</v>
+        <v>167</v>
       </c>
     </row>
     <row r="218" spans="1:8">
       <c r="A218" t="s">
-        <v>389</v>
+        <v>390</v>
       </c>
       <c r="B218" t="s">
-        <v>348</v>
+        <v>353</v>
       </c>
       <c r="C218" t="s">
         <v>92</v>
       </c>
       <c r="D218" t="s">
         <v>58</v>
       </c>
       <c r="E218" t="s">
-        <v>126</v>
+        <v>130</v>
       </c>
       <c r="F218">
         <v>2015</v>
       </c>
       <c r="G218"/>
       <c r="H218" t="s">
-        <v>164</v>
+        <v>167</v>
       </c>
     </row>
     <row r="219" spans="1:8">
       <c r="A219" t="s">
-        <v>390</v>
+        <v>391</v>
       </c>
       <c r="B219" t="s">
-        <v>348</v>
+        <v>353</v>
       </c>
       <c r="C219" t="s">
         <v>92</v>
       </c>
       <c r="D219" t="s">
         <v>58</v>
       </c>
       <c r="E219" t="s">
-        <v>126</v>
+        <v>130</v>
       </c>
       <c r="F219">
         <v>2015</v>
       </c>
       <c r="G219"/>
       <c r="H219" t="s">
-        <v>164</v>
+        <v>167</v>
       </c>
     </row>
     <row r="220" spans="1:8">
       <c r="A220" t="s">
-        <v>391</v>
+        <v>392</v>
       </c>
       <c r="B220" t="s">
-        <v>392</v>
+        <v>351</v>
       </c>
       <c r="C220" t="s">
-        <v>121</v>
+        <v>92</v>
       </c>
       <c r="D220" t="s">
         <v>58</v>
       </c>
       <c r="E220" t="s">
-        <v>126</v>
+        <v>130</v>
       </c>
       <c r="F220">
         <v>2015</v>
       </c>
       <c r="G220"/>
       <c r="H220" t="s">
-        <v>146</v>
+        <v>167</v>
       </c>
     </row>
     <row r="221" spans="1:8">
       <c r="A221" t="s">
         <v>393</v>
       </c>
       <c r="B221" t="s">
-        <v>348</v>
+        <v>351</v>
       </c>
       <c r="C221" t="s">
         <v>92</v>
       </c>
       <c r="D221" t="s">
         <v>58</v>
       </c>
       <c r="E221" t="s">
-        <v>126</v>
+        <v>130</v>
       </c>
       <c r="F221">
         <v>2015</v>
       </c>
       <c r="G221"/>
       <c r="H221" t="s">
-        <v>164</v>
+        <v>167</v>
       </c>
     </row>
     <row r="222" spans="1:8">
       <c r="A222" t="s">
         <v>394</v>
       </c>
       <c r="B222" t="s">
-        <v>350</v>
+        <v>395</v>
       </c>
       <c r="C222" t="s">
-        <v>92</v>
+        <v>125</v>
       </c>
       <c r="D222" t="s">
         <v>58</v>
       </c>
       <c r="E222" t="s">
-        <v>126</v>
+        <v>130</v>
       </c>
       <c r="F222">
         <v>2015</v>
       </c>
       <c r="G222"/>
       <c r="H222" t="s">
-        <v>164</v>
+        <v>149</v>
       </c>
     </row>
     <row r="223" spans="1:8">
       <c r="A223" t="s">
-        <v>395</v>
+        <v>396</v>
       </c>
       <c r="B223" t="s">
-        <v>350</v>
+        <v>351</v>
       </c>
       <c r="C223" t="s">
         <v>92</v>
       </c>
       <c r="D223" t="s">
         <v>58</v>
       </c>
       <c r="E223" t="s">
-        <v>126</v>
+        <v>130</v>
       </c>
       <c r="F223">
         <v>2015</v>
       </c>
       <c r="G223"/>
       <c r="H223" t="s">
-        <v>164</v>
+        <v>167</v>
       </c>
     </row>
     <row r="224" spans="1:8">
       <c r="A224" t="s">
-        <v>396</v>
+        <v>397</v>
       </c>
       <c r="B224" t="s">
-        <v>350</v>
+        <v>353</v>
       </c>
       <c r="C224" t="s">
         <v>92</v>
       </c>
       <c r="D224" t="s">
         <v>58</v>
       </c>
       <c r="E224" t="s">
-        <v>126</v>
+        <v>130</v>
       </c>
       <c r="F224">
         <v>2015</v>
       </c>
       <c r="G224"/>
       <c r="H224" t="s">
-        <v>164</v>
+        <v>167</v>
       </c>
     </row>
     <row r="225" spans="1:8">
       <c r="A225" t="s">
-        <v>397</v>
+        <v>398</v>
       </c>
       <c r="B225" t="s">
-        <v>350</v>
+        <v>353</v>
       </c>
       <c r="C225" t="s">
         <v>92</v>
       </c>
       <c r="D225" t="s">
         <v>58</v>
       </c>
       <c r="E225" t="s">
-        <v>126</v>
+        <v>130</v>
       </c>
       <c r="F225">
         <v>2015</v>
       </c>
       <c r="G225"/>
       <c r="H225" t="s">
-        <v>164</v>
+        <v>167</v>
       </c>
     </row>
     <row r="226" spans="1:8">
       <c r="A226" t="s">
-        <v>398</v>
+        <v>399</v>
       </c>
       <c r="B226" t="s">
-        <v>350</v>
+        <v>353</v>
       </c>
       <c r="C226" t="s">
         <v>92</v>
       </c>
       <c r="D226" t="s">
         <v>58</v>
       </c>
       <c r="E226" t="s">
-        <v>126</v>
+        <v>130</v>
       </c>
       <c r="F226">
         <v>2015</v>
       </c>
       <c r="G226"/>
       <c r="H226" t="s">
-        <v>164</v>
+        <v>167</v>
       </c>
     </row>
     <row r="227" spans="1:8">
       <c r="A227" t="s">
-        <v>399</v>
+        <v>400</v>
       </c>
       <c r="B227" t="s">
-        <v>350</v>
+        <v>353</v>
       </c>
       <c r="C227" t="s">
         <v>92</v>
       </c>
       <c r="D227" t="s">
         <v>58</v>
       </c>
       <c r="E227" t="s">
-        <v>126</v>
+        <v>130</v>
       </c>
       <c r="F227">
         <v>2015</v>
       </c>
       <c r="G227"/>
       <c r="H227" t="s">
-        <v>164</v>
+        <v>167</v>
       </c>
     </row>
     <row r="228" spans="1:8">
       <c r="A228" t="s">
-        <v>400</v>
+        <v>401</v>
       </c>
       <c r="B228" t="s">
-        <v>350</v>
+        <v>353</v>
       </c>
       <c r="C228" t="s">
         <v>92</v>
       </c>
       <c r="D228" t="s">
         <v>58</v>
       </c>
       <c r="E228" t="s">
-        <v>126</v>
+        <v>130</v>
       </c>
       <c r="F228">
         <v>2015</v>
       </c>
       <c r="G228"/>
       <c r="H228" t="s">
-        <v>164</v>
+        <v>167</v>
       </c>
     </row>
     <row r="229" spans="1:8">
       <c r="A229" t="s">
-        <v>401</v>
+        <v>402</v>
       </c>
       <c r="B229" t="s">
-        <v>350</v>
+        <v>353</v>
       </c>
       <c r="C229" t="s">
         <v>92</v>
       </c>
       <c r="D229" t="s">
         <v>58</v>
       </c>
       <c r="E229" t="s">
-        <v>126</v>
+        <v>130</v>
       </c>
       <c r="F229">
         <v>2015</v>
       </c>
       <c r="G229"/>
       <c r="H229" t="s">
-        <v>164</v>
+        <v>167</v>
       </c>
     </row>
     <row r="230" spans="1:8">
       <c r="A230" t="s">
-        <v>402</v>
+        <v>403</v>
       </c>
       <c r="B230" t="s">
-        <v>350</v>
+        <v>353</v>
       </c>
       <c r="C230" t="s">
         <v>92</v>
       </c>
       <c r="D230" t="s">
         <v>58</v>
       </c>
       <c r="E230" t="s">
-        <v>126</v>
+        <v>130</v>
       </c>
       <c r="F230">
         <v>2015</v>
       </c>
       <c r="G230"/>
       <c r="H230" t="s">
-        <v>164</v>
+        <v>167</v>
       </c>
     </row>
     <row r="231" spans="1:8">
       <c r="A231" t="s">
-        <v>403</v>
+        <v>404</v>
       </c>
       <c r="B231" t="s">
-        <v>350</v>
+        <v>353</v>
       </c>
       <c r="C231" t="s">
         <v>92</v>
       </c>
       <c r="D231" t="s">
         <v>58</v>
       </c>
       <c r="E231" t="s">
-        <v>126</v>
+        <v>130</v>
       </c>
       <c r="F231">
         <v>2015</v>
       </c>
       <c r="G231"/>
       <c r="H231" t="s">
-        <v>164</v>
+        <v>167</v>
       </c>
     </row>
     <row r="232" spans="1:8">
       <c r="A232" t="s">
-        <v>404</v>
+        <v>405</v>
       </c>
       <c r="B232" t="s">
-        <v>348</v>
+        <v>353</v>
       </c>
       <c r="C232" t="s">
         <v>92</v>
       </c>
       <c r="D232" t="s">
         <v>58</v>
       </c>
       <c r="E232" t="s">
-        <v>126</v>
+        <v>130</v>
       </c>
       <c r="F232">
         <v>2015</v>
       </c>
       <c r="G232"/>
       <c r="H232" t="s">
-        <v>164</v>
+        <v>167</v>
       </c>
     </row>
     <row r="233" spans="1:8">
       <c r="A233" t="s">
-        <v>405</v>
+        <v>406</v>
       </c>
       <c r="B233" t="s">
-        <v>406</v>
+        <v>353</v>
       </c>
       <c r="C233" t="s">
-        <v>337</v>
+        <v>92</v>
       </c>
       <c r="D233" t="s">
         <v>58</v>
       </c>
       <c r="E233" t="s">
-        <v>126</v>
+        <v>130</v>
       </c>
       <c r="F233">
         <v>2015</v>
       </c>
       <c r="G233"/>
       <c r="H233" t="s">
-        <v>49</v>
+        <v>167</v>
       </c>
     </row>
     <row r="234" spans="1:8">
       <c r="A234" t="s">
         <v>407</v>
       </c>
       <c r="B234" t="s">
-        <v>408</v>
+        <v>351</v>
       </c>
       <c r="C234" t="s">
-        <v>129</v>
+        <v>92</v>
       </c>
       <c r="D234" t="s">
         <v>58</v>
       </c>
       <c r="E234" t="s">
-        <v>126</v>
+        <v>130</v>
       </c>
       <c r="F234">
         <v>2015</v>
       </c>
       <c r="G234"/>
       <c r="H234" t="s">
-        <v>146</v>
+        <v>167</v>
       </c>
     </row>
     <row r="235" spans="1:8">
       <c r="A235" t="s">
+        <v>408</v>
+      </c>
+      <c r="B235" t="s">
         <v>409</v>
       </c>
-      <c r="B235" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C235" t="s">
-        <v>129</v>
+        <v>340</v>
       </c>
       <c r="D235" t="s">
         <v>58</v>
       </c>
       <c r="E235" t="s">
-        <v>126</v>
+        <v>130</v>
       </c>
       <c r="F235">
         <v>2015</v>
       </c>
       <c r="G235"/>
       <c r="H235" t="s">
-        <v>146</v>
+        <v>49</v>
       </c>
     </row>
     <row r="236" spans="1:8">
       <c r="A236" t="s">
+        <v>410</v>
+      </c>
+      <c r="B236" t="s">
         <v>411</v>
       </c>
-      <c r="B236" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C236" t="s">
-        <v>129</v>
+        <v>133</v>
       </c>
       <c r="D236" t="s">
         <v>58</v>
       </c>
       <c r="E236" t="s">
-        <v>126</v>
+        <v>130</v>
       </c>
       <c r="F236">
         <v>2015</v>
       </c>
       <c r="G236"/>
       <c r="H236" t="s">
-        <v>224</v>
+        <v>149</v>
       </c>
     </row>
     <row r="237" spans="1:8">
       <c r="A237" t="s">
+        <v>412</v>
+      </c>
+      <c r="B237" t="s">
         <v>413</v>
       </c>
-      <c r="B237" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C237" t="s">
-        <v>92</v>
+        <v>133</v>
       </c>
       <c r="D237" t="s">
         <v>58</v>
       </c>
       <c r="E237" t="s">
-        <v>126</v>
+        <v>130</v>
       </c>
       <c r="F237">
         <v>2015</v>
       </c>
       <c r="G237"/>
       <c r="H237" t="s">
-        <v>164</v>
+        <v>149</v>
       </c>
     </row>
     <row r="238" spans="1:8">
       <c r="A238" t="s">
         <v>414</v>
       </c>
       <c r="B238" t="s">
-        <v>348</v>
+        <v>415</v>
       </c>
       <c r="C238" t="s">
-        <v>92</v>
+        <v>133</v>
       </c>
       <c r="D238" t="s">
         <v>58</v>
       </c>
       <c r="E238" t="s">
-        <v>126</v>
+        <v>130</v>
       </c>
       <c r="F238">
         <v>2015</v>
       </c>
       <c r="G238"/>
       <c r="H238" t="s">
-        <v>164</v>
+        <v>227</v>
       </c>
     </row>
     <row r="239" spans="1:8">
       <c r="A239" t="s">
-        <v>415</v>
+        <v>416</v>
       </c>
       <c r="B239" t="s">
-        <v>348</v>
+        <v>353</v>
       </c>
       <c r="C239" t="s">
         <v>92</v>
       </c>
       <c r="D239" t="s">
         <v>58</v>
       </c>
       <c r="E239" t="s">
-        <v>126</v>
+        <v>130</v>
       </c>
       <c r="F239">
         <v>2015</v>
       </c>
       <c r="G239"/>
       <c r="H239" t="s">
-        <v>164</v>
+        <v>167</v>
       </c>
     </row>
     <row r="240" spans="1:8">
       <c r="A240" t="s">
-        <v>416</v>
+        <v>417</v>
       </c>
       <c r="B240" t="s">
-        <v>348</v>
+        <v>351</v>
       </c>
       <c r="C240" t="s">
         <v>92</v>
       </c>
       <c r="D240" t="s">
         <v>58</v>
       </c>
       <c r="E240" t="s">
-        <v>126</v>
+        <v>130</v>
       </c>
       <c r="F240">
         <v>2015</v>
       </c>
       <c r="G240"/>
       <c r="H240" t="s">
-        <v>164</v>
+        <v>167</v>
       </c>
     </row>
     <row r="241" spans="1:8">
       <c r="A241" t="s">
-        <v>417</v>
+        <v>418</v>
       </c>
       <c r="B241" t="s">
-        <v>350</v>
+        <v>351</v>
       </c>
       <c r="C241" t="s">
         <v>92</v>
       </c>
       <c r="D241" t="s">
         <v>58</v>
       </c>
       <c r="E241" t="s">
-        <v>126</v>
+        <v>130</v>
       </c>
       <c r="F241">
         <v>2015</v>
       </c>
       <c r="G241"/>
       <c r="H241" t="s">
-        <v>164</v>
+        <v>167</v>
       </c>
     </row>
     <row r="242" spans="1:8">
       <c r="A242" t="s">
-        <v>418</v>
+        <v>419</v>
       </c>
       <c r="B242" t="s">
-        <v>348</v>
+        <v>351</v>
       </c>
       <c r="C242" t="s">
         <v>92</v>
       </c>
       <c r="D242" t="s">
         <v>58</v>
       </c>
       <c r="E242" t="s">
-        <v>126</v>
+        <v>130</v>
       </c>
       <c r="F242">
         <v>2015</v>
       </c>
       <c r="G242"/>
       <c r="H242" t="s">
-        <v>164</v>
+        <v>167</v>
       </c>
     </row>
     <row r="243" spans="1:8">
       <c r="A243" t="s">
-        <v>419</v>
+        <v>420</v>
       </c>
       <c r="B243" t="s">
-        <v>348</v>
+        <v>353</v>
       </c>
       <c r="C243" t="s">
         <v>92</v>
       </c>
       <c r="D243" t="s">
         <v>58</v>
       </c>
       <c r="E243" t="s">
-        <v>126</v>
+        <v>130</v>
       </c>
       <c r="F243">
         <v>2015</v>
       </c>
       <c r="G243"/>
       <c r="H243" t="s">
-        <v>164</v>
+        <v>167</v>
       </c>
     </row>
     <row r="244" spans="1:8">
       <c r="A244" t="s">
-        <v>420</v>
+        <v>421</v>
       </c>
       <c r="B244" t="s">
-        <v>348</v>
+        <v>351</v>
       </c>
       <c r="C244" t="s">
         <v>92</v>
       </c>
       <c r="D244" t="s">
         <v>58</v>
       </c>
       <c r="E244" t="s">
-        <v>126</v>
+        <v>130</v>
       </c>
       <c r="F244">
         <v>2015</v>
       </c>
       <c r="G244"/>
       <c r="H244" t="s">
-        <v>164</v>
+        <v>167</v>
       </c>
     </row>
     <row r="245" spans="1:8">
       <c r="A245" t="s">
-        <v>421</v>
+        <v>422</v>
       </c>
       <c r="B245" t="s">
-        <v>348</v>
+        <v>351</v>
       </c>
       <c r="C245" t="s">
         <v>92</v>
       </c>
       <c r="D245" t="s">
         <v>58</v>
       </c>
       <c r="E245" t="s">
-        <v>126</v>
+        <v>130</v>
       </c>
       <c r="F245">
         <v>2015</v>
       </c>
       <c r="G245"/>
       <c r="H245" t="s">
-        <v>164</v>
+        <v>167</v>
       </c>
     </row>
     <row r="246" spans="1:8">
       <c r="A246" t="s">
-        <v>422</v>
+        <v>423</v>
       </c>
       <c r="B246" t="s">
-        <v>348</v>
+        <v>351</v>
       </c>
       <c r="C246" t="s">
         <v>92</v>
       </c>
       <c r="D246" t="s">
         <v>58</v>
       </c>
       <c r="E246" t="s">
-        <v>126</v>
+        <v>130</v>
       </c>
       <c r="F246">
         <v>2015</v>
       </c>
       <c r="G246"/>
       <c r="H246" t="s">
-        <v>164</v>
+        <v>167</v>
       </c>
     </row>
     <row r="247" spans="1:8">
       <c r="A247" t="s">
-        <v>423</v>
+        <v>424</v>
       </c>
       <c r="B247" t="s">
-        <v>348</v>
+        <v>351</v>
       </c>
       <c r="C247" t="s">
         <v>92</v>
       </c>
       <c r="D247" t="s">
         <v>58</v>
       </c>
       <c r="E247" t="s">
-        <v>126</v>
+        <v>130</v>
       </c>
       <c r="F247">
         <v>2015</v>
       </c>
       <c r="G247"/>
       <c r="H247" t="s">
-        <v>164</v>
+        <v>167</v>
       </c>
     </row>
     <row r="248" spans="1:8">
       <c r="A248" t="s">
-        <v>424</v>
+        <v>425</v>
       </c>
       <c r="B248" t="s">
-        <v>348</v>
+        <v>351</v>
       </c>
       <c r="C248" t="s">
         <v>92</v>
       </c>
       <c r="D248" t="s">
         <v>58</v>
       </c>
       <c r="E248" t="s">
-        <v>126</v>
+        <v>130</v>
       </c>
       <c r="F248">
         <v>2015</v>
       </c>
       <c r="G248"/>
       <c r="H248" t="s">
-        <v>164</v>
+        <v>167</v>
       </c>
     </row>
     <row r="249" spans="1:8">
       <c r="A249" t="s">
-        <v>425</v>
+        <v>426</v>
       </c>
       <c r="B249" t="s">
-        <v>348</v>
+        <v>351</v>
       </c>
       <c r="C249" t="s">
         <v>92</v>
       </c>
       <c r="D249" t="s">
         <v>58</v>
       </c>
       <c r="E249" t="s">
-        <v>126</v>
+        <v>130</v>
       </c>
       <c r="F249">
         <v>2015</v>
       </c>
       <c r="G249"/>
       <c r="H249" t="s">
-        <v>164</v>
+        <v>167</v>
       </c>
     </row>
     <row r="250" spans="1:8">
       <c r="A250" t="s">
-        <v>426</v>
+        <v>427</v>
       </c>
       <c r="B250" t="s">
-        <v>350</v>
+        <v>351</v>
       </c>
       <c r="C250" t="s">
         <v>92</v>
       </c>
       <c r="D250" t="s">
         <v>58</v>
       </c>
       <c r="E250" t="s">
-        <v>126</v>
+        <v>130</v>
       </c>
       <c r="F250">
         <v>2015</v>
       </c>
       <c r="G250"/>
       <c r="H250" t="s">
-        <v>164</v>
+        <v>167</v>
       </c>
     </row>
     <row r="251" spans="1:8">
       <c r="A251" t="s">
-        <v>427</v>
+        <v>428</v>
       </c>
       <c r="B251" t="s">
-        <v>350</v>
+        <v>351</v>
       </c>
       <c r="C251" t="s">
         <v>92</v>
       </c>
       <c r="D251" t="s">
         <v>58</v>
       </c>
       <c r="E251" t="s">
-        <v>126</v>
+        <v>130</v>
       </c>
       <c r="F251">
         <v>2015</v>
       </c>
       <c r="G251"/>
       <c r="H251" t="s">
-        <v>164</v>
+        <v>167</v>
       </c>
     </row>
     <row r="252" spans="1:8">
       <c r="A252" t="s">
-        <v>428</v>
+        <v>429</v>
       </c>
       <c r="B252" t="s">
-        <v>348</v>
+        <v>353</v>
       </c>
       <c r="C252" t="s">
         <v>92</v>
       </c>
       <c r="D252" t="s">
         <v>58</v>
       </c>
       <c r="E252" t="s">
-        <v>126</v>
+        <v>130</v>
       </c>
       <c r="F252">
         <v>2015</v>
       </c>
       <c r="G252"/>
       <c r="H252" t="s">
-        <v>164</v>
+        <v>167</v>
       </c>
     </row>
     <row r="253" spans="1:8">
       <c r="A253" t="s">
-        <v>429</v>
+        <v>430</v>
       </c>
       <c r="B253" t="s">
-        <v>350</v>
+        <v>353</v>
       </c>
       <c r="C253" t="s">
         <v>92</v>
       </c>
       <c r="D253" t="s">
         <v>58</v>
       </c>
       <c r="E253" t="s">
-        <v>126</v>
+        <v>130</v>
       </c>
       <c r="F253">
         <v>2015</v>
       </c>
       <c r="G253"/>
       <c r="H253" t="s">
-        <v>164</v>
+        <v>167</v>
       </c>
     </row>
     <row r="254" spans="1:8">
       <c r="A254" t="s">
-        <v>430</v>
+        <v>431</v>
       </c>
       <c r="B254" t="s">
-        <v>348</v>
+        <v>351</v>
       </c>
       <c r="C254" t="s">
         <v>92</v>
       </c>
       <c r="D254" t="s">
         <v>58</v>
       </c>
       <c r="E254" t="s">
-        <v>126</v>
+        <v>130</v>
       </c>
       <c r="F254">
         <v>2015</v>
       </c>
       <c r="G254"/>
       <c r="H254" t="s">
-        <v>164</v>
+        <v>167</v>
       </c>
     </row>
     <row r="255" spans="1:8">
       <c r="A255" t="s">
-        <v>431</v>
+        <v>432</v>
       </c>
       <c r="B255" t="s">
-        <v>348</v>
+        <v>353</v>
       </c>
       <c r="C255" t="s">
         <v>92</v>
       </c>
       <c r="D255" t="s">
         <v>58</v>
       </c>
       <c r="E255" t="s">
-        <v>126</v>
+        <v>130</v>
       </c>
       <c r="F255">
         <v>2015</v>
       </c>
       <c r="G255"/>
       <c r="H255" t="s">
-        <v>164</v>
+        <v>167</v>
       </c>
     </row>
     <row r="256" spans="1:8">
       <c r="A256" t="s">
-        <v>432</v>
+        <v>433</v>
       </c>
       <c r="B256" t="s">
-        <v>348</v>
+        <v>351</v>
       </c>
       <c r="C256" t="s">
         <v>92</v>
       </c>
       <c r="D256" t="s">
         <v>58</v>
       </c>
       <c r="E256" t="s">
-        <v>126</v>
+        <v>130</v>
       </c>
       <c r="F256">
         <v>2015</v>
       </c>
       <c r="G256"/>
       <c r="H256" t="s">
-        <v>164</v>
+        <v>167</v>
       </c>
     </row>
     <row r="257" spans="1:8">
       <c r="A257" t="s">
-        <v>433</v>
+        <v>434</v>
       </c>
       <c r="B257" t="s">
-        <v>348</v>
+        <v>351</v>
       </c>
       <c r="C257" t="s">
         <v>92</v>
       </c>
       <c r="D257" t="s">
         <v>58</v>
       </c>
       <c r="E257" t="s">
-        <v>126</v>
+        <v>130</v>
       </c>
       <c r="F257">
         <v>2015</v>
       </c>
       <c r="G257"/>
       <c r="H257" t="s">
-        <v>164</v>
+        <v>167</v>
       </c>
     </row>
     <row r="258" spans="1:8">
       <c r="A258" t="s">
-        <v>434</v>
+        <v>435</v>
       </c>
       <c r="B258" t="s">
-        <v>348</v>
+        <v>351</v>
       </c>
       <c r="C258" t="s">
         <v>92</v>
       </c>
       <c r="D258" t="s">
         <v>58</v>
       </c>
       <c r="E258" t="s">
-        <v>126</v>
+        <v>130</v>
       </c>
       <c r="F258">
         <v>2015</v>
       </c>
       <c r="G258"/>
       <c r="H258" t="s">
-        <v>164</v>
+        <v>167</v>
       </c>
     </row>
     <row r="259" spans="1:8">
       <c r="A259" t="s">
-        <v>435</v>
+        <v>436</v>
       </c>
       <c r="B259" t="s">
-        <v>348</v>
+        <v>351</v>
       </c>
       <c r="C259" t="s">
         <v>92</v>
       </c>
       <c r="D259" t="s">
         <v>58</v>
       </c>
       <c r="E259" t="s">
-        <v>126</v>
+        <v>130</v>
       </c>
       <c r="F259">
         <v>2015</v>
       </c>
       <c r="G259"/>
       <c r="H259" t="s">
-        <v>164</v>
+        <v>167</v>
       </c>
     </row>
     <row r="260" spans="1:8">
       <c r="A260" t="s">
-        <v>436</v>
+        <v>437</v>
       </c>
       <c r="B260" t="s">
-        <v>348</v>
+        <v>351</v>
       </c>
       <c r="C260" t="s">
         <v>92</v>
       </c>
       <c r="D260" t="s">
         <v>58</v>
       </c>
       <c r="E260" t="s">
-        <v>126</v>
+        <v>130</v>
       </c>
       <c r="F260">
         <v>2015</v>
       </c>
       <c r="G260"/>
       <c r="H260" t="s">
-        <v>164</v>
+        <v>167</v>
       </c>
     </row>
     <row r="261" spans="1:8">
       <c r="A261" t="s">
-        <v>437</v>
+        <v>438</v>
       </c>
       <c r="B261" t="s">
-        <v>348</v>
+        <v>351</v>
       </c>
       <c r="C261" t="s">
         <v>92</v>
       </c>
       <c r="D261" t="s">
         <v>58</v>
       </c>
       <c r="E261" t="s">
-        <v>126</v>
+        <v>130</v>
       </c>
       <c r="F261">
         <v>2015</v>
       </c>
       <c r="G261"/>
       <c r="H261" t="s">
-        <v>164</v>
+        <v>167</v>
       </c>
     </row>
     <row r="262" spans="1:8">
       <c r="A262" t="s">
-        <v>438</v>
+        <v>439</v>
       </c>
       <c r="B262" t="s">
-        <v>348</v>
+        <v>351</v>
       </c>
       <c r="C262" t="s">
         <v>92</v>
       </c>
       <c r="D262" t="s">
         <v>58</v>
       </c>
       <c r="E262" t="s">
-        <v>126</v>
+        <v>130</v>
       </c>
       <c r="F262">
         <v>2015</v>
       </c>
       <c r="G262"/>
       <c r="H262" t="s">
-        <v>164</v>
+        <v>167</v>
       </c>
     </row>
     <row r="263" spans="1:8">
       <c r="A263" t="s">
-        <v>439</v>
+        <v>440</v>
       </c>
       <c r="B263" t="s">
-        <v>348</v>
+        <v>351</v>
       </c>
       <c r="C263" t="s">
         <v>92</v>
       </c>
       <c r="D263" t="s">
         <v>58</v>
       </c>
       <c r="E263" t="s">
-        <v>126</v>
+        <v>130</v>
       </c>
       <c r="F263">
         <v>2015</v>
       </c>
       <c r="G263"/>
       <c r="H263" t="s">
-        <v>164</v>
+        <v>167</v>
       </c>
     </row>
     <row r="264" spans="1:8">
       <c r="A264" t="s">
-        <v>440</v>
+        <v>441</v>
       </c>
       <c r="B264" t="s">
-        <v>348</v>
+        <v>351</v>
       </c>
       <c r="C264" t="s">
         <v>92</v>
       </c>
       <c r="D264" t="s">
         <v>58</v>
       </c>
       <c r="E264" t="s">
-        <v>126</v>
+        <v>130</v>
       </c>
       <c r="F264">
         <v>2015</v>
       </c>
       <c r="G264"/>
       <c r="H264" t="s">
-        <v>164</v>
+        <v>167</v>
       </c>
     </row>
     <row r="265" spans="1:8">
       <c r="A265" t="s">
-        <v>441</v>
+        <v>442</v>
       </c>
       <c r="B265" t="s">
-        <v>348</v>
+        <v>351</v>
       </c>
       <c r="C265" t="s">
         <v>92</v>
       </c>
       <c r="D265" t="s">
         <v>58</v>
       </c>
       <c r="E265" t="s">
-        <v>126</v>
+        <v>130</v>
       </c>
       <c r="F265">
         <v>2015</v>
       </c>
       <c r="G265"/>
       <c r="H265" t="s">
-        <v>164</v>
+        <v>167</v>
       </c>
     </row>
     <row r="266" spans="1:8">
       <c r="A266" t="s">
-        <v>442</v>
+        <v>443</v>
       </c>
       <c r="B266" t="s">
-        <v>348</v>
+        <v>351</v>
       </c>
       <c r="C266" t="s">
         <v>92</v>
       </c>
       <c r="D266" t="s">
         <v>58</v>
       </c>
       <c r="E266" t="s">
-        <v>126</v>
+        <v>130</v>
       </c>
       <c r="F266">
         <v>2015</v>
       </c>
       <c r="G266"/>
       <c r="H266" t="s">
-        <v>164</v>
+        <v>167</v>
       </c>
     </row>
     <row r="267" spans="1:8">
       <c r="A267" t="s">
-        <v>443</v>
+        <v>444</v>
       </c>
       <c r="B267" t="s">
-        <v>348</v>
+        <v>351</v>
       </c>
       <c r="C267" t="s">
         <v>92</v>
       </c>
       <c r="D267" t="s">
         <v>58</v>
       </c>
       <c r="E267" t="s">
-        <v>126</v>
+        <v>130</v>
       </c>
       <c r="F267">
         <v>2015</v>
       </c>
       <c r="G267"/>
       <c r="H267" t="s">
-        <v>164</v>
+        <v>167</v>
       </c>
     </row>
     <row r="268" spans="1:8">
       <c r="A268" t="s">
-        <v>444</v>
+        <v>445</v>
       </c>
       <c r="B268" t="s">
-        <v>348</v>
+        <v>351</v>
       </c>
       <c r="C268" t="s">
         <v>92</v>
       </c>
       <c r="D268" t="s">
         <v>58</v>
       </c>
       <c r="E268" t="s">
-        <v>126</v>
+        <v>130</v>
       </c>
       <c r="F268">
         <v>2015</v>
       </c>
       <c r="G268"/>
       <c r="H268" t="s">
-        <v>164</v>
+        <v>167</v>
       </c>
     </row>
     <row r="269" spans="1:8">
       <c r="A269" t="s">
-        <v>445</v>
+        <v>446</v>
       </c>
       <c r="B269" t="s">
-        <v>348</v>
+        <v>351</v>
       </c>
       <c r="C269" t="s">
         <v>92</v>
       </c>
       <c r="D269" t="s">
         <v>58</v>
       </c>
       <c r="E269" t="s">
-        <v>126</v>
+        <v>130</v>
       </c>
       <c r="F269">
         <v>2015</v>
       </c>
       <c r="G269"/>
       <c r="H269" t="s">
-        <v>164</v>
+        <v>167</v>
       </c>
     </row>
     <row r="270" spans="1:8">
       <c r="A270" t="s">
-        <v>446</v>
+        <v>447</v>
       </c>
       <c r="B270" t="s">
-        <v>348</v>
+        <v>351</v>
       </c>
       <c r="C270" t="s">
         <v>92</v>
       </c>
       <c r="D270" t="s">
         <v>58</v>
       </c>
       <c r="E270" t="s">
-        <v>126</v>
+        <v>130</v>
       </c>
       <c r="F270">
         <v>2015</v>
       </c>
       <c r="G270"/>
       <c r="H270" t="s">
-        <v>164</v>
+        <v>167</v>
       </c>
     </row>
     <row r="271" spans="1:8">
       <c r="A271" t="s">
-        <v>447</v>
+        <v>448</v>
       </c>
       <c r="B271" t="s">
-        <v>348</v>
+        <v>351</v>
       </c>
       <c r="C271" t="s">
         <v>92</v>
       </c>
       <c r="D271" t="s">
         <v>58</v>
       </c>
       <c r="E271" t="s">
-        <v>126</v>
+        <v>130</v>
       </c>
       <c r="F271">
         <v>2015</v>
       </c>
       <c r="G271"/>
       <c r="H271" t="s">
-        <v>164</v>
+        <v>167</v>
       </c>
     </row>
     <row r="272" spans="1:8">
       <c r="A272" t="s">
-        <v>347</v>
+        <v>449</v>
       </c>
       <c r="B272" t="s">
-        <v>350</v>
+        <v>351</v>
       </c>
       <c r="C272" t="s">
         <v>92</v>
       </c>
       <c r="D272" t="s">
         <v>58</v>
       </c>
       <c r="E272" t="s">
-        <v>126</v>
+        <v>130</v>
       </c>
       <c r="F272">
         <v>2015</v>
       </c>
       <c r="G272"/>
       <c r="H272" t="s">
-        <v>164</v>
+        <v>167</v>
       </c>
     </row>
     <row r="273" spans="1:8">
       <c r="A273" t="s">
-        <v>448</v>
+        <v>450</v>
       </c>
       <c r="B273" t="s">
-        <v>350</v>
+        <v>351</v>
       </c>
       <c r="C273" t="s">
         <v>92</v>
       </c>
       <c r="D273" t="s">
         <v>58</v>
       </c>
       <c r="E273" t="s">
-        <v>126</v>
+        <v>130</v>
       </c>
       <c r="F273">
         <v>2015</v>
       </c>
       <c r="G273"/>
       <c r="H273" t="s">
-        <v>164</v>
+        <v>167</v>
       </c>
     </row>
     <row r="274" spans="1:8">
       <c r="A274" t="s">
-        <v>449</v>
+        <v>350</v>
       </c>
       <c r="B274" t="s">
-        <v>350</v>
+        <v>353</v>
       </c>
       <c r="C274" t="s">
         <v>92</v>
       </c>
       <c r="D274" t="s">
         <v>58</v>
       </c>
       <c r="E274" t="s">
-        <v>126</v>
+        <v>130</v>
       </c>
       <c r="F274">
         <v>2015</v>
       </c>
       <c r="G274"/>
       <c r="H274" t="s">
-        <v>164</v>
+        <v>167</v>
       </c>
     </row>
     <row r="275" spans="1:8">
       <c r="A275" t="s">
-        <v>450</v>
+        <v>451</v>
       </c>
       <c r="B275" t="s">
-        <v>348</v>
+        <v>353</v>
       </c>
       <c r="C275" t="s">
         <v>92</v>
       </c>
       <c r="D275" t="s">
         <v>58</v>
       </c>
       <c r="E275" t="s">
-        <v>126</v>
+        <v>130</v>
       </c>
       <c r="F275">
         <v>2015</v>
       </c>
       <c r="G275"/>
       <c r="H275" t="s">
-        <v>164</v>
+        <v>167</v>
       </c>
     </row>
     <row r="276" spans="1:8">
       <c r="A276" t="s">
-        <v>451</v>
+        <v>452</v>
       </c>
       <c r="B276" t="s">
-        <v>350</v>
+        <v>353</v>
       </c>
       <c r="C276" t="s">
         <v>92</v>
       </c>
       <c r="D276" t="s">
         <v>58</v>
       </c>
       <c r="E276" t="s">
-        <v>126</v>
+        <v>130</v>
       </c>
       <c r="F276">
         <v>2015</v>
       </c>
       <c r="G276"/>
       <c r="H276" t="s">
-        <v>164</v>
+        <v>167</v>
       </c>
     </row>
     <row r="277" spans="1:8">
       <c r="A277" t="s">
-        <v>452</v>
+        <v>453</v>
       </c>
       <c r="B277" t="s">
-        <v>348</v>
+        <v>351</v>
       </c>
       <c r="C277" t="s">
         <v>92</v>
       </c>
       <c r="D277" t="s">
         <v>58</v>
       </c>
       <c r="E277" t="s">
-        <v>126</v>
+        <v>130</v>
       </c>
       <c r="F277">
         <v>2015</v>
       </c>
       <c r="G277"/>
       <c r="H277" t="s">
-        <v>164</v>
+        <v>167</v>
       </c>
     </row>
     <row r="278" spans="1:8">
       <c r="A278" t="s">
-        <v>453</v>
+        <v>454</v>
       </c>
       <c r="B278" t="s">
-        <v>348</v>
+        <v>353</v>
       </c>
       <c r="C278" t="s">
         <v>92</v>
       </c>
       <c r="D278" t="s">
         <v>58</v>
       </c>
       <c r="E278" t="s">
-        <v>126</v>
+        <v>130</v>
       </c>
       <c r="F278">
         <v>2015</v>
       </c>
       <c r="G278"/>
       <c r="H278" t="s">
-        <v>164</v>
+        <v>167</v>
       </c>
     </row>
     <row r="279" spans="1:8">
       <c r="A279" t="s">
-        <v>454</v>
+        <v>455</v>
       </c>
       <c r="B279" t="s">
-        <v>348</v>
+        <v>351</v>
       </c>
       <c r="C279" t="s">
         <v>92</v>
       </c>
       <c r="D279" t="s">
         <v>58</v>
       </c>
       <c r="E279" t="s">
-        <v>126</v>
+        <v>130</v>
       </c>
       <c r="F279">
         <v>2015</v>
       </c>
       <c r="G279"/>
       <c r="H279" t="s">
-        <v>164</v>
+        <v>167</v>
       </c>
     </row>
     <row r="280" spans="1:8">
       <c r="A280" t="s">
-        <v>455</v>
+        <v>456</v>
       </c>
       <c r="B280" t="s">
-        <v>348</v>
+        <v>351</v>
       </c>
       <c r="C280" t="s">
         <v>92</v>
       </c>
       <c r="D280" t="s">
         <v>58</v>
       </c>
       <c r="E280" t="s">
-        <v>126</v>
+        <v>130</v>
       </c>
       <c r="F280">
         <v>2015</v>
       </c>
       <c r="G280"/>
       <c r="H280" t="s">
-        <v>164</v>
+        <v>167</v>
       </c>
     </row>
     <row r="281" spans="1:8">
       <c r="A281" t="s">
-        <v>456</v>
+        <v>457</v>
       </c>
       <c r="B281" t="s">
-        <v>348</v>
+        <v>351</v>
       </c>
       <c r="C281" t="s">
         <v>92</v>
       </c>
       <c r="D281" t="s">
         <v>58</v>
       </c>
       <c r="E281" t="s">
-        <v>126</v>
+        <v>130</v>
       </c>
       <c r="F281">
         <v>2015</v>
       </c>
       <c r="G281"/>
       <c r="H281" t="s">
-        <v>164</v>
+        <v>167</v>
       </c>
     </row>
     <row r="282" spans="1:8">
       <c r="A282" t="s">
-        <v>457</v>
+        <v>458</v>
       </c>
       <c r="B282" t="s">
-        <v>348</v>
+        <v>351</v>
       </c>
       <c r="C282" t="s">
         <v>92</v>
       </c>
       <c r="D282" t="s">
         <v>58</v>
       </c>
       <c r="E282" t="s">
-        <v>126</v>
+        <v>130</v>
       </c>
       <c r="F282">
         <v>2015</v>
       </c>
       <c r="G282"/>
       <c r="H282" t="s">
-        <v>164</v>
+        <v>167</v>
       </c>
     </row>
     <row r="283" spans="1:8">
       <c r="A283" t="s">
-        <v>458</v>
+        <v>459</v>
       </c>
       <c r="B283" t="s">
-        <v>348</v>
+        <v>351</v>
       </c>
       <c r="C283" t="s">
         <v>92</v>
       </c>
       <c r="D283" t="s">
         <v>58</v>
       </c>
       <c r="E283" t="s">
-        <v>126</v>
+        <v>130</v>
       </c>
       <c r="F283">
         <v>2015</v>
       </c>
       <c r="G283"/>
       <c r="H283" t="s">
-        <v>164</v>
+        <v>167</v>
       </c>
     </row>
     <row r="284" spans="1:8">
       <c r="A284" t="s">
-        <v>459</v>
+        <v>460</v>
       </c>
       <c r="B284" t="s">
-        <v>348</v>
+        <v>351</v>
       </c>
       <c r="C284" t="s">
         <v>92</v>
       </c>
       <c r="D284" t="s">
         <v>58</v>
       </c>
       <c r="E284" t="s">
-        <v>126</v>
+        <v>130</v>
       </c>
       <c r="F284">
         <v>2015</v>
       </c>
       <c r="G284"/>
       <c r="H284" t="s">
-        <v>164</v>
+        <v>167</v>
       </c>
     </row>
     <row r="285" spans="1:8">
       <c r="A285" t="s">
-        <v>460</v>
+        <v>461</v>
       </c>
       <c r="B285" t="s">
-        <v>348</v>
+        <v>351</v>
       </c>
       <c r="C285" t="s">
         <v>92</v>
       </c>
       <c r="D285" t="s">
         <v>58</v>
       </c>
       <c r="E285" t="s">
-        <v>126</v>
+        <v>130</v>
       </c>
       <c r="F285">
         <v>2015</v>
       </c>
       <c r="G285"/>
       <c r="H285" t="s">
-        <v>164</v>
+        <v>167</v>
       </c>
     </row>
     <row r="286" spans="1:8">
       <c r="A286" t="s">
-        <v>461</v>
+        <v>462</v>
       </c>
       <c r="B286" t="s">
-        <v>348</v>
+        <v>351</v>
       </c>
       <c r="C286" t="s">
         <v>92</v>
       </c>
       <c r="D286" t="s">
         <v>58</v>
       </c>
       <c r="E286" t="s">
-        <v>126</v>
+        <v>130</v>
       </c>
       <c r="F286">
         <v>2015</v>
       </c>
       <c r="G286"/>
       <c r="H286" t="s">
-        <v>164</v>
+        <v>167</v>
       </c>
     </row>
     <row r="287" spans="1:8">
       <c r="A287" t="s">
-        <v>462</v>
+        <v>463</v>
       </c>
       <c r="B287" t="s">
-        <v>348</v>
+        <v>351</v>
       </c>
       <c r="C287" t="s">
         <v>92</v>
       </c>
       <c r="D287" t="s">
         <v>58</v>
       </c>
       <c r="E287" t="s">
-        <v>126</v>
+        <v>130</v>
       </c>
       <c r="F287">
         <v>2015</v>
       </c>
       <c r="G287"/>
       <c r="H287" t="s">
-        <v>164</v>
+        <v>167</v>
       </c>
     </row>
     <row r="288" spans="1:8">
       <c r="A288" t="s">
-        <v>463</v>
+        <v>464</v>
       </c>
       <c r="B288" t="s">
-        <v>348</v>
+        <v>351</v>
       </c>
       <c r="C288" t="s">
         <v>92</v>
       </c>
       <c r="D288" t="s">
         <v>58</v>
       </c>
       <c r="E288" t="s">
-        <v>126</v>
+        <v>130</v>
       </c>
       <c r="F288">
         <v>2015</v>
       </c>
       <c r="G288"/>
       <c r="H288" t="s">
-        <v>164</v>
+        <v>167</v>
       </c>
     </row>
     <row r="289" spans="1:8">
       <c r="A289" t="s">
-        <v>464</v>
+        <v>465</v>
       </c>
       <c r="B289" t="s">
-        <v>348</v>
+        <v>351</v>
       </c>
       <c r="C289" t="s">
         <v>92</v>
       </c>
       <c r="D289" t="s">
         <v>58</v>
       </c>
       <c r="E289" t="s">
-        <v>126</v>
+        <v>130</v>
       </c>
       <c r="F289">
         <v>2015</v>
       </c>
       <c r="G289"/>
       <c r="H289" t="s">
-        <v>164</v>
+        <v>167</v>
       </c>
     </row>
     <row r="290" spans="1:8">
       <c r="A290" t="s">
-        <v>465</v>
+        <v>466</v>
       </c>
       <c r="B290" t="s">
-        <v>350</v>
+        <v>351</v>
       </c>
       <c r="C290" t="s">
         <v>92</v>
       </c>
       <c r="D290" t="s">
         <v>58</v>
       </c>
       <c r="E290" t="s">
-        <v>126</v>
+        <v>130</v>
       </c>
       <c r="F290">
         <v>2015</v>
       </c>
       <c r="G290"/>
       <c r="H290" t="s">
-        <v>164</v>
+        <v>167</v>
       </c>
     </row>
     <row r="291" spans="1:8">
       <c r="A291" t="s">
-        <v>466</v>
+        <v>467</v>
       </c>
       <c r="B291" t="s">
-        <v>348</v>
+        <v>351</v>
       </c>
       <c r="C291" t="s">
         <v>92</v>
       </c>
       <c r="D291" t="s">
         <v>58</v>
       </c>
       <c r="E291" t="s">
-        <v>126</v>
+        <v>130</v>
       </c>
       <c r="F291">
         <v>2015</v>
       </c>
       <c r="G291"/>
       <c r="H291" t="s">
-        <v>164</v>
+        <v>167</v>
       </c>
     </row>
     <row r="292" spans="1:8">
       <c r="A292" t="s">
-        <v>467</v>
+        <v>468</v>
       </c>
       <c r="B292" t="s">
-        <v>348</v>
+        <v>353</v>
       </c>
       <c r="C292" t="s">
         <v>92</v>
       </c>
       <c r="D292" t="s">
         <v>58</v>
       </c>
       <c r="E292" t="s">
-        <v>126</v>
+        <v>130</v>
       </c>
       <c r="F292">
         <v>2015</v>
       </c>
       <c r="G292"/>
       <c r="H292" t="s">
-        <v>164</v>
+        <v>167</v>
       </c>
     </row>
     <row r="293" spans="1:8">
       <c r="A293" t="s">
-        <v>468</v>
+        <v>469</v>
       </c>
       <c r="B293" t="s">
-        <v>348</v>
+        <v>351</v>
       </c>
       <c r="C293" t="s">
         <v>92</v>
       </c>
       <c r="D293" t="s">
         <v>58</v>
       </c>
       <c r="E293" t="s">
-        <v>126</v>
+        <v>130</v>
       </c>
       <c r="F293">
         <v>2015</v>
       </c>
       <c r="G293"/>
       <c r="H293" t="s">
-        <v>164</v>
+        <v>167</v>
       </c>
     </row>
     <row r="294" spans="1:8">
       <c r="A294" t="s">
-        <v>469</v>
+        <v>470</v>
       </c>
       <c r="B294" t="s">
-        <v>348</v>
+        <v>351</v>
       </c>
       <c r="C294" t="s">
         <v>92</v>
       </c>
       <c r="D294" t="s">
         <v>58</v>
       </c>
       <c r="E294" t="s">
-        <v>126</v>
+        <v>130</v>
       </c>
       <c r="F294">
         <v>2015</v>
       </c>
       <c r="G294"/>
       <c r="H294" t="s">
-        <v>164</v>
+        <v>167</v>
       </c>
     </row>
     <row r="295" spans="1:8">
       <c r="A295" t="s">
-        <v>470</v>
+        <v>471</v>
       </c>
       <c r="B295" t="s">
-        <v>348</v>
+        <v>351</v>
       </c>
       <c r="C295" t="s">
         <v>92</v>
       </c>
       <c r="D295" t="s">
         <v>58</v>
       </c>
       <c r="E295" t="s">
-        <v>126</v>
+        <v>130</v>
       </c>
       <c r="F295">
         <v>2015</v>
       </c>
       <c r="G295"/>
       <c r="H295" t="s">
-        <v>164</v>
+        <v>167</v>
       </c>
     </row>
     <row r="296" spans="1:8">
       <c r="A296" t="s">
-        <v>471</v>
+        <v>472</v>
       </c>
       <c r="B296" t="s">
-        <v>348</v>
+        <v>351</v>
       </c>
       <c r="C296" t="s">
         <v>92</v>
       </c>
       <c r="D296" t="s">
         <v>58</v>
       </c>
       <c r="E296" t="s">
-        <v>126</v>
+        <v>130</v>
       </c>
       <c r="F296">
         <v>2015</v>
       </c>
       <c r="G296"/>
       <c r="H296" t="s">
-        <v>164</v>
+        <v>167</v>
       </c>
     </row>
     <row r="297" spans="1:8">
       <c r="A297" t="s">
-        <v>472</v>
+        <v>473</v>
       </c>
       <c r="B297" t="s">
-        <v>350</v>
+        <v>351</v>
       </c>
       <c r="C297" t="s">
         <v>92</v>
       </c>
       <c r="D297" t="s">
         <v>58</v>
       </c>
       <c r="E297" t="s">
-        <v>126</v>
+        <v>130</v>
       </c>
       <c r="F297">
         <v>2015</v>
       </c>
       <c r="G297"/>
       <c r="H297" t="s">
-        <v>164</v>
+        <v>167</v>
       </c>
     </row>
     <row r="298" spans="1:8">
       <c r="A298" t="s">
-        <v>473</v>
+        <v>474</v>
       </c>
       <c r="B298" t="s">
-        <v>350</v>
+        <v>351</v>
       </c>
       <c r="C298" t="s">
         <v>92</v>
       </c>
       <c r="D298" t="s">
         <v>58</v>
       </c>
       <c r="E298" t="s">
-        <v>126</v>
+        <v>130</v>
       </c>
       <c r="F298">
         <v>2015</v>
       </c>
       <c r="G298"/>
       <c r="H298" t="s">
-        <v>164</v>
+        <v>167</v>
       </c>
     </row>
     <row r="299" spans="1:8">
       <c r="A299" t="s">
-        <v>474</v>
+        <v>475</v>
       </c>
       <c r="B299" t="s">
-        <v>348</v>
+        <v>353</v>
       </c>
       <c r="C299" t="s">
         <v>92</v>
       </c>
       <c r="D299" t="s">
         <v>58</v>
       </c>
       <c r="E299" t="s">
-        <v>126</v>
+        <v>130</v>
       </c>
       <c r="F299">
         <v>2015</v>
       </c>
       <c r="G299"/>
       <c r="H299" t="s">
-        <v>164</v>
+        <v>167</v>
       </c>
     </row>
     <row r="300" spans="1:8">
       <c r="A300" t="s">
-        <v>475</v>
+        <v>476</v>
       </c>
       <c r="B300" t="s">
-        <v>348</v>
+        <v>353</v>
       </c>
       <c r="C300" t="s">
         <v>92</v>
       </c>
       <c r="D300" t="s">
         <v>58</v>
       </c>
       <c r="E300" t="s">
-        <v>126</v>
+        <v>130</v>
       </c>
       <c r="F300">
         <v>2015</v>
       </c>
       <c r="G300"/>
       <c r="H300" t="s">
-        <v>164</v>
+        <v>167</v>
       </c>
     </row>
     <row r="301" spans="1:8">
       <c r="A301" t="s">
-        <v>476</v>
+        <v>477</v>
       </c>
       <c r="B301" t="s">
-        <v>348</v>
+        <v>351</v>
       </c>
       <c r="C301" t="s">
         <v>92</v>
       </c>
       <c r="D301" t="s">
         <v>58</v>
       </c>
       <c r="E301" t="s">
-        <v>126</v>
+        <v>130</v>
       </c>
       <c r="F301">
         <v>2015</v>
       </c>
       <c r="G301"/>
       <c r="H301" t="s">
-        <v>164</v>
+        <v>167</v>
       </c>
     </row>
     <row r="302" spans="1:8">
       <c r="A302" t="s">
-        <v>477</v>
+        <v>478</v>
       </c>
       <c r="B302" t="s">
-        <v>348</v>
+        <v>351</v>
       </c>
       <c r="C302" t="s">
         <v>92</v>
       </c>
       <c r="D302" t="s">
         <v>58</v>
       </c>
       <c r="E302" t="s">
-        <v>126</v>
+        <v>130</v>
       </c>
       <c r="F302">
         <v>2015</v>
       </c>
       <c r="G302"/>
       <c r="H302" t="s">
-        <v>164</v>
+        <v>167</v>
       </c>
     </row>
     <row r="303" spans="1:8">
       <c r="A303" t="s">
-        <v>478</v>
+        <v>479</v>
       </c>
       <c r="B303" t="s">
-        <v>348</v>
+        <v>351</v>
       </c>
       <c r="C303" t="s">
         <v>92</v>
       </c>
       <c r="D303" t="s">
         <v>58</v>
       </c>
       <c r="E303" t="s">
-        <v>126</v>
+        <v>130</v>
       </c>
       <c r="F303">
         <v>2015</v>
       </c>
       <c r="G303"/>
       <c r="H303" t="s">
-        <v>164</v>
+        <v>167</v>
       </c>
     </row>
     <row r="304" spans="1:8">
       <c r="A304" t="s">
-        <v>479</v>
+        <v>480</v>
       </c>
       <c r="B304" t="s">
-        <v>348</v>
+        <v>351</v>
       </c>
       <c r="C304" t="s">
         <v>92</v>
       </c>
       <c r="D304" t="s">
         <v>58</v>
       </c>
       <c r="E304" t="s">
-        <v>126</v>
+        <v>130</v>
       </c>
       <c r="F304">
         <v>2015</v>
       </c>
       <c r="G304"/>
       <c r="H304" t="s">
-        <v>164</v>
+        <v>167</v>
       </c>
     </row>
     <row r="305" spans="1:8">
       <c r="A305" t="s">
-        <v>480</v>
+        <v>481</v>
       </c>
       <c r="B305" t="s">
-        <v>348</v>
+        <v>351</v>
       </c>
       <c r="C305" t="s">
         <v>92</v>
       </c>
       <c r="D305" t="s">
         <v>58</v>
       </c>
       <c r="E305" t="s">
-        <v>126</v>
+        <v>130</v>
       </c>
       <c r="F305">
         <v>2015</v>
       </c>
       <c r="G305"/>
       <c r="H305" t="s">
-        <v>164</v>
+        <v>167</v>
       </c>
     </row>
     <row r="306" spans="1:8">
       <c r="A306" t="s">
-        <v>481</v>
+        <v>482</v>
       </c>
       <c r="B306" t="s">
-        <v>348</v>
+        <v>351</v>
       </c>
       <c r="C306" t="s">
         <v>92</v>
       </c>
       <c r="D306" t="s">
         <v>58</v>
       </c>
       <c r="E306" t="s">
-        <v>126</v>
+        <v>130</v>
       </c>
       <c r="F306">
         <v>2015</v>
       </c>
       <c r="G306"/>
       <c r="H306" t="s">
-        <v>164</v>
+        <v>167</v>
       </c>
     </row>
     <row r="307" spans="1:8">
       <c r="A307" t="s">
-        <v>482</v>
+        <v>483</v>
       </c>
       <c r="B307" t="s">
-        <v>348</v>
+        <v>351</v>
       </c>
       <c r="C307" t="s">
         <v>92</v>
       </c>
       <c r="D307" t="s">
         <v>58</v>
       </c>
       <c r="E307" t="s">
-        <v>126</v>
+        <v>130</v>
       </c>
       <c r="F307">
         <v>2015</v>
       </c>
       <c r="G307"/>
       <c r="H307" t="s">
-        <v>164</v>
+        <v>167</v>
       </c>
     </row>
     <row r="308" spans="1:8">
       <c r="A308" t="s">
-        <v>483</v>
+        <v>484</v>
       </c>
       <c r="B308" t="s">
-        <v>348</v>
+        <v>351</v>
       </c>
       <c r="C308" t="s">
         <v>92</v>
       </c>
       <c r="D308" t="s">
         <v>58</v>
       </c>
       <c r="E308" t="s">
-        <v>126</v>
+        <v>130</v>
       </c>
       <c r="F308">
         <v>2015</v>
       </c>
       <c r="G308"/>
       <c r="H308" t="s">
-        <v>164</v>
+        <v>167</v>
       </c>
     </row>
     <row r="309" spans="1:8">
       <c r="A309" t="s">
-        <v>484</v>
+        <v>485</v>
       </c>
       <c r="B309" t="s">
-        <v>348</v>
+        <v>351</v>
       </c>
       <c r="C309" t="s">
         <v>92</v>
       </c>
       <c r="D309" t="s">
         <v>58</v>
       </c>
       <c r="E309" t="s">
-        <v>126</v>
+        <v>130</v>
       </c>
       <c r="F309">
         <v>2015</v>
       </c>
       <c r="G309"/>
       <c r="H309" t="s">
-        <v>164</v>
+        <v>167</v>
       </c>
     </row>
     <row r="310" spans="1:8">
       <c r="A310" t="s">
-        <v>485</v>
+        <v>486</v>
       </c>
       <c r="B310" t="s">
-        <v>348</v>
+        <v>351</v>
       </c>
       <c r="C310" t="s">
         <v>92</v>
       </c>
       <c r="D310" t="s">
         <v>58</v>
       </c>
       <c r="E310" t="s">
-        <v>126</v>
+        <v>130</v>
       </c>
       <c r="F310">
         <v>2015</v>
       </c>
       <c r="G310"/>
       <c r="H310" t="s">
-        <v>164</v>
+        <v>167</v>
       </c>
     </row>
     <row r="311" spans="1:8">
       <c r="A311" t="s">
-        <v>486</v>
+        <v>487</v>
       </c>
       <c r="B311" t="s">
-        <v>348</v>
+        <v>351</v>
       </c>
       <c r="C311" t="s">
         <v>92</v>
       </c>
       <c r="D311" t="s">
         <v>58</v>
       </c>
       <c r="E311" t="s">
-        <v>126</v>
+        <v>130</v>
       </c>
       <c r="F311">
         <v>2015</v>
       </c>
       <c r="G311"/>
       <c r="H311" t="s">
-        <v>164</v>
+        <v>167</v>
       </c>
     </row>
     <row r="312" spans="1:8">
       <c r="A312" t="s">
-        <v>487</v>
+        <v>488</v>
       </c>
       <c r="B312" t="s">
-        <v>348</v>
+        <v>351</v>
       </c>
       <c r="C312" t="s">
         <v>92</v>
       </c>
       <c r="D312" t="s">
         <v>58</v>
       </c>
       <c r="E312" t="s">
-        <v>126</v>
+        <v>130</v>
       </c>
       <c r="F312">
         <v>2015</v>
       </c>
       <c r="G312"/>
       <c r="H312" t="s">
-        <v>164</v>
+        <v>167</v>
       </c>
     </row>
     <row r="313" spans="1:8">
       <c r="A313" t="s">
-        <v>488</v>
+        <v>489</v>
       </c>
       <c r="B313" t="s">
-        <v>348</v>
+        <v>351</v>
       </c>
       <c r="C313" t="s">
         <v>92</v>
       </c>
       <c r="D313" t="s">
         <v>58</v>
       </c>
       <c r="E313" t="s">
-        <v>126</v>
+        <v>130</v>
       </c>
       <c r="F313">
         <v>2015</v>
       </c>
       <c r="G313"/>
       <c r="H313" t="s">
-        <v>164</v>
+        <v>167</v>
       </c>
     </row>
     <row r="314" spans="1:8">
       <c r="A314" t="s">
-        <v>489</v>
+        <v>490</v>
       </c>
       <c r="B314" t="s">
-        <v>350</v>
+        <v>351</v>
       </c>
       <c r="C314" t="s">
         <v>92</v>
       </c>
       <c r="D314" t="s">
         <v>58</v>
       </c>
       <c r="E314" t="s">
-        <v>126</v>
+        <v>130</v>
       </c>
       <c r="F314">
         <v>2015</v>
       </c>
       <c r="G314"/>
       <c r="H314" t="s">
-        <v>164</v>
+        <v>167</v>
       </c>
     </row>
     <row r="315" spans="1:8">
       <c r="A315" t="s">
-        <v>490</v>
+        <v>491</v>
       </c>
       <c r="B315" t="s">
-        <v>348</v>
+        <v>351</v>
       </c>
       <c r="C315" t="s">
         <v>92</v>
       </c>
       <c r="D315" t="s">
         <v>58</v>
       </c>
       <c r="E315" t="s">
-        <v>126</v>
+        <v>130</v>
       </c>
       <c r="F315">
         <v>2015</v>
       </c>
       <c r="G315"/>
       <c r="H315" t="s">
-        <v>164</v>
+        <v>167</v>
       </c>
     </row>
     <row r="316" spans="1:8">
       <c r="A316" t="s">
-        <v>491</v>
+        <v>492</v>
       </c>
       <c r="B316" t="s">
-        <v>348</v>
+        <v>353</v>
       </c>
       <c r="C316" t="s">
         <v>92</v>
       </c>
       <c r="D316" t="s">
         <v>58</v>
       </c>
       <c r="E316" t="s">
-        <v>126</v>
+        <v>130</v>
       </c>
       <c r="F316">
         <v>2015</v>
       </c>
       <c r="G316"/>
       <c r="H316" t="s">
-        <v>164</v>
+        <v>167</v>
       </c>
     </row>
     <row r="317" spans="1:8">
       <c r="A317" t="s">
-        <v>492</v>
+        <v>493</v>
       </c>
       <c r="B317" t="s">
-        <v>350</v>
+        <v>351</v>
       </c>
       <c r="C317" t="s">
         <v>92</v>
       </c>
       <c r="D317" t="s">
         <v>58</v>
       </c>
       <c r="E317" t="s">
-        <v>126</v>
+        <v>130</v>
       </c>
       <c r="F317">
         <v>2015</v>
       </c>
       <c r="G317"/>
       <c r="H317" t="s">
-        <v>164</v>
+        <v>167</v>
       </c>
     </row>
     <row r="318" spans="1:8">
       <c r="A318" t="s">
-        <v>493</v>
+        <v>494</v>
       </c>
       <c r="B318" t="s">
-        <v>348</v>
+        <v>351</v>
       </c>
       <c r="C318" t="s">
         <v>92</v>
       </c>
       <c r="D318" t="s">
         <v>58</v>
       </c>
       <c r="E318" t="s">
-        <v>126</v>
+        <v>130</v>
       </c>
       <c r="F318">
         <v>2015</v>
       </c>
       <c r="G318"/>
       <c r="H318" t="s">
-        <v>164</v>
+        <v>167</v>
       </c>
     </row>
     <row r="319" spans="1:8">
       <c r="A319" t="s">
-        <v>494</v>
+        <v>495</v>
       </c>
       <c r="B319" t="s">
-        <v>348</v>
+        <v>353</v>
       </c>
       <c r="C319" t="s">
         <v>92</v>
       </c>
       <c r="D319" t="s">
         <v>58</v>
       </c>
       <c r="E319" t="s">
-        <v>126</v>
+        <v>130</v>
       </c>
       <c r="F319">
         <v>2015</v>
       </c>
       <c r="G319"/>
       <c r="H319" t="s">
-        <v>164</v>
+        <v>167</v>
       </c>
     </row>
     <row r="320" spans="1:8">
       <c r="A320" t="s">
-        <v>495</v>
+        <v>496</v>
       </c>
       <c r="B320" t="s">
-        <v>348</v>
+        <v>351</v>
       </c>
       <c r="C320" t="s">
         <v>92</v>
       </c>
       <c r="D320" t="s">
         <v>58</v>
       </c>
       <c r="E320" t="s">
-        <v>126</v>
+        <v>130</v>
       </c>
       <c r="F320">
         <v>2015</v>
       </c>
       <c r="G320"/>
       <c r="H320" t="s">
-        <v>164</v>
+        <v>167</v>
       </c>
     </row>
     <row r="321" spans="1:8">
       <c r="A321" t="s">
-        <v>496</v>
+        <v>497</v>
       </c>
       <c r="B321" t="s">
-        <v>348</v>
+        <v>351</v>
       </c>
       <c r="C321" t="s">
         <v>92</v>
       </c>
       <c r="D321" t="s">
         <v>58</v>
       </c>
       <c r="E321" t="s">
-        <v>126</v>
+        <v>130</v>
       </c>
       <c r="F321">
         <v>2015</v>
       </c>
       <c r="G321"/>
       <c r="H321" t="s">
-        <v>164</v>
+        <v>167</v>
       </c>
     </row>
     <row r="322" spans="1:8">
       <c r="A322" t="s">
-        <v>497</v>
+        <v>498</v>
       </c>
       <c r="B322" t="s">
-        <v>348</v>
+        <v>351</v>
       </c>
       <c r="C322" t="s">
         <v>92</v>
       </c>
       <c r="D322" t="s">
         <v>58</v>
       </c>
       <c r="E322" t="s">
-        <v>126</v>
+        <v>130</v>
       </c>
       <c r="F322">
         <v>2015</v>
       </c>
       <c r="G322"/>
       <c r="H322" t="s">
-        <v>164</v>
+        <v>167</v>
       </c>
     </row>
     <row r="323" spans="1:8">
       <c r="A323" t="s">
-        <v>498</v>
+        <v>499</v>
       </c>
       <c r="B323" t="s">
-        <v>348</v>
+        <v>351</v>
       </c>
       <c r="C323" t="s">
         <v>92</v>
       </c>
       <c r="D323" t="s">
         <v>58</v>
       </c>
       <c r="E323" t="s">
-        <v>126</v>
+        <v>130</v>
       </c>
       <c r="F323">
         <v>2015</v>
       </c>
       <c r="G323"/>
       <c r="H323" t="s">
-        <v>164</v>
+        <v>167</v>
       </c>
     </row>
     <row r="324" spans="1:8">
       <c r="A324" t="s">
-        <v>499</v>
+        <v>500</v>
       </c>
       <c r="B324" t="s">
-        <v>348</v>
+        <v>351</v>
       </c>
       <c r="C324" t="s">
         <v>92</v>
       </c>
       <c r="D324" t="s">
         <v>58</v>
       </c>
       <c r="E324" t="s">
-        <v>126</v>
+        <v>130</v>
       </c>
       <c r="F324">
         <v>2015</v>
       </c>
       <c r="G324"/>
       <c r="H324" t="s">
-        <v>164</v>
+        <v>167</v>
       </c>
     </row>
     <row r="325" spans="1:8">
       <c r="A325" t="s">
-        <v>500</v>
+        <v>501</v>
       </c>
       <c r="B325" t="s">
-        <v>348</v>
+        <v>351</v>
       </c>
       <c r="C325" t="s">
         <v>92</v>
       </c>
       <c r="D325" t="s">
         <v>58</v>
       </c>
       <c r="E325" t="s">
-        <v>126</v>
+        <v>130</v>
       </c>
       <c r="F325">
         <v>2015</v>
       </c>
       <c r="G325"/>
       <c r="H325" t="s">
-        <v>164</v>
+        <v>167</v>
       </c>
     </row>
     <row r="326" spans="1:8">
       <c r="A326" t="s">
-        <v>501</v>
+        <v>502</v>
       </c>
       <c r="B326" t="s">
-        <v>348</v>
+        <v>351</v>
       </c>
       <c r="C326" t="s">
         <v>92</v>
       </c>
       <c r="D326" t="s">
         <v>58</v>
       </c>
       <c r="E326" t="s">
-        <v>126</v>
+        <v>130</v>
       </c>
       <c r="F326">
         <v>2015</v>
       </c>
       <c r="G326"/>
       <c r="H326" t="s">
-        <v>164</v>
+        <v>167</v>
       </c>
     </row>
     <row r="327" spans="1:8">
       <c r="A327" t="s">
-        <v>502</v>
+        <v>503</v>
       </c>
       <c r="B327" t="s">
-        <v>348</v>
+        <v>351</v>
       </c>
       <c r="C327" t="s">
         <v>92</v>
       </c>
       <c r="D327" t="s">
         <v>58</v>
       </c>
       <c r="E327" t="s">
-        <v>126</v>
+        <v>130</v>
       </c>
       <c r="F327">
         <v>2015</v>
       </c>
       <c r="G327"/>
       <c r="H327" t="s">
-        <v>164</v>
+        <v>167</v>
       </c>
     </row>
     <row r="328" spans="1:8">
       <c r="A328" t="s">
-        <v>503</v>
+        <v>504</v>
       </c>
       <c r="B328" t="s">
-        <v>348</v>
+        <v>351</v>
       </c>
       <c r="C328" t="s">
         <v>92</v>
       </c>
       <c r="D328" t="s">
         <v>58</v>
       </c>
       <c r="E328" t="s">
-        <v>126</v>
+        <v>130</v>
       </c>
       <c r="F328">
         <v>2015</v>
       </c>
       <c r="G328"/>
       <c r="H328" t="s">
-        <v>164</v>
+        <v>167</v>
       </c>
     </row>
     <row r="329" spans="1:8">
       <c r="A329" t="s">
-        <v>504</v>
+        <v>505</v>
       </c>
       <c r="B329" t="s">
-        <v>348</v>
+        <v>351</v>
       </c>
       <c r="C329" t="s">
         <v>92</v>
       </c>
       <c r="D329" t="s">
         <v>58</v>
       </c>
       <c r="E329" t="s">
-        <v>126</v>
+        <v>130</v>
       </c>
       <c r="F329">
         <v>2015</v>
       </c>
       <c r="G329"/>
       <c r="H329" t="s">
-        <v>164</v>
+        <v>167</v>
       </c>
     </row>
     <row r="330" spans="1:8">
       <c r="A330" t="s">
-        <v>505</v>
+        <v>506</v>
       </c>
       <c r="B330" t="s">
-        <v>348</v>
+        <v>351</v>
       </c>
       <c r="C330" t="s">
         <v>92</v>
       </c>
       <c r="D330" t="s">
         <v>58</v>
       </c>
       <c r="E330" t="s">
-        <v>126</v>
+        <v>130</v>
       </c>
       <c r="F330">
         <v>2015</v>
       </c>
       <c r="G330"/>
       <c r="H330" t="s">
-        <v>164</v>
+        <v>167</v>
       </c>
     </row>
     <row r="331" spans="1:8">
       <c r="A331" t="s">
-        <v>506</v>
+        <v>507</v>
       </c>
       <c r="B331" t="s">
-        <v>348</v>
+        <v>351</v>
       </c>
       <c r="C331" t="s">
         <v>92</v>
       </c>
       <c r="D331" t="s">
         <v>58</v>
       </c>
       <c r="E331" t="s">
-        <v>126</v>
+        <v>130</v>
       </c>
       <c r="F331">
         <v>2015</v>
       </c>
       <c r="G331"/>
       <c r="H331" t="s">
-        <v>164</v>
+        <v>167</v>
       </c>
     </row>
     <row r="332" spans="1:8">
       <c r="A332" t="s">
-        <v>507</v>
+        <v>508</v>
       </c>
       <c r="B332" t="s">
-        <v>348</v>
+        <v>351</v>
       </c>
       <c r="C332" t="s">
         <v>92</v>
       </c>
       <c r="D332" t="s">
         <v>58</v>
       </c>
       <c r="E332" t="s">
-        <v>126</v>
+        <v>130</v>
       </c>
       <c r="F332">
         <v>2015</v>
       </c>
       <c r="G332"/>
       <c r="H332" t="s">
-        <v>164</v>
+        <v>167</v>
       </c>
     </row>
     <row r="333" spans="1:8">
       <c r="A333" t="s">
-        <v>508</v>
+        <v>509</v>
       </c>
       <c r="B333" t="s">
-        <v>348</v>
+        <v>351</v>
       </c>
       <c r="C333" t="s">
         <v>92</v>
       </c>
       <c r="D333" t="s">
         <v>58</v>
       </c>
       <c r="E333" t="s">
-        <v>126</v>
+        <v>130</v>
       </c>
       <c r="F333">
         <v>2015</v>
       </c>
       <c r="G333"/>
       <c r="H333" t="s">
-        <v>164</v>
+        <v>167</v>
       </c>
     </row>
     <row r="334" spans="1:8">
       <c r="A334" t="s">
-        <v>509</v>
+        <v>510</v>
       </c>
       <c r="B334" t="s">
-        <v>348</v>
+        <v>351</v>
       </c>
       <c r="C334" t="s">
         <v>92</v>
       </c>
       <c r="D334" t="s">
         <v>58</v>
       </c>
       <c r="E334" t="s">
-        <v>126</v>
+        <v>130</v>
       </c>
       <c r="F334">
         <v>2015</v>
       </c>
       <c r="G334"/>
       <c r="H334" t="s">
-        <v>164</v>
+        <v>167</v>
       </c>
     </row>
     <row r="335" spans="1:8">
       <c r="A335" t="s">
-        <v>510</v>
+        <v>511</v>
       </c>
       <c r="B335" t="s">
-        <v>348</v>
+        <v>351</v>
       </c>
       <c r="C335" t="s">
         <v>92</v>
       </c>
       <c r="D335" t="s">
         <v>58</v>
       </c>
       <c r="E335" t="s">
-        <v>126</v>
+        <v>130</v>
       </c>
       <c r="F335">
         <v>2015</v>
       </c>
       <c r="G335"/>
       <c r="H335" t="s">
-        <v>164</v>
+        <v>167</v>
       </c>
     </row>
     <row r="336" spans="1:8">
       <c r="A336" t="s">
-        <v>511</v>
+        <v>512</v>
       </c>
       <c r="B336" t="s">
-        <v>348</v>
+        <v>351</v>
       </c>
       <c r="C336" t="s">
         <v>92</v>
       </c>
       <c r="D336" t="s">
         <v>58</v>
       </c>
       <c r="E336" t="s">
-        <v>126</v>
+        <v>130</v>
       </c>
       <c r="F336">
         <v>2015</v>
       </c>
       <c r="G336"/>
       <c r="H336" t="s">
-        <v>164</v>
+        <v>167</v>
       </c>
     </row>
     <row r="337" spans="1:8">
       <c r="A337" t="s">
-        <v>512</v>
+        <v>513</v>
       </c>
       <c r="B337" t="s">
-        <v>348</v>
+        <v>351</v>
       </c>
       <c r="C337" t="s">
         <v>92</v>
       </c>
       <c r="D337" t="s">
         <v>58</v>
       </c>
       <c r="E337" t="s">
-        <v>126</v>
+        <v>130</v>
       </c>
       <c r="F337">
         <v>2015</v>
       </c>
       <c r="G337"/>
       <c r="H337" t="s">
-        <v>164</v>
+        <v>167</v>
       </c>
     </row>
     <row r="338" spans="1:8">
       <c r="A338" t="s">
-        <v>513</v>
+        <v>514</v>
       </c>
       <c r="B338" t="s">
-        <v>348</v>
+        <v>351</v>
       </c>
       <c r="C338" t="s">
         <v>92</v>
       </c>
       <c r="D338" t="s">
         <v>58</v>
       </c>
       <c r="E338" t="s">
-        <v>126</v>
+        <v>130</v>
       </c>
       <c r="F338">
         <v>2015</v>
       </c>
       <c r="G338"/>
       <c r="H338" t="s">
-        <v>164</v>
+        <v>167</v>
       </c>
     </row>
     <row r="339" spans="1:8">
       <c r="A339" t="s">
-        <v>514</v>
+        <v>515</v>
       </c>
       <c r="B339" t="s">
-        <v>348</v>
+        <v>351</v>
       </c>
       <c r="C339" t="s">
         <v>92</v>
       </c>
       <c r="D339" t="s">
         <v>58</v>
       </c>
       <c r="E339" t="s">
-        <v>126</v>
+        <v>130</v>
       </c>
       <c r="F339">
         <v>2015</v>
       </c>
       <c r="G339"/>
       <c r="H339" t="s">
-        <v>164</v>
+        <v>167</v>
       </c>
     </row>
     <row r="340" spans="1:8">
       <c r="A340" t="s">
-        <v>515</v>
+        <v>516</v>
       </c>
       <c r="B340" t="s">
-        <v>348</v>
+        <v>351</v>
       </c>
       <c r="C340" t="s">
         <v>92</v>
       </c>
       <c r="D340" t="s">
         <v>58</v>
       </c>
       <c r="E340" t="s">
-        <v>126</v>
+        <v>130</v>
       </c>
       <c r="F340">
         <v>2015</v>
       </c>
       <c r="G340"/>
       <c r="H340" t="s">
-        <v>164</v>
+        <v>167</v>
       </c>
     </row>
     <row r="341" spans="1:8">
       <c r="A341" t="s">
-        <v>516</v>
+        <v>517</v>
       </c>
       <c r="B341" t="s">
-        <v>348</v>
+        <v>351</v>
       </c>
       <c r="C341" t="s">
         <v>92</v>
       </c>
       <c r="D341" t="s">
         <v>58</v>
       </c>
       <c r="E341" t="s">
-        <v>126</v>
+        <v>130</v>
       </c>
       <c r="F341">
         <v>2015</v>
       </c>
       <c r="G341"/>
       <c r="H341" t="s">
-        <v>164</v>
+        <v>167</v>
       </c>
     </row>
     <row r="342" spans="1:8">
       <c r="A342" t="s">
-        <v>517</v>
+        <v>518</v>
       </c>
       <c r="B342" t="s">
-        <v>348</v>
+        <v>351</v>
       </c>
       <c r="C342" t="s">
         <v>92</v>
       </c>
       <c r="D342" t="s">
         <v>58</v>
       </c>
       <c r="E342" t="s">
-        <v>126</v>
+        <v>130</v>
       </c>
       <c r="F342">
         <v>2015</v>
       </c>
       <c r="G342"/>
       <c r="H342" t="s">
-        <v>164</v>
+        <v>167</v>
       </c>
     </row>
     <row r="343" spans="1:8">
       <c r="A343" t="s">
-        <v>518</v>
+        <v>519</v>
       </c>
       <c r="B343" t="s">
-        <v>348</v>
+        <v>351</v>
       </c>
       <c r="C343" t="s">
         <v>92</v>
       </c>
       <c r="D343" t="s">
         <v>58</v>
       </c>
       <c r="E343" t="s">
-        <v>126</v>
+        <v>130</v>
       </c>
       <c r="F343">
         <v>2015</v>
       </c>
       <c r="G343"/>
       <c r="H343" t="s">
-        <v>164</v>
+        <v>167</v>
       </c>
     </row>
     <row r="344" spans="1:8">
       <c r="A344" t="s">
-        <v>519</v>
+        <v>520</v>
       </c>
       <c r="B344" t="s">
-        <v>348</v>
+        <v>351</v>
       </c>
       <c r="C344" t="s">
         <v>92</v>
       </c>
       <c r="D344" t="s">
         <v>58</v>
       </c>
       <c r="E344" t="s">
-        <v>126</v>
+        <v>130</v>
       </c>
       <c r="F344">
         <v>2015</v>
       </c>
       <c r="G344"/>
       <c r="H344" t="s">
-        <v>164</v>
+        <v>167</v>
       </c>
     </row>
     <row r="345" spans="1:8">
       <c r="A345" t="s">
-        <v>520</v>
+        <v>521</v>
       </c>
       <c r="B345" t="s">
-        <v>348</v>
+        <v>351</v>
       </c>
       <c r="C345" t="s">
         <v>92</v>
       </c>
       <c r="D345" t="s">
         <v>58</v>
       </c>
       <c r="E345" t="s">
-        <v>126</v>
+        <v>130</v>
       </c>
       <c r="F345">
         <v>2015</v>
       </c>
       <c r="G345"/>
       <c r="H345" t="s">
-        <v>164</v>
+        <v>167</v>
       </c>
     </row>
     <row r="346" spans="1:8">
       <c r="A346" t="s">
-        <v>521</v>
+        <v>522</v>
       </c>
       <c r="B346" t="s">
-        <v>348</v>
+        <v>351</v>
       </c>
       <c r="C346" t="s">
         <v>92</v>
       </c>
       <c r="D346" t="s">
         <v>58</v>
       </c>
       <c r="E346" t="s">
-        <v>126</v>
+        <v>130</v>
       </c>
       <c r="F346">
         <v>2015</v>
       </c>
       <c r="G346"/>
       <c r="H346" t="s">
-        <v>164</v>
+        <v>167</v>
       </c>
     </row>
     <row r="347" spans="1:8">
       <c r="A347" t="s">
-        <v>522</v>
+        <v>523</v>
       </c>
       <c r="B347" t="s">
-        <v>350</v>
+        <v>351</v>
       </c>
       <c r="C347" t="s">
         <v>92</v>
       </c>
       <c r="D347" t="s">
         <v>58</v>
       </c>
       <c r="E347" t="s">
-        <v>126</v>
+        <v>130</v>
       </c>
       <c r="F347">
         <v>2015</v>
       </c>
       <c r="G347"/>
       <c r="H347" t="s">
-        <v>164</v>
+        <v>167</v>
       </c>
     </row>
     <row r="348" spans="1:8">
       <c r="A348" t="s">
-        <v>523</v>
+        <v>524</v>
       </c>
       <c r="B348" t="s">
-        <v>348</v>
+        <v>351</v>
       </c>
       <c r="C348" t="s">
         <v>92</v>
       </c>
       <c r="D348" t="s">
         <v>58</v>
       </c>
       <c r="E348" t="s">
-        <v>126</v>
+        <v>130</v>
       </c>
       <c r="F348">
         <v>2015</v>
       </c>
       <c r="G348"/>
       <c r="H348" t="s">
-        <v>164</v>
+        <v>167</v>
       </c>
     </row>
     <row r="349" spans="1:8">
       <c r="A349" t="s">
-        <v>524</v>
+        <v>525</v>
       </c>
       <c r="B349" t="s">
-        <v>348</v>
+        <v>353</v>
       </c>
       <c r="C349" t="s">
         <v>92</v>
       </c>
       <c r="D349" t="s">
         <v>58</v>
       </c>
       <c r="E349" t="s">
-        <v>126</v>
+        <v>130</v>
       </c>
       <c r="F349">
         <v>2015</v>
       </c>
       <c r="G349"/>
       <c r="H349" t="s">
-        <v>164</v>
+        <v>167</v>
       </c>
     </row>
     <row r="350" spans="1:8">
       <c r="A350" t="s">
-        <v>525</v>
+        <v>526</v>
       </c>
       <c r="B350" t="s">
-        <v>348</v>
+        <v>351</v>
       </c>
       <c r="C350" t="s">
         <v>92</v>
       </c>
       <c r="D350" t="s">
         <v>58</v>
       </c>
       <c r="E350" t="s">
-        <v>126</v>
+        <v>130</v>
       </c>
       <c r="F350">
         <v>2015</v>
       </c>
       <c r="G350"/>
       <c r="H350" t="s">
-        <v>164</v>
+        <v>167</v>
       </c>
     </row>
     <row r="351" spans="1:8">
       <c r="A351" t="s">
-        <v>526</v>
+        <v>527</v>
       </c>
       <c r="B351" t="s">
-        <v>348</v>
+        <v>351</v>
       </c>
       <c r="C351" t="s">
         <v>92</v>
       </c>
       <c r="D351" t="s">
         <v>58</v>
       </c>
       <c r="E351" t="s">
-        <v>126</v>
+        <v>130</v>
       </c>
       <c r="F351">
         <v>2015</v>
       </c>
       <c r="G351"/>
       <c r="H351" t="s">
-        <v>164</v>
+        <v>167</v>
       </c>
     </row>
     <row r="352" spans="1:8">
       <c r="A352" t="s">
-        <v>527</v>
+        <v>528</v>
       </c>
       <c r="B352" t="s">
-        <v>348</v>
+        <v>351</v>
       </c>
       <c r="C352" t="s">
         <v>92</v>
       </c>
       <c r="D352" t="s">
         <v>58</v>
       </c>
       <c r="E352" t="s">
-        <v>126</v>
+        <v>130</v>
       </c>
       <c r="F352">
         <v>2015</v>
       </c>
       <c r="G352"/>
       <c r="H352" t="s">
-        <v>164</v>
+        <v>167</v>
       </c>
     </row>
     <row r="353" spans="1:8">
       <c r="A353" t="s">
-        <v>528</v>
+        <v>529</v>
       </c>
       <c r="B353" t="s">
-        <v>348</v>
+        <v>351</v>
       </c>
       <c r="C353" t="s">
         <v>92</v>
       </c>
       <c r="D353" t="s">
         <v>58</v>
       </c>
       <c r="E353" t="s">
-        <v>126</v>
+        <v>130</v>
       </c>
       <c r="F353">
         <v>2015</v>
       </c>
       <c r="G353"/>
       <c r="H353" t="s">
-        <v>164</v>
+        <v>167</v>
       </c>
     </row>
     <row r="354" spans="1:8">
       <c r="A354" t="s">
-        <v>529</v>
+        <v>530</v>
       </c>
       <c r="B354" t="s">
-        <v>350</v>
+        <v>351</v>
       </c>
       <c r="C354" t="s">
         <v>92</v>
       </c>
       <c r="D354" t="s">
         <v>58</v>
       </c>
       <c r="E354" t="s">
-        <v>126</v>
+        <v>130</v>
       </c>
       <c r="F354">
         <v>2015</v>
       </c>
       <c r="G354"/>
       <c r="H354" t="s">
-        <v>164</v>
+        <v>167</v>
       </c>
     </row>
     <row r="355" spans="1:8">
       <c r="A355" t="s">
-        <v>530</v>
+        <v>531</v>
       </c>
       <c r="B355" t="s">
-        <v>348</v>
+        <v>351</v>
       </c>
       <c r="C355" t="s">
         <v>92</v>
       </c>
       <c r="D355" t="s">
         <v>58</v>
       </c>
       <c r="E355" t="s">
-        <v>126</v>
+        <v>130</v>
       </c>
       <c r="F355">
         <v>2015</v>
       </c>
       <c r="G355"/>
       <c r="H355" t="s">
-        <v>164</v>
+        <v>167</v>
       </c>
     </row>
     <row r="356" spans="1:8">
       <c r="A356" t="s">
-        <v>531</v>
+        <v>532</v>
       </c>
       <c r="B356" t="s">
-        <v>348</v>
+        <v>353</v>
       </c>
       <c r="C356" t="s">
         <v>92</v>
       </c>
       <c r="D356" t="s">
         <v>58</v>
       </c>
       <c r="E356" t="s">
-        <v>126</v>
+        <v>130</v>
       </c>
       <c r="F356">
         <v>2015</v>
       </c>
       <c r="G356"/>
       <c r="H356" t="s">
-        <v>164</v>
+        <v>167</v>
       </c>
     </row>
     <row r="357" spans="1:8">
       <c r="A357" t="s">
-        <v>532</v>
+        <v>533</v>
       </c>
       <c r="B357" t="s">
-        <v>348</v>
+        <v>351</v>
       </c>
       <c r="C357" t="s">
         <v>92</v>
       </c>
       <c r="D357" t="s">
         <v>58</v>
       </c>
       <c r="E357" t="s">
-        <v>126</v>
+        <v>130</v>
       </c>
       <c r="F357">
         <v>2015</v>
       </c>
       <c r="G357"/>
       <c r="H357" t="s">
-        <v>164</v>
+        <v>167</v>
       </c>
     </row>
     <row r="358" spans="1:8">
       <c r="A358" t="s">
-        <v>533</v>
+        <v>534</v>
       </c>
       <c r="B358" t="s">
-        <v>348</v>
+        <v>351</v>
       </c>
       <c r="C358" t="s">
         <v>92</v>
       </c>
       <c r="D358" t="s">
         <v>58</v>
       </c>
       <c r="E358" t="s">
-        <v>126</v>
+        <v>130</v>
       </c>
       <c r="F358">
         <v>2015</v>
       </c>
       <c r="G358"/>
       <c r="H358" t="s">
-        <v>164</v>
+        <v>167</v>
       </c>
     </row>
     <row r="359" spans="1:8">
       <c r="A359" t="s">
-        <v>534</v>
+        <v>535</v>
       </c>
       <c r="B359" t="s">
-        <v>348</v>
+        <v>351</v>
       </c>
       <c r="C359" t="s">
         <v>92</v>
       </c>
       <c r="D359" t="s">
         <v>58</v>
       </c>
       <c r="E359" t="s">
-        <v>126</v>
+        <v>130</v>
       </c>
       <c r="F359">
         <v>2015</v>
       </c>
       <c r="G359"/>
       <c r="H359" t="s">
-        <v>164</v>
+        <v>167</v>
       </c>
     </row>
     <row r="360" spans="1:8">
       <c r="A360" t="s">
-        <v>535</v>
+        <v>536</v>
       </c>
       <c r="B360" t="s">
-        <v>348</v>
+        <v>351</v>
       </c>
       <c r="C360" t="s">
         <v>92</v>
       </c>
       <c r="D360" t="s">
         <v>58</v>
       </c>
       <c r="E360" t="s">
-        <v>126</v>
+        <v>130</v>
       </c>
       <c r="F360">
         <v>2015</v>
       </c>
       <c r="G360"/>
       <c r="H360" t="s">
-        <v>164</v>
+        <v>167</v>
       </c>
     </row>
     <row r="361" spans="1:8">
       <c r="A361" t="s">
-        <v>536</v>
+        <v>537</v>
       </c>
       <c r="B361" t="s">
-        <v>348</v>
+        <v>351</v>
       </c>
       <c r="C361" t="s">
         <v>92</v>
       </c>
       <c r="D361" t="s">
         <v>58</v>
       </c>
       <c r="E361" t="s">
-        <v>126</v>
+        <v>130</v>
       </c>
       <c r="F361">
         <v>2015</v>
       </c>
       <c r="G361"/>
       <c r="H361" t="s">
-        <v>164</v>
+        <v>167</v>
       </c>
     </row>
     <row r="362" spans="1:8">
       <c r="A362" t="s">
-        <v>537</v>
+        <v>538</v>
       </c>
       <c r="B362" t="s">
-        <v>348</v>
+        <v>351</v>
       </c>
       <c r="C362" t="s">
         <v>92</v>
       </c>
       <c r="D362" t="s">
         <v>58</v>
       </c>
       <c r="E362" t="s">
-        <v>126</v>
+        <v>130</v>
       </c>
       <c r="F362">
         <v>2015</v>
       </c>
       <c r="G362"/>
       <c r="H362" t="s">
-        <v>164</v>
+        <v>167</v>
       </c>
     </row>
     <row r="363" spans="1:8">
       <c r="A363" t="s">
-        <v>538</v>
+        <v>539</v>
       </c>
       <c r="B363" t="s">
-        <v>348</v>
+        <v>351</v>
       </c>
       <c r="C363" t="s">
         <v>92</v>
       </c>
       <c r="D363" t="s">
         <v>58</v>
       </c>
       <c r="E363" t="s">
-        <v>126</v>
+        <v>130</v>
       </c>
       <c r="F363">
         <v>2015</v>
       </c>
       <c r="G363"/>
       <c r="H363" t="s">
-        <v>164</v>
+        <v>167</v>
       </c>
     </row>
     <row r="364" spans="1:8">
       <c r="A364" t="s">
-        <v>539</v>
+        <v>540</v>
       </c>
       <c r="B364" t="s">
-        <v>348</v>
+        <v>351</v>
       </c>
       <c r="C364" t="s">
         <v>92</v>
       </c>
       <c r="D364" t="s">
         <v>58</v>
       </c>
       <c r="E364" t="s">
-        <v>126</v>
+        <v>130</v>
       </c>
       <c r="F364">
         <v>2015</v>
       </c>
       <c r="G364"/>
       <c r="H364" t="s">
-        <v>164</v>
+        <v>167</v>
       </c>
     </row>
     <row r="365" spans="1:8">
       <c r="A365" t="s">
-        <v>540</v>
+        <v>541</v>
       </c>
       <c r="B365" t="s">
-        <v>348</v>
+        <v>351</v>
       </c>
       <c r="C365" t="s">
         <v>92</v>
       </c>
       <c r="D365" t="s">
         <v>58</v>
       </c>
       <c r="E365" t="s">
-        <v>126</v>
+        <v>130</v>
       </c>
       <c r="F365">
         <v>2015</v>
       </c>
       <c r="G365"/>
       <c r="H365" t="s">
-        <v>164</v>
+        <v>167</v>
       </c>
     </row>
     <row r="366" spans="1:8">
       <c r="A366" t="s">
-        <v>541</v>
+        <v>542</v>
       </c>
       <c r="B366" t="s">
-        <v>348</v>
+        <v>351</v>
       </c>
       <c r="C366" t="s">
         <v>92</v>
       </c>
       <c r="D366" t="s">
         <v>58</v>
       </c>
       <c r="E366" t="s">
-        <v>126</v>
+        <v>130</v>
       </c>
       <c r="F366">
         <v>2015</v>
       </c>
       <c r="G366"/>
       <c r="H366" t="s">
-        <v>164</v>
+        <v>167</v>
       </c>
     </row>
     <row r="367" spans="1:8">
       <c r="A367" t="s">
-        <v>542</v>
+        <v>543</v>
       </c>
       <c r="B367" t="s">
-        <v>348</v>
+        <v>351</v>
       </c>
       <c r="C367" t="s">
         <v>92</v>
       </c>
       <c r="D367" t="s">
         <v>58</v>
       </c>
       <c r="E367" t="s">
-        <v>126</v>
+        <v>130</v>
       </c>
       <c r="F367">
         <v>2015</v>
       </c>
       <c r="G367"/>
       <c r="H367" t="s">
-        <v>164</v>
+        <v>167</v>
       </c>
     </row>
     <row r="368" spans="1:8">
       <c r="A368" t="s">
-        <v>543</v>
+        <v>544</v>
       </c>
       <c r="B368" t="s">
-        <v>544</v>
+        <v>351</v>
       </c>
       <c r="C368" t="s">
-        <v>337</v>
+        <v>92</v>
       </c>
       <c r="D368" t="s">
         <v>58</v>
       </c>
       <c r="E368" t="s">
-        <v>126</v>
+        <v>130</v>
       </c>
       <c r="F368">
         <v>2015</v>
       </c>
       <c r="G368"/>
       <c r="H368" t="s">
-        <v>49</v>
+        <v>167</v>
       </c>
     </row>
     <row r="369" spans="1:8">
       <c r="A369" t="s">
         <v>545</v>
       </c>
       <c r="B369" t="s">
-        <v>546</v>
+        <v>351</v>
       </c>
       <c r="C369" t="s">
-        <v>337</v>
+        <v>92</v>
       </c>
       <c r="D369" t="s">
         <v>58</v>
       </c>
       <c r="E369" t="s">
-        <v>126</v>
+        <v>130</v>
       </c>
       <c r="F369">
         <v>2015</v>
       </c>
       <c r="G369"/>
       <c r="H369" t="s">
-        <v>49</v>
+        <v>167</v>
       </c>
     </row>
     <row r="370" spans="1:8">
       <c r="A370" t="s">
+        <v>546</v>
+      </c>
+      <c r="B370" t="s">
         <v>547</v>
       </c>
-      <c r="B370" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C370" t="s">
-        <v>337</v>
+        <v>340</v>
       </c>
       <c r="D370" t="s">
         <v>58</v>
       </c>
       <c r="E370" t="s">
-        <v>126</v>
+        <v>130</v>
       </c>
       <c r="F370">
         <v>2015</v>
       </c>
       <c r="G370"/>
       <c r="H370" t="s">
         <v>49</v>
       </c>
     </row>
     <row r="371" spans="1:8">
       <c r="A371" t="s">
+        <v>548</v>
+      </c>
+      <c r="B371" t="s">
         <v>549</v>
       </c>
-      <c r="B371" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C371" t="s">
-        <v>337</v>
+        <v>340</v>
       </c>
       <c r="D371" t="s">
         <v>58</v>
       </c>
       <c r="E371" t="s">
-        <v>126</v>
+        <v>130</v>
       </c>
       <c r="F371">
         <v>2015</v>
       </c>
       <c r="G371"/>
       <c r="H371" t="s">
         <v>49</v>
       </c>
     </row>
     <row r="372" spans="1:8">
       <c r="A372" t="s">
+        <v>550</v>
+      </c>
+      <c r="B372" t="s">
         <v>551</v>
       </c>
-      <c r="B372" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C372" t="s">
-        <v>337</v>
+        <v>340</v>
       </c>
       <c r="D372" t="s">
         <v>58</v>
       </c>
       <c r="E372" t="s">
-        <v>126</v>
+        <v>130</v>
       </c>
       <c r="F372">
         <v>2015</v>
       </c>
       <c r="G372"/>
       <c r="H372" t="s">
         <v>49</v>
       </c>
     </row>
     <row r="373" spans="1:8">
       <c r="A373" t="s">
+        <v>552</v>
+      </c>
+      <c r="B373" t="s">
         <v>553</v>
       </c>
-      <c r="B373" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C373" t="s">
-        <v>337</v>
+        <v>340</v>
       </c>
       <c r="D373" t="s">
         <v>58</v>
       </c>
       <c r="E373" t="s">
-        <v>126</v>
+        <v>130</v>
       </c>
       <c r="F373">
         <v>2015</v>
       </c>
       <c r="G373"/>
       <c r="H373" t="s">
         <v>49</v>
       </c>
     </row>
     <row r="374" spans="1:8">
       <c r="A374" t="s">
+        <v>554</v>
+      </c>
+      <c r="B374" t="s">
         <v>555</v>
       </c>
-      <c r="B374" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C374" t="s">
-        <v>337</v>
+        <v>340</v>
       </c>
       <c r="D374" t="s">
         <v>58</v>
       </c>
       <c r="E374" t="s">
-        <v>126</v>
+        <v>130</v>
       </c>
       <c r="F374">
         <v>2015</v>
       </c>
       <c r="G374"/>
       <c r="H374" t="s">
         <v>49</v>
       </c>
     </row>
     <row r="375" spans="1:8">
       <c r="A375" t="s">
+        <v>556</v>
+      </c>
+      <c r="B375" t="s">
         <v>557</v>
       </c>
-      <c r="B375" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C375" t="s">
-        <v>337</v>
+        <v>340</v>
       </c>
       <c r="D375" t="s">
         <v>58</v>
       </c>
       <c r="E375" t="s">
-        <v>126</v>
+        <v>130</v>
       </c>
       <c r="F375">
         <v>2015</v>
       </c>
       <c r="G375"/>
       <c r="H375" t="s">
         <v>49</v>
       </c>
     </row>
     <row r="376" spans="1:8">
       <c r="A376" t="s">
+        <v>558</v>
+      </c>
+      <c r="B376" t="s">
         <v>559</v>
       </c>
-      <c r="B376" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C376" t="s">
-        <v>337</v>
+        <v>340</v>
       </c>
       <c r="D376" t="s">
         <v>58</v>
       </c>
       <c r="E376" t="s">
-        <v>126</v>
+        <v>130</v>
       </c>
       <c r="F376">
         <v>2015</v>
       </c>
       <c r="G376"/>
       <c r="H376" t="s">
         <v>49</v>
       </c>
     </row>
     <row r="377" spans="1:8">
       <c r="A377" t="s">
+        <v>560</v>
+      </c>
+      <c r="B377" t="s">
         <v>561</v>
       </c>
-      <c r="B377" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C377" t="s">
-        <v>337</v>
+        <v>340</v>
       </c>
       <c r="D377" t="s">
         <v>58</v>
       </c>
       <c r="E377" t="s">
-        <v>126</v>
+        <v>130</v>
       </c>
       <c r="F377">
         <v>2015</v>
       </c>
       <c r="G377"/>
       <c r="H377" t="s">
         <v>49</v>
       </c>
     </row>
     <row r="378" spans="1:8">
       <c r="A378" t="s">
+        <v>562</v>
+      </c>
+      <c r="B378" t="s">
         <v>563</v>
       </c>
-      <c r="B378" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C378" t="s">
-        <v>337</v>
+        <v>340</v>
       </c>
       <c r="D378" t="s">
         <v>58</v>
       </c>
       <c r="E378" t="s">
-        <v>126</v>
+        <v>130</v>
       </c>
       <c r="F378">
         <v>2015</v>
       </c>
       <c r="G378"/>
       <c r="H378" t="s">
         <v>49</v>
       </c>
     </row>
     <row r="379" spans="1:8">
       <c r="A379" t="s">
+        <v>564</v>
+      </c>
+      <c r="B379" t="s">
         <v>565</v>
       </c>
-      <c r="B379" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C379" t="s">
-        <v>337</v>
+        <v>340</v>
       </c>
       <c r="D379" t="s">
         <v>58</v>
       </c>
       <c r="E379" t="s">
-        <v>126</v>
+        <v>130</v>
       </c>
       <c r="F379">
         <v>2015</v>
       </c>
       <c r="G379"/>
       <c r="H379" t="s">
         <v>49</v>
       </c>
     </row>
     <row r="380" spans="1:8">
       <c r="A380" t="s">
+        <v>566</v>
+      </c>
+      <c r="B380" t="s">
         <v>567</v>
       </c>
-      <c r="B380" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C380" t="s">
-        <v>337</v>
+        <v>340</v>
       </c>
       <c r="D380" t="s">
         <v>58</v>
       </c>
       <c r="E380" t="s">
-        <v>126</v>
+        <v>130</v>
       </c>
       <c r="F380">
         <v>2015</v>
       </c>
       <c r="G380"/>
       <c r="H380" t="s">
         <v>49</v>
       </c>
     </row>
     <row r="381" spans="1:8">
       <c r="A381" t="s">
+        <v>568</v>
+      </c>
+      <c r="B381" t="s">
         <v>569</v>
       </c>
-      <c r="B381" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C381" t="s">
-        <v>337</v>
+        <v>340</v>
       </c>
       <c r="D381" t="s">
         <v>58</v>
       </c>
       <c r="E381" t="s">
-        <v>126</v>
+        <v>130</v>
       </c>
       <c r="F381">
         <v>2015</v>
       </c>
       <c r="G381"/>
       <c r="H381" t="s">
         <v>49</v>
       </c>
     </row>
     <row r="382" spans="1:8">
       <c r="A382" t="s">
+        <v>570</v>
+      </c>
+      <c r="B382" t="s">
         <v>571</v>
       </c>
-      <c r="B382" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C382" t="s">
-        <v>337</v>
+        <v>340</v>
       </c>
       <c r="D382" t="s">
         <v>58</v>
       </c>
       <c r="E382" t="s">
-        <v>126</v>
+        <v>130</v>
       </c>
       <c r="F382">
         <v>2015</v>
       </c>
       <c r="G382"/>
       <c r="H382" t="s">
         <v>49</v>
       </c>
     </row>
     <row r="383" spans="1:8">
       <c r="A383" t="s">
+        <v>572</v>
+      </c>
+      <c r="B383" t="s">
         <v>573</v>
       </c>
-      <c r="B383" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C383" t="s">
-        <v>337</v>
+        <v>340</v>
       </c>
       <c r="D383" t="s">
         <v>58</v>
       </c>
       <c r="E383" t="s">
-        <v>126</v>
+        <v>130</v>
       </c>
       <c r="F383">
         <v>2015</v>
       </c>
       <c r="G383"/>
       <c r="H383" t="s">
         <v>49</v>
       </c>
     </row>
     <row r="384" spans="1:8">
       <c r="A384" t="s">
+        <v>574</v>
+      </c>
+      <c r="B384" t="s">
         <v>575</v>
       </c>
-      <c r="B384" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C384" t="s">
-        <v>337</v>
+        <v>340</v>
       </c>
       <c r="D384" t="s">
         <v>58</v>
       </c>
       <c r="E384" t="s">
-        <v>126</v>
+        <v>130</v>
       </c>
       <c r="F384">
         <v>2015</v>
       </c>
       <c r="G384"/>
       <c r="H384" t="s">
         <v>49</v>
       </c>
     </row>
     <row r="385" spans="1:8">
       <c r="A385" t="s">
+        <v>576</v>
+      </c>
+      <c r="B385" t="s">
         <v>577</v>
       </c>
-      <c r="B385" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C385" t="s">
-        <v>337</v>
+        <v>340</v>
       </c>
       <c r="D385" t="s">
         <v>58</v>
       </c>
       <c r="E385" t="s">
-        <v>126</v>
+        <v>130</v>
       </c>
       <c r="F385">
         <v>2015</v>
       </c>
       <c r="G385"/>
       <c r="H385" t="s">
         <v>49</v>
       </c>
     </row>
     <row r="386" spans="1:8">
       <c r="A386" t="s">
+        <v>578</v>
+      </c>
+      <c r="B386" t="s">
         <v>579</v>
       </c>
-      <c r="B386" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C386" t="s">
-        <v>337</v>
+        <v>340</v>
       </c>
       <c r="D386" t="s">
         <v>58</v>
       </c>
       <c r="E386" t="s">
-        <v>126</v>
+        <v>130</v>
       </c>
       <c r="F386">
         <v>2015</v>
       </c>
       <c r="G386"/>
       <c r="H386" t="s">
         <v>49</v>
       </c>
     </row>
     <row r="387" spans="1:8">
       <c r="A387" t="s">
+        <v>580</v>
+      </c>
+      <c r="B387" t="s">
         <v>581</v>
       </c>
-      <c r="B387" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C387" t="s">
-        <v>337</v>
+        <v>340</v>
       </c>
       <c r="D387" t="s">
         <v>58</v>
       </c>
       <c r="E387" t="s">
-        <v>126</v>
+        <v>130</v>
       </c>
       <c r="F387">
         <v>2015</v>
       </c>
       <c r="G387"/>
       <c r="H387" t="s">
         <v>49</v>
       </c>
     </row>
     <row r="388" spans="1:8">
       <c r="A388" t="s">
+        <v>582</v>
+      </c>
+      <c r="B388" t="s">
         <v>583</v>
       </c>
-      <c r="B388" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C388" t="s">
-        <v>337</v>
+        <v>340</v>
       </c>
       <c r="D388" t="s">
         <v>58</v>
       </c>
       <c r="E388" t="s">
-        <v>126</v>
+        <v>130</v>
       </c>
       <c r="F388">
         <v>2015</v>
       </c>
       <c r="G388"/>
       <c r="H388" t="s">
         <v>49</v>
       </c>
     </row>
     <row r="389" spans="1:8">
       <c r="A389" t="s">
+        <v>584</v>
+      </c>
+      <c r="B389" t="s">
         <v>585</v>
       </c>
-      <c r="B389" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C389" t="s">
-        <v>337</v>
+        <v>340</v>
       </c>
       <c r="D389" t="s">
         <v>58</v>
       </c>
       <c r="E389" t="s">
-        <v>126</v>
+        <v>130</v>
       </c>
       <c r="F389">
         <v>2015</v>
       </c>
       <c r="G389"/>
       <c r="H389" t="s">
         <v>49</v>
       </c>
     </row>
     <row r="390" spans="1:8">
       <c r="A390" t="s">
+        <v>586</v>
+      </c>
+      <c r="B390" t="s">
         <v>587</v>
       </c>
-      <c r="B390" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C390" t="s">
-        <v>337</v>
+        <v>340</v>
       </c>
       <c r="D390" t="s">
         <v>58</v>
       </c>
       <c r="E390" t="s">
-        <v>126</v>
+        <v>130</v>
       </c>
       <c r="F390">
         <v>2015</v>
       </c>
       <c r="G390"/>
       <c r="H390" t="s">
         <v>49</v>
       </c>
     </row>
     <row r="391" spans="1:8">
       <c r="A391" t="s">
+        <v>588</v>
+      </c>
+      <c r="B391" t="s">
         <v>589</v>
       </c>
-      <c r="B391" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C391" t="s">
-        <v>337</v>
+        <v>340</v>
       </c>
       <c r="D391" t="s">
         <v>58</v>
       </c>
       <c r="E391" t="s">
-        <v>126</v>
+        <v>130</v>
       </c>
       <c r="F391">
         <v>2015</v>
       </c>
       <c r="G391"/>
       <c r="H391" t="s">
         <v>49</v>
       </c>
     </row>
     <row r="392" spans="1:8">
       <c r="A392" t="s">
+        <v>590</v>
+      </c>
+      <c r="B392" t="s">
         <v>591</v>
       </c>
-      <c r="B392" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C392" t="s">
-        <v>337</v>
+        <v>340</v>
       </c>
       <c r="D392" t="s">
         <v>58</v>
       </c>
       <c r="E392" t="s">
-        <v>126</v>
+        <v>130</v>
       </c>
       <c r="F392">
         <v>2015</v>
       </c>
       <c r="G392"/>
       <c r="H392" t="s">
         <v>49</v>
       </c>
     </row>
     <row r="393" spans="1:8">
       <c r="A393" t="s">
+        <v>592</v>
+      </c>
+      <c r="B393" t="s">
         <v>593</v>
       </c>
-      <c r="B393" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C393" t="s">
-        <v>337</v>
+        <v>340</v>
       </c>
       <c r="D393" t="s">
         <v>58</v>
       </c>
       <c r="E393" t="s">
-        <v>126</v>
+        <v>130</v>
       </c>
       <c r="F393">
         <v>2015</v>
       </c>
       <c r="G393"/>
       <c r="H393" t="s">
         <v>49</v>
       </c>
     </row>
     <row r="394" spans="1:8">
       <c r="A394" t="s">
+        <v>594</v>
+      </c>
+      <c r="B394" t="s">
         <v>595</v>
       </c>
-      <c r="B394" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C394" t="s">
-        <v>337</v>
+        <v>340</v>
       </c>
       <c r="D394" t="s">
         <v>58</v>
       </c>
       <c r="E394" t="s">
-        <v>126</v>
+        <v>130</v>
       </c>
       <c r="F394">
         <v>2015</v>
       </c>
       <c r="G394"/>
       <c r="H394" t="s">
         <v>49</v>
       </c>
     </row>
     <row r="395" spans="1:8">
       <c r="A395" t="s">
+        <v>596</v>
+      </c>
+      <c r="B395" t="s">
         <v>597</v>
       </c>
-      <c r="B395" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C395" t="s">
-        <v>337</v>
+        <v>340</v>
       </c>
       <c r="D395" t="s">
         <v>58</v>
       </c>
       <c r="E395" t="s">
-        <v>126</v>
+        <v>130</v>
       </c>
       <c r="F395">
         <v>2015</v>
       </c>
       <c r="G395"/>
       <c r="H395" t="s">
         <v>49</v>
       </c>
     </row>
     <row r="396" spans="1:8">
       <c r="A396" t="s">
+        <v>598</v>
+      </c>
+      <c r="B396" t="s">
         <v>599</v>
       </c>
-      <c r="B396" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C396" t="s">
-        <v>337</v>
+        <v>340</v>
       </c>
       <c r="D396" t="s">
         <v>58</v>
       </c>
       <c r="E396" t="s">
-        <v>126</v>
+        <v>130</v>
       </c>
       <c r="F396">
         <v>2015</v>
       </c>
       <c r="G396"/>
       <c r="H396" t="s">
         <v>49</v>
       </c>
     </row>
     <row r="397" spans="1:8">
       <c r="A397" t="s">
+        <v>600</v>
+      </c>
+      <c r="B397" t="s">
         <v>601</v>
       </c>
-      <c r="B397" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C397" t="s">
-        <v>337</v>
+        <v>340</v>
       </c>
       <c r="D397" t="s">
         <v>58</v>
       </c>
       <c r="E397" t="s">
-        <v>126</v>
+        <v>130</v>
       </c>
       <c r="F397">
         <v>2015</v>
       </c>
       <c r="G397"/>
       <c r="H397" t="s">
         <v>49</v>
       </c>
     </row>
     <row r="398" spans="1:8">
       <c r="A398" t="s">
+        <v>602</v>
+      </c>
+      <c r="B398" t="s">
         <v>603</v>
       </c>
-      <c r="B398" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C398" t="s">
-        <v>337</v>
+        <v>340</v>
       </c>
       <c r="D398" t="s">
         <v>58</v>
       </c>
       <c r="E398" t="s">
-        <v>126</v>
+        <v>130</v>
       </c>
       <c r="F398">
         <v>2015</v>
       </c>
       <c r="G398"/>
       <c r="H398" t="s">
         <v>49</v>
       </c>
     </row>
     <row r="399" spans="1:8">
       <c r="A399" t="s">
+        <v>604</v>
+      </c>
+      <c r="B399" t="s">
         <v>605</v>
       </c>
-      <c r="B399" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C399" t="s">
-        <v>337</v>
+        <v>340</v>
       </c>
       <c r="D399" t="s">
         <v>58</v>
       </c>
       <c r="E399" t="s">
-        <v>126</v>
+        <v>130</v>
       </c>
       <c r="F399">
         <v>2015</v>
       </c>
       <c r="G399"/>
       <c r="H399" t="s">
         <v>49</v>
       </c>
     </row>
     <row r="400" spans="1:8">
       <c r="A400" t="s">
+        <v>606</v>
+      </c>
+      <c r="B400" t="s">
         <v>607</v>
       </c>
-      <c r="B400" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C400" t="s">
-        <v>337</v>
+        <v>340</v>
       </c>
       <c r="D400" t="s">
         <v>58</v>
       </c>
       <c r="E400" t="s">
-        <v>126</v>
+        <v>130</v>
       </c>
       <c r="F400">
         <v>2015</v>
       </c>
       <c r="G400"/>
       <c r="H400" t="s">
         <v>49</v>
       </c>
     </row>
     <row r="401" spans="1:8">
       <c r="A401" t="s">
+        <v>608</v>
+      </c>
+      <c r="B401" t="s">
         <v>609</v>
       </c>
-      <c r="B401" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C401" t="s">
-        <v>337</v>
+        <v>340</v>
       </c>
       <c r="D401" t="s">
         <v>58</v>
       </c>
       <c r="E401" t="s">
-        <v>126</v>
+        <v>130</v>
       </c>
       <c r="F401">
         <v>2015</v>
       </c>
       <c r="G401"/>
       <c r="H401" t="s">
         <v>49</v>
       </c>
     </row>
     <row r="402" spans="1:8">
       <c r="A402" t="s">
+        <v>610</v>
+      </c>
+      <c r="B402" t="s">
         <v>611</v>
       </c>
-      <c r="B402" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C402" t="s">
-        <v>337</v>
+        <v>340</v>
       </c>
       <c r="D402" t="s">
         <v>58</v>
       </c>
       <c r="E402" t="s">
-        <v>126</v>
+        <v>130</v>
       </c>
       <c r="F402">
         <v>2015</v>
       </c>
       <c r="G402"/>
       <c r="H402" t="s">
         <v>49</v>
       </c>
     </row>
     <row r="403" spans="1:8">
       <c r="A403" t="s">
+        <v>612</v>
+      </c>
+      <c r="B403" t="s">
         <v>613</v>
       </c>
-      <c r="B403" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C403" t="s">
-        <v>337</v>
+        <v>340</v>
       </c>
       <c r="D403" t="s">
         <v>58</v>
       </c>
       <c r="E403" t="s">
-        <v>126</v>
+        <v>130</v>
       </c>
       <c r="F403">
         <v>2015</v>
       </c>
       <c r="G403"/>
       <c r="H403" t="s">
         <v>49</v>
       </c>
     </row>
     <row r="404" spans="1:8">
       <c r="A404" t="s">
+        <v>614</v>
+      </c>
+      <c r="B404" t="s">
         <v>615</v>
       </c>
-      <c r="B404" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C404" t="s">
-        <v>337</v>
+        <v>340</v>
       </c>
       <c r="D404" t="s">
         <v>58</v>
       </c>
       <c r="E404" t="s">
-        <v>126</v>
+        <v>130</v>
       </c>
       <c r="F404">
         <v>2015</v>
       </c>
       <c r="G404"/>
       <c r="H404" t="s">
         <v>49</v>
       </c>
     </row>
     <row r="405" spans="1:8">
       <c r="A405" t="s">
+        <v>616</v>
+      </c>
+      <c r="B405" t="s">
         <v>617</v>
       </c>
-      <c r="B405" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C405" t="s">
-        <v>337</v>
+        <v>340</v>
       </c>
       <c r="D405" t="s">
         <v>58</v>
       </c>
       <c r="E405" t="s">
-        <v>126</v>
+        <v>130</v>
       </c>
       <c r="F405">
         <v>2015</v>
       </c>
       <c r="G405"/>
       <c r="H405" t="s">
         <v>49</v>
       </c>
     </row>
     <row r="406" spans="1:8">
       <c r="A406" t="s">
+        <v>618</v>
+      </c>
+      <c r="B406" t="s">
         <v>619</v>
       </c>
-      <c r="B406" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C406" t="s">
-        <v>337</v>
+        <v>340</v>
       </c>
       <c r="D406" t="s">
         <v>58</v>
       </c>
       <c r="E406" t="s">
-        <v>126</v>
+        <v>130</v>
       </c>
       <c r="F406">
         <v>2015</v>
       </c>
       <c r="G406"/>
       <c r="H406" t="s">
         <v>49</v>
       </c>
     </row>
     <row r="407" spans="1:8">
       <c r="A407" t="s">
+        <v>620</v>
+      </c>
+      <c r="B407" t="s">
         <v>621</v>
       </c>
-      <c r="B407" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C407" t="s">
-        <v>129</v>
+        <v>340</v>
       </c>
       <c r="D407" t="s">
         <v>58</v>
       </c>
       <c r="E407" t="s">
-        <v>126</v>
+        <v>130</v>
       </c>
       <c r="F407">
         <v>2015</v>
       </c>
       <c r="G407"/>
       <c r="H407" t="s">
         <v>49</v>
       </c>
     </row>
     <row r="408" spans="1:8">
       <c r="A408" t="s">
+        <v>622</v>
+      </c>
+      <c r="B408" t="s">
         <v>623</v>
       </c>
-      <c r="B408" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C408" t="s">
-        <v>337</v>
+        <v>340</v>
       </c>
       <c r="D408" t="s">
         <v>58</v>
       </c>
       <c r="E408" t="s">
-        <v>126</v>
+        <v>130</v>
       </c>
       <c r="F408">
         <v>2015</v>
       </c>
       <c r="G408"/>
       <c r="H408" t="s">
-        <v>15</v>
+        <v>49</v>
       </c>
     </row>
     <row r="409" spans="1:8">
       <c r="A409" t="s">
+        <v>624</v>
+      </c>
+      <c r="B409" t="s">
         <v>625</v>
       </c>
-      <c r="B409" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C409" t="s">
-        <v>337</v>
+        <v>133</v>
       </c>
       <c r="D409" t="s">
         <v>58</v>
       </c>
       <c r="E409" t="s">
-        <v>126</v>
+        <v>130</v>
       </c>
       <c r="F409">
         <v>2015</v>
       </c>
       <c r="G409"/>
       <c r="H409" t="s">
-        <v>15</v>
+        <v>49</v>
       </c>
     </row>
     <row r="410" spans="1:8">
       <c r="A410" t="s">
         <v>626</v>
       </c>
       <c r="B410" t="s">
-        <v>624</v>
+        <v>627</v>
       </c>
       <c r="C410" t="s">
-        <v>337</v>
+        <v>340</v>
       </c>
       <c r="D410" t="s">
         <v>58</v>
       </c>
       <c r="E410" t="s">
-        <v>126</v>
+        <v>130</v>
       </c>
       <c r="F410">
         <v>2015</v>
       </c>
       <c r="G410"/>
       <c r="H410" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="411" spans="1:8">
       <c r="A411" t="s">
+        <v>628</v>
+      </c>
+      <c r="B411" t="s">
         <v>627</v>
       </c>
-      <c r="B411" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C411" t="s">
-        <v>92</v>
+        <v>340</v>
       </c>
       <c r="D411" t="s">
         <v>58</v>
       </c>
       <c r="E411" t="s">
-        <v>126</v>
+        <v>130</v>
       </c>
       <c r="F411">
         <v>2015</v>
       </c>
       <c r="G411"/>
       <c r="H411" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="412" spans="1:8">
       <c r="A412" t="s">
-        <v>628</v>
+        <v>629</v>
       </c>
       <c r="B412" t="s">
-        <v>629</v>
-[...2 lines deleted...]
-      <c r="D412"/>
+        <v>627</v>
+      </c>
+      <c r="C412" t="s">
+        <v>340</v>
+      </c>
+      <c r="D412" t="s">
+        <v>58</v>
+      </c>
       <c r="E412" t="s">
-        <v>126</v>
+        <v>130</v>
       </c>
       <c r="F412">
         <v>2015</v>
       </c>
       <c r="G412"/>
       <c r="H412" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="413" spans="1:8">
       <c r="A413" t="s">
         <v>630</v>
       </c>
       <c r="B413" t="s">
-        <v>631</v>
+        <v>300</v>
       </c>
       <c r="C413" t="s">
-        <v>337</v>
+        <v>92</v>
       </c>
       <c r="D413" t="s">
         <v>58</v>
       </c>
       <c r="E413" t="s">
-        <v>126</v>
+        <v>130</v>
       </c>
       <c r="F413">
         <v>2015</v>
       </c>
       <c r="G413"/>
       <c r="H413" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="414" spans="1:8">
       <c r="A414" t="s">
+        <v>631</v>
+      </c>
+      <c r="B414" t="s">
         <v>632</v>
       </c>
-      <c r="B414" t="s">
-[...7 lines deleted...]
-      </c>
+      <c r="C414"/>
+      <c r="D414"/>
       <c r="E414" t="s">
-        <v>126</v>
+        <v>130</v>
       </c>
       <c r="F414">
         <v>2015</v>
       </c>
       <c r="G414"/>
       <c r="H414" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="415" spans="1:8">
       <c r="A415" t="s">
+        <v>633</v>
+      </c>
+      <c r="B415" t="s">
         <v>634</v>
       </c>
-      <c r="B415" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C415" t="s">
-        <v>337</v>
+        <v>340</v>
       </c>
       <c r="D415" t="s">
         <v>58</v>
       </c>
       <c r="E415" t="s">
-        <v>126</v>
+        <v>130</v>
       </c>
       <c r="F415">
         <v>2015</v>
       </c>
       <c r="G415"/>
       <c r="H415" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="416" spans="1:8">
       <c r="A416" t="s">
+        <v>635</v>
+      </c>
+      <c r="B416" t="s">
         <v>636</v>
       </c>
-      <c r="B416" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C416" t="s">
-        <v>337</v>
+        <v>340</v>
       </c>
       <c r="D416" t="s">
         <v>58</v>
       </c>
       <c r="E416" t="s">
-        <v>126</v>
+        <v>130</v>
       </c>
       <c r="F416">
         <v>2015</v>
       </c>
       <c r="G416"/>
       <c r="H416" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="417" spans="1:8">
       <c r="A417" t="s">
+        <v>637</v>
+      </c>
+      <c r="B417" t="s">
         <v>638</v>
       </c>
-      <c r="B417" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C417" t="s">
-        <v>337</v>
+        <v>340</v>
       </c>
       <c r="D417" t="s">
         <v>58</v>
       </c>
       <c r="E417" t="s">
-        <v>126</v>
+        <v>130</v>
       </c>
       <c r="F417">
         <v>2015</v>
       </c>
       <c r="G417"/>
       <c r="H417" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="418" spans="1:8">
       <c r="A418" t="s">
+        <v>639</v>
+      </c>
+      <c r="B418" t="s">
         <v>640</v>
       </c>
-      <c r="B418" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C418" t="s">
-        <v>337</v>
+        <v>340</v>
       </c>
       <c r="D418" t="s">
         <v>58</v>
       </c>
       <c r="E418" t="s">
-        <v>126</v>
+        <v>130</v>
       </c>
       <c r="F418">
         <v>2015</v>
       </c>
       <c r="G418"/>
       <c r="H418" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="419" spans="1:8">
       <c r="A419" t="s">
+        <v>641</v>
+      </c>
+      <c r="B419" t="s">
         <v>642</v>
       </c>
-      <c r="B419" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C419" t="s">
-        <v>337</v>
+        <v>340</v>
       </c>
       <c r="D419" t="s">
         <v>58</v>
       </c>
       <c r="E419" t="s">
-        <v>126</v>
+        <v>130</v>
       </c>
       <c r="F419">
         <v>2015</v>
       </c>
       <c r="G419"/>
       <c r="H419" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="420" spans="1:8">
       <c r="A420" t="s">
+        <v>643</v>
+      </c>
+      <c r="B420" t="s">
         <v>644</v>
       </c>
-      <c r="B420" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C420" t="s">
-        <v>337</v>
+        <v>340</v>
       </c>
       <c r="D420" t="s">
         <v>58</v>
       </c>
       <c r="E420" t="s">
-        <v>126</v>
+        <v>130</v>
       </c>
       <c r="F420">
         <v>2015</v>
       </c>
       <c r="G420"/>
       <c r="H420" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="421" spans="1:8">
       <c r="A421" t="s">
+        <v>645</v>
+      </c>
+      <c r="B421" t="s">
         <v>646</v>
       </c>
-      <c r="B421" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C421" t="s">
-        <v>337</v>
+        <v>340</v>
       </c>
       <c r="D421" t="s">
         <v>58</v>
       </c>
       <c r="E421" t="s">
-        <v>126</v>
+        <v>130</v>
       </c>
       <c r="F421">
         <v>2015</v>
       </c>
       <c r="G421"/>
       <c r="H421" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="422" spans="1:8">
       <c r="A422" t="s">
+        <v>647</v>
+      </c>
+      <c r="B422" t="s">
         <v>648</v>
       </c>
-      <c r="B422" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C422" t="s">
-        <v>337</v>
+        <v>340</v>
       </c>
       <c r="D422" t="s">
         <v>58</v>
       </c>
       <c r="E422" t="s">
-        <v>126</v>
+        <v>130</v>
       </c>
       <c r="F422">
         <v>2015</v>
       </c>
       <c r="G422"/>
       <c r="H422" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="423" spans="1:8">
       <c r="A423" t="s">
+        <v>649</v>
+      </c>
+      <c r="B423" t="s">
         <v>650</v>
       </c>
-      <c r="B423" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C423" t="s">
-        <v>337</v>
+        <v>340</v>
       </c>
       <c r="D423" t="s">
         <v>58</v>
       </c>
       <c r="E423" t="s">
-        <v>126</v>
+        <v>130</v>
       </c>
       <c r="F423">
         <v>2015</v>
       </c>
       <c r="G423"/>
       <c r="H423" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="424" spans="1:8">
       <c r="A424" t="s">
+        <v>651</v>
+      </c>
+      <c r="B424" t="s">
         <v>652</v>
       </c>
-      <c r="B424" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C424" t="s">
-        <v>337</v>
+        <v>340</v>
       </c>
       <c r="D424" t="s">
         <v>58</v>
       </c>
       <c r="E424" t="s">
-        <v>126</v>
+        <v>130</v>
       </c>
       <c r="F424">
         <v>2015</v>
       </c>
       <c r="G424"/>
       <c r="H424" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="425" spans="1:8">
       <c r="A425" t="s">
+        <v>653</v>
+      </c>
+      <c r="B425" t="s">
         <v>654</v>
       </c>
-      <c r="B425" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C425" t="s">
-        <v>337</v>
+        <v>340</v>
       </c>
       <c r="D425" t="s">
         <v>58</v>
       </c>
       <c r="E425" t="s">
-        <v>126</v>
+        <v>130</v>
       </c>
       <c r="F425">
         <v>2015</v>
       </c>
       <c r="G425"/>
       <c r="H425" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="426" spans="1:8">
       <c r="A426" t="s">
         <v>655</v>
       </c>
       <c r="B426" t="s">
         <v>656</v>
       </c>
       <c r="C426" t="s">
-        <v>337</v>
+        <v>340</v>
       </c>
       <c r="D426" t="s">
         <v>58</v>
       </c>
       <c r="E426" t="s">
-        <v>126</v>
+        <v>130</v>
       </c>
       <c r="F426">
         <v>2015</v>
       </c>
       <c r="G426"/>
       <c r="H426" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="427" spans="1:8">
       <c r="A427" t="s">
         <v>657</v>
       </c>
       <c r="B427" t="s">
-        <v>658</v>
+        <v>627</v>
       </c>
       <c r="C427" t="s">
-        <v>337</v>
+        <v>340</v>
       </c>
       <c r="D427" t="s">
         <v>58</v>
       </c>
       <c r="E427" t="s">
-        <v>126</v>
+        <v>130</v>
       </c>
       <c r="F427">
         <v>2015</v>
       </c>
       <c r="G427"/>
       <c r="H427" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="428" spans="1:8">
       <c r="A428" t="s">
+        <v>658</v>
+      </c>
+      <c r="B428" t="s">
         <v>659</v>
       </c>
-      <c r="B428" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C428" t="s">
-        <v>337</v>
+        <v>340</v>
       </c>
       <c r="D428" t="s">
         <v>58</v>
       </c>
       <c r="E428" t="s">
-        <v>126</v>
+        <v>130</v>
       </c>
       <c r="F428">
         <v>2015</v>
       </c>
       <c r="G428"/>
       <c r="H428" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="429" spans="1:8">
       <c r="A429" t="s">
+        <v>660</v>
+      </c>
+      <c r="B429" t="s">
         <v>661</v>
       </c>
-      <c r="B429" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C429" t="s">
-        <v>129</v>
+        <v>340</v>
       </c>
       <c r="D429" t="s">
         <v>58</v>
       </c>
       <c r="E429" t="s">
-        <v>126</v>
+        <v>130</v>
       </c>
       <c r="F429">
         <v>2015</v>
       </c>
       <c r="G429"/>
-      <c r="H429"/>
+      <c r="H429" t="s">
+        <v>15</v>
+      </c>
     </row>
     <row r="430" spans="1:8">
       <c r="A430" t="s">
+        <v>662</v>
+      </c>
+      <c r="B430" t="s">
         <v>663</v>
       </c>
-      <c r="B430" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C430" t="s">
-        <v>92</v>
+        <v>340</v>
       </c>
       <c r="D430" t="s">
         <v>58</v>
       </c>
       <c r="E430" t="s">
-        <v>126</v>
+        <v>130</v>
       </c>
       <c r="F430">
         <v>2015</v>
       </c>
       <c r="G430"/>
       <c r="H430" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="431" spans="1:8">
       <c r="A431" t="s">
+        <v>664</v>
+      </c>
+      <c r="B431" t="s">
         <v>665</v>
       </c>
-      <c r="B431" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C431" t="s">
-        <v>92</v>
+        <v>133</v>
       </c>
       <c r="D431" t="s">
         <v>58</v>
       </c>
       <c r="E431" t="s">
-        <v>126</v>
+        <v>130</v>
       </c>
       <c r="F431">
         <v>2015</v>
       </c>
       <c r="G431"/>
-      <c r="H431" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H431"/>
     </row>
     <row r="432" spans="1:8">
       <c r="A432" t="s">
+        <v>666</v>
+      </c>
+      <c r="B432" t="s">
         <v>667</v>
       </c>
-      <c r="B432" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C432" t="s">
-        <v>129</v>
+        <v>92</v>
       </c>
       <c r="D432" t="s">
         <v>58</v>
       </c>
       <c r="E432" t="s">
-        <v>126</v>
+        <v>130</v>
       </c>
       <c r="F432">
         <v>2015</v>
       </c>
       <c r="G432"/>
       <c r="H432" t="s">
-        <v>205</v>
+        <v>15</v>
       </c>
     </row>
     <row r="433" spans="1:8">
       <c r="A433" t="s">
+        <v>668</v>
+      </c>
+      <c r="B433" t="s">
         <v>669</v>
       </c>
-      <c r="B433" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C433" t="s">
         <v>92</v>
       </c>
       <c r="D433" t="s">
         <v>58</v>
       </c>
       <c r="E433" t="s">
-        <v>126</v>
+        <v>130</v>
       </c>
       <c r="F433">
         <v>2015</v>
       </c>
       <c r="G433"/>
-      <c r="H433"/>
+      <c r="H433" t="s">
+        <v>208</v>
+      </c>
     </row>
     <row r="434" spans="1:8">
       <c r="A434" t="s">
+        <v>670</v>
+      </c>
+      <c r="B434" t="s">
         <v>671</v>
       </c>
-      <c r="B434" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C434" t="s">
-        <v>92</v>
+        <v>133</v>
       </c>
       <c r="D434" t="s">
         <v>58</v>
       </c>
       <c r="E434" t="s">
-        <v>126</v>
+        <v>130</v>
       </c>
       <c r="F434">
         <v>2015</v>
       </c>
       <c r="G434"/>
       <c r="H434" t="s">
-        <v>146</v>
+        <v>208</v>
       </c>
     </row>
     <row r="435" spans="1:8">
       <c r="A435" t="s">
+        <v>672</v>
+      </c>
+      <c r="B435" t="s">
         <v>673</v>
       </c>
-      <c r="B435" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C435" t="s">
-        <v>129</v>
+        <v>92</v>
       </c>
       <c r="D435" t="s">
         <v>58</v>
       </c>
       <c r="E435" t="s">
-        <v>126</v>
+        <v>130</v>
       </c>
       <c r="F435">
         <v>2015</v>
       </c>
       <c r="G435"/>
       <c r="H435"/>
     </row>
     <row r="436" spans="1:8">
       <c r="A436" t="s">
+        <v>674</v>
+      </c>
+      <c r="B436" t="s">
         <v>675</v>
       </c>
-      <c r="B436" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C436" t="s">
         <v>92</v>
       </c>
       <c r="D436" t="s">
         <v>58</v>
       </c>
       <c r="E436" t="s">
-        <v>126</v>
+        <v>130</v>
       </c>
       <c r="F436">
         <v>2015</v>
       </c>
       <c r="G436"/>
       <c r="H436" t="s">
-        <v>15</v>
+        <v>149</v>
       </c>
     </row>
     <row r="437" spans="1:8">
       <c r="A437" t="s">
+        <v>676</v>
+      </c>
+      <c r="B437" t="s">
         <v>677</v>
       </c>
-      <c r="B437" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C437" t="s">
-        <v>129</v>
+        <v>133</v>
       </c>
       <c r="D437" t="s">
         <v>58</v>
       </c>
       <c r="E437" t="s">
-        <v>126</v>
+        <v>130</v>
       </c>
       <c r="F437">
         <v>2015</v>
       </c>
       <c r="G437"/>
       <c r="H437"/>
     </row>
     <row r="438" spans="1:8">
       <c r="A438" t="s">
+        <v>678</v>
+      </c>
+      <c r="B438" t="s">
         <v>679</v>
       </c>
-      <c r="B438" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C438" t="s">
-        <v>129</v>
+        <v>92</v>
       </c>
       <c r="D438" t="s">
         <v>58</v>
       </c>
       <c r="E438" t="s">
-        <v>126</v>
+        <v>130</v>
       </c>
       <c r="F438">
         <v>2015</v>
       </c>
       <c r="G438"/>
-      <c r="H438"/>
+      <c r="H438" t="s">
+        <v>15</v>
+      </c>
     </row>
     <row r="439" spans="1:8">
       <c r="A439" t="s">
         <v>680</v>
       </c>
       <c r="B439" t="s">
         <v>681</v>
       </c>
       <c r="C439" t="s">
-        <v>92</v>
+        <v>133</v>
       </c>
       <c r="D439" t="s">
         <v>58</v>
       </c>
       <c r="E439" t="s">
-        <v>126</v>
+        <v>130</v>
       </c>
       <c r="F439">
         <v>2015</v>
       </c>
       <c r="G439"/>
       <c r="H439"/>
+    </row>
+    <row r="440" spans="1:8">
+      <c r="A440" t="s">
+        <v>682</v>
+      </c>
+      <c r="B440" t="s">
+        <v>669</v>
+      </c>
+      <c r="C440" t="s">
+        <v>133</v>
+      </c>
+      <c r="D440" t="s">
+        <v>58</v>
+      </c>
+      <c r="E440" t="s">
+        <v>130</v>
+      </c>
+      <c r="F440">
+        <v>2015</v>
+      </c>
+      <c r="G440"/>
+      <c r="H440"/>
+    </row>
+    <row r="441" spans="1:8">
+      <c r="A441" t="s">
+        <v>683</v>
+      </c>
+      <c r="B441" t="s">
+        <v>684</v>
+      </c>
+      <c r="C441" t="s">
+        <v>92</v>
+      </c>
+      <c r="D441" t="s">
+        <v>58</v>
+      </c>
+      <c r="E441" t="s">
+        <v>130</v>
+      </c>
+      <c r="F441">
+        <v>2015</v>
+      </c>
+      <c r="G441"/>
+      <c r="H441"/>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>