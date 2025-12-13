--- v0 (2025-10-26)
+++ v1 (2025-12-13)
@@ -110,54 +110,54 @@
   <si>
     <t>DECRETO 172/2022, de 20 de septiembre, del Catálogo de fauna salvaje autóctona amenazada y de medidas de protección y conservación de la fauna salvaje autóctona protegida.</t>
   </si>
   <si>
     <t>https://dogc.gencat.cat/ca/document-del-dogc/?documentId=937992&amp;validity=1927723&amp;language=ca&amp;traceability=01</t>
   </si>
   <si>
     <t>Decreto</t>
   </si>
   <si>
     <t>sg6</t>
   </si>
   <si>
     <t>https://www.google.com/testsg6</t>
   </si>
   <si>
     <t>Resolución</t>
   </si>
   <si>
     <t>Entidades locales</t>
   </si>
   <si>
     <t>Nacional</t>
   </si>
   <si>
+    <t>Cantabria</t>
+  </si>
+  <si>
     <t>Cataluña</t>
-  </si>
-[...1 lines deleted...]
-    <t>Cantabria</t>
   </si>
   <si>
     <t>Andalucía</t>
   </si>
   <si>
     <t>Orden MAM/2734/2002, de 21 de octubre, por la que se incluyen determinadas especies, subespecies y poblaciones en el Catálogo Nacional de Especies Amenazadas y cambian de categoría y se excluyen otras incluidas en el mismo. BOE 265, de 5 de noviembre de 2005.</t>
   </si>
   <si>
     <t>https://www.boe.es/eli/es/o/2002/10/21/mam2734</t>
   </si>
   <si>
     <t>Orden (orden Ministerial, Ordenes de las Comisiones delegadas del Gobierno)</t>
   </si>
   <si>
     <t>Gobierno</t>
   </si>
   <si>
     <t>Reglamentos (Gobierno, Autonómico, Entidades locales)</t>
   </si>
   <si>
     <t>Orden 2/2022, de 16 de febrero, de la Conselleria de Agricultura, Desarrollo Rural, Emergencia Climática y Transición Ecológica, por la que se actualizan los listados valencianos de especies protegidas de flora y fauna. DOGV 9285 de 24 de febrero de 2022</t>
   </si>
   <si>
     <t>https://dogv.gva.es/es/eli/es-vc/o/2022/02/16/2/</t>
   </si>
@@ -3062,51 +3062,51 @@
       </c>
     </row>
     <row r="33" spans="1:8">
       <c r="A33" t="s">
         <v>92</v>
       </c>
       <c r="B33" t="s">
         <v>93</v>
       </c>
       <c r="C33" t="s">
         <v>94</v>
       </c>
       <c r="D33" t="s">
         <v>30</v>
       </c>
       <c r="E33" t="s">
         <v>39</v>
       </c>
       <c r="F33">
         <v>2022</v>
       </c>
       <c r="G33" t="s">
         <v>31</v>
       </c>
       <c r="H33" t="s">
-        <v>95</v>
+        <v>33</v>
       </c>
     </row>
     <row r="34" spans="1:8">
       <c r="A34" t="s">
         <v>92</v>
       </c>
       <c r="B34" t="s">
         <v>93</v>
       </c>
       <c r="C34" t="s">
         <v>94</v>
       </c>
       <c r="D34" t="s">
         <v>30</v>
       </c>
       <c r="E34" t="s">
         <v>39</v>
       </c>
       <c r="F34">
         <v>2022</v>
       </c>
       <c r="G34" t="s">
         <v>31</v>
       </c>
       <c r="H34" t="s">
@@ -3114,77 +3114,77 @@
       </c>
     </row>
     <row r="35" spans="1:8">
       <c r="A35" t="s">
         <v>92</v>
       </c>
       <c r="B35" t="s">
         <v>93</v>
       </c>
       <c r="C35" t="s">
         <v>94</v>
       </c>
       <c r="D35" t="s">
         <v>30</v>
       </c>
       <c r="E35" t="s">
         <v>39</v>
       </c>
       <c r="F35">
         <v>2022</v>
       </c>
       <c r="G35" t="s">
         <v>31</v>
       </c>
       <c r="H35" t="s">
-        <v>33</v>
+        <v>32</v>
       </c>
     </row>
     <row r="36" spans="1:8">
       <c r="A36" t="s">
         <v>92</v>
       </c>
       <c r="B36" t="s">
         <v>93</v>
       </c>
       <c r="C36" t="s">
         <v>94</v>
       </c>
       <c r="D36" t="s">
         <v>30</v>
       </c>
       <c r="E36" t="s">
         <v>39</v>
       </c>
       <c r="F36">
         <v>2022</v>
       </c>
       <c r="G36" t="s">
         <v>31</v>
       </c>
       <c r="H36" t="s">
-        <v>32</v>
+        <v>95</v>
       </c>
     </row>
     <row r="37" spans="1:8">
       <c r="A37" t="s">
         <v>96</v>
       </c>
       <c r="B37" t="s">
         <v>97</v>
       </c>
       <c r="C37" t="s">
         <v>29</v>
       </c>
       <c r="D37" t="s">
         <v>43</v>
       </c>
       <c r="E37" t="s">
         <v>39</v>
       </c>
       <c r="F37">
         <v>2022</v>
       </c>
       <c r="G37" t="s">
         <v>31</v>
       </c>
       <c r="H37"/>
@@ -3534,51 +3534,51 @@
         <v>31</v>
       </c>
       <c r="H56"/>
     </row>
     <row r="57" spans="1:8">
       <c r="A57" t="s">
         <v>125</v>
       </c>
       <c r="B57" t="s">
         <v>126</v>
       </c>
       <c r="C57" t="s">
         <v>29</v>
       </c>
       <c r="D57" t="s">
         <v>43</v>
       </c>
       <c r="E57" t="s">
         <v>39</v>
       </c>
       <c r="F57">
         <v>2015</v>
       </c>
       <c r="G57"/>
       <c r="H57" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
     </row>
     <row r="58" spans="1:8">
       <c r="A58" t="s">
         <v>127</v>
       </c>
       <c r="B58" t="s">
         <v>128</v>
       </c>
       <c r="C58" t="s">
         <v>129</v>
       </c>
       <c r="D58" t="s">
         <v>38</v>
       </c>
       <c r="E58" t="s">
         <v>39</v>
       </c>
       <c r="F58">
         <v>2015</v>
       </c>
       <c r="G58" t="s">
         <v>31</v>
       </c>
       <c r="H58"/>
@@ -3822,51 +3822,51 @@
       <c r="H68" t="s">
         <v>76</v>
       </c>
     </row>
     <row r="69" spans="1:8">
       <c r="A69" t="s">
         <v>145</v>
       </c>
       <c r="B69" t="s">
         <v>146</v>
       </c>
       <c r="C69" t="s">
         <v>26</v>
       </c>
       <c r="D69" t="s">
         <v>43</v>
       </c>
       <c r="E69" t="s">
         <v>39</v>
       </c>
       <c r="F69">
         <v>2015</v>
       </c>
       <c r="G69"/>
       <c r="H69" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
     </row>
     <row r="70" spans="1:8">
       <c r="A70" t="s">
         <v>147</v>
       </c>
       <c r="B70" t="s">
         <v>148</v>
       </c>
       <c r="C70" t="s">
         <v>29</v>
       </c>
       <c r="D70" t="s">
         <v>43</v>
       </c>
       <c r="E70" t="s">
         <v>39</v>
       </c>
       <c r="F70">
         <v>2015</v>
       </c>
       <c r="G70"/>
       <c r="H70" t="s">
         <v>66</v>
       </c>
@@ -4706,51 +4706,51 @@
       <c r="H105" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="106" spans="1:8">
       <c r="A106" t="s">
         <v>220</v>
       </c>
       <c r="B106" t="s">
         <v>221</v>
       </c>
       <c r="C106" t="s">
         <v>26</v>
       </c>
       <c r="D106" t="s">
         <v>43</v>
       </c>
       <c r="E106" t="s">
         <v>39</v>
       </c>
       <c r="F106">
         <v>2015</v>
       </c>
       <c r="G106"/>
       <c r="H106" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
     </row>
     <row r="107" spans="1:8">
       <c r="A107" t="s">
         <v>222</v>
       </c>
       <c r="B107" t="s">
         <v>223</v>
       </c>
       <c r="C107" t="s">
         <v>26</v>
       </c>
       <c r="D107" t="s">
         <v>43</v>
       </c>
       <c r="E107" t="s">
         <v>39</v>
       </c>
       <c r="F107">
         <v>2015</v>
       </c>
       <c r="G107"/>
       <c r="H107" t="s">
         <v>140</v>
       </c>
@@ -5136,123 +5136,123 @@
       <c r="H123" t="s">
         <v>76</v>
       </c>
     </row>
     <row r="124" spans="1:8">
       <c r="A124" t="s">
         <v>255</v>
       </c>
       <c r="B124" t="s">
         <v>256</v>
       </c>
       <c r="C124" t="s">
         <v>29</v>
       </c>
       <c r="D124" t="s">
         <v>43</v>
       </c>
       <c r="E124" t="s">
         <v>39</v>
       </c>
       <c r="F124">
         <v>2015</v>
       </c>
       <c r="G124"/>
       <c r="H124" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
     </row>
     <row r="125" spans="1:8">
       <c r="A125" t="s">
         <v>255</v>
       </c>
       <c r="B125" t="s">
         <v>257</v>
       </c>
       <c r="C125" t="s">
         <v>29</v>
       </c>
       <c r="D125" t="s">
         <v>43</v>
       </c>
       <c r="E125" t="s">
         <v>39</v>
       </c>
       <c r="F125">
         <v>2015</v>
       </c>
       <c r="G125"/>
       <c r="H125" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
     </row>
     <row r="126" spans="1:8">
       <c r="A126" t="s">
         <v>258</v>
       </c>
       <c r="B126" t="s">
         <v>259</v>
       </c>
       <c r="C126" t="s">
         <v>29</v>
       </c>
       <c r="D126" t="s">
         <v>43</v>
       </c>
       <c r="E126" t="s">
         <v>39</v>
       </c>
       <c r="F126">
         <v>2015</v>
       </c>
       <c r="G126"/>
       <c r="H126" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
     </row>
     <row r="127" spans="1:8">
       <c r="A127" t="s">
         <v>260</v>
       </c>
       <c r="B127" t="s">
         <v>261</v>
       </c>
       <c r="C127" t="s">
         <v>29</v>
       </c>
       <c r="D127" t="s">
         <v>43</v>
       </c>
       <c r="E127" t="s">
         <v>39</v>
       </c>
       <c r="F127">
         <v>2015</v>
       </c>
       <c r="G127"/>
       <c r="H127" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
     </row>
     <row r="128" spans="1:8">
       <c r="A128" t="s">
         <v>262</v>
       </c>
       <c r="B128" t="s">
         <v>263</v>
       </c>
       <c r="C128" t="s">
         <v>26</v>
       </c>
       <c r="D128" t="s">
         <v>43</v>
       </c>
       <c r="E128" t="s">
         <v>39</v>
       </c>
       <c r="F128">
         <v>2015</v>
       </c>
       <c r="G128"/>
       <c r="H128" t="s">
         <v>52</v>
       </c>
@@ -5304,51 +5304,51 @@
       <c r="H130" t="s">
         <v>159</v>
       </c>
     </row>
     <row r="131" spans="1:8">
       <c r="A131" t="s">
         <v>268</v>
       </c>
       <c r="B131" t="s">
         <v>269</v>
       </c>
       <c r="C131" t="s">
         <v>26</v>
       </c>
       <c r="D131" t="s">
         <v>43</v>
       </c>
       <c r="E131" t="s">
         <v>39</v>
       </c>
       <c r="F131">
         <v>2015</v>
       </c>
       <c r="G131"/>
       <c r="H131" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
     </row>
     <row r="132" spans="1:8">
       <c r="A132" t="s">
         <v>270</v>
       </c>
       <c r="B132" t="s">
         <v>271</v>
       </c>
       <c r="C132" t="s">
         <v>26</v>
       </c>
       <c r="D132" t="s">
         <v>43</v>
       </c>
       <c r="E132" t="s">
         <v>39</v>
       </c>
       <c r="F132">
         <v>2015</v>
       </c>
       <c r="G132"/>
       <c r="H132" t="s">
         <v>52</v>
       </c>