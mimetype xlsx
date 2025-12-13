--- v0 (2025-10-26)
+++ v1 (2025-12-13)
@@ -80,54 +80,54 @@
   <si>
     <t>Decreto 31/2014, de 14 de febrero, del Consell, por el que se declara zona especial de conservación el lugar de importancia comunitaria algepsars de Finestrat y se aprueba su Norma de gestión. http://www.docv.gva.es/datos/2014/02/18/pdf/2014_1359.pdf</t>
   </si>
   <si>
     <t>Comunidad Valenciana</t>
   </si>
   <si>
     <t>Boletín Nº 295 del martes 23 de diciembre de 2014DISPOSICIONES GENERalESCONSEJERÍA DE AGROGANADERÍA Y RECURSOS AUTÓCTONOSDecreto 127/2014, de 17 de diciembre, por el que se declara la Zona Especial de Conservación Río del Oro (ES1200053) y se aprueba su I Instrumento de Gestión.Link: https://sede.asturias.es/portal/site/Asturias/menuitem.1003733838db7342ebc4e191100000f7/?vgnextoid=d7d79d16b61ee010VgnVCM1000000100007fRCRD&amp;fecha=23/12/2014&amp;refArticulo=2014-21961&amp;i18n.http.lang=es</t>
   </si>
   <si>
     <t>Boletín Nº 295 del martes 23 de diciembre de 2014DISPOSICIONES GENERalESCONSEJERÍA DE AGROGANADERÍA Y RECURSOS AUTÓCTONOSDecreto 130/2014, de 17 de diciembre, por el que se declara la Zona Especial de Conservación Turbera de La Molina (ES1200044) y se aprueba su I Instrumento de Gestión.Link: https://sede.asturias.es/portal/site/Asturias/menuitem.1003733838db7342ebc4e191100000f7/?vgnextoid=d7d79d16b61ee010VgnVCM1000000100007fRCRD&amp;fecha=23/12/2014&amp;refArticulo=2014-21967&amp;i18n.http.lang=es</t>
   </si>
   <si>
     <t>Boletín Nº 2 del sábado 3 de enero de 2015DISPOSICIONES GENERalESCONSEJERÍA DE AGROGANADERÍA Y RECURSOS AUTÓCTONOSDecreto 153/2014, de 29 de diciembre, por el que se declara la Zona Especial de Conservación alcornocales del Navia (ES1200036) y se aprueba el I Instrumento de Gestión Integrado de los espacios protegidos vinculados a alcornocales de los concejos de allande, Illano y Pesoz.Link: https://sede.asturias.es/portal/site/Asturias/menuitem.1003733838db7342ebc4e191100000f7/?vgnextoid=d7d79d16b61ee010VgnVCM1000000100007fRCRD&amp;fecha=03/01/2015&amp;refArticulo=2014-22540&amp;i18n.http.lang=es</t>
   </si>
   <si>
     <t>Boletín Nº 3 del lunes 5 de enero de 2015DISPOSICIONES GENERalESCONSEJERÍA DE AGROGANADERÍA Y RECURSOS AUTÓCTONOSDecreto 165/2014, de 29 de diciembre, por el que se declara la Zona Especial de Conservación Ría de Ribadesella-Ría de Tinamayor (ES0000319) y se aprueba el I Instrumento de Gestión Integrado de diversos espacios protegidos en el tramo costero entre Ribadesella y Tinamayor.Link: https://sede.asturias.es/portal/site/Asturias/menuitem.1003733838db7342ebc4e191100000f7/?vgnextoid=d7d79d16b61ee010VgnVCM1000000100007fRCRD&amp;fecha=05/01/2015&amp;refArticulo=2014-22565&amp;i18n.http.lang=es</t>
   </si>
   <si>
     <t>Boletín Nº 3 del lunes 5 de enero de 2015DISPOSICIONES GENERalESCONSEJERÍA DE AGROGANADERÍA Y RECURSOS AUTÓCTONOSDecreto 164/2014, de 29 de diciembre, por el que se declara la Zona Especial de Conservación Cueva Rosa (ES1200007) y se aprueba el I Instrumento de Gestión Integrado de los espacios protegidos de Cueva Rosa (Ribadesella).Link: https://sede.asturias.es/portal/site/Asturias/menuitem.1003733838db7342ebc4e191100000f7/?vgnextoid=d7d79d16b61ee010VgnVCM1000000100007fRCRD&amp;fecha=05/01/2015&amp;refArticulo=2014-22567&amp;i18n.http.lang=esBoletín Nº 6 del viernes 9 de enero de 2015DISPOSICIONES GENERalESCONSEJERÍA DE AGROGANADERÍA Y RECURSOS AUTÓCTONOSCorrección de error habido en la publicación de “Decreto 164/2014, de 29 de diciembre, por el que se declara la Zona Especial de Conservación Cueva Rosa (ES1200007) y se aprueba el I Instrumento de Gestión Integrado de los espacios protegidos de Cueva Rosa (Ribadesella)” (Boletín Oficial del Principado de Asturias número 3, de 5 de enero de 2015).Link: https://sede.asturias.es/portal/site/Asturias/menuitem.1003733838db7342ebc4e191100000f7/?vgnextoid=d7d79d16b61ee010VgnVCM1000000100007fRCRD&amp;fecha=09/01/2015&amp;refArticulo=2015-00183&amp;i18n.http.lang=es</t>
   </si>
   <si>
     <t>Acuerdo de Gobierno 150/2014, de 4 de noviembre  http://portaldogc.gencat.cat/utilsEADOP/PDF/6744/1379474.pdf</t>
   </si>
   <si>
+    <t>Cataluña</t>
+  </si>
+  <si>
     <t>Canarias</t>
-  </si>
-[...1 lines deleted...]
-    <t>Cataluña</t>
   </si>
   <si>
     <t>Boletín Nº 2 del sábado 3 de enero de 2015DISPOSICIONES GENERalESCONSEJERÍA DE AGROGANADERÍA Y RECURSOS AUTÓCTONOSDecreto 157/2014, de 29 de diciembre, por el que se declara la Zona Especial de Conservación Cuencas Mineras (ES1200039) y se aprueba el I Instrumento de Gestión Integrado de los espacios protegidos en los concejos de Laviana, Mieres, San Martín del Rey Aurelio y Langreo.Link: https://sede.asturias.es/portal/site/Asturias/menuitem.1003733838db7342ebc4e191100000f7/?vgnextoid=d7d79d16b61ee010VgnVCM1000000100007fRCRD&amp;fecha=03/01/2015&amp;refArticulo=2014-22554&amp;i18n.http.lang=es</t>
   </si>
   <si>
     <t>DISPOSICIONES GENERalESCONSEJERÍA DE AGROGANADERÍA Y RECURSOS AUTÓCTONOSDecreto 131/2014, de 17 de diciembre, por el que se declara la Zona Especial de Conservación Río Porcía (ES1200024) y se aprueba su I Instrumento de Gestión. Boletín Nº 295 del martes 23 de diciembre de 2014.</t>
   </si>
   <si>
     <t>Boletín Nº 297 del viernes 26 de diciembre de 2014DISPOSICIONES GENERalESCONSEJERÍA DE AGROGANADERÍA Y RECURSOS AUTÓCTONOSDecreto 136/2014, de 17 de diciembre, por el que se declara la Zona Especial de Conservación Cuenca del alto Narcea (ES1200050) y se aprueba su I Instrumento de Gestión.Link: https://sede.asturias.es/portal/site/Asturias/menuitem.1003733838db7342ebc4e191100000f7/?vgnextoid=d7d79d16b61ee010VgnVCM1000000100007fRCRD&amp;fecha=26/12/2014&amp;refArticulo=2014-21956&amp;i18n.http.lang=es</t>
   </si>
   <si>
     <t>Boletín Nº 2 del sábado 3 de enero de 2015DISPOSICIONES GENERalESCONSEJERÍA DE AGROGANADERÍA Y RECURSOS AUTÓCTONOSDecreto 156/2014, de 29 de diciembre, por el que se declara la Zona Especial de Conservación Río Cares-Deva (ES1200035) y se aprueba el I Instrumento de Gestión Integrado de diversos espacios protegidos en los Ríos Cares y Deva.Link: https://sede.asturias.es/portal/site/Asturias/menuitem.1003733838db7342ebc4e191100000f7/?vgnextoid=d7d79d16b61ee010VgnVCM1000000100007fRCRD&amp;fecha=03/01/2015&amp;refArticulo=2014-22552&amp;i18n.http.lang=es</t>
   </si>
   <si>
     <t>Boletín Nº 3 del lunes 5 de enero de 2015DISPOSICIONES GENERalESCONSEJERÍA DE AGROGANADERÍA Y RECURSOS AUTÓCTONOSDecreto 170/2014, de 29 de diciembre, por el que se declara la Zona Especial de Conservación Yacimientos de icnitas (ES1200047) y se aprueba el I Instrumento de Gestión Integrado de diversos espacios protegidos en el tramo costero ligado a los Yacimientos de Icnitas.Link: https://sede.asturias.es/portal/site/Asturias/menuitem.1003733838db7342ebc4e191100000f7/?vgnextoid=d7d79d16b61ee010VgnVCM1000000100007fRCRD&amp;fecha=05/01/2015&amp;refArticulo=2014-22546&amp;i18n.http.lang=es</t>
   </si>
   <si>
     <t>Boletín Nº 297 del viernes 26 de diciembre de 2014DISPOSICIONES GENERalESCONSEJERÍA DE AGROGANADERÍA Y RECURSOS AUTÓCTONOSDecreto 140/2014, de 17 de diciembre, por el que se declara la Zona Especial de Conservación Río Purón (ES1200034) y se aprueba su I Instrumento de Gestión.Link: https://sede.asturias.es/portal/site/Asturias/menuitem.1003733838db7342ebc4e191100000f7/?vgnextoid=d7d79d16b61ee010VgnVCM1000000100007fRCRD&amp;fecha=26/12/2014&amp;refArticulo=2014-21964&amp;i18n.http.lang=es</t>
   </si>
   <si>
     <t>Boletín Nº 3 del lunes 5 de enero de 2015DISPOSICIONES GENERalESCONSEJERÍA DE AGROGANADERÍA Y RECURSOS AUTÓCTONOSDecreto 162/2014, de 29 de diciembre, por el que se declara la Zona Especial de Conservación Redes (ES 1200008) y se aprueba el I Instrumento de Gestión Integrado de diversos espacios protegidos en los concejos de Caso y Sobrescobio.Link: https://sede.asturias.es/portal/site/Asturias/menuitem.1003733838db7342ebc4e191100000f7/?vgnextoid=d7d79d16b61ee010VgnVCM1000000100007fRCRD&amp;fecha=05/01/2015&amp;refArticulo=2014-22568&amp;i18n.http.lang=es</t>
   </si>
   <si>
     <t>Boletín Nº 2 del sábado 3 de enero de 2015 DISPOSICIONES GENERalES CONSEJERÍA DE AGROGANADERÍA Y RECURSOS AUTÓCTONOS Decreto 160/2014, de 29 de diciembre, por el que se declara la Zona Especial de Conservación Penarronda-Barayo (ES0000317) y se aprueba el I Instrumento de Gestión Integrado de diversos espacios protegidos en el tramo costero entre Penarronda y Barayo. Link: https://sede.asturias.es/portal/site/Asturias/menuitem.1003733838db7342ebc4e191100000f7/?vgnextoid=d7d79d16b61ee010VgnVCM1000000100007fRCRD&amp;fecha=03/01/2015&amp;refArticulo=2014-22564&amp;i18n.http.lang=es"</t>
   </si>
@@ -2344,51 +2344,51 @@
       <c r="H53" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="54" spans="1:8">
       <c r="A54" t="s">
         <v>98</v>
       </c>
       <c r="B54" t="s">
         <v>99</v>
       </c>
       <c r="C54" t="s">
         <v>100</v>
       </c>
       <c r="D54" t="s">
         <v>101</v>
       </c>
       <c r="E54" t="s">
         <v>102</v>
       </c>
       <c r="F54">
         <v>2014</v>
       </c>
       <c r="G54"/>
       <c r="H54" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
     </row>
     <row r="55" spans="1:8">
       <c r="A55" t="s">
         <v>103</v>
       </c>
       <c r="B55" t="s">
         <v>104</v>
       </c>
       <c r="C55" t="s">
         <v>105</v>
       </c>
       <c r="D55" t="s">
         <v>101</v>
       </c>
       <c r="E55" t="s">
         <v>102</v>
       </c>
       <c r="F55">
         <v>2014</v>
       </c>
       <c r="G55"/>
       <c r="H55" t="s">
         <v>106</v>
       </c>
@@ -2440,51 +2440,51 @@
       <c r="H57" t="s">
         <v>106</v>
       </c>
     </row>
     <row r="58" spans="1:8">
       <c r="A58" t="s">
         <v>112</v>
       </c>
       <c r="B58" t="s">
         <v>113</v>
       </c>
       <c r="C58" t="s">
         <v>114</v>
       </c>
       <c r="D58" t="s">
         <v>101</v>
       </c>
       <c r="E58" t="s">
         <v>102</v>
       </c>
       <c r="F58">
         <v>2014</v>
       </c>
       <c r="G58"/>
       <c r="H58" t="s">
-        <v>23</v>
+        <v>22</v>
       </c>
     </row>
     <row r="59" spans="1:8">
       <c r="A59" t="s">
         <v>115</v>
       </c>
       <c r="B59" t="s">
         <v>116</v>
       </c>
       <c r="C59" t="s">
         <v>100</v>
       </c>
       <c r="D59" t="s">
         <v>101</v>
       </c>
       <c r="E59" t="s">
         <v>102</v>
       </c>
       <c r="F59">
         <v>2014</v>
       </c>
       <c r="G59"/>
       <c r="H59" t="s">
         <v>15</v>
       </c>
@@ -2536,51 +2536,51 @@
       <c r="H61" t="s">
         <v>121</v>
       </c>
     </row>
     <row r="62" spans="1:8">
       <c r="A62" t="s">
         <v>119</v>
       </c>
       <c r="B62" t="s">
         <v>120</v>
       </c>
       <c r="C62" t="s">
         <v>100</v>
       </c>
       <c r="D62" t="s">
         <v>101</v>
       </c>
       <c r="E62" t="s">
         <v>102</v>
       </c>
       <c r="F62">
         <v>2014</v>
       </c>
       <c r="G62"/>
       <c r="H62" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
     </row>
     <row r="63" spans="1:8">
       <c r="A63" t="s">
         <v>122</v>
       </c>
       <c r="B63" t="s">
         <v>123</v>
       </c>
       <c r="C63" t="s">
         <v>100</v>
       </c>
       <c r="D63" t="s">
         <v>101</v>
       </c>
       <c r="E63" t="s">
         <v>102</v>
       </c>
       <c r="F63">
         <v>2014</v>
       </c>
       <c r="G63"/>
       <c r="H63" t="s">
         <v>121</v>
       </c>
@@ -2608,51 +2608,51 @@
       <c r="H64" t="s">
         <v>121</v>
       </c>
     </row>
     <row r="65" spans="1:8">
       <c r="A65" t="s">
         <v>124</v>
       </c>
       <c r="B65" t="s">
         <v>125</v>
       </c>
       <c r="C65" t="s">
         <v>100</v>
       </c>
       <c r="D65" t="s">
         <v>101</v>
       </c>
       <c r="E65" t="s">
         <v>102</v>
       </c>
       <c r="F65">
         <v>2014</v>
       </c>
       <c r="G65"/>
       <c r="H65" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
     </row>
     <row r="66" spans="1:8">
       <c r="A66" t="s">
         <v>126</v>
       </c>
       <c r="B66" t="s">
         <v>127</v>
       </c>
       <c r="C66" t="s">
         <v>100</v>
       </c>
       <c r="D66" t="s">
         <v>101</v>
       </c>
       <c r="E66" t="s">
         <v>102</v>
       </c>
       <c r="F66">
         <v>2014</v>
       </c>
       <c r="G66"/>
       <c r="H66" t="s">
         <v>13</v>
       </c>
@@ -3906,51 +3906,51 @@
       <c r="H118" t="s">
         <v>226</v>
       </c>
     </row>
     <row r="119" spans="1:8">
       <c r="A119" t="s">
         <v>235</v>
       </c>
       <c r="B119" t="s">
         <v>236</v>
       </c>
       <c r="C119" t="s">
         <v>100</v>
       </c>
       <c r="D119" t="s">
         <v>101</v>
       </c>
       <c r="E119" t="s">
         <v>102</v>
       </c>
       <c r="F119">
         <v>2014</v>
       </c>
       <c r="G119"/>
       <c r="H119" t="s">
-        <v>23</v>
+        <v>22</v>
       </c>
     </row>
     <row r="120" spans="1:8">
       <c r="A120" t="s">
         <v>237</v>
       </c>
       <c r="B120" t="s">
         <v>238</v>
       </c>
       <c r="C120" t="s">
         <v>100</v>
       </c>
       <c r="D120" t="s">
         <v>101</v>
       </c>
       <c r="E120" t="s">
         <v>102</v>
       </c>
       <c r="F120">
         <v>2014</v>
       </c>
       <c r="G120"/>
       <c r="H120" t="s">
         <v>109</v>
       </c>
@@ -4690,75 +4690,75 @@
       <c r="H151" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="152" spans="1:8">
       <c r="A152" t="s">
         <v>302</v>
       </c>
       <c r="B152" t="s">
         <v>303</v>
       </c>
       <c r="C152" t="s">
         <v>114</v>
       </c>
       <c r="D152" t="s">
         <v>101</v>
       </c>
       <c r="E152" t="s">
         <v>102</v>
       </c>
       <c r="F152">
         <v>2014</v>
       </c>
       <c r="G152"/>
       <c r="H152" t="s">
-        <v>23</v>
+        <v>22</v>
       </c>
     </row>
     <row r="153" spans="1:8">
       <c r="A153" t="s">
         <v>302</v>
       </c>
       <c r="B153" t="s">
         <v>303</v>
       </c>
       <c r="C153" t="s">
         <v>114</v>
       </c>
       <c r="D153" t="s">
         <v>101</v>
       </c>
       <c r="E153" t="s">
         <v>102</v>
       </c>
       <c r="F153">
         <v>2014</v>
       </c>
       <c r="G153"/>
       <c r="H153" t="s">
-        <v>23</v>
+        <v>22</v>
       </c>
     </row>
     <row r="154" spans="1:8">
       <c r="A154" t="s">
         <v>304</v>
       </c>
       <c r="B154" t="s">
         <v>305</v>
       </c>
       <c r="C154" t="s">
         <v>100</v>
       </c>
       <c r="D154" t="s">
         <v>101</v>
       </c>
       <c r="E154" t="s">
         <v>102</v>
       </c>
       <c r="F154">
         <v>2014</v>
       </c>
       <c r="G154"/>
       <c r="H154" t="s">
         <v>13</v>
       </c>