--- v0 (2025-10-26)
+++ v1 (2025-12-13)
@@ -86,54 +86,54 @@
   <si>
     <t>Decreto 31/2014, de 14 de febrero, del Consell, por el que se declara zona especial de conservación el lugar de importancia comunitaria algepsars de Finestrat y se aprueba su Norma de gestión. http://www.docv.gva.es/datos/2014/02/18/pdf/2014_1359.pdf</t>
   </si>
   <si>
     <t>Comunidad Valenciana</t>
   </si>
   <si>
     <t>Boletín Nº 295 del martes 23 de diciembre de 2014DISPOSICIONES GENERalESCONSEJERÍA DE AGROGANADERÍA Y RECURSOS AUTÓCTONOSDecreto 127/2014, de 17 de diciembre, por el que se declara la Zona Especial de Conservación Río del Oro (ES1200053) y se aprueba su I Instrumento de Gestión.Link: https://sede.asturias.es/portal/site/Asturias/menuitem.1003733838db7342ebc4e191100000f7/?vgnextoid=d7d79d16b61ee010VgnVCM1000000100007fRCRD&amp;fecha=23/12/2014&amp;refArticulo=2014-21961&amp;i18n.http.lang=es</t>
   </si>
   <si>
     <t>Boletín Nº 295 del martes 23 de diciembre de 2014DISPOSICIONES GENERalESCONSEJERÍA DE AGROGANADERÍA Y RECURSOS AUTÓCTONOSDecreto 130/2014, de 17 de diciembre, por el que se declara la Zona Especial de Conservación Turbera de La Molina (ES1200044) y se aprueba su I Instrumento de Gestión.Link: https://sede.asturias.es/portal/site/Asturias/menuitem.1003733838db7342ebc4e191100000f7/?vgnextoid=d7d79d16b61ee010VgnVCM1000000100007fRCRD&amp;fecha=23/12/2014&amp;refArticulo=2014-21967&amp;i18n.http.lang=es</t>
   </si>
   <si>
     <t>Boletín Nº 2 del sábado 3 de enero de 2015DISPOSICIONES GENERalESCONSEJERÍA DE AGROGANADERÍA Y RECURSOS AUTÓCTONOSDecreto 153/2014, de 29 de diciembre, por el que se declara la Zona Especial de Conservación alcornocales del Navia (ES1200036) y se aprueba el I Instrumento de Gestión Integrado de los espacios protegidos vinculados a alcornocales de los concejos de allande, Illano y Pesoz.Link: https://sede.asturias.es/portal/site/Asturias/menuitem.1003733838db7342ebc4e191100000f7/?vgnextoid=d7d79d16b61ee010VgnVCM1000000100007fRCRD&amp;fecha=03/01/2015&amp;refArticulo=2014-22540&amp;i18n.http.lang=es</t>
   </si>
   <si>
     <t>Boletín Nº 3 del lunes 5 de enero de 2015DISPOSICIONES GENERalESCONSEJERÍA DE AGROGANADERÍA Y RECURSOS AUTÓCTONOSDecreto 165/2014, de 29 de diciembre, por el que se declara la Zona Especial de Conservación Ría de Ribadesella-Ría de Tinamayor (ES0000319) y se aprueba el I Instrumento de Gestión Integrado de diversos espacios protegidos en el tramo costero entre Ribadesella y Tinamayor.Link: https://sede.asturias.es/portal/site/Asturias/menuitem.1003733838db7342ebc4e191100000f7/?vgnextoid=d7d79d16b61ee010VgnVCM1000000100007fRCRD&amp;fecha=05/01/2015&amp;refArticulo=2014-22565&amp;i18n.http.lang=es</t>
   </si>
   <si>
     <t>Boletín Nº 3 del lunes 5 de enero de 2015DISPOSICIONES GENERalESCONSEJERÍA DE AGROGANADERÍA Y RECURSOS AUTÓCTONOSDecreto 164/2014, de 29 de diciembre, por el que se declara la Zona Especial de Conservación Cueva Rosa (ES1200007) y se aprueba el I Instrumento de Gestión Integrado de los espacios protegidos de Cueva Rosa (Ribadesella).Link: https://sede.asturias.es/portal/site/Asturias/menuitem.1003733838db7342ebc4e191100000f7/?vgnextoid=d7d79d16b61ee010VgnVCM1000000100007fRCRD&amp;fecha=05/01/2015&amp;refArticulo=2014-22567&amp;i18n.http.lang=esBoletín Nº 6 del viernes 9 de enero de 2015DISPOSICIONES GENERalESCONSEJERÍA DE AGROGANADERÍA Y RECURSOS AUTÓCTONOSCorrección de error habido en la publicación de “Decreto 164/2014, de 29 de diciembre, por el que se declara la Zona Especial de Conservación Cueva Rosa (ES1200007) y se aprueba el I Instrumento de Gestión Integrado de los espacios protegidos de Cueva Rosa (Ribadesella)” (Boletín Oficial del Principado de Asturias número 3, de 5 de enero de 2015).Link: https://sede.asturias.es/portal/site/Asturias/menuitem.1003733838db7342ebc4e191100000f7/?vgnextoid=d7d79d16b61ee010VgnVCM1000000100007fRCRD&amp;fecha=09/01/2015&amp;refArticulo=2015-00183&amp;i18n.http.lang=es</t>
   </si>
   <si>
     <t>Acuerdo de Gobierno 150/2014, de 4 de noviembre  http://portaldogc.gencat.cat/utilsEADOP/PDF/6744/1379474.pdf</t>
   </si>
   <si>
+    <t>Cataluña</t>
+  </si>
+  <si>
     <t>Canarias</t>
-  </si>
-[...1 lines deleted...]
-    <t>Cataluña</t>
   </si>
   <si>
     <t>Boletín Nº 2 del sábado 3 de enero de 2015DISPOSICIONES GENERalESCONSEJERÍA DE AGROGANADERÍA Y RECURSOS AUTÓCTONOSDecreto 157/2014, de 29 de diciembre, por el que se declara la Zona Especial de Conservación Cuencas Mineras (ES1200039) y se aprueba el I Instrumento de Gestión Integrado de los espacios protegidos en los concejos de Laviana, Mieres, San Martín del Rey Aurelio y Langreo.Link: https://sede.asturias.es/portal/site/Asturias/menuitem.1003733838db7342ebc4e191100000f7/?vgnextoid=d7d79d16b61ee010VgnVCM1000000100007fRCRD&amp;fecha=03/01/2015&amp;refArticulo=2014-22554&amp;i18n.http.lang=es</t>
   </si>
   <si>
     <t>DISPOSICIONES GENERalESCONSEJERÍA DE AGROGANADERÍA Y RECURSOS AUTÓCTONOSDecreto 131/2014, de 17 de diciembre, por el que se declara la Zona Especial de Conservación Río Porcía (ES1200024) y se aprueba su I Instrumento de Gestión. Boletín Nº 295 del martes 23 de diciembre de 2014.</t>
   </si>
   <si>
     <t>Boletín Nº 297 del viernes 26 de diciembre de 2014DISPOSICIONES GENERalESCONSEJERÍA DE AGROGANADERÍA Y RECURSOS AUTÓCTONOSDecreto 136/2014, de 17 de diciembre, por el que se declara la Zona Especial de Conservación Cuenca del alto Narcea (ES1200050) y se aprueba su I Instrumento de Gestión.Link: https://sede.asturias.es/portal/site/Asturias/menuitem.1003733838db7342ebc4e191100000f7/?vgnextoid=d7d79d16b61ee010VgnVCM1000000100007fRCRD&amp;fecha=26/12/2014&amp;refArticulo=2014-21956&amp;i18n.http.lang=es</t>
   </si>
   <si>
     <t>Boletín Nº 2 del sábado 3 de enero de 2015DISPOSICIONES GENERalESCONSEJERÍA DE AGROGANADERÍA Y RECURSOS AUTÓCTONOSDecreto 156/2014, de 29 de diciembre, por el que se declara la Zona Especial de Conservación Río Cares-Deva (ES1200035) y se aprueba el I Instrumento de Gestión Integrado de diversos espacios protegidos en los Ríos Cares y Deva.Link: https://sede.asturias.es/portal/site/Asturias/menuitem.1003733838db7342ebc4e191100000f7/?vgnextoid=d7d79d16b61ee010VgnVCM1000000100007fRCRD&amp;fecha=03/01/2015&amp;refArticulo=2014-22552&amp;i18n.http.lang=es</t>
   </si>
   <si>
     <t>Boletín Nº 3 del lunes 5 de enero de 2015DISPOSICIONES GENERalESCONSEJERÍA DE AGROGANADERÍA Y RECURSOS AUTÓCTONOSDecreto 170/2014, de 29 de diciembre, por el que se declara la Zona Especial de Conservación Yacimientos de icnitas (ES1200047) y se aprueba el I Instrumento de Gestión Integrado de diversos espacios protegidos en el tramo costero ligado a los Yacimientos de Icnitas.Link: https://sede.asturias.es/portal/site/Asturias/menuitem.1003733838db7342ebc4e191100000f7/?vgnextoid=d7d79d16b61ee010VgnVCM1000000100007fRCRD&amp;fecha=05/01/2015&amp;refArticulo=2014-22546&amp;i18n.http.lang=es</t>
   </si>
   <si>
     <t>Boletín Nº 297 del viernes 26 de diciembre de 2014DISPOSICIONES GENERalESCONSEJERÍA DE AGROGANADERÍA Y RECURSOS AUTÓCTONOSDecreto 140/2014, de 17 de diciembre, por el que se declara la Zona Especial de Conservación Río Purón (ES1200034) y se aprueba su I Instrumento de Gestión.Link: https://sede.asturias.es/portal/site/Asturias/menuitem.1003733838db7342ebc4e191100000f7/?vgnextoid=d7d79d16b61ee010VgnVCM1000000100007fRCRD&amp;fecha=26/12/2014&amp;refArticulo=2014-21964&amp;i18n.http.lang=es</t>
   </si>
   <si>
     <t>Boletín Nº 3 del lunes 5 de enero de 2015DISPOSICIONES GENERalESCONSEJERÍA DE AGROGANADERÍA Y RECURSOS AUTÓCTONOSDecreto 162/2014, de 29 de diciembre, por el que se declara la Zona Especial de Conservación Redes (ES 1200008) y se aprueba el I Instrumento de Gestión Integrado de diversos espacios protegidos en los concejos de Caso y Sobrescobio.Link: https://sede.asturias.es/portal/site/Asturias/menuitem.1003733838db7342ebc4e191100000f7/?vgnextoid=d7d79d16b61ee010VgnVCM1000000100007fRCRD&amp;fecha=05/01/2015&amp;refArticulo=2014-22568&amp;i18n.http.lang=es</t>
   </si>
   <si>
     <t>Boletín Nº 2 del sábado 3 de enero de 2015 DISPOSICIONES GENERalES CONSEJERÍA DE AGROGANADERÍA Y RECURSOS AUTÓCTONOS Decreto 160/2014, de 29 de diciembre, por el que se declara la Zona Especial de Conservación Penarronda-Barayo (ES0000317) y se aprueba el I Instrumento de Gestión Integrado de diversos espacios protegidos en el tramo costero entre Penarronda y Barayo. Link: https://sede.asturias.es/portal/site/Asturias/menuitem.1003733838db7342ebc4e191100000f7/?vgnextoid=d7d79d16b61ee010VgnVCM1000000100007fRCRD&amp;fecha=03/01/2015&amp;refArticulo=2014-22564&amp;i18n.http.lang=es"</t>
   </si>
@@ -2381,51 +2381,51 @@
       <c r="H55" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="56" spans="1:8">
       <c r="A56" t="s">
         <v>100</v>
       </c>
       <c r="B56" t="s">
         <v>101</v>
       </c>
       <c r="C56" t="s">
         <v>102</v>
       </c>
       <c r="D56" t="s">
         <v>103</v>
       </c>
       <c r="E56" t="s">
         <v>104</v>
       </c>
       <c r="F56">
         <v>2014</v>
       </c>
       <c r="G56"/>
       <c r="H56" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
     </row>
     <row r="57" spans="1:8">
       <c r="A57" t="s">
         <v>105</v>
       </c>
       <c r="B57" t="s">
         <v>106</v>
       </c>
       <c r="C57" t="s">
         <v>107</v>
       </c>
       <c r="D57" t="s">
         <v>103</v>
       </c>
       <c r="E57" t="s">
         <v>104</v>
       </c>
       <c r="F57">
         <v>2014</v>
       </c>
       <c r="G57"/>
       <c r="H57" t="s">
         <v>10</v>
       </c>
@@ -2477,51 +2477,51 @@
       <c r="H59" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="60" spans="1:8">
       <c r="A60" t="s">
         <v>113</v>
       </c>
       <c r="B60" t="s">
         <v>114</v>
       </c>
       <c r="C60" t="s">
         <v>115</v>
       </c>
       <c r="D60" t="s">
         <v>103</v>
       </c>
       <c r="E60" t="s">
         <v>104</v>
       </c>
       <c r="F60">
         <v>2014</v>
       </c>
       <c r="G60"/>
       <c r="H60" t="s">
-        <v>25</v>
+        <v>24</v>
       </c>
     </row>
     <row r="61" spans="1:8">
       <c r="A61" t="s">
         <v>116</v>
       </c>
       <c r="B61" t="s">
         <v>117</v>
       </c>
       <c r="C61" t="s">
         <v>102</v>
       </c>
       <c r="D61" t="s">
         <v>103</v>
       </c>
       <c r="E61" t="s">
         <v>104</v>
       </c>
       <c r="F61">
         <v>2014</v>
       </c>
       <c r="G61"/>
       <c r="H61" t="s">
         <v>17</v>
       </c>
@@ -2573,51 +2573,51 @@
       <c r="H63" t="s">
         <v>122</v>
       </c>
     </row>
     <row r="64" spans="1:8">
       <c r="A64" t="s">
         <v>120</v>
       </c>
       <c r="B64" t="s">
         <v>121</v>
       </c>
       <c r="C64" t="s">
         <v>102</v>
       </c>
       <c r="D64" t="s">
         <v>103</v>
       </c>
       <c r="E64" t="s">
         <v>104</v>
       </c>
       <c r="F64">
         <v>2014</v>
       </c>
       <c r="G64"/>
       <c r="H64" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
     </row>
     <row r="65" spans="1:8">
       <c r="A65" t="s">
         <v>123</v>
       </c>
       <c r="B65" t="s">
         <v>124</v>
       </c>
       <c r="C65" t="s">
         <v>102</v>
       </c>
       <c r="D65" t="s">
         <v>103</v>
       </c>
       <c r="E65" t="s">
         <v>104</v>
       </c>
       <c r="F65">
         <v>2014</v>
       </c>
       <c r="G65"/>
       <c r="H65" t="s">
         <v>122</v>
       </c>
@@ -2645,51 +2645,51 @@
       <c r="H66" t="s">
         <v>122</v>
       </c>
     </row>
     <row r="67" spans="1:8">
       <c r="A67" t="s">
         <v>125</v>
       </c>
       <c r="B67" t="s">
         <v>126</v>
       </c>
       <c r="C67" t="s">
         <v>102</v>
       </c>
       <c r="D67" t="s">
         <v>103</v>
       </c>
       <c r="E67" t="s">
         <v>104</v>
       </c>
       <c r="F67">
         <v>2014</v>
       </c>
       <c r="G67"/>
       <c r="H67" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
     </row>
     <row r="68" spans="1:8">
       <c r="A68" t="s">
         <v>127</v>
       </c>
       <c r="B68" t="s">
         <v>128</v>
       </c>
       <c r="C68" t="s">
         <v>102</v>
       </c>
       <c r="D68" t="s">
         <v>103</v>
       </c>
       <c r="E68" t="s">
         <v>104</v>
       </c>
       <c r="F68">
         <v>2014</v>
       </c>
       <c r="G68"/>
       <c r="H68" t="s">
         <v>15</v>
       </c>
@@ -3943,51 +3943,51 @@
       <c r="H120" t="s">
         <v>227</v>
       </c>
     </row>
     <row r="121" spans="1:8">
       <c r="A121" t="s">
         <v>236</v>
       </c>
       <c r="B121" t="s">
         <v>237</v>
       </c>
       <c r="C121" t="s">
         <v>102</v>
       </c>
       <c r="D121" t="s">
         <v>103</v>
       </c>
       <c r="E121" t="s">
         <v>104</v>
       </c>
       <c r="F121">
         <v>2014</v>
       </c>
       <c r="G121"/>
       <c r="H121" t="s">
-        <v>25</v>
+        <v>24</v>
       </c>
     </row>
     <row r="122" spans="1:8">
       <c r="A122" t="s">
         <v>238</v>
       </c>
       <c r="B122" t="s">
         <v>239</v>
       </c>
       <c r="C122" t="s">
         <v>102</v>
       </c>
       <c r="D122" t="s">
         <v>103</v>
       </c>
       <c r="E122" t="s">
         <v>104</v>
       </c>
       <c r="F122">
         <v>2014</v>
       </c>
       <c r="G122"/>
       <c r="H122" t="s">
         <v>110</v>
       </c>
@@ -4727,75 +4727,75 @@
       <c r="H153" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="154" spans="1:8">
       <c r="A154" t="s">
         <v>303</v>
       </c>
       <c r="B154" t="s">
         <v>304</v>
       </c>
       <c r="C154" t="s">
         <v>115</v>
       </c>
       <c r="D154" t="s">
         <v>103</v>
       </c>
       <c r="E154" t="s">
         <v>104</v>
       </c>
       <c r="F154">
         <v>2014</v>
       </c>
       <c r="G154"/>
       <c r="H154" t="s">
-        <v>25</v>
+        <v>24</v>
       </c>
     </row>
     <row r="155" spans="1:8">
       <c r="A155" t="s">
         <v>303</v>
       </c>
       <c r="B155" t="s">
         <v>304</v>
       </c>
       <c r="C155" t="s">
         <v>115</v>
       </c>
       <c r="D155" t="s">
         <v>103</v>
       </c>
       <c r="E155" t="s">
         <v>104</v>
       </c>
       <c r="F155">
         <v>2014</v>
       </c>
       <c r="G155"/>
       <c r="H155" t="s">
-        <v>25</v>
+        <v>24</v>
       </c>
     </row>
     <row r="156" spans="1:8">
       <c r="A156" t="s">
         <v>305</v>
       </c>
       <c r="B156" t="s">
         <v>306</v>
       </c>
       <c r="C156" t="s">
         <v>102</v>
       </c>
       <c r="D156" t="s">
         <v>103</v>
       </c>
       <c r="E156" t="s">
         <v>104</v>
       </c>
       <c r="F156">
         <v>2014</v>
       </c>
       <c r="G156"/>
       <c r="H156" t="s">
         <v>15</v>
       </c>