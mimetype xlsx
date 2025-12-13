--- v0 (2025-10-26)
+++ v1 (2025-12-13)
@@ -107,54 +107,54 @@
   <si>
     <t>Decreto 31/2014, de 14 de febrero, del Consell, por el que se declara zona especial de conservación el lugar de importancia comunitaria algepsars de Finestrat y se aprueba su Norma de gestión. http://www.docv.gva.es/datos/2014/02/18/pdf/2014_1359.pdf</t>
   </si>
   <si>
     <t>Comunidad Valenciana</t>
   </si>
   <si>
     <t>Boletín Nº 295 del martes 23 de diciembre de 2014DISPOSICIONES GENERalESCONSEJERÍA DE AGROGANADERÍA Y RECURSOS AUTÓCTONOSDecreto 127/2014, de 17 de diciembre, por el que se declara la Zona Especial de Conservación Río del Oro (ES1200053) y se aprueba su I Instrumento de Gestión.Link: https://sede.asturias.es/portal/site/Asturias/menuitem.1003733838db7342ebc4e191100000f7/?vgnextoid=d7d79d16b61ee010VgnVCM1000000100007fRCRD&amp;fecha=23/12/2014&amp;refArticulo=2014-21961&amp;i18n.http.lang=es</t>
   </si>
   <si>
     <t>Boletín Nº 295 del martes 23 de diciembre de 2014DISPOSICIONES GENERalESCONSEJERÍA DE AGROGANADERÍA Y RECURSOS AUTÓCTONOSDecreto 130/2014, de 17 de diciembre, por el que se declara la Zona Especial de Conservación Turbera de La Molina (ES1200044) y se aprueba su I Instrumento de Gestión.Link: https://sede.asturias.es/portal/site/Asturias/menuitem.1003733838db7342ebc4e191100000f7/?vgnextoid=d7d79d16b61ee010VgnVCM1000000100007fRCRD&amp;fecha=23/12/2014&amp;refArticulo=2014-21967&amp;i18n.http.lang=es</t>
   </si>
   <si>
     <t>Boletín Nº 2 del sábado 3 de enero de 2015DISPOSICIONES GENERalESCONSEJERÍA DE AGROGANADERÍA Y RECURSOS AUTÓCTONOSDecreto 153/2014, de 29 de diciembre, por el que se declara la Zona Especial de Conservación alcornocales del Navia (ES1200036) y se aprueba el I Instrumento de Gestión Integrado de los espacios protegidos vinculados a alcornocales de los concejos de allande, Illano y Pesoz.Link: https://sede.asturias.es/portal/site/Asturias/menuitem.1003733838db7342ebc4e191100000f7/?vgnextoid=d7d79d16b61ee010VgnVCM1000000100007fRCRD&amp;fecha=03/01/2015&amp;refArticulo=2014-22540&amp;i18n.http.lang=es</t>
   </si>
   <si>
     <t>Boletín Nº 3 del lunes 5 de enero de 2015DISPOSICIONES GENERalESCONSEJERÍA DE AGROGANADERÍA Y RECURSOS AUTÓCTONOSDecreto 165/2014, de 29 de diciembre, por el que se declara la Zona Especial de Conservación Ría de Ribadesella-Ría de Tinamayor (ES0000319) y se aprueba el I Instrumento de Gestión Integrado de diversos espacios protegidos en el tramo costero entre Ribadesella y Tinamayor.Link: https://sede.asturias.es/portal/site/Asturias/menuitem.1003733838db7342ebc4e191100000f7/?vgnextoid=d7d79d16b61ee010VgnVCM1000000100007fRCRD&amp;fecha=05/01/2015&amp;refArticulo=2014-22565&amp;i18n.http.lang=es</t>
   </si>
   <si>
     <t>Boletín Nº 3 del lunes 5 de enero de 2015DISPOSICIONES GENERalESCONSEJERÍA DE AGROGANADERÍA Y RECURSOS AUTÓCTONOSDecreto 164/2014, de 29 de diciembre, por el que se declara la Zona Especial de Conservación Cueva Rosa (ES1200007) y se aprueba el I Instrumento de Gestión Integrado de los espacios protegidos de Cueva Rosa (Ribadesella).Link: https://sede.asturias.es/portal/site/Asturias/menuitem.1003733838db7342ebc4e191100000f7/?vgnextoid=d7d79d16b61ee010VgnVCM1000000100007fRCRD&amp;fecha=05/01/2015&amp;refArticulo=2014-22567&amp;i18n.http.lang=esBoletín Nº 6 del viernes 9 de enero de 2015DISPOSICIONES GENERalESCONSEJERÍA DE AGROGANADERÍA Y RECURSOS AUTÓCTONOSCorrección de error habido en la publicación de “Decreto 164/2014, de 29 de diciembre, por el que se declara la Zona Especial de Conservación Cueva Rosa (ES1200007) y se aprueba el I Instrumento de Gestión Integrado de los espacios protegidos de Cueva Rosa (Ribadesella)” (Boletín Oficial del Principado de Asturias número 3, de 5 de enero de 2015).Link: https://sede.asturias.es/portal/site/Asturias/menuitem.1003733838db7342ebc4e191100000f7/?vgnextoid=d7d79d16b61ee010VgnVCM1000000100007fRCRD&amp;fecha=09/01/2015&amp;refArticulo=2015-00183&amp;i18n.http.lang=es</t>
   </si>
   <si>
     <t>Acuerdo de Gobierno 150/2014, de 4 de noviembre  http://portaldogc.gencat.cat/utilsEADOP/PDF/6744/1379474.pdf</t>
   </si>
   <si>
+    <t>Cataluña</t>
+  </si>
+  <si>
     <t>Canarias</t>
-  </si>
-[...1 lines deleted...]
-    <t>Cataluña</t>
   </si>
   <si>
     <t>Boletín Nº 2 del sábado 3 de enero de 2015DISPOSICIONES GENERalESCONSEJERÍA DE AGROGANADERÍA Y RECURSOS AUTÓCTONOSDecreto 157/2014, de 29 de diciembre, por el que se declara la Zona Especial de Conservación Cuencas Mineras (ES1200039) y se aprueba el I Instrumento de Gestión Integrado de los espacios protegidos en los concejos de Laviana, Mieres, San Martín del Rey Aurelio y Langreo.Link: https://sede.asturias.es/portal/site/Asturias/menuitem.1003733838db7342ebc4e191100000f7/?vgnextoid=d7d79d16b61ee010VgnVCM1000000100007fRCRD&amp;fecha=03/01/2015&amp;refArticulo=2014-22554&amp;i18n.http.lang=es</t>
   </si>
   <si>
     <t>DISPOSICIONES GENERalESCONSEJERÍA DE AGROGANADERÍA Y RECURSOS AUTÓCTONOSDecreto 131/2014, de 17 de diciembre, por el que se declara la Zona Especial de Conservación Río Porcía (ES1200024) y se aprueba su I Instrumento de Gestión. Boletín Nº 295 del martes 23 de diciembre de 2014.</t>
   </si>
   <si>
     <t>Boletín Nº 297 del viernes 26 de diciembre de 2014DISPOSICIONES GENERalESCONSEJERÍA DE AGROGANADERÍA Y RECURSOS AUTÓCTONOSDecreto 136/2014, de 17 de diciembre, por el que se declara la Zona Especial de Conservación Cuenca del alto Narcea (ES1200050) y se aprueba su I Instrumento de Gestión.Link: https://sede.asturias.es/portal/site/Asturias/menuitem.1003733838db7342ebc4e191100000f7/?vgnextoid=d7d79d16b61ee010VgnVCM1000000100007fRCRD&amp;fecha=26/12/2014&amp;refArticulo=2014-21956&amp;i18n.http.lang=es</t>
   </si>
   <si>
     <t>Boletín Nº 2 del sábado 3 de enero de 2015DISPOSICIONES GENERalESCONSEJERÍA DE AGROGANADERÍA Y RECURSOS AUTÓCTONOSDecreto 156/2014, de 29 de diciembre, por el que se declara la Zona Especial de Conservación Río Cares-Deva (ES1200035) y se aprueba el I Instrumento de Gestión Integrado de diversos espacios protegidos en los Ríos Cares y Deva.Link: https://sede.asturias.es/portal/site/Asturias/menuitem.1003733838db7342ebc4e191100000f7/?vgnextoid=d7d79d16b61ee010VgnVCM1000000100007fRCRD&amp;fecha=03/01/2015&amp;refArticulo=2014-22552&amp;i18n.http.lang=es</t>
   </si>
   <si>
     <t>Boletín Nº 3 del lunes 5 de enero de 2015DISPOSICIONES GENERalESCONSEJERÍA DE AGROGANADERÍA Y RECURSOS AUTÓCTONOSDecreto 170/2014, de 29 de diciembre, por el que se declara la Zona Especial de Conservación Yacimientos de icnitas (ES1200047) y se aprueba el I Instrumento de Gestión Integrado de diversos espacios protegidos en el tramo costero ligado a los Yacimientos de Icnitas.Link: https://sede.asturias.es/portal/site/Asturias/menuitem.1003733838db7342ebc4e191100000f7/?vgnextoid=d7d79d16b61ee010VgnVCM1000000100007fRCRD&amp;fecha=05/01/2015&amp;refArticulo=2014-22546&amp;i18n.http.lang=es</t>
   </si>
   <si>
     <t>Boletín Nº 297 del viernes 26 de diciembre de 2014DISPOSICIONES GENERalESCONSEJERÍA DE AGROGANADERÍA Y RECURSOS AUTÓCTONOSDecreto 140/2014, de 17 de diciembre, por el que se declara la Zona Especial de Conservación Río Purón (ES1200034) y se aprueba su I Instrumento de Gestión.Link: https://sede.asturias.es/portal/site/Asturias/menuitem.1003733838db7342ebc4e191100000f7/?vgnextoid=d7d79d16b61ee010VgnVCM1000000100007fRCRD&amp;fecha=26/12/2014&amp;refArticulo=2014-21964&amp;i18n.http.lang=es</t>
   </si>
   <si>
     <t>Boletín Nº 3 del lunes 5 de enero de 2015DISPOSICIONES GENERalESCONSEJERÍA DE AGROGANADERÍA Y RECURSOS AUTÓCTONOSDecreto 162/2014, de 29 de diciembre, por el que se declara la Zona Especial de Conservación Redes (ES 1200008) y se aprueba el I Instrumento de Gestión Integrado de diversos espacios protegidos en los concejos de Caso y Sobrescobio.Link: https://sede.asturias.es/portal/site/Asturias/menuitem.1003733838db7342ebc4e191100000f7/?vgnextoid=d7d79d16b61ee010VgnVCM1000000100007fRCRD&amp;fecha=05/01/2015&amp;refArticulo=2014-22568&amp;i18n.http.lang=es</t>
   </si>
   <si>
     <t>Boletín Nº 2 del sábado 3 de enero de 2015 DISPOSICIONES GENERalES CONSEJERÍA DE AGROGANADERÍA Y RECURSOS AUTÓCTONOS Decreto 160/2014, de 29 de diciembre, por el que se declara la Zona Especial de Conservación Penarronda-Barayo (ES0000317) y se aprueba el I Instrumento de Gestión Integrado de diversos espacios protegidos en el tramo costero entre Penarronda y Barayo. Link: https://sede.asturias.es/portal/site/Asturias/menuitem.1003733838db7342ebc4e191100000f7/?vgnextoid=d7d79d16b61ee010VgnVCM1000000100007fRCRD&amp;fecha=03/01/2015&amp;refArticulo=2014-22564&amp;i18n.http.lang=es"</t>
   </si>
@@ -2494,51 +2494,51 @@
       <c r="H60" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="61" spans="1:8">
       <c r="A61" t="s">
         <v>107</v>
       </c>
       <c r="B61" t="s">
         <v>108</v>
       </c>
       <c r="C61" t="s">
         <v>109</v>
       </c>
       <c r="D61" t="s">
         <v>110</v>
       </c>
       <c r="E61" t="s">
         <v>111</v>
       </c>
       <c r="F61">
         <v>2014</v>
       </c>
       <c r="G61"/>
       <c r="H61" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
     </row>
     <row r="62" spans="1:8">
       <c r="A62" t="s">
         <v>112</v>
       </c>
       <c r="B62" t="s">
         <v>113</v>
       </c>
       <c r="C62" t="s">
         <v>114</v>
       </c>
       <c r="D62" t="s">
         <v>110</v>
       </c>
       <c r="E62" t="s">
         <v>111</v>
       </c>
       <c r="F62">
         <v>2014</v>
       </c>
       <c r="G62"/>
       <c r="H62" t="s">
         <v>10</v>
       </c>
@@ -2590,51 +2590,51 @@
       <c r="H64" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="65" spans="1:8">
       <c r="A65" t="s">
         <v>120</v>
       </c>
       <c r="B65" t="s">
         <v>121</v>
       </c>
       <c r="C65" t="s">
         <v>122</v>
       </c>
       <c r="D65" t="s">
         <v>110</v>
       </c>
       <c r="E65" t="s">
         <v>111</v>
       </c>
       <c r="F65">
         <v>2014</v>
       </c>
       <c r="G65"/>
       <c r="H65" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
     </row>
     <row r="66" spans="1:8">
       <c r="A66" t="s">
         <v>123</v>
       </c>
       <c r="B66" t="s">
         <v>124</v>
       </c>
       <c r="C66" t="s">
         <v>109</v>
       </c>
       <c r="D66" t="s">
         <v>110</v>
       </c>
       <c r="E66" t="s">
         <v>111</v>
       </c>
       <c r="F66">
         <v>2014</v>
       </c>
       <c r="G66"/>
       <c r="H66" t="s">
         <v>24</v>
       </c>
@@ -2686,51 +2686,51 @@
       <c r="H68" t="s">
         <v>129</v>
       </c>
     </row>
     <row r="69" spans="1:8">
       <c r="A69" t="s">
         <v>127</v>
       </c>
       <c r="B69" t="s">
         <v>128</v>
       </c>
       <c r="C69" t="s">
         <v>109</v>
       </c>
       <c r="D69" t="s">
         <v>110</v>
       </c>
       <c r="E69" t="s">
         <v>111</v>
       </c>
       <c r="F69">
         <v>2014</v>
       </c>
       <c r="G69"/>
       <c r="H69" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
     </row>
     <row r="70" spans="1:8">
       <c r="A70" t="s">
         <v>130</v>
       </c>
       <c r="B70" t="s">
         <v>131</v>
       </c>
       <c r="C70" t="s">
         <v>109</v>
       </c>
       <c r="D70" t="s">
         <v>110</v>
       </c>
       <c r="E70" t="s">
         <v>111</v>
       </c>
       <c r="F70">
         <v>2014</v>
       </c>
       <c r="G70"/>
       <c r="H70" t="s">
         <v>129</v>
       </c>
@@ -2758,51 +2758,51 @@
       <c r="H71" t="s">
         <v>129</v>
       </c>
     </row>
     <row r="72" spans="1:8">
       <c r="A72" t="s">
         <v>132</v>
       </c>
       <c r="B72" t="s">
         <v>133</v>
       </c>
       <c r="C72" t="s">
         <v>109</v>
       </c>
       <c r="D72" t="s">
         <v>110</v>
       </c>
       <c r="E72" t="s">
         <v>111</v>
       </c>
       <c r="F72">
         <v>2014</v>
       </c>
       <c r="G72"/>
       <c r="H72" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
     </row>
     <row r="73" spans="1:8">
       <c r="A73" t="s">
         <v>134</v>
       </c>
       <c r="B73" t="s">
         <v>135</v>
       </c>
       <c r="C73" t="s">
         <v>109</v>
       </c>
       <c r="D73" t="s">
         <v>110</v>
       </c>
       <c r="E73" t="s">
         <v>111</v>
       </c>
       <c r="F73">
         <v>2014</v>
       </c>
       <c r="G73"/>
       <c r="H73" t="s">
         <v>22</v>
       </c>
@@ -4056,51 +4056,51 @@
       <c r="H125" t="s">
         <v>234</v>
       </c>
     </row>
     <row r="126" spans="1:8">
       <c r="A126" t="s">
         <v>243</v>
       </c>
       <c r="B126" t="s">
         <v>244</v>
       </c>
       <c r="C126" t="s">
         <v>109</v>
       </c>
       <c r="D126" t="s">
         <v>110</v>
       </c>
       <c r="E126" t="s">
         <v>111</v>
       </c>
       <c r="F126">
         <v>2014</v>
       </c>
       <c r="G126"/>
       <c r="H126" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
     </row>
     <row r="127" spans="1:8">
       <c r="A127" t="s">
         <v>245</v>
       </c>
       <c r="B127" t="s">
         <v>246</v>
       </c>
       <c r="C127" t="s">
         <v>109</v>
       </c>
       <c r="D127" t="s">
         <v>110</v>
       </c>
       <c r="E127" t="s">
         <v>111</v>
       </c>
       <c r="F127">
         <v>2014</v>
       </c>
       <c r="G127"/>
       <c r="H127" t="s">
         <v>117</v>
       </c>
@@ -4840,75 +4840,75 @@
       <c r="H158" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="159" spans="1:8">
       <c r="A159" t="s">
         <v>310</v>
       </c>
       <c r="B159" t="s">
         <v>311</v>
       </c>
       <c r="C159" t="s">
         <v>122</v>
       </c>
       <c r="D159" t="s">
         <v>110</v>
       </c>
       <c r="E159" t="s">
         <v>111</v>
       </c>
       <c r="F159">
         <v>2014</v>
       </c>
       <c r="G159"/>
       <c r="H159" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
     </row>
     <row r="160" spans="1:8">
       <c r="A160" t="s">
         <v>310</v>
       </c>
       <c r="B160" t="s">
         <v>311</v>
       </c>
       <c r="C160" t="s">
         <v>122</v>
       </c>
       <c r="D160" t="s">
         <v>110</v>
       </c>
       <c r="E160" t="s">
         <v>111</v>
       </c>
       <c r="F160">
         <v>2014</v>
       </c>
       <c r="G160"/>
       <c r="H160" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
     </row>
     <row r="161" spans="1:8">
       <c r="A161" t="s">
         <v>312</v>
       </c>
       <c r="B161" t="s">
         <v>313</v>
       </c>
       <c r="C161" t="s">
         <v>109</v>
       </c>
       <c r="D161" t="s">
         <v>110</v>
       </c>
       <c r="E161" t="s">
         <v>111</v>
       </c>
       <c r="F161">
         <v>2014</v>
       </c>
       <c r="G161"/>
       <c r="H161" t="s">
         <v>22</v>
       </c>