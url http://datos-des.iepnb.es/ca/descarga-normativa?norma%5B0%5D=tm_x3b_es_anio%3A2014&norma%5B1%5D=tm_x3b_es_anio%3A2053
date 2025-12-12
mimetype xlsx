--- v0 (2025-10-26)
+++ v1 (2025-12-12)
@@ -1623,67 +1623,67 @@
       <c r="B11"/>
       <c r="C11"/>
       <c r="D11"/>
       <c r="E11"/>
       <c r="F11">
         <v>2014</v>
       </c>
       <c r="G11"/>
       <c r="H11" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="12" spans="1:8">
       <c r="A12" t="s">
         <v>25</v>
       </c>
       <c r="B12"/>
       <c r="C12"/>
       <c r="D12"/>
       <c r="E12"/>
       <c r="F12">
         <v>2014</v>
       </c>
       <c r="G12"/>
       <c r="H12" t="s">
-        <v>13</v>
+        <v>26</v>
       </c>
     </row>
     <row r="13" spans="1:8">
       <c r="A13" t="s">
         <v>25</v>
       </c>
       <c r="B13"/>
       <c r="C13"/>
       <c r="D13"/>
       <c r="E13"/>
       <c r="F13">
         <v>2014</v>
       </c>
       <c r="G13"/>
       <c r="H13" t="s">
-        <v>26</v>
+        <v>13</v>
       </c>
     </row>
     <row r="14" spans="1:8">
       <c r="A14" t="s">
         <v>27</v>
       </c>
       <c r="B14"/>
       <c r="C14"/>
       <c r="D14"/>
       <c r="E14"/>
       <c r="F14">
         <v>2014</v>
       </c>
       <c r="G14"/>
       <c r="H14" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="15" spans="1:8">
       <c r="A15" t="s">
         <v>28</v>
       </c>
       <c r="B15"/>
       <c r="C15"/>
       <c r="D15"/>