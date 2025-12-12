--- v0 (2025-10-25)
+++ v1 (2025-12-12)
@@ -1700,67 +1700,67 @@
       <c r="B14"/>
       <c r="C14"/>
       <c r="D14"/>
       <c r="E14"/>
       <c r="F14">
         <v>2014</v>
       </c>
       <c r="G14"/>
       <c r="H14" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="15" spans="1:8">
       <c r="A15" t="s">
         <v>29</v>
       </c>
       <c r="B15"/>
       <c r="C15"/>
       <c r="D15"/>
       <c r="E15"/>
       <c r="F15">
         <v>2014</v>
       </c>
       <c r="G15"/>
       <c r="H15" t="s">
-        <v>13</v>
+        <v>30</v>
       </c>
     </row>
     <row r="16" spans="1:8">
       <c r="A16" t="s">
         <v>29</v>
       </c>
       <c r="B16"/>
       <c r="C16"/>
       <c r="D16"/>
       <c r="E16"/>
       <c r="F16">
         <v>2014</v>
       </c>
       <c r="G16"/>
       <c r="H16" t="s">
-        <v>30</v>
+        <v>13</v>
       </c>
     </row>
     <row r="17" spans="1:8">
       <c r="A17" t="s">
         <v>31</v>
       </c>
       <c r="B17"/>
       <c r="C17"/>
       <c r="D17"/>
       <c r="E17"/>
       <c r="F17">
         <v>2014</v>
       </c>
       <c r="G17"/>
       <c r="H17" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="18" spans="1:8">
       <c r="A18" t="s">
         <v>32</v>
       </c>
       <c r="B18"/>
       <c r="C18"/>
       <c r="D18"/>