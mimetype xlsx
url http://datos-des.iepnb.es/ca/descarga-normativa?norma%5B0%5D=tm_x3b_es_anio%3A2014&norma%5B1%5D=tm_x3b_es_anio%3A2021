--- v0 (2025-10-26)
+++ v1 (2025-12-12)
@@ -2571,67 +2571,67 @@
       <c r="B43"/>
       <c r="C43"/>
       <c r="D43"/>
       <c r="E43"/>
       <c r="F43">
         <v>2014</v>
       </c>
       <c r="G43"/>
       <c r="H43" t="s">
         <v>100</v>
       </c>
     </row>
     <row r="44" spans="1:8">
       <c r="A44" t="s">
         <v>107</v>
       </c>
       <c r="B44"/>
       <c r="C44"/>
       <c r="D44"/>
       <c r="E44"/>
       <c r="F44">
         <v>2014</v>
       </c>
       <c r="G44"/>
       <c r="H44" t="s">
-        <v>81</v>
+        <v>68</v>
       </c>
     </row>
     <row r="45" spans="1:8">
       <c r="A45" t="s">
         <v>107</v>
       </c>
       <c r="B45"/>
       <c r="C45"/>
       <c r="D45"/>
       <c r="E45"/>
       <c r="F45">
         <v>2014</v>
       </c>
       <c r="G45"/>
       <c r="H45" t="s">
-        <v>68</v>
+        <v>81</v>
       </c>
     </row>
     <row r="46" spans="1:8">
       <c r="A46" t="s">
         <v>108</v>
       </c>
       <c r="B46"/>
       <c r="C46"/>
       <c r="D46"/>
       <c r="E46"/>
       <c r="F46">
         <v>2014</v>
       </c>
       <c r="G46"/>
       <c r="H46" t="s">
         <v>100</v>
       </c>
     </row>
     <row r="47" spans="1:8">
       <c r="A47" t="s">
         <v>109</v>
       </c>
       <c r="B47"/>
       <c r="C47"/>
       <c r="D47"/>