--- v0 (2025-10-25)
+++ v1 (2025-12-12)
@@ -2312,67 +2312,67 @@
       <c r="B34"/>
       <c r="C34"/>
       <c r="D34"/>
       <c r="E34"/>
       <c r="F34">
         <v>2014</v>
       </c>
       <c r="G34"/>
       <c r="H34" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="35" spans="1:8">
       <c r="A35" t="s">
         <v>86</v>
       </c>
       <c r="B35"/>
       <c r="C35"/>
       <c r="D35"/>
       <c r="E35"/>
       <c r="F35">
         <v>2014</v>
       </c>
       <c r="G35"/>
       <c r="H35" t="s">
-        <v>67</v>
+        <v>46</v>
       </c>
     </row>
     <row r="36" spans="1:8">
       <c r="A36" t="s">
         <v>86</v>
       </c>
       <c r="B36"/>
       <c r="C36"/>
       <c r="D36"/>
       <c r="E36"/>
       <c r="F36">
         <v>2014</v>
       </c>
       <c r="G36"/>
       <c r="H36" t="s">
-        <v>46</v>
+        <v>67</v>
       </c>
     </row>
     <row r="37" spans="1:8">
       <c r="A37" t="s">
         <v>87</v>
       </c>
       <c r="B37"/>
       <c r="C37"/>
       <c r="D37"/>
       <c r="E37"/>
       <c r="F37">
         <v>2014</v>
       </c>
       <c r="G37"/>
       <c r="H37" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="38" spans="1:8">
       <c r="A38" t="s">
         <v>88</v>
       </c>
       <c r="B38"/>
       <c r="C38"/>
       <c r="D38"/>