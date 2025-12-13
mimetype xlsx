--- v0 (2025-10-28)
+++ v1 (2025-12-13)
@@ -11826,67 +11826,67 @@
       <c r="B375"/>
       <c r="C375"/>
       <c r="D375"/>
       <c r="E375"/>
       <c r="F375">
         <v>2014</v>
       </c>
       <c r="G375"/>
       <c r="H375" t="s">
         <v>88</v>
       </c>
     </row>
     <row r="376" spans="1:8">
       <c r="A376" t="s">
         <v>574</v>
       </c>
       <c r="B376"/>
       <c r="C376"/>
       <c r="D376"/>
       <c r="E376"/>
       <c r="F376">
         <v>2014</v>
       </c>
       <c r="G376"/>
       <c r="H376" t="s">
-        <v>17</v>
+        <v>54</v>
       </c>
     </row>
     <row r="377" spans="1:8">
       <c r="A377" t="s">
         <v>574</v>
       </c>
       <c r="B377"/>
       <c r="C377"/>
       <c r="D377"/>
       <c r="E377"/>
       <c r="F377">
         <v>2014</v>
       </c>
       <c r="G377"/>
       <c r="H377" t="s">
-        <v>54</v>
+        <v>17</v>
       </c>
     </row>
     <row r="378" spans="1:8">
       <c r="A378" t="s">
         <v>575</v>
       </c>
       <c r="B378"/>
       <c r="C378"/>
       <c r="D378"/>
       <c r="E378"/>
       <c r="F378">
         <v>2014</v>
       </c>
       <c r="G378"/>
       <c r="H378" t="s">
         <v>88</v>
       </c>
     </row>
     <row r="379" spans="1:8">
       <c r="A379" t="s">
         <v>576</v>
       </c>
       <c r="B379"/>
       <c r="C379"/>
       <c r="D379"/>