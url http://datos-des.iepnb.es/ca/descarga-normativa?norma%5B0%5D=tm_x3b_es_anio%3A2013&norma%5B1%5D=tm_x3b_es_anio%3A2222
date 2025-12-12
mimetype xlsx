--- v0 (2025-10-26)
+++ v1 (2025-12-12)
@@ -1185,67 +1185,67 @@
       <c r="B15"/>
       <c r="C15"/>
       <c r="D15"/>
       <c r="E15"/>
       <c r="F15">
         <v>2013</v>
       </c>
       <c r="G15"/>
       <c r="H15" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="16" spans="1:8">
       <c r="A16" t="s">
         <v>31</v>
       </c>
       <c r="B16"/>
       <c r="C16"/>
       <c r="D16"/>
       <c r="E16"/>
       <c r="F16">
         <v>2013</v>
       </c>
       <c r="G16"/>
       <c r="H16" t="s">
-        <v>32</v>
+        <v>22</v>
       </c>
     </row>
     <row r="17" spans="1:8">
       <c r="A17" t="s">
         <v>31</v>
       </c>
       <c r="B17"/>
       <c r="C17"/>
       <c r="D17"/>
       <c r="E17"/>
       <c r="F17">
         <v>2013</v>
       </c>
       <c r="G17"/>
       <c r="H17" t="s">
-        <v>22</v>
+        <v>32</v>
       </c>
     </row>
     <row r="18" spans="1:8">
       <c r="A18" t="s">
         <v>33</v>
       </c>
       <c r="B18" t="s">
         <v>34</v>
       </c>
       <c r="C18"/>
       <c r="D18"/>
       <c r="E18"/>
       <c r="F18">
         <v>2013</v>
       </c>
       <c r="G18"/>
       <c r="H18" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="19" spans="1:8">
       <c r="A19" t="s">
         <v>35</v>
       </c>
       <c r="B19" t="s">