--- v0 (2025-10-25)
+++ v1 (2025-12-13)
@@ -1278,77 +1278,77 @@
       <c r="H13"/>
     </row>
     <row r="14" spans="1:8">
       <c r="A14" t="s">
         <v>47</v>
       </c>
       <c r="B14" t="s">
         <v>48</v>
       </c>
       <c r="C14" t="s">
         <v>24</v>
       </c>
       <c r="D14" t="s">
         <v>25</v>
       </c>
       <c r="E14" t="s">
         <v>39</v>
       </c>
       <c r="F14">
         <v>2023</v>
       </c>
       <c r="G14" t="s">
         <v>40</v>
       </c>
       <c r="H14" t="s">
-        <v>29</v>
+        <v>49</v>
       </c>
     </row>
     <row r="15" spans="1:8">
       <c r="A15" t="s">
         <v>47</v>
       </c>
       <c r="B15" t="s">
         <v>48</v>
       </c>
       <c r="C15" t="s">
         <v>24</v>
       </c>
       <c r="D15" t="s">
         <v>25</v>
       </c>
       <c r="E15" t="s">
         <v>39</v>
       </c>
       <c r="F15">
         <v>2023</v>
       </c>
       <c r="G15" t="s">
         <v>40</v>
       </c>
       <c r="H15" t="s">
-        <v>49</v>
+        <v>29</v>
       </c>
     </row>
     <row r="16" spans="1:8">
       <c r="A16" t="s">
         <v>50</v>
       </c>
       <c r="B16" t="s">
         <v>51</v>
       </c>
       <c r="C16" t="s">
         <v>24</v>
       </c>
       <c r="D16" t="s">
         <v>25</v>
       </c>
       <c r="E16" t="s">
         <v>39</v>
       </c>
       <c r="F16">
         <v>2023</v>
       </c>
       <c r="G16"/>
       <c r="H16"/>
     </row>
     <row r="17" spans="1:8">
@@ -1506,67 +1506,67 @@
       <c r="B25"/>
       <c r="C25"/>
       <c r="D25"/>
       <c r="E25"/>
       <c r="F25">
         <v>2013</v>
       </c>
       <c r="G25"/>
       <c r="H25" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="26" spans="1:8">
       <c r="A26" t="s">
         <v>65</v>
       </c>
       <c r="B26"/>
       <c r="C26"/>
       <c r="D26"/>
       <c r="E26"/>
       <c r="F26">
         <v>2013</v>
       </c>
       <c r="G26"/>
       <c r="H26" t="s">
-        <v>66</v>
+        <v>57</v>
       </c>
     </row>
     <row r="27" spans="1:8">
       <c r="A27" t="s">
         <v>65</v>
       </c>
       <c r="B27"/>
       <c r="C27"/>
       <c r="D27"/>
       <c r="E27"/>
       <c r="F27">
         <v>2013</v>
       </c>
       <c r="G27"/>
       <c r="H27" t="s">
-        <v>57</v>
+        <v>66</v>
       </c>
     </row>
     <row r="28" spans="1:8">
       <c r="A28" t="s">
         <v>67</v>
       </c>
       <c r="B28" t="s">
         <v>68</v>
       </c>
       <c r="C28"/>
       <c r="D28"/>
       <c r="E28"/>
       <c r="F28">
         <v>2013</v>
       </c>
       <c r="G28"/>
       <c r="H28" t="s">
         <v>57</v>
       </c>
     </row>
     <row r="29" spans="1:8">
       <c r="A29" t="s">
         <v>69</v>
       </c>
       <c r="B29" t="s">