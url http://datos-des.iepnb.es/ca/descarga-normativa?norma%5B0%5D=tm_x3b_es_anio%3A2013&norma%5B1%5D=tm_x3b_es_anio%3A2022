--- v0 (2025-10-27)
+++ v1 (2025-12-12)
@@ -110,54 +110,54 @@
   <si>
     <t>DECRETO 172/2022, de 20 de septiembre, del Catálogo de fauna salvaje autóctona amenazada y de medidas de protección y conservación de la fauna salvaje autóctona protegida.</t>
   </si>
   <si>
     <t>https://dogc.gencat.cat/ca/document-del-dogc/?documentId=937992&amp;validity=1927723&amp;language=ca&amp;traceability=01</t>
   </si>
   <si>
     <t>Decreto</t>
   </si>
   <si>
     <t>sg6</t>
   </si>
   <si>
     <t>https://www.google.com/testsg6</t>
   </si>
   <si>
     <t>Resolución</t>
   </si>
   <si>
     <t>Entidades locales</t>
   </si>
   <si>
     <t>Nacional</t>
   </si>
   <si>
+    <t>Cantabria</t>
+  </si>
+  <si>
     <t>Cataluña</t>
-  </si>
-[...1 lines deleted...]
-    <t>Cantabria</t>
   </si>
   <si>
     <t>Andalucía</t>
   </si>
   <si>
     <t>Orden MAM/2734/2002, de 21 de octubre, por la que se incluyen determinadas especies, subespecies y poblaciones en el Catálogo Nacional de Especies Amenazadas y cambian de categoría y se excluyen otras incluidas en el mismo. BOE 265, de 5 de noviembre de 2005.</t>
   </si>
   <si>
     <t>https://www.boe.es/eli/es/o/2002/10/21/mam2734</t>
   </si>
   <si>
     <t>Orden (orden Ministerial, Ordenes de las Comisiones delegadas del Gobierno)</t>
   </si>
   <si>
     <t>Gobierno</t>
   </si>
   <si>
     <t>Reglamentos (Gobierno, Autonómico, Entidades locales)</t>
   </si>
   <si>
     <t>Orden 2/2022, de 16 de febrero, de la Conselleria de Agricultura, Desarrollo Rural, Emergencia Climática y Transición Ecológica, por la que se actualizan los listados valencianos de especies protegidas de flora y fauna. DOGV 9285 de 24 de febrero de 2022</t>
   </si>
   <si>
     <t>https://dogv.gva.es/es/eli/es-vc/o/2022/02/16/2/</t>
   </si>
@@ -1856,51 +1856,51 @@
       </c>
     </row>
     <row r="33" spans="1:8">
       <c r="A33" t="s">
         <v>92</v>
       </c>
       <c r="B33" t="s">
         <v>93</v>
       </c>
       <c r="C33" t="s">
         <v>94</v>
       </c>
       <c r="D33" t="s">
         <v>30</v>
       </c>
       <c r="E33" t="s">
         <v>39</v>
       </c>
       <c r="F33">
         <v>2022</v>
       </c>
       <c r="G33" t="s">
         <v>31</v>
       </c>
       <c r="H33" t="s">
-        <v>95</v>
+        <v>33</v>
       </c>
     </row>
     <row r="34" spans="1:8">
       <c r="A34" t="s">
         <v>92</v>
       </c>
       <c r="B34" t="s">
         <v>93</v>
       </c>
       <c r="C34" t="s">
         <v>94</v>
       </c>
       <c r="D34" t="s">
         <v>30</v>
       </c>
       <c r="E34" t="s">
         <v>39</v>
       </c>
       <c r="F34">
         <v>2022</v>
       </c>
       <c r="G34" t="s">
         <v>31</v>
       </c>
       <c r="H34" t="s">
@@ -1908,117 +1908,117 @@
       </c>
     </row>
     <row r="35" spans="1:8">
       <c r="A35" t="s">
         <v>92</v>
       </c>
       <c r="B35" t="s">
         <v>93</v>
       </c>
       <c r="C35" t="s">
         <v>94</v>
       </c>
       <c r="D35" t="s">
         <v>30</v>
       </c>
       <c r="E35" t="s">
         <v>39</v>
       </c>
       <c r="F35">
         <v>2022</v>
       </c>
       <c r="G35" t="s">
         <v>31</v>
       </c>
       <c r="H35" t="s">
-        <v>33</v>
+        <v>32</v>
       </c>
     </row>
     <row r="36" spans="1:8">
       <c r="A36" t="s">
         <v>92</v>
       </c>
       <c r="B36" t="s">
         <v>93</v>
       </c>
       <c r="C36" t="s">
         <v>94</v>
       </c>
       <c r="D36" t="s">
         <v>30</v>
       </c>
       <c r="E36" t="s">
         <v>39</v>
       </c>
       <c r="F36">
         <v>2022</v>
       </c>
       <c r="G36" t="s">
         <v>31</v>
       </c>
       <c r="H36" t="s">
-        <v>32</v>
+        <v>95</v>
       </c>
     </row>
     <row r="37" spans="1:8">
       <c r="A37" t="s">
         <v>96</v>
       </c>
       <c r="B37" t="s">
         <v>97</v>
       </c>
       <c r="C37" t="s">
         <v>29</v>
       </c>
       <c r="D37" t="s">
         <v>43</v>
       </c>
       <c r="E37" t="s">
         <v>39</v>
       </c>
       <c r="F37">
         <v>2022</v>
       </c>
       <c r="G37" t="s">
         <v>31</v>
       </c>
       <c r="H37"/>
     </row>
     <row r="38" spans="1:8">
       <c r="A38" t="s">
         <v>98</v>
       </c>
       <c r="B38"/>
       <c r="C38"/>
       <c r="D38"/>
       <c r="E38"/>
       <c r="F38">
         <v>2013</v>
       </c>
       <c r="G38"/>
       <c r="H38" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
     </row>
     <row r="39" spans="1:8">
       <c r="A39" t="s">
         <v>99</v>
       </c>
       <c r="B39" t="s">
         <v>100</v>
       </c>
       <c r="C39"/>
       <c r="D39"/>
       <c r="E39"/>
       <c r="F39">
         <v>2013</v>
       </c>
       <c r="G39"/>
       <c r="H39" t="s">
         <v>47</v>
       </c>
     </row>
     <row r="40" spans="1:8">
       <c r="A40" t="s">
         <v>101</v>
       </c>
       <c r="B40"/>
@@ -2040,117 +2040,117 @@
       <c r="B41"/>
       <c r="C41"/>
       <c r="D41"/>
       <c r="E41"/>
       <c r="F41">
         <v>2013</v>
       </c>
       <c r="G41"/>
       <c r="H41" t="s">
         <v>47</v>
       </c>
     </row>
     <row r="42" spans="1:8">
       <c r="A42" t="s">
         <v>103</v>
       </c>
       <c r="B42"/>
       <c r="C42"/>
       <c r="D42"/>
       <c r="E42"/>
       <c r="F42">
         <v>2013</v>
       </c>
       <c r="G42"/>
       <c r="H42" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
     </row>
     <row r="43" spans="1:8">
       <c r="A43" t="s">
         <v>104</v>
       </c>
       <c r="B43"/>
       <c r="C43"/>
       <c r="D43"/>
       <c r="E43"/>
       <c r="F43">
         <v>2013</v>
       </c>
       <c r="G43"/>
       <c r="H43" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="44" spans="1:8">
       <c r="A44" t="s">
         <v>105</v>
       </c>
       <c r="B44"/>
       <c r="C44"/>
       <c r="D44"/>
       <c r="E44"/>
       <c r="F44">
         <v>2013</v>
       </c>
       <c r="G44"/>
       <c r="H44" t="s">
-        <v>73</v>
+        <v>33</v>
       </c>
     </row>
     <row r="45" spans="1:8">
       <c r="A45" t="s">
         <v>105</v>
       </c>
       <c r="B45"/>
       <c r="C45"/>
       <c r="D45"/>
       <c r="E45"/>
       <c r="F45">
         <v>2013</v>
       </c>
       <c r="G45"/>
       <c r="H45" t="s">
-        <v>32</v>
+        <v>73</v>
       </c>
     </row>
     <row r="46" spans="1:8">
       <c r="A46" t="s">
         <v>106</v>
       </c>
       <c r="B46" t="s">
         <v>107</v>
       </c>
       <c r="C46"/>
       <c r="D46"/>
       <c r="E46"/>
       <c r="F46">
         <v>2013</v>
       </c>
       <c r="G46"/>
       <c r="H46" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
     </row>
     <row r="47" spans="1:8">
       <c r="A47" t="s">
         <v>108</v>
       </c>
       <c r="B47" t="s">
         <v>109</v>
       </c>
       <c r="C47"/>
       <c r="D47" t="s">
         <v>21</v>
       </c>
       <c r="E47" t="s">
         <v>22</v>
       </c>
       <c r="F47">
         <v>2013</v>
       </c>
       <c r="G47"/>
       <c r="H47"/>
     </row>
     <row r="48" spans="1:8">
       <c r="A48" t="s">
         <v>110</v>
@@ -2786,51 +2786,51 @@
       <c r="H74" t="s">
         <v>76</v>
       </c>
     </row>
     <row r="75" spans="1:8">
       <c r="A75" t="s">
         <v>166</v>
       </c>
       <c r="B75" t="s">
         <v>167</v>
       </c>
       <c r="C75" t="s">
         <v>29</v>
       </c>
       <c r="D75" t="s">
         <v>43</v>
       </c>
       <c r="E75" t="s">
         <v>39</v>
       </c>
       <c r="F75">
         <v>2013</v>
       </c>
       <c r="G75"/>
       <c r="H75" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
     </row>
     <row r="76" spans="1:8">
       <c r="A76" t="s">
         <v>168</v>
       </c>
       <c r="B76" t="s">
         <v>169</v>
       </c>
       <c r="C76" t="s">
         <v>29</v>
       </c>
       <c r="D76" t="s">
         <v>43</v>
       </c>
       <c r="E76" t="s">
         <v>39</v>
       </c>
       <c r="F76">
         <v>2013</v>
       </c>
       <c r="G76" t="s">
         <v>31</v>
       </c>
       <c r="H76"/>
@@ -3046,51 +3046,51 @@
       <c r="F85">
         <v>2013</v>
       </c>
       <c r="G85"/>
       <c r="H85" t="s">
         <v>47</v>
       </c>
     </row>
     <row r="86" spans="1:8">
       <c r="A86" t="s">
         <v>188</v>
       </c>
       <c r="B86" t="s">
         <v>189</v>
       </c>
       <c r="C86"/>
       <c r="D86"/>
       <c r="E86" t="s">
         <v>39</v>
       </c>
       <c r="F86">
         <v>2013</v>
       </c>
       <c r="G86"/>
       <c r="H86" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
     </row>
     <row r="87" spans="1:8">
       <c r="A87" t="s">
         <v>190</v>
       </c>
       <c r="B87" t="s">
         <v>191</v>
       </c>
       <c r="C87" t="s">
         <v>26</v>
       </c>
       <c r="D87" t="s">
         <v>43</v>
       </c>
       <c r="E87" t="s">
         <v>39</v>
       </c>
       <c r="F87">
         <v>2013</v>
       </c>
       <c r="G87"/>
       <c r="H87" t="s">
         <v>44</v>
       </c>
@@ -3142,51 +3142,51 @@
       <c r="H89" t="s">
         <v>196</v>
       </c>
     </row>
     <row r="90" spans="1:8">
       <c r="A90" t="s">
         <v>197</v>
       </c>
       <c r="B90" t="s">
         <v>198</v>
       </c>
       <c r="C90" t="s">
         <v>29</v>
       </c>
       <c r="D90" t="s">
         <v>43</v>
       </c>
       <c r="E90" t="s">
         <v>39</v>
       </c>
       <c r="F90">
         <v>2013</v>
       </c>
       <c r="G90"/>
       <c r="H90" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
     </row>
     <row r="91" spans="1:8">
       <c r="A91" t="s">
         <v>199</v>
       </c>
       <c r="B91" t="s">
         <v>200</v>
       </c>
       <c r="C91" t="s">
         <v>26</v>
       </c>
       <c r="D91" t="s">
         <v>43</v>
       </c>
       <c r="E91" t="s">
         <v>39</v>
       </c>
       <c r="F91">
         <v>2013</v>
       </c>
       <c r="G91"/>
       <c r="H91" t="s">
         <v>44</v>
       </c>
@@ -3382,51 +3382,51 @@
       <c r="H99" t="s">
         <v>63</v>
       </c>
     </row>
     <row r="100" spans="1:8">
       <c r="A100" t="s">
         <v>215</v>
       </c>
       <c r="B100" t="s">
         <v>216</v>
       </c>
       <c r="C100" t="s">
         <v>26</v>
       </c>
       <c r="D100" t="s">
         <v>43</v>
       </c>
       <c r="E100" t="s">
         <v>39</v>
       </c>
       <c r="F100">
         <v>2013</v>
       </c>
       <c r="G100"/>
       <c r="H100" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
     </row>
     <row r="101" spans="1:8">
       <c r="A101" t="s">
         <v>217</v>
       </c>
       <c r="B101" t="s">
         <v>218</v>
       </c>
       <c r="C101" t="s">
         <v>26</v>
       </c>
       <c r="D101" t="s">
         <v>43</v>
       </c>
       <c r="E101" t="s">
         <v>39</v>
       </c>
       <c r="F101">
         <v>2013</v>
       </c>
       <c r="G101"/>
       <c r="H101" t="s">
         <v>116</v>
       </c>