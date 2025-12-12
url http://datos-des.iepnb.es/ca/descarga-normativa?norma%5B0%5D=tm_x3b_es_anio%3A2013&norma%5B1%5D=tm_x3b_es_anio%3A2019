--- v0 (2025-10-25)
+++ v1 (2025-12-12)
@@ -2147,67 +2147,67 @@
       <c r="B45"/>
       <c r="C45"/>
       <c r="D45"/>
       <c r="E45"/>
       <c r="F45">
         <v>2013</v>
       </c>
       <c r="G45"/>
       <c r="H45" t="s">
         <v>68</v>
       </c>
     </row>
     <row r="46" spans="1:8">
       <c r="A46" t="s">
         <v>119</v>
       </c>
       <c r="B46"/>
       <c r="C46"/>
       <c r="D46"/>
       <c r="E46"/>
       <c r="F46">
         <v>2013</v>
       </c>
       <c r="G46"/>
       <c r="H46" t="s">
-        <v>120</v>
+        <v>43</v>
       </c>
     </row>
     <row r="47" spans="1:8">
       <c r="A47" t="s">
         <v>119</v>
       </c>
       <c r="B47"/>
       <c r="C47"/>
       <c r="D47"/>
       <c r="E47"/>
       <c r="F47">
         <v>2013</v>
       </c>
       <c r="G47"/>
       <c r="H47" t="s">
-        <v>43</v>
+        <v>120</v>
       </c>
     </row>
     <row r="48" spans="1:8">
       <c r="A48" t="s">
         <v>121</v>
       </c>
       <c r="B48" t="s">
         <v>122</v>
       </c>
       <c r="C48"/>
       <c r="D48"/>
       <c r="E48"/>
       <c r="F48">
         <v>2013</v>
       </c>
       <c r="G48"/>
       <c r="H48" t="s">
         <v>43</v>
       </c>
     </row>
     <row r="49" spans="1:8">
       <c r="A49" t="s">
         <v>123</v>
       </c>
       <c r="B49" t="s">