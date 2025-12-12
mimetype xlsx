--- v0 (2025-10-25)
+++ v1 (2025-12-12)
@@ -11281,67 +11281,67 @@
       <c r="B374"/>
       <c r="C374"/>
       <c r="D374"/>
       <c r="E374"/>
       <c r="F374">
         <v>2013</v>
       </c>
       <c r="G374"/>
       <c r="H374" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="375" spans="1:8">
       <c r="A375" t="s">
         <v>574</v>
       </c>
       <c r="B375"/>
       <c r="C375"/>
       <c r="D375"/>
       <c r="E375"/>
       <c r="F375">
         <v>2013</v>
       </c>
       <c r="G375"/>
       <c r="H375" t="s">
-        <v>17</v>
+        <v>54</v>
       </c>
     </row>
     <row r="376" spans="1:8">
       <c r="A376" t="s">
         <v>574</v>
       </c>
       <c r="B376"/>
       <c r="C376"/>
       <c r="D376"/>
       <c r="E376"/>
       <c r="F376">
         <v>2013</v>
       </c>
       <c r="G376"/>
       <c r="H376" t="s">
-        <v>54</v>
+        <v>17</v>
       </c>
     </row>
     <row r="377" spans="1:8">
       <c r="A377" t="s">
         <v>575</v>
       </c>
       <c r="B377" t="s">
         <v>576</v>
       </c>
       <c r="C377"/>
       <c r="D377"/>
       <c r="E377"/>
       <c r="F377">
         <v>2013</v>
       </c>
       <c r="G377"/>
       <c r="H377" t="s">
         <v>54</v>
       </c>
     </row>
     <row r="378" spans="1:8">
       <c r="A378" t="s">
         <v>577</v>
       </c>
       <c r="B378" t="s">