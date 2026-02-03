--- v0 (2025-10-28)
+++ v1 (2026-02-03)
@@ -12,352 +12,346 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="normativa" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="162">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="158">
   <si>
     <t>Nombre</t>
   </si>
   <si>
     <t>Enlace</t>
   </si>
   <si>
     <t>Rango norma inferior</t>
   </si>
   <si>
     <t>Rango norma intermedia</t>
   </si>
   <si>
     <t>Rango norma superior</t>
   </si>
   <si>
     <t>Año</t>
   </si>
   <si>
     <t>Ámbito geográfico político</t>
   </si>
   <si>
     <t>Comunidad Autónoma</t>
   </si>
   <si>
     <t>Acord GOV/176/2013, de 17 de desembre, pel qual es declaren les zones especials de conservació de la regió biogeogràfica alpina, integrants de la xarxa Natura 2000, i se n'aprova l'instrument de gestió.</t>
   </si>
   <si>
+    <t>"Decreto 358/2013, de 4 de junio, por el que se designan Zona Especial de Conservación cuatro lugares de importancia comunitaria de Urdaibai y San Juan de Gaztelugatxe y se aprueban las medidas de conservación de dichas ZEC y de la ZEPA Ría de Urdaibai. Pendiente de publicación en el Boletín Oficial del País Vasco.http://www.lehendakaritza.ejgv.euskadi.net/r48-bopv2/es/bopv2/datos/2013/12/1305570a.pdf"</t>
+  </si>
+  <si>
+    <t>"Decreto 356/2013, de 4 de junio, por el que se designa la Zona Especial de Conservación«Txingudi-Bidasoa» (ES2120018) y se aprueban sus medidas de conservación y las de la Zonade Especial Protección para las Aves ES0000243 «Txingudi»:http://www.lehendakaritza.ejgv.euskadi.eus/r48-bopv2/es/bopv2/datos/2013/07/1303395a.pdf"</t>
+  </si>
+  <si>
+    <t>"Decreto 357/2013, de 4 de junio, por el que se designan Zona Especial de Conservación Ulia (ES2120014) y Jaizkibel (ES2120017) y se aprueban sus medidas de conservación. Pendiente de publicación en el Boletín Oficial del País Vasco:https://www.euskadi.eus/y22-bopv/es/bopv2/datos/2013/11/1305109a.pdf"</t>
+  </si>
+  <si>
+    <t>"Acuerdo de Gobierno 166/2013, de 3 de diciembrehttp://www20.gencat.cat/docs/dmah/Home/Ambits%20dactuacio/Patrimoni%20natural/SENP_Catalunya/El%20Sistema/Xarxa%20Natura%202000/Xarxa%20Natura%202000%20a%20Catalunya/info%20general/AG166_2013%20ZEC%20Plana%20de%20Lleida.pdf"</t>
+  </si>
+  <si>
+    <t>"Decreto 221/2013, de 5 de noviembre, por el que se declaran las zonas especiales de conservación Marismas del río Palmones (ES6120006) y Estuario del río Guadiaro (ES6120003), se amplía el ámbito territorial de los parajes naturales Marismas del río Palmones y Estuario del río Guadiaroy se aprueba el Plan de Ordenación de los Recursos Naturales de los citados espacios naturales."</t>
+  </si>
+  <si>
+    <t>Acuerdo de Gobierno 176/2013, de 17 de diciembre</t>
+  </si>
+  <si>
     <t>Cataluña</t>
   </si>
   <si>
-    <t>Decreto 358/2013, de 4 de junio, por el que se designan Zona Especial de Conservación cuatro lugares de importancia comunitaria de Urdaibai y San Juan de Gaztelugatxe y se aprueban las medidas de conservación de dichas ZEC y de la ZEPA Ría de Urdaibai. Pendiente de publicación en el Boletín Oficial del País Vasco.</t>
-[...2 lines deleted...]
-    <t>http://www.lehendakaritza.ejgv.euskadi.net/r48-bopv2/es/bopv2/datos/2013/12/1305570a.pdf</t>
+    <t>Acuerdo de Gobierno 166/2013, de 3 de diciembre http://www20.gencat.cat/docs/dmah/Home/Ambits%20dactuacio/Patrimoni%20natural/SENP_Catalunya/El%20Sistema/Xarxa%20Natura%202000/Xarxa%20Natura%202000%20a%20Catalunya/info%20general/AG166_2013%20ZEC%20Plana%20de%20Lleida.pdf"</t>
+  </si>
+  <si>
+    <t>http://www20.gencat.cat/docs/dmah/Home/Ambits%20dactuacio/Patrimoni%20natural/SENP_Catalunya/El%20Sistema/Xarxa%20Natura%202000/Xarxa%20Natura%202000%20a%20Catalunya/info%20general/AG166_2013%20ZEC%20Plana%20de%20Lleida.pdf</t>
+  </si>
+  <si>
+    <t>Ley 7/2013 , de 25 de junio, de declaración del Parque Nacional de la Sierra de Guadarrama. BOE 152, de 26 de junio de 2013</t>
+  </si>
+  <si>
+    <t>https://www.boe.es/eli/es/l/2013/06/25/7</t>
+  </si>
+  <si>
+    <t>Leyes autonómicas</t>
+  </si>
+  <si>
+    <t>Normas con rango de Ley</t>
+  </si>
+  <si>
+    <t>Ley 6/2013, de 23 de diciembre, de Medidas Fiscales y Administrativas. Artículo 10. Modificación parcial de la Ley 1/1985, de 23 de enero, del Parque Regional de la Cuenca alta del Manzanares. BOCM 309 de 30 de diciembre de 2013</t>
+  </si>
+  <si>
+    <t>https://www.boe.es/eli/es-md/l/2013/12/23/6</t>
+  </si>
+  <si>
+    <t>Comunidad de Madrid</t>
+  </si>
+  <si>
+    <t>Ley 6/2013, de 23 de diciembre, de Medidas Fiscales y Administrativas. Artículo 8. Modificación parcial de la Ley 8/1998, de 15 de junio, de Vías Pecuarias de la Comunidad de Madrid. BOE 74 de 26 de marzo de 2014</t>
+  </si>
+  <si>
+    <t>Ley 9/2013, de 3 de diciembre, de Pesca de Castilla y León. BOCyL 239 de 13 de diciembre de 2013</t>
+  </si>
+  <si>
+    <t>https://www.boe.es/eli/es-cl/l/2013/12/03/9</t>
+  </si>
+  <si>
+    <t>Castilla y León</t>
+  </si>
+  <si>
+    <t>Ley 2/2013, de 10 de octubre, de modificación de la Ley 16/1994, de 30 de junio, de Conservación de la Naturaleza del País Vasco</t>
+  </si>
+  <si>
+    <t>https://www.boe.es/eli/es-pv/l/2013/10/10/2</t>
   </si>
   <si>
     <t>País Vasco</t>
   </si>
   <si>
-    <t>Decreto 356/2013, de 4 de junio, por el que se designa la Zona Especial de Conservación«Txingudi-Bidasoa» (ES2120018) y se aprueban sus medidas de conservación y las de la Zonade Especial Protección para las Aves ES0000243 «Txingudi»:http://www.lehendakaritza.ejgv.euskadi.eus/r48-bopv2/es/bopv2/datos/2013/07/1303395a.pdf</t>
-[...8 lines deleted...]
-    <t>Decreto 221/2013, de 5 de noviembre, por el que se declaran las zonas especiales de conservación Marismas del río Palmones (ES6120006) y Estuario del río Guadiaro (ES6120003), se amplía el ámbito territorial de los parajes naturales Marismas del río Palmones y Estuario del río Guadiaroy se aprueba el Plan de Ordenación de los Recursos Naturales de los citados espacios naturales.</t>
+    <t>Orden 6/2013, de 25 de marzo, de la Conselleria de Infraestructuras, Territorio y Medio Ambiente, por la que se modifican los listados valencianos de especies protegidas de flora y fauna. DOGV 6996 de 04 de abril de 2013</t>
+  </si>
+  <si>
+    <t>http://www.dogv.gva.es/portal/ficha_disposicion_pc.jsp?sig=003163/2013&amp;L=1</t>
+  </si>
+  <si>
+    <t>Comunidad Valenciana</t>
+  </si>
+  <si>
+    <t>Ley 7/2013, de 25 de junio, de declaración del Parque Nacional de la Sierra de Guadarrama. BOE 152 de 26-6-2013.</t>
+  </si>
+  <si>
+    <t>Orden de 3 de junio de 2013, del Consejero de Agricultura, Ganadería y Medio Ambiente por la que se aprueba el Plan General de Caza para la temporada 2013-2014. BOA, 124 27 de junio de 2012</t>
+  </si>
+  <si>
+    <t>https://www.boa.aragon.es/cgi-bin/EBOA/BRSCGI?CMD=VEROBJ&amp;MLKOB=677698861313</t>
+  </si>
+  <si>
+    <t>Orden</t>
+  </si>
+  <si>
+    <t>Autonómico</t>
+  </si>
+  <si>
+    <t>Reglamentos (Gobierno, Autonómico, Entidades locales)</t>
+  </si>
+  <si>
+    <t>Aragón</t>
+  </si>
+  <si>
+    <t>Orden de 9 de enero de 2013, del Consejero de Agricultura, Ganadería y Medio Ambiente, por la que se aprueba el Plan General de Pesca de Aragón para el año 2013. BOA 18 de 28/01/2013</t>
+  </si>
+  <si>
+    <t>https://www.boa.aragon.es/cgi-bin/EBOA/BRSCGI?CMD=VEROBJ&amp;MLKOB=716068464646</t>
+  </si>
+  <si>
+    <t>Resolución de 22 de marzo de 2013, de la Dirección General de Sostenibilidad de la Costa y del Mar, por la que se establecen los dos primeros elementos del Inventario Español de Hábitats Marinos: la lista patrón de los tipos de hábitats marinos presentes en España y su clasificación jerárquica. BOE 88, de 12 de abril de 2013</t>
+  </si>
+  <si>
+    <t>https://www.boe.es/eli/es/res/2013/03/22/(3)</t>
+  </si>
+  <si>
+    <t>Resolución</t>
+  </si>
+  <si>
+    <t>Gobierno</t>
+  </si>
+  <si>
+    <t>Nacional</t>
+  </si>
+  <si>
+    <t>Orden 502/2013, de 4 de marzo, sobre establecimiento de vedas y regulación especial de la actividad piscícola en los ríos, arroyos y embalses de la Comunidad de Madrid, para el ejercicio de 2013. BOCM 60 de 12 de marzo de 2013</t>
+  </si>
+  <si>
+    <t>https://gestiona.comunidad.madrid/rlma_web/Descarga.icm?ver=S&amp;idLegislacion=2343&amp;idDocumento=1</t>
+  </si>
+  <si>
+    <t>https://dogv.gva.es/es/eli/es-vc/o/2013/05/09/6/</t>
+  </si>
+  <si>
+    <t>Orden de 23 de mayo de 2013 por la que se establece la época de peligro alto de incendios forestales del Plan INFOEX durante el año 2013. DOE 102 de 29 de mayo de 2013</t>
+  </si>
+  <si>
+    <t>http://doe.juntaex.es/pdfs/doe/2013/1020o/13050121.pdf</t>
+  </si>
+  <si>
+    <t>Extremadura</t>
+  </si>
+  <si>
+    <t>Anuncio de 8 de enero de 2013 por el que se somete a información pública el proyecto de Orden por la que se delimitan las áreas prioritarias de reproducción, alimentación, dispersión y concentración de las especies de aves incluidas en el Catálogo de Especies Amenazadas de Extremadura y se dispone la publicación de las zonas de protección existentes en la Comunidad Autónoma de Extremadura en las que serán de aplicación las medidas para la protección de la avifauna contra la colisión y la electrocución en las líneas eléctricas aéreas de alta tensión.</t>
+  </si>
+  <si>
+    <t>http://doe.juntaex.es/pdfs/doe/2013/220o/13080164.pdf</t>
+  </si>
+  <si>
+    <t>Anuncio (Consejo de Gobierno)</t>
+  </si>
+  <si>
+    <t>Orden de 9 de mayo de 2013 general de vedas de caza para la temporada 2013/2014, de la Comunidad Autónoma de Extremadura. DOE 94 de 17 de mayo de 2013</t>
+  </si>
+  <si>
+    <t>https://doe.juntaex.es/pdfs/doe/2013/940o/13050112.pdf</t>
+  </si>
+  <si>
+    <t>Orden 2/2013, de 31 de enero de 2013, del Consejero de Agricultura, Ganadería y Medio Ambiente, por la que se establecen las bases reguladoras de las ayudas para la realización de actividades y proyectos de Educación Ambiental en la Comunidad Autónoma de La Rioja, promovidos por entidades sin ánimo de lucro.</t>
+  </si>
+  <si>
+    <t>https://ias1.larioja.org/boletin/Bor_Boletin_visor_Servlet?referencia=1111154-1-PDF-460684</t>
+  </si>
+  <si>
+    <t>La Rioja</t>
+  </si>
+  <si>
+    <t>Anuncio por el que se somete a información pública la Orden por la que se incluye la especie Astragalus nitidiflorus en la categoría en peligro de extinción del Catálogo Regional de Flora Silvestre Protegida. (BORM nº 98, 30/04/2013)</t>
+  </si>
+  <si>
+    <t>http://www.borm.es/borm/vista/busqueda/ver_Anuncio_html.jsf?fecha=30042013&amp;numero=6524&amp;origen=sum</t>
+  </si>
+  <si>
+    <t>Región de Murcia</t>
+  </si>
+  <si>
+    <t>Decreto 51/2013, de 24 de mayo, por el que se aprueban las normas especiales reguladoras de la subvención a otorgar por concesión directa al Instituto Español de Oceanografía para la ejecución del proyecto denominado “Red de seguimiento de las praderas de Posidonia Oceánica y del cambio climático en el litoral de la Región de Murcia”. BORM 121. 28/05/2013.</t>
+  </si>
+  <si>
+    <t>https://www.borm.es/#/home/Anuncio/28-05-2013/8262</t>
+  </si>
+  <si>
+    <t>Decreto</t>
+  </si>
+  <si>
+    <t>Decreto 37/2013, de 26 de abril, del Consejo de Gobierno de la Comunidad Autónoma de la Región de Murcia, por el que se declara bien de interés cultural, con categoría de sitio histórico, la Isla del Fraile, la Punta del Cigarro y su entorno subacuático, en Águilas. BORM 98, 30/04/2013.</t>
+  </si>
+  <si>
+    <t>https://www.borm.es/#/home/Anuncio/30-04-2013/6514</t>
+  </si>
+  <si>
+    <t>Decreto 38/2013, de 25 de julio, por el que se modifica el Decreto 83/1998, de 30 de abril, por el que se desarrolla reglamentariamente el Título IV «De los terrenos», de la Ley 4/1996, de 12 de julio, de Caza de Castilla y León. BCyL 146 de 31/07/2013</t>
+  </si>
+  <si>
+    <t>https://bocyl.jcyl.es/boletines/2013/07/31/pdf/BOCYL-D-31072013-3.pdf</t>
+  </si>
+  <si>
+    <t>Orden FYM/502/2013, de 25 de junio, por la que se aprueba la Orden Anual de Caza. BOCyL 122 de 27 de junio de 2013</t>
+  </si>
+  <si>
+    <t>https://bocyl.jcyl.es/boletines/2013/06/27/pdf/BOCYL-D-27062013-1.pdf</t>
+  </si>
+  <si>
+    <t>Orden FYM/41/2013, de 21 de enero, por la que se modifica la Orden MAM/39/2009, de 16 de enero, por la que se establecen las bases reguladoras para la concesión de ayudas a la primera forestación de tierras agrícolas, cofinanciadas por el Fondo Europeo Agrícola de Desarrollo Rural (FEADER), en el marco del programa de desarrollo rural de Castilla y León 2007-2013. BOCyL 26, 7 de febrero de 2013.</t>
+  </si>
+  <si>
+    <t>https://bocyl.jcyl.es/boletines/2013/02/07/pdf/BOCYL-D-07022013-1.pdf</t>
+  </si>
+  <si>
+    <t>Orden FYM/510/2013, de 25 de junio, por la que se regula el uso del fuego y se establecen medidas preventivas para la lucha contra los incendios forestales en Castilla y León. BOCyL 122 de 27 de junio de 2013</t>
+  </si>
+  <si>
+    <t>https://bocyl.jcyl.es/boletines/2013/06/27/pdf/BOCYL-D-27062013-2.pdf</t>
+  </si>
+  <si>
+    <t>Orden FYM/511/2013, de 26 de junio, por la que se fija la época de peligro alto de incendios forestales en la Comunidad de Castilla y León. BOCyL 123 de 28 de junio de 2013</t>
+  </si>
+  <si>
+    <t>https://bocyl.jcyl.es/boletines/2013/06/28/pdf/BOCYL-D-28062013-1.pdf</t>
+  </si>
+  <si>
+    <t>Real Decreto 630/2013, de 2 de agosto, por el que se regula el Catálogo español de especies exóticas invasoras. BOE 185 de 3 de agosto de 2013</t>
+  </si>
+  <si>
+    <t>https://www.boe.es/eli/es/rd/2013/08/02/630</t>
+  </si>
+  <si>
+    <t>Real Decreto</t>
+  </si>
+  <si>
+    <t>Orden de 18 de junio de 2013, de la Consejería de Medio Ambiente y Política Territorial, por la que se modifica el Catálogo Vasco de Especies Amenazadas de Fauna y Flora Silvestre y Marina. (BOPV 128 de 5 de julio de 2013)</t>
+  </si>
+  <si>
+    <t>https://www.euskadi.eus/web01-bopv/es/bopv2/datos/2013/07/1303061a.shtml</t>
+  </si>
+  <si>
+    <t>Decreto 180/2013, de 1 de octubre, por el que se descataloga, del Catálogo Regional de Especies Amenazadas de Extremadura, a la especie meloncillo (Herpestes ichneumon L.). DOE 193 de 7 de octubre 2013</t>
+  </si>
+  <si>
+    <t>https://doe.juntaex.es/pdfs/doe/2013/1930o/13040203.pdf</t>
+  </si>
+  <si>
+    <t>Resolución del consejero de Medio Ambiente de inclusión y cambio de categoría de diversas especies en el Catálogo Balear de Especies Amenazadas y de Especial Protección. BOIB 124, de 7 de septiembre de 2013</t>
+  </si>
+  <si>
+    <t>http://www.caib.es/eboibfront/es/2013/8190/523213/Resolución-del-consejero-de-medio-ambiente-de-incl</t>
+  </si>
+  <si>
+    <t>Illes Balears</t>
+  </si>
+  <si>
+    <t>Acuerdo GOV/176/2013, de 17 de diciembre, por el que se declaran las zonas especiales de conservación de la región biogeográfica alpina, integrantes de la red Natura 2000, y se aprueba su Instrumento de gestión. DOGC 6530 de 30/12/2013</t>
+  </si>
+  <si>
+    <t>https://dogc.gencat.cat/es/document-del-dogc/index.html?documentId=651534</t>
+  </si>
+  <si>
+    <t>Resolución de 18 de abril de 2013, de Parques Nacionales, por la que se publica la declaración de dos nuevas reservas de la biosfera españolas: Reserva de la Biosfera de La Gomera (Canarias) y Reserva de la Biosfera Las Ubiñas-La Mesa (Asturias), y la modificación de la zonificación de otras dos reservas de la biosfera existentes: Reserva de la Biosfera de Sierra Nevada (Andalucía) y ampliación de la Reserva de la Biosfera de Doñana (Andalucía). BOE 133, de 4 de junio de 2013</t>
+  </si>
+  <si>
+    <t>http://www.boe.es/boe/dias/2013/06/04/pdfs/BOE-A-2013-5904.pdf</t>
+  </si>
+  <si>
+    <t>Decreto 222/2013, de 5 de noviembre, por el que declaran las Zonas Especiales de Conservación Torcal de Antequera (ES0000032), Los Reales de Sierra Bermeja (ES6170004), Sierra Crestellina ES6170005) y Desfiladero de los Gaitanes (ES6170003), se amplía el ámbito territorial del Paraje Natural Torcal de Antequera y se aprueba el Plan de Ordenación de los Recursos Naturales de los Parajes Naturales Torcal de Antequera, Los Reales de Sierra Bermeja, Sierra Crestellina y Desfiladero de los Gaitanes. BOJA 8, de 14/01/2014</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/boja/2014/8/BOJA14-008-00113-69-01_00039880.pdf</t>
   </si>
   <si>
     <t>Andalucía</t>
   </si>
   <si>
-    <t>Acuerdo de Gobierno 176/2013, de 17 de diciembre</t>
-[...244 lines deleted...]
-  <si>
     <t>Decreto 70/2013, de 2 de julio, por el que se declara la Zona Especial de Conservación Laguna de Fuente de Piedra (ES0000033) y se aprueba el Plan de Ordenación de los Recursos Naturales de la Reserva Natural Laguna de Fuente de Piedra.</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/boja/2013/144/19</t>
   </si>
   <si>
     <t>Resolución de 20 de noviembre de 2013, de Parques Nacionales, por la que se se publica la aprobación por la UNESCO de tres reservas de la biosfera españolas: Reserva de la Biosfera de Las Mariñas Coruñesas y Terras de Mandeo, Galicia; Reserva de la Biosfera de Terres de l'Ebre, Cataluña; Reserva de la Biosfera del Real Sitio de San Ildefonso-El Espinar, Castilla y León, y la ampliación de la Reserva de la biosfera Ordesa-Viñamala, Aragón. BOE 312 de 30 de diciembre de 2013</t>
   </si>
   <si>
     <t>https://www.boe.es/boe/dias/2013/12/30/pdfs/BOE-A-2013-13791.pdf</t>
   </si>
   <si>
     <t>Decreto 358/2013, de 4 de junio, por el que se designan Zona Especial de Conservación cuatro lugares de importancia comunitaria de Urdaibai y San Juan de Gaztelugatxe y se aprueban las medidas de conservación de dichas ZEC y de la ZEPA Ría de Urdaibai. BOPV 244 de 24 de diciembre de 2013</t>
   </si>
   <si>
     <t>https://www.euskadi.eus/web01-bopv/es/bopv2/datos/2013/12/1305570a.shtml</t>
   </si>
   <si>
     <t>Decreto 356/2013, de 4 de junio, por el que se designa la Zona Especial de Conservación «Txingudi-Bidasoa» (ES2120018) y se aprueban sus medidas de conservación y las de la Zona de Especial Protección para las Aves ES0000243 Txingudi. BOPV 141 de 24 de julio de 2013</t>
   </si>
   <si>
     <t>https://www.euskadi.eus/web01-bopv/es/bopv2/datos/2013/07/1303395a.shtml</t>
   </si>
   <si>
     <t>Decreto 357/2013, de 4 de junio, por el que se designan Zona Especial de Conservación Ulia (ES2120014) y Jaizkibel (ES2120017) y se aprueban sus medidas de conservación. Publicado en el BOPV nº224 de 25 de noviembre de 2013.</t>
@@ -443,87 +437,81 @@
   <si>
     <t>Orden 6/2013, de 25 de marzo, de la Conselleria de Infraestructuras, Territorio y Medio Ambiente, por la que se modifican los listados valencianos de especies protegidas de flora y fauna.</t>
   </si>
   <si>
     <t>https://www.conservacionvegetal.org/wp-content/uploads/legislaciones/122/2013%20adicio%CC%81n%20catalogo%20protegidas%20Baleares.pdf</t>
   </si>
   <si>
     <t>Orden de 18 de junio de 2013, de la Consejera de Medio Ambiente y Política Territorial, por la que se modifica el Catálogo Vasco de Especies Amenazadas de Fauna y Flora Silvestre y Marina.</t>
   </si>
   <si>
     <t>http://www.legegunea.euskadi.eus/eli/es-pv/o/2013/06/18/(2)/dof/spa/html/x59-preview/es/</t>
   </si>
   <si>
     <t>Orden de 30 de julio de 2013, por la que se incluye la especie Astragalus Nitidiflorus en la categoría en peligro de extinción del catálogo regional de flora silvestre protegida. BORM 185 de 10 de agosto de 2013</t>
   </si>
   <si>
     <t>https://www.borm.es/services/Anuncio/ano/2013/numero/12392/pdf?id=629288</t>
   </si>
   <si>
     <t>Acuerdo de 23/10/2013, del Consejo de Gobierno, por el que se inicia el procedimiento para la modificación del Decreto 222/2004, de 01/06/2004, por el que se aprueba el Plan de Ordenación de los Recursos Naturales y se declara la Reserva Natural de la Laguna del Marquesado, en el término municipal de Laguna del Marquesado en Cuenca. DOCM 208 de 25 de octubre</t>
   </si>
   <si>
     <t>https://docm.jccm.es/portaldocm/descargarArchivo.do?ruta=2013/10/25/pdf/2013_13003.pdf&amp;tipo=rutaDocm</t>
   </si>
   <si>
-    <t>Castilla-La Mancha</t>
-[...1 lines deleted...]
-  <si>
     <t>Decreto 150/2013, de 9 de abril, por el que se aprueba la modificación del Plan de espacios de interés natural (PEIN), aprobado por el Decreto 328/1992, de 14 de diciembre, en relación con el espacio de La Conreria - Sant Mateu - Céllecs. DOGC 6353 de 11/04/2013</t>
   </si>
   <si>
     <t>https://dogc.gencat.cat/es/document-del-dogc/?documentId=633110</t>
   </si>
   <si>
     <t>Decreto 62/2013, de 26 de septiembre, por el que se aprueba el Plan de Ordenación de los Recursos Naturales del Espacio Natural Lago de Sanabria y alrededores (Zamora). BOCYL 190, de 2/10/2013</t>
   </si>
   <si>
     <t>https://bocyl.jcyl.es/boletines/2013/10/02/pdf/BOCYL-D-02102013-1.pdf</t>
   </si>
   <si>
     <t>Plan de Ordenación de los Recursos Naturales de los parajes naturales Torcal de Antequera, Los Reales de Sierra Bermeja, Sierra Crestellina y Desfiladero de los Gaitanes. BOJA 8 de 14 de enero de 2014</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/medioambiente/portal/landing-page/-/asset_publisher/4V1kD5gLiJkq/content/porn-de-los-parajes-naturales-torcal-de-antequera-los-reales-de-s-c2-aa-bermeja-s-c2-aa-crestellina-y-desfiladero-de-los-gaitanes./20151</t>
   </si>
   <si>
     <t>Circular o instrucción</t>
   </si>
   <si>
     <t>Plan de Ordenación de los Recursos Naturales de la Reserva Natural Laguna de Fuente de Piedra. BOJA 144 de 24 de julio de 2013</t>
   </si>
   <si>
     <t>http://juntadeandalucia.es/boja/2013/144/BOJA13-144-00114-12146-01_00030952.pdf</t>
   </si>
   <si>
     <t>Decreto 94/2013, de 5 de septiembre, por el que se aprueba el Plan de Recuperación del Pinzón Azul de Gran Canaria (Fringilla Teydea Polatzeki).</t>
   </si>
   <si>
     <t>http://www.gobiernodecanarias.org/boc/2013/180/001.html</t>
-  </si>
-[...1 lines deleted...]
-    <t>AGE</t>
   </si>
   <si>
     <t>Decreto 75/2013, de 10 de mayo, por el que se aprueba el Plan de recuperación de la subespecie lusitánica del escribano palustre (Emberiza schoeniclus L.subsp. lusitanica Steinbacher) en Galicia). D. O. G. 102, 30-05-13.</t>
   </si>
   <si>
     <t>https://www.xunta.gal/dog/Publicados/2013/20130530/AnuncioCA02-230513-0004_es.html</t>
   </si>
   <si>
     <t>Orden de 16 de diciembre de 2013, por la que se modifica el ámbito de aplicación del plan de recuperación del águila-azor perdicera, Hieraaetus fasciatus, aprobado por el Decreto 326/2011, de 27 de septiembre, del Gobierno de Aragón.</t>
   </si>
   <si>
     <t>https://www.boa.aragon.es/cgi-bin/EBOA/BRSCGI?CMD=VEROBJ&amp;MLKOB=770068825656</t>
   </si>
   <si>
     <t>Decreto 70/2013, de 25 de abril, por el que se aprueba el Plan de recuperación del galápago europeo (Emys orbicularis L.) en Galicia. (DOG 90 de 13 de mayo de 2013)</t>
   </si>
   <si>
     <t>https://www.xunta.gal/dog/Publicados/2013/20130513/AnuncioCA02-020513-0008_es.pdf</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
@@ -845,51 +833,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:H73"/>
+  <dimension ref="A1:H72"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="655.84" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="285.359" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="35.277" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="63.556" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="31.707" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
@@ -901,1675 +889,1633 @@
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2" spans="1:8">
       <c r="A2" t="s">
         <v>8</v>
       </c>
       <c r="B2"/>
       <c r="C2"/>
       <c r="D2"/>
       <c r="E2"/>
       <c r="F2">
         <v>2013</v>
       </c>
       <c r="G2"/>
-      <c r="H2" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H2"/>
     </row>
     <row r="3" spans="1:8">
       <c r="A3" t="s">
-        <v>10</v>
-[...3 lines deleted...]
-      </c>
+        <v>9</v>
+      </c>
+      <c r="B3"/>
       <c r="C3"/>
       <c r="D3"/>
       <c r="E3"/>
       <c r="F3">
         <v>2013</v>
       </c>
       <c r="G3"/>
-      <c r="H3" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H3"/>
     </row>
     <row r="4" spans="1:8">
       <c r="A4" t="s">
-        <v>13</v>
+        <v>10</v>
       </c>
       <c r="B4"/>
       <c r="C4"/>
       <c r="D4"/>
       <c r="E4"/>
       <c r="F4">
         <v>2013</v>
       </c>
       <c r="G4"/>
-      <c r="H4" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H4"/>
     </row>
     <row r="5" spans="1:8">
       <c r="A5" t="s">
-        <v>14</v>
+        <v>11</v>
       </c>
       <c r="B5"/>
       <c r="C5"/>
       <c r="D5"/>
       <c r="E5"/>
       <c r="F5">
         <v>2013</v>
       </c>
       <c r="G5"/>
-      <c r="H5" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H5"/>
     </row>
     <row r="6" spans="1:8">
       <c r="A6" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="B6"/>
       <c r="C6"/>
       <c r="D6"/>
       <c r="E6"/>
       <c r="F6">
         <v>2013</v>
       </c>
       <c r="G6"/>
-      <c r="H6" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H6"/>
     </row>
     <row r="7" spans="1:8">
       <c r="A7" t="s">
-        <v>16</v>
+        <v>13</v>
       </c>
       <c r="B7"/>
       <c r="C7"/>
       <c r="D7"/>
       <c r="E7"/>
       <c r="F7">
         <v>2013</v>
       </c>
       <c r="G7"/>
-      <c r="H7" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H7"/>
     </row>
     <row r="8" spans="1:8">
       <c r="A8" t="s">
-        <v>18</v>
+        <v>14</v>
       </c>
       <c r="B8"/>
       <c r="C8"/>
       <c r="D8"/>
       <c r="E8"/>
       <c r="F8">
         <v>2013</v>
       </c>
       <c r="G8"/>
       <c r="H8" t="s">
-        <v>19</v>
+        <v>15</v>
       </c>
     </row>
     <row r="9" spans="1:8">
       <c r="A9" t="s">
-        <v>18</v>
-[...1 lines deleted...]
-      <c r="B9"/>
+        <v>16</v>
+      </c>
+      <c r="B9" t="s">
+        <v>17</v>
+      </c>
       <c r="C9"/>
       <c r="D9"/>
       <c r="E9"/>
       <c r="F9">
         <v>2013</v>
       </c>
       <c r="G9"/>
       <c r="H9" t="s">
-        <v>9</v>
+        <v>15</v>
       </c>
     </row>
     <row r="10" spans="1:8">
       <c r="A10" t="s">
+        <v>18</v>
+      </c>
+      <c r="B10" t="s">
+        <v>19</v>
+      </c>
+      <c r="C10"/>
+      <c r="D10" t="s">
         <v>20</v>
       </c>
-      <c r="B10" t="s">
+      <c r="E10" t="s">
         <v>21</v>
       </c>
-      <c r="C10"/>
-[...1 lines deleted...]
-      <c r="E10"/>
       <c r="F10">
         <v>2013</v>
       </c>
       <c r="G10"/>
-      <c r="H10" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H10"/>
     </row>
     <row r="11" spans="1:8">
       <c r="A11" t="s">
         <v>22</v>
       </c>
       <c r="B11" t="s">
         <v>23</v>
       </c>
       <c r="C11"/>
       <c r="D11" t="s">
+        <v>20</v>
+      </c>
+      <c r="E11" t="s">
+        <v>21</v>
+      </c>
+      <c r="F11">
+        <v>2013</v>
+      </c>
+      <c r="G11"/>
+      <c r="H11" t="s">
         <v>24</v>
       </c>
-      <c r="E11" t="s">
-[...6 lines deleted...]
-      <c r="H11"/>
     </row>
     <row r="12" spans="1:8">
       <c r="A12" t="s">
-        <v>26</v>
+        <v>25</v>
       </c>
       <c r="B12" t="s">
-        <v>27</v>
+        <v>23</v>
       </c>
       <c r="C12"/>
       <c r="D12" t="s">
-        <v>24</v>
+        <v>20</v>
       </c>
       <c r="E12" t="s">
-        <v>25</v>
+        <v>21</v>
       </c>
       <c r="F12">
         <v>2013</v>
       </c>
       <c r="G12"/>
       <c r="H12" t="s">
-        <v>28</v>
+        <v>24</v>
       </c>
     </row>
     <row r="13" spans="1:8">
       <c r="A13" t="s">
-        <v>29</v>
+        <v>26</v>
       </c>
       <c r="B13" t="s">
         <v>27</v>
       </c>
       <c r="C13"/>
       <c r="D13" t="s">
-        <v>24</v>
+        <v>20</v>
       </c>
       <c r="E13" t="s">
-        <v>25</v>
+        <v>21</v>
       </c>
       <c r="F13">
         <v>2013</v>
       </c>
       <c r="G13"/>
       <c r="H13" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="14" spans="1:8">
       <c r="A14" t="s">
+        <v>29</v>
+      </c>
+      <c r="B14" t="s">
         <v>30</v>
-      </c>
-[...1 lines deleted...]
-        <v>31</v>
       </c>
       <c r="C14"/>
       <c r="D14" t="s">
-        <v>24</v>
+        <v>20</v>
       </c>
       <c r="E14" t="s">
-        <v>25</v>
+        <v>21</v>
       </c>
       <c r="F14">
         <v>2013</v>
       </c>
       <c r="G14"/>
       <c r="H14" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
     </row>
     <row r="15" spans="1:8">
       <c r="A15" t="s">
+        <v>32</v>
+      </c>
+      <c r="B15" t="s">
         <v>33</v>
-      </c>
-[...1 lines deleted...]
-        <v>34</v>
       </c>
       <c r="C15"/>
       <c r="D15" t="s">
-        <v>24</v>
+        <v>20</v>
       </c>
       <c r="E15" t="s">
-        <v>25</v>
+        <v>21</v>
       </c>
       <c r="F15">
         <v>2013</v>
       </c>
       <c r="G15"/>
       <c r="H15" t="s">
-        <v>12</v>
+        <v>34</v>
       </c>
     </row>
     <row r="16" spans="1:8">
       <c r="A16" t="s">
         <v>35</v>
       </c>
       <c r="B16" t="s">
-        <v>36</v>
+        <v>19</v>
       </c>
       <c r="C16"/>
       <c r="D16" t="s">
-        <v>24</v>
+        <v>20</v>
       </c>
       <c r="E16" t="s">
-        <v>25</v>
+        <v>21</v>
       </c>
       <c r="F16">
         <v>2013</v>
       </c>
       <c r="G16"/>
       <c r="H16" t="s">
-        <v>37</v>
+        <v>24</v>
       </c>
     </row>
     <row r="17" spans="1:8">
       <c r="A17" t="s">
+        <v>36</v>
+      </c>
+      <c r="B17" t="s">
+        <v>37</v>
+      </c>
+      <c r="C17" t="s">
         <v>38</v>
       </c>
-      <c r="B17" t="s">
-[...2 lines deleted...]
-      <c r="C17"/>
       <c r="D17" t="s">
-        <v>24</v>
+        <v>39</v>
       </c>
       <c r="E17" t="s">
-        <v>25</v>
+        <v>40</v>
       </c>
       <c r="F17">
         <v>2013</v>
       </c>
       <c r="G17"/>
       <c r="H17" t="s">
-        <v>28</v>
+        <v>41</v>
       </c>
     </row>
     <row r="18" spans="1:8">
       <c r="A18" t="s">
-        <v>39</v>
+        <v>42</v>
       </c>
       <c r="B18" t="s">
-        <v>40</v>
+        <v>43</v>
       </c>
       <c r="C18" t="s">
-        <v>41</v>
+        <v>38</v>
       </c>
       <c r="D18" t="s">
-        <v>42</v>
+        <v>39</v>
       </c>
       <c r="E18" t="s">
-        <v>43</v>
+        <v>40</v>
       </c>
       <c r="F18">
         <v>2013</v>
       </c>
       <c r="G18"/>
       <c r="H18" t="s">
-        <v>44</v>
+        <v>41</v>
       </c>
     </row>
     <row r="19" spans="1:8">
       <c r="A19" t="s">
+        <v>44</v>
+      </c>
+      <c r="B19" t="s">
         <v>45</v>
       </c>
-      <c r="B19" t="s">
+      <c r="C19" t="s">
         <v>46</v>
       </c>
-      <c r="C19" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D19" t="s">
-        <v>42</v>
+        <v>47</v>
       </c>
       <c r="E19" t="s">
-        <v>43</v>
+        <v>40</v>
       </c>
       <c r="F19">
         <v>2013</v>
       </c>
-      <c r="G19"/>
-[...2 lines deleted...]
-      </c>
+      <c r="G19" t="s">
+        <v>48</v>
+      </c>
+      <c r="H19"/>
     </row>
     <row r="20" spans="1:8">
       <c r="A20" t="s">
-        <v>47</v>
+        <v>49</v>
       </c>
       <c r="B20" t="s">
-        <v>48</v>
+        <v>50</v>
       </c>
       <c r="C20" t="s">
-        <v>49</v>
+        <v>38</v>
       </c>
       <c r="D20" t="s">
-        <v>50</v>
+        <v>39</v>
       </c>
       <c r="E20" t="s">
-        <v>43</v>
+        <v>40</v>
       </c>
       <c r="F20">
         <v>2013</v>
       </c>
-      <c r="G20" t="s">
-[...2 lines deleted...]
-      <c r="H20"/>
+      <c r="G20"/>
+      <c r="H20" t="s">
+        <v>24</v>
+      </c>
     </row>
     <row r="21" spans="1:8">
       <c r="A21" t="s">
-        <v>52</v>
+        <v>32</v>
       </c>
       <c r="B21" t="s">
-        <v>53</v>
+        <v>51</v>
       </c>
       <c r="C21" t="s">
-        <v>41</v>
+        <v>38</v>
       </c>
       <c r="D21" t="s">
-        <v>42</v>
+        <v>39</v>
       </c>
       <c r="E21" t="s">
-        <v>43</v>
+        <v>40</v>
       </c>
       <c r="F21">
         <v>2013</v>
       </c>
       <c r="G21"/>
       <c r="H21" t="s">
-        <v>28</v>
+        <v>34</v>
       </c>
     </row>
     <row r="22" spans="1:8">
       <c r="A22" t="s">
-        <v>35</v>
+        <v>52</v>
       </c>
       <c r="B22" t="s">
-        <v>54</v>
+        <v>53</v>
       </c>
       <c r="C22" t="s">
-        <v>41</v>
+        <v>38</v>
       </c>
       <c r="D22" t="s">
-        <v>42</v>
+        <v>39</v>
       </c>
       <c r="E22" t="s">
-        <v>43</v>
+        <v>40</v>
       </c>
       <c r="F22">
         <v>2013</v>
       </c>
       <c r="G22"/>
       <c r="H22" t="s">
-        <v>37</v>
+        <v>54</v>
       </c>
     </row>
     <row r="23" spans="1:8">
       <c r="A23" t="s">
         <v>55</v>
       </c>
       <c r="B23" t="s">
         <v>56</v>
       </c>
       <c r="C23" t="s">
-        <v>41</v>
+        <v>57</v>
       </c>
       <c r="D23" t="s">
-        <v>42</v>
+        <v>39</v>
       </c>
       <c r="E23" t="s">
-        <v>43</v>
+        <v>40</v>
       </c>
       <c r="F23">
         <v>2013</v>
       </c>
       <c r="G23"/>
       <c r="H23" t="s">
-        <v>57</v>
+        <v>54</v>
       </c>
     </row>
     <row r="24" spans="1:8">
       <c r="A24" t="s">
         <v>58</v>
       </c>
       <c r="B24" t="s">
         <v>59</v>
       </c>
       <c r="C24" t="s">
-        <v>60</v>
+        <v>38</v>
       </c>
       <c r="D24" t="s">
-        <v>42</v>
+        <v>39</v>
       </c>
       <c r="E24" t="s">
-        <v>43</v>
+        <v>40</v>
       </c>
       <c r="F24">
         <v>2013</v>
       </c>
       <c r="G24"/>
       <c r="H24" t="s">
-        <v>57</v>
+        <v>54</v>
       </c>
     </row>
     <row r="25" spans="1:8">
       <c r="A25" t="s">
+        <v>60</v>
+      </c>
+      <c r="B25" t="s">
         <v>61</v>
       </c>
-      <c r="B25" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C25" t="s">
-        <v>41</v>
+        <v>38</v>
       </c>
       <c r="D25" t="s">
-        <v>42</v>
+        <v>39</v>
       </c>
       <c r="E25" t="s">
-        <v>43</v>
+        <v>40</v>
       </c>
       <c r="F25">
         <v>2013</v>
       </c>
       <c r="G25"/>
       <c r="H25" t="s">
-        <v>57</v>
+        <v>62</v>
       </c>
     </row>
     <row r="26" spans="1:8">
       <c r="A26" t="s">
         <v>63</v>
       </c>
       <c r="B26" t="s">
         <v>64</v>
       </c>
       <c r="C26" t="s">
-        <v>41</v>
+        <v>57</v>
       </c>
       <c r="D26" t="s">
-        <v>42</v>
+        <v>39</v>
       </c>
       <c r="E26" t="s">
-        <v>43</v>
+        <v>40</v>
       </c>
       <c r="F26">
         <v>2013</v>
       </c>
       <c r="G26"/>
       <c r="H26" t="s">
         <v>65</v>
       </c>
     </row>
     <row r="27" spans="1:8">
       <c r="A27" t="s">
         <v>66</v>
       </c>
       <c r="B27" t="s">
         <v>67</v>
       </c>
       <c r="C27" t="s">
-        <v>60</v>
+        <v>68</v>
       </c>
       <c r="D27" t="s">
-        <v>42</v>
+        <v>39</v>
       </c>
       <c r="E27" t="s">
-        <v>43</v>
+        <v>40</v>
       </c>
       <c r="F27">
         <v>2013</v>
       </c>
       <c r="G27"/>
       <c r="H27" t="s">
-        <v>68</v>
+        <v>65</v>
       </c>
     </row>
     <row r="28" spans="1:8">
       <c r="A28" t="s">
         <v>69</v>
       </c>
       <c r="B28" t="s">
         <v>70</v>
       </c>
       <c r="C28" t="s">
-        <v>71</v>
+        <v>68</v>
       </c>
       <c r="D28" t="s">
-        <v>42</v>
+        <v>39</v>
       </c>
       <c r="E28" t="s">
-        <v>43</v>
+        <v>40</v>
       </c>
       <c r="F28">
         <v>2013</v>
       </c>
       <c r="G28"/>
       <c r="H28" t="s">
-        <v>68</v>
+        <v>65</v>
       </c>
     </row>
     <row r="29" spans="1:8">
       <c r="A29" t="s">
+        <v>71</v>
+      </c>
+      <c r="B29" t="s">
         <v>72</v>
       </c>
-      <c r="B29" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C29" t="s">
-        <v>71</v>
+        <v>68</v>
       </c>
       <c r="D29" t="s">
-        <v>42</v>
+        <v>39</v>
       </c>
       <c r="E29" t="s">
-        <v>43</v>
+        <v>40</v>
       </c>
       <c r="F29">
         <v>2013</v>
       </c>
       <c r="G29"/>
       <c r="H29" t="s">
-        <v>68</v>
+        <v>28</v>
       </c>
     </row>
     <row r="30" spans="1:8">
       <c r="A30" t="s">
+        <v>73</v>
+      </c>
+      <c r="B30" t="s">
         <v>74</v>
       </c>
-      <c r="B30" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C30" t="s">
-        <v>71</v>
+        <v>38</v>
       </c>
       <c r="D30" t="s">
-        <v>42</v>
+        <v>39</v>
       </c>
       <c r="E30" t="s">
-        <v>43</v>
+        <v>40</v>
       </c>
       <c r="F30">
         <v>2013</v>
       </c>
       <c r="G30"/>
       <c r="H30" t="s">
-        <v>32</v>
+        <v>28</v>
       </c>
     </row>
     <row r="31" spans="1:8">
       <c r="A31" t="s">
+        <v>75</v>
+      </c>
+      <c r="B31" t="s">
         <v>76</v>
       </c>
-      <c r="B31" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C31" t="s">
-        <v>41</v>
+        <v>38</v>
       </c>
       <c r="D31" t="s">
-        <v>42</v>
+        <v>39</v>
       </c>
       <c r="E31" t="s">
-        <v>43</v>
+        <v>40</v>
       </c>
       <c r="F31">
         <v>2013</v>
       </c>
       <c r="G31"/>
       <c r="H31" t="s">
-        <v>32</v>
+        <v>28</v>
       </c>
     </row>
     <row r="32" spans="1:8">
       <c r="A32" t="s">
+        <v>77</v>
+      </c>
+      <c r="B32" t="s">
         <v>78</v>
       </c>
-      <c r="B32" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C32" t="s">
-        <v>41</v>
+        <v>38</v>
       </c>
       <c r="D32" t="s">
-        <v>42</v>
+        <v>39</v>
       </c>
       <c r="E32" t="s">
-        <v>43</v>
+        <v>40</v>
       </c>
       <c r="F32">
         <v>2013</v>
       </c>
       <c r="G32"/>
       <c r="H32" t="s">
-        <v>32</v>
+        <v>28</v>
       </c>
     </row>
     <row r="33" spans="1:8">
       <c r="A33" t="s">
+        <v>79</v>
+      </c>
+      <c r="B33" t="s">
         <v>80</v>
       </c>
-      <c r="B33" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C33" t="s">
-        <v>41</v>
+        <v>38</v>
       </c>
       <c r="D33" t="s">
-        <v>42</v>
+        <v>39</v>
       </c>
       <c r="E33" t="s">
-        <v>43</v>
+        <v>40</v>
       </c>
       <c r="F33">
         <v>2013</v>
       </c>
       <c r="G33"/>
       <c r="H33" t="s">
-        <v>32</v>
+        <v>28</v>
       </c>
     </row>
     <row r="34" spans="1:8">
       <c r="A34" t="s">
+        <v>81</v>
+      </c>
+      <c r="B34" t="s">
         <v>82</v>
       </c>
-      <c r="B34" t="s">
+      <c r="C34" t="s">
         <v>83</v>
       </c>
-      <c r="C34" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D34" t="s">
-        <v>42</v>
+        <v>47</v>
       </c>
       <c r="E34" t="s">
-        <v>43</v>
+        <v>40</v>
       </c>
       <c r="F34">
         <v>2013</v>
       </c>
-      <c r="G34"/>
-[...2 lines deleted...]
-      </c>
+      <c r="G34" t="s">
+        <v>48</v>
+      </c>
+      <c r="H34"/>
     </row>
     <row r="35" spans="1:8">
       <c r="A35" t="s">
         <v>84</v>
       </c>
       <c r="B35" t="s">
         <v>85</v>
       </c>
       <c r="C35" t="s">
-        <v>86</v>
+        <v>38</v>
       </c>
       <c r="D35" t="s">
-        <v>50</v>
+        <v>39</v>
       </c>
       <c r="E35" t="s">
-        <v>43</v>
+        <v>40</v>
       </c>
       <c r="F35">
         <v>2013</v>
       </c>
-      <c r="G35" t="s">
-[...2 lines deleted...]
-      <c r="H35"/>
+      <c r="G35"/>
+      <c r="H35" t="s">
+        <v>31</v>
+      </c>
     </row>
     <row r="36" spans="1:8">
       <c r="A36" t="s">
+        <v>86</v>
+      </c>
+      <c r="B36" t="s">
         <v>87</v>
       </c>
-      <c r="B36" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C36" t="s">
-        <v>41</v>
+        <v>68</v>
       </c>
       <c r="D36" t="s">
-        <v>42</v>
+        <v>39</v>
       </c>
       <c r="E36" t="s">
-        <v>43</v>
+        <v>40</v>
       </c>
       <c r="F36">
         <v>2013</v>
       </c>
       <c r="G36"/>
       <c r="H36" t="s">
-        <v>12</v>
+        <v>54</v>
       </c>
     </row>
     <row r="37" spans="1:8">
       <c r="A37" t="s">
+        <v>88</v>
+      </c>
+      <c r="B37" t="s">
         <v>89</v>
       </c>
-      <c r="B37" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C37" t="s">
-        <v>71</v>
+        <v>46</v>
       </c>
       <c r="D37" t="s">
-        <v>42</v>
+        <v>39</v>
       </c>
       <c r="E37" t="s">
-        <v>43</v>
+        <v>40</v>
       </c>
       <c r="F37">
         <v>2013</v>
       </c>
       <c r="G37"/>
       <c r="H37" t="s">
-        <v>57</v>
+        <v>90</v>
       </c>
     </row>
     <row r="38" spans="1:8">
       <c r="A38" t="s">
         <v>91</v>
       </c>
       <c r="B38" t="s">
         <v>92</v>
       </c>
       <c r="C38" t="s">
-        <v>49</v>
+        <v>46</v>
       </c>
       <c r="D38" t="s">
-        <v>42</v>
+        <v>39</v>
       </c>
       <c r="E38" t="s">
-        <v>43</v>
+        <v>40</v>
       </c>
       <c r="F38">
         <v>2013</v>
       </c>
       <c r="G38"/>
       <c r="H38" t="s">
-        <v>93</v>
+        <v>15</v>
       </c>
     </row>
     <row r="39" spans="1:8">
       <c r="A39" t="s">
+        <v>93</v>
+      </c>
+      <c r="B39" t="s">
         <v>94</v>
       </c>
-      <c r="B39" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C39" t="s">
-        <v>49</v>
+        <v>46</v>
       </c>
       <c r="D39" t="s">
-        <v>42</v>
+        <v>39</v>
       </c>
       <c r="E39" t="s">
-        <v>43</v>
+        <v>40</v>
       </c>
       <c r="F39">
         <v>2013</v>
       </c>
-      <c r="G39"/>
-[...2 lines deleted...]
-      </c>
+      <c r="G39" t="s">
+        <v>48</v>
+      </c>
+      <c r="H39"/>
     </row>
     <row r="40" spans="1:8">
       <c r="A40" t="s">
+        <v>95</v>
+      </c>
+      <c r="B40" t="s">
         <v>96</v>
       </c>
-      <c r="B40" t="s">
+      <c r="C40" t="s">
+        <v>68</v>
+      </c>
+      <c r="D40" t="s">
+        <v>39</v>
+      </c>
+      <c r="E40" t="s">
+        <v>40</v>
+      </c>
+      <c r="F40">
+        <v>2013</v>
+      </c>
+      <c r="G40"/>
+      <c r="H40" t="s">
         <v>97</v>
       </c>
-      <c r="C40" t="s">
-[...14 lines deleted...]
-      <c r="H40"/>
     </row>
     <row r="41" spans="1:8">
       <c r="A41" t="s">
         <v>98</v>
       </c>
       <c r="B41" t="s">
         <v>99</v>
       </c>
       <c r="C41" t="s">
-        <v>71</v>
+        <v>68</v>
       </c>
       <c r="D41" t="s">
-        <v>42</v>
+        <v>39</v>
       </c>
       <c r="E41" t="s">
-        <v>43</v>
+        <v>40</v>
       </c>
       <c r="F41">
         <v>2013</v>
       </c>
       <c r="G41"/>
       <c r="H41" t="s">
-        <v>17</v>
+        <v>97</v>
       </c>
     </row>
     <row r="42" spans="1:8">
       <c r="A42" t="s">
         <v>100</v>
       </c>
       <c r="B42" t="s">
         <v>101</v>
       </c>
       <c r="C42" t="s">
-        <v>71</v>
+        <v>46</v>
       </c>
       <c r="D42" t="s">
-        <v>42</v>
+        <v>39</v>
       </c>
       <c r="E42" t="s">
-        <v>43</v>
+        <v>40</v>
       </c>
       <c r="F42">
         <v>2013</v>
       </c>
-      <c r="G42"/>
-[...2 lines deleted...]
-      </c>
+      <c r="G42" t="s">
+        <v>48</v>
+      </c>
+      <c r="H42"/>
     </row>
     <row r="43" spans="1:8">
       <c r="A43" t="s">
         <v>102</v>
       </c>
       <c r="B43" t="s">
         <v>103</v>
       </c>
       <c r="C43" t="s">
-        <v>49</v>
+        <v>68</v>
       </c>
       <c r="D43" t="s">
-        <v>42</v>
+        <v>39</v>
       </c>
       <c r="E43" t="s">
-        <v>43</v>
+        <v>40</v>
       </c>
       <c r="F43">
         <v>2013</v>
       </c>
-      <c r="G43" t="s">
-[...2 lines deleted...]
-      <c r="H43"/>
+      <c r="G43"/>
+      <c r="H43" t="s">
+        <v>31</v>
+      </c>
     </row>
     <row r="44" spans="1:8">
       <c r="A44" t="s">
         <v>104</v>
       </c>
       <c r="B44" t="s">
         <v>105</v>
       </c>
       <c r="C44" t="s">
-        <v>71</v>
+        <v>68</v>
       </c>
       <c r="D44" t="s">
-        <v>42</v>
+        <v>39</v>
       </c>
       <c r="E44" t="s">
-        <v>43</v>
+        <v>40</v>
       </c>
       <c r="F44">
         <v>2013</v>
       </c>
       <c r="G44"/>
       <c r="H44" t="s">
-        <v>12</v>
+        <v>31</v>
       </c>
     </row>
     <row r="45" spans="1:8">
       <c r="A45" t="s">
         <v>106</v>
       </c>
       <c r="B45" t="s">
         <v>107</v>
       </c>
       <c r="C45" t="s">
-        <v>71</v>
+        <v>68</v>
       </c>
       <c r="D45" t="s">
-        <v>42</v>
+        <v>39</v>
       </c>
       <c r="E45" t="s">
-        <v>43</v>
+        <v>40</v>
       </c>
       <c r="F45">
         <v>2013</v>
       </c>
       <c r="G45"/>
       <c r="H45" t="s">
-        <v>12</v>
+        <v>31</v>
       </c>
     </row>
     <row r="46" spans="1:8">
       <c r="A46" t="s">
         <v>108</v>
       </c>
       <c r="B46" t="s">
         <v>109</v>
       </c>
       <c r="C46" t="s">
-        <v>71</v>
+        <v>68</v>
       </c>
       <c r="D46" t="s">
-        <v>42</v>
+        <v>39</v>
       </c>
       <c r="E46" t="s">
-        <v>43</v>
+        <v>40</v>
       </c>
       <c r="F46">
         <v>2013</v>
       </c>
       <c r="G46"/>
       <c r="H46" t="s">
-        <v>12</v>
+        <v>31</v>
       </c>
     </row>
     <row r="47" spans="1:8">
       <c r="A47" t="s">
         <v>110</v>
       </c>
       <c r="B47" t="s">
         <v>111</v>
       </c>
       <c r="C47" t="s">
-        <v>71</v>
+        <v>68</v>
       </c>
       <c r="D47" t="s">
-        <v>42</v>
+        <v>39</v>
       </c>
       <c r="E47" t="s">
-        <v>43</v>
+        <v>40</v>
       </c>
       <c r="F47">
         <v>2013</v>
       </c>
       <c r="G47"/>
       <c r="H47" t="s">
-        <v>12</v>
+        <v>31</v>
       </c>
     </row>
     <row r="48" spans="1:8">
       <c r="A48" t="s">
         <v>112</v>
       </c>
       <c r="B48" t="s">
         <v>113</v>
       </c>
       <c r="C48" t="s">
-        <v>71</v>
+        <v>68</v>
       </c>
       <c r="D48" t="s">
-        <v>42</v>
+        <v>39</v>
       </c>
       <c r="E48" t="s">
-        <v>43</v>
+        <v>40</v>
       </c>
       <c r="F48">
         <v>2013</v>
       </c>
       <c r="G48"/>
       <c r="H48" t="s">
-        <v>12</v>
+        <v>31</v>
       </c>
     </row>
     <row r="49" spans="1:8">
       <c r="A49" t="s">
         <v>114</v>
       </c>
       <c r="B49" t="s">
         <v>115</v>
       </c>
-      <c r="C49" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="C49"/>
+      <c r="D49"/>
       <c r="E49" t="s">
-        <v>43</v>
+        <v>40</v>
       </c>
       <c r="F49">
         <v>2013</v>
       </c>
       <c r="G49"/>
       <c r="H49" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
     </row>
     <row r="50" spans="1:8">
       <c r="A50" t="s">
         <v>116</v>
       </c>
       <c r="B50" t="s">
         <v>117</v>
       </c>
-      <c r="C50"/>
-      <c r="D50"/>
+      <c r="C50" t="s">
+        <v>68</v>
+      </c>
+      <c r="D50" t="s">
+        <v>39</v>
+      </c>
       <c r="E50" t="s">
-        <v>43</v>
+        <v>40</v>
       </c>
       <c r="F50">
         <v>2013</v>
       </c>
       <c r="G50"/>
       <c r="H50" t="s">
-        <v>9</v>
+        <v>34</v>
       </c>
     </row>
     <row r="51" spans="1:8">
       <c r="A51" t="s">
         <v>118</v>
       </c>
       <c r="B51" t="s">
         <v>119</v>
       </c>
       <c r="C51" t="s">
-        <v>71</v>
+        <v>68</v>
       </c>
       <c r="D51" t="s">
-        <v>42</v>
+        <v>39</v>
       </c>
       <c r="E51" t="s">
-        <v>43</v>
+        <v>40</v>
       </c>
       <c r="F51">
         <v>2013</v>
       </c>
       <c r="G51"/>
       <c r="H51" t="s">
-        <v>37</v>
+        <v>97</v>
       </c>
     </row>
     <row r="52" spans="1:8">
       <c r="A52" t="s">
         <v>120</v>
       </c>
       <c r="B52" t="s">
         <v>121</v>
       </c>
       <c r="C52" t="s">
-        <v>71</v>
+        <v>38</v>
       </c>
       <c r="D52" t="s">
-        <v>42</v>
+        <v>39</v>
       </c>
       <c r="E52" t="s">
-        <v>43</v>
+        <v>40</v>
       </c>
       <c r="F52">
         <v>2013</v>
       </c>
       <c r="G52"/>
       <c r="H52" t="s">
-        <v>17</v>
+        <v>122</v>
       </c>
     </row>
     <row r="53" spans="1:8">
       <c r="A53" t="s">
-        <v>122</v>
+        <v>123</v>
       </c>
       <c r="B53" t="s">
-        <v>123</v>
+        <v>124</v>
       </c>
       <c r="C53" t="s">
-        <v>41</v>
+        <v>46</v>
       </c>
       <c r="D53" t="s">
-        <v>42</v>
+        <v>39</v>
       </c>
       <c r="E53" t="s">
-        <v>43</v>
+        <v>40</v>
       </c>
       <c r="F53">
         <v>2013</v>
       </c>
       <c r="G53"/>
       <c r="H53" t="s">
-        <v>124</v>
+        <v>15</v>
       </c>
     </row>
     <row r="54" spans="1:8">
       <c r="A54" t="s">
         <v>125</v>
       </c>
       <c r="B54" t="s">
         <v>126</v>
       </c>
       <c r="C54" t="s">
-        <v>49</v>
+        <v>68</v>
       </c>
       <c r="D54" t="s">
-        <v>42</v>
+        <v>39</v>
       </c>
       <c r="E54" t="s">
-        <v>43</v>
+        <v>40</v>
       </c>
       <c r="F54">
         <v>2013</v>
       </c>
       <c r="G54"/>
       <c r="H54" t="s">
-        <v>9</v>
+        <v>34</v>
       </c>
     </row>
     <row r="55" spans="1:8">
       <c r="A55" t="s">
         <v>127</v>
       </c>
       <c r="B55" t="s">
         <v>128</v>
       </c>
       <c r="C55" t="s">
-        <v>71</v>
+        <v>68</v>
       </c>
       <c r="D55" t="s">
-        <v>42</v>
+        <v>39</v>
       </c>
       <c r="E55" t="s">
-        <v>43</v>
+        <v>40</v>
       </c>
       <c r="F55">
         <v>2013</v>
       </c>
       <c r="G55"/>
       <c r="H55" t="s">
-        <v>37</v>
+        <v>34</v>
       </c>
     </row>
     <row r="56" spans="1:8">
       <c r="A56" t="s">
         <v>129</v>
       </c>
       <c r="B56" t="s">
         <v>130</v>
       </c>
       <c r="C56" t="s">
-        <v>71</v>
+        <v>68</v>
       </c>
       <c r="D56" t="s">
-        <v>42</v>
+        <v>39</v>
       </c>
       <c r="E56" t="s">
-        <v>43</v>
+        <v>40</v>
       </c>
       <c r="F56">
         <v>2013</v>
       </c>
       <c r="G56"/>
       <c r="H56" t="s">
-        <v>37</v>
+        <v>34</v>
       </c>
     </row>
     <row r="57" spans="1:8">
       <c r="A57" t="s">
         <v>131</v>
       </c>
       <c r="B57" t="s">
         <v>132</v>
       </c>
       <c r="C57" t="s">
-        <v>71</v>
+        <v>68</v>
       </c>
       <c r="D57" t="s">
-        <v>42</v>
+        <v>39</v>
       </c>
       <c r="E57" t="s">
-        <v>43</v>
+        <v>40</v>
       </c>
       <c r="F57">
         <v>2013</v>
       </c>
       <c r="G57"/>
       <c r="H57" t="s">
-        <v>37</v>
+        <v>34</v>
       </c>
     </row>
     <row r="58" spans="1:8">
       <c r="A58" t="s">
         <v>133</v>
       </c>
       <c r="B58" t="s">
-        <v>134</v>
+        <v>33</v>
       </c>
       <c r="C58" t="s">
-        <v>71</v>
+        <v>38</v>
       </c>
       <c r="D58" t="s">
-        <v>42</v>
+        <v>39</v>
       </c>
       <c r="E58" t="s">
-        <v>43</v>
+        <v>40</v>
       </c>
       <c r="F58">
         <v>2013</v>
       </c>
       <c r="G58"/>
       <c r="H58" t="s">
-        <v>37</v>
+        <v>34</v>
       </c>
     </row>
     <row r="59" spans="1:8">
       <c r="A59" t="s">
-        <v>135</v>
+        <v>88</v>
       </c>
       <c r="B59" t="s">
-        <v>36</v>
+        <v>134</v>
       </c>
       <c r="C59" t="s">
-        <v>41</v>
+        <v>46</v>
       </c>
       <c r="D59" t="s">
-        <v>42</v>
+        <v>39</v>
       </c>
       <c r="E59" t="s">
-        <v>43</v>
+        <v>40</v>
       </c>
       <c r="F59">
         <v>2013</v>
       </c>
       <c r="G59"/>
       <c r="H59" t="s">
-        <v>37</v>
+        <v>90</v>
       </c>
     </row>
     <row r="60" spans="1:8">
       <c r="A60" t="s">
-        <v>91</v>
+        <v>135</v>
       </c>
       <c r="B60" t="s">
         <v>136</v>
       </c>
       <c r="C60" t="s">
-        <v>49</v>
+        <v>38</v>
       </c>
       <c r="D60" t="s">
-        <v>42</v>
+        <v>39</v>
       </c>
       <c r="E60" t="s">
-        <v>43</v>
+        <v>40</v>
       </c>
       <c r="F60">
         <v>2013</v>
       </c>
       <c r="G60"/>
       <c r="H60" t="s">
-        <v>93</v>
+        <v>31</v>
       </c>
     </row>
     <row r="61" spans="1:8">
       <c r="A61" t="s">
         <v>137</v>
       </c>
       <c r="B61" t="s">
         <v>138</v>
       </c>
       <c r="C61" t="s">
-        <v>41</v>
+        <v>38</v>
       </c>
       <c r="D61" t="s">
-        <v>42</v>
+        <v>39</v>
       </c>
       <c r="E61" t="s">
-        <v>43</v>
+        <v>40</v>
       </c>
       <c r="F61">
         <v>2013</v>
       </c>
       <c r="G61"/>
       <c r="H61" t="s">
-        <v>12</v>
+        <v>65</v>
       </c>
     </row>
     <row r="62" spans="1:8">
       <c r="A62" t="s">
         <v>139</v>
       </c>
       <c r="B62" t="s">
         <v>140</v>
       </c>
       <c r="C62" t="s">
-        <v>41</v>
+        <v>46</v>
       </c>
       <c r="D62" t="s">
-        <v>42</v>
+        <v>39</v>
       </c>
       <c r="E62" t="s">
-        <v>43</v>
+        <v>40</v>
       </c>
       <c r="F62">
         <v>2013</v>
       </c>
       <c r="G62"/>
-      <c r="H62" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H62"/>
     </row>
     <row r="63" spans="1:8">
       <c r="A63" t="s">
         <v>141</v>
       </c>
       <c r="B63" t="s">
         <v>142</v>
       </c>
       <c r="C63" t="s">
-        <v>49</v>
+        <v>68</v>
       </c>
       <c r="D63" t="s">
-        <v>42</v>
+        <v>39</v>
       </c>
       <c r="E63" t="s">
-        <v>43</v>
+        <v>40</v>
       </c>
       <c r="F63">
         <v>2013</v>
       </c>
       <c r="G63"/>
-      <c r="H63" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H63"/>
     </row>
     <row r="64" spans="1:8">
       <c r="A64" t="s">
+        <v>143</v>
+      </c>
+      <c r="B64" t="s">
         <v>144</v>
       </c>
-      <c r="B64" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C64" t="s">
-        <v>71</v>
+        <v>68</v>
       </c>
       <c r="D64" t="s">
-        <v>42</v>
+        <v>39</v>
       </c>
       <c r="E64" t="s">
-        <v>43</v>
+        <v>40</v>
       </c>
       <c r="F64">
         <v>2013</v>
       </c>
       <c r="G64"/>
-      <c r="H64" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H64"/>
     </row>
     <row r="65" spans="1:8">
       <c r="A65" t="s">
-        <v>146</v>
+        <v>120</v>
       </c>
       <c r="B65" t="s">
-        <v>147</v>
+        <v>121</v>
       </c>
       <c r="C65" t="s">
-        <v>71</v>
+        <v>38</v>
       </c>
       <c r="D65" t="s">
-        <v>42</v>
+        <v>39</v>
       </c>
       <c r="E65" t="s">
-        <v>43</v>
+        <v>40</v>
       </c>
       <c r="F65">
         <v>2013</v>
       </c>
       <c r="G65"/>
       <c r="H65" t="s">
-        <v>32</v>
+        <v>122</v>
       </c>
     </row>
     <row r="66" spans="1:8">
       <c r="A66" t="s">
-        <v>122</v>
+        <v>145</v>
       </c>
       <c r="B66" t="s">
-        <v>123</v>
+        <v>146</v>
       </c>
       <c r="C66" t="s">
-        <v>41</v>
+        <v>147</v>
       </c>
       <c r="D66" t="s">
-        <v>42</v>
+        <v>39</v>
       </c>
       <c r="E66" t="s">
-        <v>43</v>
+        <v>40</v>
       </c>
       <c r="F66">
         <v>2013</v>
       </c>
       <c r="G66"/>
       <c r="H66" t="s">
-        <v>124</v>
+        <v>97</v>
       </c>
     </row>
     <row r="67" spans="1:8">
       <c r="A67" t="s">
         <v>148</v>
       </c>
       <c r="B67" t="s">
         <v>149</v>
       </c>
       <c r="C67" t="s">
-        <v>150</v>
+        <v>147</v>
       </c>
       <c r="D67" t="s">
-        <v>42</v>
+        <v>39</v>
       </c>
       <c r="E67" t="s">
-        <v>43</v>
+        <v>40</v>
       </c>
       <c r="F67">
         <v>2013</v>
       </c>
       <c r="G67"/>
       <c r="H67" t="s">
-        <v>17</v>
+        <v>97</v>
       </c>
     </row>
     <row r="68" spans="1:8">
       <c r="A68" t="s">
-        <v>151</v>
+        <v>104</v>
       </c>
       <c r="B68" t="s">
-        <v>152</v>
+        <v>105</v>
       </c>
       <c r="C68" t="s">
-        <v>150</v>
+        <v>68</v>
       </c>
       <c r="D68" t="s">
-        <v>42</v>
+        <v>39</v>
       </c>
       <c r="E68" t="s">
-        <v>43</v>
+        <v>40</v>
       </c>
       <c r="F68">
         <v>2013</v>
       </c>
       <c r="G68"/>
       <c r="H68" t="s">
-        <v>17</v>
+        <v>31</v>
       </c>
     </row>
     <row r="69" spans="1:8">
       <c r="A69" t="s">
-        <v>106</v>
+        <v>150</v>
       </c>
       <c r="B69" t="s">
-        <v>107</v>
+        <v>151</v>
       </c>
       <c r="C69" t="s">
-        <v>71</v>
+        <v>68</v>
       </c>
       <c r="D69" t="s">
-        <v>42</v>
+        <v>39</v>
       </c>
       <c r="E69" t="s">
-        <v>43</v>
+        <v>40</v>
       </c>
       <c r="F69">
         <v>2013</v>
       </c>
       <c r="G69"/>
-      <c r="H69" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H69"/>
     </row>
     <row r="70" spans="1:8">
       <c r="A70" t="s">
+        <v>152</v>
+      </c>
+      <c r="B70" t="s">
         <v>153</v>
       </c>
-      <c r="B70" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C70" t="s">
-        <v>71</v>
+        <v>68</v>
       </c>
       <c r="D70" t="s">
-        <v>42</v>
+        <v>39</v>
       </c>
       <c r="E70" t="s">
-        <v>43</v>
+        <v>40</v>
       </c>
       <c r="F70">
         <v>2013</v>
       </c>
       <c r="G70"/>
-      <c r="H70" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H70"/>
     </row>
     <row r="71" spans="1:8">
       <c r="A71" t="s">
-        <v>156</v>
+        <v>154</v>
       </c>
       <c r="B71" t="s">
-        <v>157</v>
+        <v>155</v>
       </c>
       <c r="C71" t="s">
-        <v>71</v>
+        <v>38</v>
       </c>
       <c r="D71" t="s">
-        <v>42</v>
+        <v>39</v>
       </c>
       <c r="E71" t="s">
-        <v>43</v>
+        <v>40</v>
       </c>
       <c r="F71">
         <v>2013</v>
       </c>
       <c r="G71"/>
-      <c r="H71" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H71"/>
     </row>
     <row r="72" spans="1:8">
       <c r="A72" t="s">
-        <v>158</v>
+        <v>156</v>
       </c>
       <c r="B72" t="s">
-        <v>159</v>
+        <v>157</v>
       </c>
       <c r="C72" t="s">
-        <v>41</v>
+        <v>68</v>
       </c>
       <c r="D72" t="s">
-        <v>42</v>
+        <v>39</v>
       </c>
       <c r="E72" t="s">
-        <v>43</v>
+        <v>40</v>
       </c>
       <c r="F72">
         <v>2013</v>
       </c>
       <c r="G72"/>
       <c r="H72"/>
-    </row>
-[...22 lines deleted...]
-      </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>