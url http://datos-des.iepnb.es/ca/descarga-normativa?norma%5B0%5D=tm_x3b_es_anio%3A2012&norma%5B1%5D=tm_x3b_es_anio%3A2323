--- v0 (2025-10-29)
+++ v1 (2025-12-18)
@@ -2183,75 +2183,75 @@
       <c r="H56" t="s">
         <v>66</v>
       </c>
     </row>
     <row r="57" spans="1:8">
       <c r="A57" t="s">
         <v>139</v>
       </c>
       <c r="B57" t="s">
         <v>140</v>
       </c>
       <c r="C57" t="s">
         <v>30</v>
       </c>
       <c r="D57" t="s">
         <v>31</v>
       </c>
       <c r="E57" t="s">
         <v>32</v>
       </c>
       <c r="F57">
         <v>2012</v>
       </c>
       <c r="G57"/>
       <c r="H57" t="s">
-        <v>18</v>
+        <v>141</v>
       </c>
     </row>
     <row r="58" spans="1:8">
       <c r="A58" t="s">
         <v>139</v>
       </c>
       <c r="B58" t="s">
         <v>140</v>
       </c>
       <c r="C58" t="s">
         <v>30</v>
       </c>
       <c r="D58" t="s">
         <v>31</v>
       </c>
       <c r="E58" t="s">
         <v>32</v>
       </c>
       <c r="F58">
         <v>2012</v>
       </c>
       <c r="G58"/>
       <c r="H58" t="s">
-        <v>141</v>
+        <v>18</v>
       </c>
     </row>
     <row r="59" spans="1:8">
       <c r="A59" t="s">
         <v>142</v>
       </c>
       <c r="B59" t="s">
         <v>29</v>
       </c>
       <c r="C59" t="s">
         <v>30</v>
       </c>
       <c r="D59" t="s">
         <v>31</v>
       </c>
       <c r="E59" t="s">
         <v>32</v>
       </c>
       <c r="F59">
         <v>2012</v>
       </c>
       <c r="G59"/>
       <c r="H59" t="s">
         <v>18</v>
       </c>