--- v0 (2025-10-29)
+++ v1 (2025-12-18)
@@ -2159,75 +2159,75 @@
       <c r="H55" t="s">
         <v>64</v>
       </c>
     </row>
     <row r="56" spans="1:8">
       <c r="A56" t="s">
         <v>137</v>
       </c>
       <c r="B56" t="s">
         <v>138</v>
       </c>
       <c r="C56" t="s">
         <v>28</v>
       </c>
       <c r="D56" t="s">
         <v>29</v>
       </c>
       <c r="E56" t="s">
         <v>30</v>
       </c>
       <c r="F56">
         <v>2012</v>
       </c>
       <c r="G56"/>
       <c r="H56" t="s">
-        <v>16</v>
+        <v>139</v>
       </c>
     </row>
     <row r="57" spans="1:8">
       <c r="A57" t="s">
         <v>137</v>
       </c>
       <c r="B57" t="s">
         <v>138</v>
       </c>
       <c r="C57" t="s">
         <v>28</v>
       </c>
       <c r="D57" t="s">
         <v>29</v>
       </c>
       <c r="E57" t="s">
         <v>30</v>
       </c>
       <c r="F57">
         <v>2012</v>
       </c>
       <c r="G57"/>
       <c r="H57" t="s">
-        <v>139</v>
+        <v>16</v>
       </c>
     </row>
     <row r="58" spans="1:8">
       <c r="A58" t="s">
         <v>140</v>
       </c>
       <c r="B58" t="s">
         <v>27</v>
       </c>
       <c r="C58" t="s">
         <v>28</v>
       </c>
       <c r="D58" t="s">
         <v>29</v>
       </c>
       <c r="E58" t="s">
         <v>30</v>
       </c>
       <c r="F58">
         <v>2012</v>
       </c>
       <c r="G58"/>
       <c r="H58" t="s">
         <v>16</v>
       </c>