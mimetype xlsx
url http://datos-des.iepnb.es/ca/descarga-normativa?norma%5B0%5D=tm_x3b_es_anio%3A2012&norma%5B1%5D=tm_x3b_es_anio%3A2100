--- v0 (2025-10-25)
+++ v1 (2025-12-18)
@@ -2150,75 +2150,75 @@
       <c r="H54" t="s">
         <v>64</v>
       </c>
     </row>
     <row r="55" spans="1:8">
       <c r="A55" t="s">
         <v>138</v>
       </c>
       <c r="B55" t="s">
         <v>139</v>
       </c>
       <c r="C55" t="s">
         <v>10</v>
       </c>
       <c r="D55" t="s">
         <v>29</v>
       </c>
       <c r="E55" t="s">
         <v>30</v>
       </c>
       <c r="F55">
         <v>2012</v>
       </c>
       <c r="G55"/>
       <c r="H55" t="s">
-        <v>13</v>
+        <v>140</v>
       </c>
     </row>
     <row r="56" spans="1:8">
       <c r="A56" t="s">
         <v>138</v>
       </c>
       <c r="B56" t="s">
         <v>139</v>
       </c>
       <c r="C56" t="s">
         <v>10</v>
       </c>
       <c r="D56" t="s">
         <v>29</v>
       </c>
       <c r="E56" t="s">
         <v>30</v>
       </c>
       <c r="F56">
         <v>2012</v>
       </c>
       <c r="G56"/>
       <c r="H56" t="s">
-        <v>140</v>
+        <v>13</v>
       </c>
     </row>
     <row r="57" spans="1:8">
       <c r="A57" t="s">
         <v>141</v>
       </c>
       <c r="B57" t="s">
         <v>28</v>
       </c>
       <c r="C57" t="s">
         <v>10</v>
       </c>
       <c r="D57" t="s">
         <v>29</v>
       </c>
       <c r="E57" t="s">
         <v>30</v>
       </c>
       <c r="F57">
         <v>2012</v>
       </c>
       <c r="G57"/>
       <c r="H57" t="s">
         <v>13</v>
       </c>