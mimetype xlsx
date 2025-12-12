--- v0 (2025-10-27)
+++ v1 (2025-12-12)
@@ -2823,75 +2823,75 @@
       <c r="H77" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="78" spans="1:8">
       <c r="A78" t="s">
         <v>184</v>
       </c>
       <c r="B78" t="s">
         <v>185</v>
       </c>
       <c r="C78" t="s">
         <v>10</v>
       </c>
       <c r="D78" t="s">
         <v>51</v>
       </c>
       <c r="E78" t="s">
         <v>39</v>
       </c>
       <c r="F78">
         <v>2011</v>
       </c>
       <c r="G78"/>
       <c r="H78" t="s">
-        <v>15</v>
+        <v>186</v>
       </c>
     </row>
     <row r="79" spans="1:8">
       <c r="A79" t="s">
         <v>184</v>
       </c>
       <c r="B79" t="s">
         <v>185</v>
       </c>
       <c r="C79" t="s">
         <v>10</v>
       </c>
       <c r="D79" t="s">
         <v>51</v>
       </c>
       <c r="E79" t="s">
         <v>39</v>
       </c>
       <c r="F79">
         <v>2011</v>
       </c>
       <c r="G79"/>
       <c r="H79" t="s">
-        <v>186</v>
+        <v>15</v>
       </c>
     </row>
     <row r="80" spans="1:8">
       <c r="A80" t="s">
         <v>187</v>
       </c>
       <c r="B80" t="s">
         <v>119</v>
       </c>
       <c r="C80" t="s">
         <v>50</v>
       </c>
       <c r="D80" t="s">
         <v>51</v>
       </c>
       <c r="E80" t="s">
         <v>39</v>
       </c>
       <c r="F80">
         <v>2011</v>
       </c>
       <c r="G80"/>
       <c r="H80" t="s">
         <v>186</v>
       </c>