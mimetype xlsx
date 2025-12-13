--- v0 (2025-10-26)
+++ v1 (2025-12-13)
@@ -3812,75 +3812,75 @@
       <c r="H111" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="112" spans="1:8">
       <c r="A112" t="s">
         <v>252</v>
       </c>
       <c r="B112" t="s">
         <v>253</v>
       </c>
       <c r="C112" t="s">
         <v>34</v>
       </c>
       <c r="D112" t="s">
         <v>35</v>
       </c>
       <c r="E112" t="s">
         <v>31</v>
       </c>
       <c r="F112">
         <v>2011</v>
       </c>
       <c r="G112"/>
       <c r="H112" t="s">
-        <v>81</v>
+        <v>9</v>
       </c>
     </row>
     <row r="113" spans="1:8">
       <c r="A113" t="s">
         <v>252</v>
       </c>
       <c r="B113" t="s">
         <v>253</v>
       </c>
       <c r="C113" t="s">
         <v>34</v>
       </c>
       <c r="D113" t="s">
         <v>35</v>
       </c>
       <c r="E113" t="s">
         <v>31</v>
       </c>
       <c r="F113">
         <v>2011</v>
       </c>
       <c r="G113"/>
       <c r="H113" t="s">
-        <v>9</v>
+        <v>81</v>
       </c>
     </row>
     <row r="114" spans="1:8">
       <c r="A114" t="s">
         <v>254</v>
       </c>
       <c r="B114" t="s">
         <v>189</v>
       </c>
       <c r="C114" t="s">
         <v>38</v>
       </c>
       <c r="D114" t="s">
         <v>35</v>
       </c>
       <c r="E114" t="s">
         <v>31</v>
       </c>
       <c r="F114">
         <v>2011</v>
       </c>
       <c r="G114"/>
       <c r="H114" t="s">
         <v>9</v>
       </c>