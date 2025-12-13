--- v0 (2025-10-26)
+++ v1 (2025-12-13)
@@ -2981,75 +2981,75 @@
       <c r="H62" t="s">
         <v>52</v>
       </c>
     </row>
     <row r="63" spans="1:8">
       <c r="A63" t="s">
         <v>148</v>
       </c>
       <c r="B63" t="s">
         <v>149</v>
       </c>
       <c r="C63" t="s">
         <v>33</v>
       </c>
       <c r="D63" t="s">
         <v>34</v>
       </c>
       <c r="E63" t="s">
         <v>35</v>
       </c>
       <c r="F63">
         <v>2017</v>
       </c>
       <c r="G63"/>
       <c r="H63" t="s">
-        <v>69</v>
+        <v>52</v>
       </c>
     </row>
     <row r="64" spans="1:8">
       <c r="A64" t="s">
         <v>148</v>
       </c>
       <c r="B64" t="s">
         <v>149</v>
       </c>
       <c r="C64" t="s">
         <v>33</v>
       </c>
       <c r="D64" t="s">
         <v>34</v>
       </c>
       <c r="E64" t="s">
         <v>35</v>
       </c>
       <c r="F64">
         <v>2017</v>
       </c>
       <c r="G64"/>
       <c r="H64" t="s">
-        <v>52</v>
+        <v>69</v>
       </c>
     </row>
     <row r="65" spans="1:8">
       <c r="A65" t="s">
         <v>150</v>
       </c>
       <c r="B65" t="s">
         <v>151</v>
       </c>
       <c r="C65" t="s">
         <v>138</v>
       </c>
       <c r="D65" t="s">
         <v>34</v>
       </c>
       <c r="E65" t="s">
         <v>35</v>
       </c>
       <c r="F65">
         <v>2017</v>
       </c>
       <c r="G65"/>
       <c r="H65" t="s">
         <v>52</v>
       </c>
@@ -5497,75 +5497,75 @@
       <c r="H168" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="169" spans="1:8">
       <c r="A169" t="s">
         <v>360</v>
       </c>
       <c r="B169" t="s">
         <v>361</v>
       </c>
       <c r="C169" t="s">
         <v>39</v>
       </c>
       <c r="D169" t="s">
         <v>34</v>
       </c>
       <c r="E169" t="s">
         <v>35</v>
       </c>
       <c r="F169">
         <v>2011</v>
       </c>
       <c r="G169"/>
       <c r="H169" t="s">
-        <v>69</v>
+        <v>27</v>
       </c>
     </row>
     <row r="170" spans="1:8">
       <c r="A170" t="s">
         <v>360</v>
       </c>
       <c r="B170" t="s">
         <v>361</v>
       </c>
       <c r="C170" t="s">
         <v>39</v>
       </c>
       <c r="D170" t="s">
         <v>34</v>
       </c>
       <c r="E170" t="s">
         <v>35</v>
       </c>
       <c r="F170">
         <v>2011</v>
       </c>
       <c r="G170"/>
       <c r="H170" t="s">
-        <v>27</v>
+        <v>69</v>
       </c>
     </row>
     <row r="171" spans="1:8">
       <c r="A171" t="s">
         <v>362</v>
       </c>
       <c r="B171" t="s">
         <v>299</v>
       </c>
       <c r="C171" t="s">
         <v>33</v>
       </c>
       <c r="D171" t="s">
         <v>34</v>
       </c>
       <c r="E171" t="s">
         <v>35</v>
       </c>
       <c r="F171">
         <v>2011</v>
       </c>
       <c r="G171"/>
       <c r="H171" t="s">
         <v>27</v>
       </c>