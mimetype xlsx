--- v0 (2025-10-26)
+++ v1 (2025-12-13)
@@ -13070,75 +13070,75 @@
       <c r="H443" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="444" spans="1:8">
       <c r="A444" t="s">
         <v>716</v>
       </c>
       <c r="B444" t="s">
         <v>717</v>
       </c>
       <c r="C444" t="s">
         <v>52</v>
       </c>
       <c r="D444" t="s">
         <v>53</v>
       </c>
       <c r="E444" t="s">
         <v>49</v>
       </c>
       <c r="F444">
         <v>2011</v>
       </c>
       <c r="G444"/>
       <c r="H444" t="s">
-        <v>17</v>
+        <v>20</v>
       </c>
     </row>
     <row r="445" spans="1:8">
       <c r="A445" t="s">
         <v>716</v>
       </c>
       <c r="B445" t="s">
         <v>717</v>
       </c>
       <c r="C445" t="s">
         <v>52</v>
       </c>
       <c r="D445" t="s">
         <v>53</v>
       </c>
       <c r="E445" t="s">
         <v>49</v>
       </c>
       <c r="F445">
         <v>2011</v>
       </c>
       <c r="G445"/>
       <c r="H445" t="s">
-        <v>20</v>
+        <v>17</v>
       </c>
     </row>
     <row r="446" spans="1:8">
       <c r="A446" t="s">
         <v>718</v>
       </c>
       <c r="B446" t="s">
         <v>655</v>
       </c>
       <c r="C446" t="s">
         <v>60</v>
       </c>
       <c r="D446" t="s">
         <v>53</v>
       </c>
       <c r="E446" t="s">
         <v>49</v>
       </c>
       <c r="F446">
         <v>2011</v>
       </c>
       <c r="G446"/>
       <c r="H446" t="s">
         <v>20</v>
       </c>