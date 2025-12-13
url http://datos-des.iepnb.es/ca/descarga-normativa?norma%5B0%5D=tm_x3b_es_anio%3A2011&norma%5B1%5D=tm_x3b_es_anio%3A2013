--- v0 (2025-10-26)
+++ v1 (2025-12-13)
@@ -1492,67 +1492,67 @@
       <c r="B7"/>
       <c r="C7"/>
       <c r="D7"/>
       <c r="E7"/>
       <c r="F7">
         <v>2013</v>
       </c>
       <c r="G7"/>
       <c r="H7" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="8" spans="1:8">
       <c r="A8" t="s">
         <v>18</v>
       </c>
       <c r="B8"/>
       <c r="C8"/>
       <c r="D8"/>
       <c r="E8"/>
       <c r="F8">
         <v>2013</v>
       </c>
       <c r="G8"/>
       <c r="H8" t="s">
-        <v>19</v>
+        <v>9</v>
       </c>
     </row>
     <row r="9" spans="1:8">
       <c r="A9" t="s">
         <v>18</v>
       </c>
       <c r="B9"/>
       <c r="C9"/>
       <c r="D9"/>
       <c r="E9"/>
       <c r="F9">
         <v>2013</v>
       </c>
       <c r="G9"/>
       <c r="H9" t="s">
-        <v>9</v>
+        <v>19</v>
       </c>
     </row>
     <row r="10" spans="1:8">
       <c r="A10" t="s">
         <v>20</v>
       </c>
       <c r="B10" t="s">
         <v>21</v>
       </c>
       <c r="C10"/>
       <c r="D10"/>
       <c r="E10"/>
       <c r="F10">
         <v>2013</v>
       </c>
       <c r="G10"/>
       <c r="H10" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="11" spans="1:8">
       <c r="A11" t="s">
         <v>22</v>
       </c>
       <c r="B11" t="s">
@@ -4820,75 +4820,75 @@
       <c r="H148" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="149" spans="1:8">
       <c r="A149" t="s">
         <v>313</v>
       </c>
       <c r="B149" t="s">
         <v>314</v>
       </c>
       <c r="C149" t="s">
         <v>49</v>
       </c>
       <c r="D149" t="s">
         <v>42</v>
       </c>
       <c r="E149" t="s">
         <v>43</v>
       </c>
       <c r="F149">
         <v>2011</v>
       </c>
       <c r="G149"/>
       <c r="H149" t="s">
-        <v>19</v>
+        <v>93</v>
       </c>
     </row>
     <row r="150" spans="1:8">
       <c r="A150" t="s">
         <v>313</v>
       </c>
       <c r="B150" t="s">
         <v>314</v>
       </c>
       <c r="C150" t="s">
         <v>49</v>
       </c>
       <c r="D150" t="s">
         <v>42</v>
       </c>
       <c r="E150" t="s">
         <v>43</v>
       </c>
       <c r="F150">
         <v>2011</v>
       </c>
       <c r="G150"/>
       <c r="H150" t="s">
-        <v>93</v>
+        <v>19</v>
       </c>
     </row>
     <row r="151" spans="1:8">
       <c r="A151" t="s">
         <v>315</v>
       </c>
       <c r="B151" t="s">
         <v>250</v>
       </c>
       <c r="C151" t="s">
         <v>71</v>
       </c>
       <c r="D151" t="s">
         <v>42</v>
       </c>
       <c r="E151" t="s">
         <v>43</v>
       </c>
       <c r="F151">
         <v>2011</v>
       </c>
       <c r="G151"/>
       <c r="H151" t="s">
         <v>93</v>
       </c>